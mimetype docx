--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -846,62 +846,62 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时会告诉您要跳过调查中的部分问题。有这种情况时，您将会看到一个附加说明箭头，指示您下一个该回答的问题，如下所示：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19040D79" w14:textId="77777777" w:rsidR="00EE19B9" w:rsidRPr="009914B7" w:rsidRDefault="00EE19B9" w:rsidP="00EE19B9">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="403"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08D2DE99" wp14:editId="1CB23753">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08D2DE99" wp14:editId="74B2973B">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="50" name="Picture 50" descr="Checkbox"/>
+            <wp:docPr id="50" name="Picture 50" descr="复选框 "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="Checkbox"/>
+                    <pic:cNvPr id="50" name="Picture 50" descr="复选框 "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -928,62 +928,62 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A8F811" w14:textId="437ECCB9" w:rsidR="00B04A8A" w:rsidRPr="009914B7" w:rsidRDefault="00EE19B9" w:rsidP="00534C88">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C013747" wp14:editId="55B28D9C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C013747" wp14:editId="4EC90314">
             <wp:extent cx="163068" cy="163068"/>
             <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
-            <wp:docPr id="31" name="Picture 31" descr="Marked Checkbox"/>
+            <wp:docPr id="31" name="Picture 31" descr="勾选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="31" name="MarkedCheckbox.jpg"/>
+                    <pic:cNvPr id="31" name="Picture 31" descr="勾选框"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="163068" cy="163068"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -997,62 +997,62 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E5D95" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidR="005E5D95" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CEF4307" wp14:editId="7A5D9E3B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CEF4307" wp14:editId="612C9C01">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="685" name="Picture 685" descr="then, "/>
+            <wp:docPr id="685" name="Picture 685" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 29"/>
+                    <pic:cNvPr id="685" name="Picture 685" descr="然后"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -1266,133 +1266,102 @@
     </w:p>
     <w:p w14:paraId="44299BF9" w14:textId="77777777" w:rsidR="00B04A8A" w:rsidRPr="009914B7" w:rsidRDefault="00B04A8A" w:rsidP="002F4B81">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1296"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B04A8A" w:rsidRPr="009914B7" w:rsidSect="00FC1B32">
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1080" w:bottom="360" w:left="1080" w:header="720" w:footer="360" w:gutter="0"/>
           <w:cols w:sep="1" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B517315" w14:textId="3008F940" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00FD48B4" w:rsidP="00591166">
+    <w:p w14:paraId="0B517315" w14:textId="7C000BC5" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00AD5461" w:rsidP="00591166">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD48B4">
-[...35 lines deleted...]
-        <w:t>？</w:t>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>我们的纪录显示，您目前加入的是处于首页上的健保计划。是否正确？</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB89504" w14:textId="669C48C2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00946F34" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00B31ADE" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FDCD26E" wp14:editId="0581C844">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FDCD26E" wp14:editId="16A362DE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="24" name="Picture 24" descr="Checkbox"/>
+            <wp:docPr id="24" name="Picture 24" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 48" descr="Checkbox"/>
+                    <pic:cNvPr id="24" name="Picture 24" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -1583,62 +1552,62 @@
     </w:p>
     <w:p w14:paraId="1A3990A0" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00946F34" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0818BD30" wp14:editId="381E8C0B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0818BD30" wp14:editId="031CB10D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="682" name="Picture 682" descr="Checkbox"/>
+            <wp:docPr id="682" name="Picture 682" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 49" descr="Checkbox"/>
+                    <pic:cNvPr id="682" name="Picture 682" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2154,62 +2123,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FBE3343" wp14:editId="692E6490">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FBE3343" wp14:editId="1AB14CD5">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="679" name="Picture 679" descr="Checkbox"/>
+            <wp:docPr id="679" name="Picture 679" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 492" descr="Checkbox"/>
+                    <pic:cNvPr id="679" name="Picture 679" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2248,62 +2217,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C0EA2D5" wp14:editId="33D4E871">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C0EA2D5" wp14:editId="53D52526">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="678" name="Picture 678" descr="Checkbox"/>
+            <wp:docPr id="678" name="Picture 678" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 493" descr="Checkbox"/>
+                    <pic:cNvPr id="678" name="Picture 678" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2342,62 +2311,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0399AE6A" wp14:editId="09E601C2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0399AE6A" wp14:editId="2FED7815">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="677" name="Picture 677" descr="Checkbox"/>
+            <wp:docPr id="677" name="Picture 677" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 494" descr="Checkbox"/>
+                    <pic:cNvPr id="677" name="Picture 677" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2436,62 +2405,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EDAC852" wp14:editId="57DE269F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EDAC852" wp14:editId="5364DB79">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="676" name="Picture 676" descr="Checkbox"/>
+            <wp:docPr id="676" name="Picture 676" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 495" descr="Checkbox"/>
+                    <pic:cNvPr id="676" name="Picture 676" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2530,62 +2499,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5682EA2D" wp14:editId="007C95FB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5682EA2D" wp14:editId="5EF7C0DA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="675" name="Picture 675" descr="Checkbox"/>
+            <wp:docPr id="675" name="Picture 675" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 571" descr="Checkbox"/>
+                    <pic:cNvPr id="675" name="Picture 675" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2671,62 +2640,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0461E8B3" wp14:editId="46926718">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0461E8B3" wp14:editId="52C2C2F4">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="674" name="Picture 674" descr="Checkbox"/>
+            <wp:docPr id="674" name="Picture 674" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 499" descr="Checkbox"/>
+                    <pic:cNvPr id="674" name="Picture 674" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2765,62 +2734,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25AF91BF" wp14:editId="7989E44D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25AF91BF" wp14:editId="516B0453">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="673" name="Picture 673" descr="Checkbox"/>
+            <wp:docPr id="673" name="Picture 673" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 500" descr="Checkbox"/>
+                    <pic:cNvPr id="673" name="Picture 673" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2859,62 +2828,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02BDAADF" wp14:editId="3A084872">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02BDAADF" wp14:editId="61CEF6A6">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="672" name="Picture 672" descr="Checkbox"/>
+            <wp:docPr id="672" name="Picture 672" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 501" descr="Checkbox"/>
+                    <pic:cNvPr id="672" name="Picture 672" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -2953,62 +2922,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54F501C7" wp14:editId="6AD01B99">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54F501C7" wp14:editId="6FE4653E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="671" name="Picture 671" descr="Checkbox"/>
+            <wp:docPr id="671" name="Picture 671" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 502" descr="Checkbox"/>
+                    <pic:cNvPr id="671" name="Picture 671" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3047,62 +3016,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22EA9DE6" wp14:editId="4CBFA2C9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22EA9DE6" wp14:editId="35AAB5F3">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="670" name="Picture 670" descr="Checkbox"/>
+            <wp:docPr id="670" name="Picture 670" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 572" descr="Checkbox"/>
+                    <pic:cNvPr id="670" name="Picture 670" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3184,62 +3153,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40A7F1F2" wp14:editId="6ED4C991">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40A7F1F2" wp14:editId="4A0A59AF">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="669" name="Picture 669" descr="Checkbox"/>
+            <wp:docPr id="669" name="Picture 669" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 506" descr="Checkbox"/>
+                    <pic:cNvPr id="669" name="Picture 669" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3278,62 +3247,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="572F533D" wp14:editId="7445A3A1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="572F533D" wp14:editId="0872142A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="668" name="Picture 668" descr="Checkbox"/>
+            <wp:docPr id="668" name="Picture 668" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 507" descr="Checkbox"/>
+                    <pic:cNvPr id="668" name="Picture 668" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3372,62 +3341,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A71BD0B" wp14:editId="2EA33D51">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A71BD0B" wp14:editId="108C9DF0">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="667" name="Picture 667" descr="Checkbox"/>
+            <wp:docPr id="667" name="Picture 667" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 508" descr="Checkbox"/>
+                    <pic:cNvPr id="667" name="Picture 667" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3466,62 +3435,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DD21F9B" wp14:editId="47742092">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DD21F9B" wp14:editId="5C3EFDBA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="666" name="Picture 666" descr="Checkbox"/>
+            <wp:docPr id="666" name="Picture 666" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 509" descr="Checkbox"/>
+                    <pic:cNvPr id="666" name="Picture 666" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3576,62 +3545,62 @@
       </w:r>
       <w:r w:rsidR="00792836" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>99</w:t>
       </w:r>
       <w:r w:rsidR="00F10151" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D8D43C8" wp14:editId="4D125A34">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D8D43C8" wp14:editId="2C2513EE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="665" name="Picture 665" descr="Checkbox"/>
+            <wp:docPr id="665" name="Picture 665" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 573"/>
+                    <pic:cNvPr id="665" name="Picture 665" descr="复选框"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -3693,62 +3662,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CBCC707" wp14:editId="541B5C93">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CBCC707" wp14:editId="081AE4DA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="664" name="Picture 664" descr="Checkbox"/>
+            <wp:docPr id="664" name="Picture 664" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 513" descr="Checkbox"/>
+                    <pic:cNvPr id="664" name="Picture 664" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3787,62 +3756,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19B6D406" wp14:editId="38BB4B85">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19B6D406" wp14:editId="46C23C63">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="663" name="Picture 663" descr="Checkbox"/>
+            <wp:docPr id="663" name="Picture 663" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 514" descr="Checkbox"/>
+                    <pic:cNvPr id="663" name="Picture 663" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3881,62 +3850,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BE8672D" wp14:editId="044CF82C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BE8672D" wp14:editId="374D1625">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="662" name="Picture 662" descr="Checkbox"/>
+            <wp:docPr id="662" name="Picture 662" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 515" descr="Checkbox"/>
+                    <pic:cNvPr id="662" name="Picture 662" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -3975,62 +3944,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="627530EB" wp14:editId="17D97512">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="627530EB" wp14:editId="2A3B4113">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="661" name="Picture 661" descr="Checkbox"/>
+            <wp:docPr id="661" name="Picture 661" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 516" descr="Checkbox"/>
+                    <pic:cNvPr id="661" name="Picture 661" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4069,62 +4038,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40898608" wp14:editId="0C6CF927">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40898608" wp14:editId="26A5A0F6">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="660" name="Picture 660" descr="Checkbox"/>
+            <wp:docPr id="660" name="Picture 660" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 574" descr="Checkbox"/>
+                    <pic:cNvPr id="660" name="Picture 660" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4347,62 +4316,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1377818E" wp14:editId="2C6FFC8E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1377818E" wp14:editId="330214BE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="658" name="Picture 658" descr="Checkbox"/>
+            <wp:docPr id="658" name="Picture 658" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 517" descr="Checkbox"/>
+                    <pic:cNvPr id="658" name="Picture 658" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4442,62 +4411,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="441C6B16" wp14:editId="5F38AFBF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="441C6B16" wp14:editId="663A5075">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="657" name="Picture 657" descr="Checkbox"/>
+            <wp:docPr id="657" name="Picture 657" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 518" descr="Checkbox"/>
+                    <pic:cNvPr id="657" name="Picture 657" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4537,62 +4506,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21C59ACF" wp14:editId="1CBB1C43">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21C59ACF" wp14:editId="1CE05CBE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="656" name="Picture 656" descr="Checkbox"/>
+            <wp:docPr id="656" name="Picture 656" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 519" descr="Checkbox"/>
+                    <pic:cNvPr id="656" name="Picture 656" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4631,62 +4600,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47219EA3" wp14:editId="51380311">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47219EA3" wp14:editId="56D1E1E6">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="655" name="Picture 655" descr="Checkbox"/>
+            <wp:docPr id="655" name="Picture 655" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 520" descr="Checkbox"/>
+                    <pic:cNvPr id="655" name="Picture 655" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4765,62 +4734,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C48CE1B" wp14:editId="6CDA7D03">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C48CE1B" wp14:editId="5100175F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="654" name="Picture 654" descr="Checkbox"/>
+            <wp:docPr id="654" name="Picture 654" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 521" descr="Checkbox"/>
+                    <pic:cNvPr id="654" name="Picture 654" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4859,62 +4828,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07253C66" wp14:editId="14FAD421">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07253C66" wp14:editId="2856392C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="653" name="Picture 653" descr="Checkbox"/>
+            <wp:docPr id="653" name="Picture 653" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 522" descr="Checkbox"/>
+                    <pic:cNvPr id="653" name="Picture 653" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -4953,62 +4922,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77DD2ADA" wp14:editId="75A8A929">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77DD2ADA" wp14:editId="1269DBCB">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="652" name="Picture 652" descr="Checkbox"/>
+            <wp:docPr id="652" name="Picture 652" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 523" descr="Checkbox"/>
+                    <pic:cNvPr id="652" name="Picture 652" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5047,62 +5016,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D472D97" wp14:editId="626E8C6B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D472D97" wp14:editId="5D5C39AC">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="651" name="Picture 651" descr="Checkbox"/>
+            <wp:docPr id="651" name="Picture 651" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 524" descr="Checkbox"/>
+                    <pic:cNvPr id="651" name="Picture 651" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5177,62 +5146,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D18E229" wp14:editId="460DCEE5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D18E229" wp14:editId="0676AA3A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="650" name="Picture 650" descr="Checkbox"/>
+            <wp:docPr id="650" name="Picture 650" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 528" descr="Checkbox"/>
+                    <pic:cNvPr id="650" name="Picture 650" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5273,62 +5242,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39EFC168" wp14:editId="1AC701DB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39EFC168" wp14:editId="6FCF210C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="649" name="Picture 649" descr="Checkbox"/>
+            <wp:docPr id="649" name="Picture 649" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 529" descr="Checkbox"/>
+                    <pic:cNvPr id="649" name="Picture 649" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5369,62 +5338,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A2A4762" wp14:editId="5F9F0027">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A2A4762" wp14:editId="179360A5">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="648" name="Picture 648" descr="Checkbox"/>
+            <wp:docPr id="648" name="Picture 648" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 530" descr="Checkbox"/>
+                    <pic:cNvPr id="648" name="Picture 648" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5465,62 +5434,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54A9C961" wp14:editId="71D5D0F3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54A9C961" wp14:editId="60C6B7E0">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="647" name="Picture 647" descr="Checkbox"/>
+            <wp:docPr id="647" name="Picture 647" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 531" descr="Checkbox"/>
+                    <pic:cNvPr id="647" name="Picture 647" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5559,62 +5528,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D93E282" wp14:editId="32BDF2FD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D93E282" wp14:editId="56FD3CAA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="646" name="Picture 646" descr="Checkbox"/>
+            <wp:docPr id="646" name="Picture 646" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 576" descr="Checkbox"/>
+                    <pic:cNvPr id="646" name="Picture 646" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5636,62 +5605,62 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008B202A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>不适用；健保计划没有给我任何表格让我填写</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7706B4FC" wp14:editId="3C1F9F5D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7706B4FC" wp14:editId="629002D2">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="645" name="Picture 645" descr="then, "/>
+            <wp:docPr id="645" name="Picture 645" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 577" descr="then, "/>
+                    <pic:cNvPr id="645" name="Picture 645" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5840,62 +5809,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3566A885" wp14:editId="24318941">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3566A885" wp14:editId="23C7E207">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="644" name="Picture 644" descr="Checkbox"/>
+            <wp:docPr id="644" name="Picture 644" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 532" descr="Checkbox"/>
+                    <pic:cNvPr id="644" name="Picture 644" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -5934,62 +5903,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61E050A0" wp14:editId="1B6B4D9E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61E050A0" wp14:editId="19F3E85C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="643" name="Picture 643" descr="Checkbox"/>
+            <wp:docPr id="643" name="Picture 643" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 533" descr="Checkbox"/>
+                    <pic:cNvPr id="643" name="Picture 643" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6028,62 +5997,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16B3C2A2" wp14:editId="7E8D796A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16B3C2A2" wp14:editId="767D50B9">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="642" name="Picture 642" descr="Checkbox"/>
+            <wp:docPr id="642" name="Picture 642" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 534" descr="Checkbox"/>
+                    <pic:cNvPr id="642" name="Picture 642" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6122,62 +6091,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DB0B8CA" wp14:editId="1477E19B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DB0B8CA" wp14:editId="0157F4F1">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="641" name="Picture 641" descr="Checkbox"/>
+            <wp:docPr id="641" name="Picture 641" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 535" descr="Checkbox"/>
+                    <pic:cNvPr id="641" name="Picture 641" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6248,62 +6217,62 @@
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk45025874"/>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F3A1FA9" wp14:editId="5616A1CB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F3A1FA9" wp14:editId="6817E714">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="640" name="Picture 640" descr="Checkbox"/>
+            <wp:docPr id="640" name="Picture 640" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 536" descr="Checkbox"/>
+                    <pic:cNvPr id="640" name="Picture 640" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6342,62 +6311,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A9E8ABD" wp14:editId="3D49C236">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A9E8ABD" wp14:editId="11B7F768">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="639" name="Picture 639" descr="Checkbox"/>
+            <wp:docPr id="639" name="Picture 639" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 537" descr="Checkbox"/>
+                    <pic:cNvPr id="639" name="Picture 639" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6436,62 +6405,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B24F6C2" wp14:editId="51AC66CF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B24F6C2" wp14:editId="56031A4B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="638" name="Picture 638" descr="Checkbox"/>
+            <wp:docPr id="638" name="Picture 638" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 538" descr="Checkbox"/>
+                    <pic:cNvPr id="638" name="Picture 638" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6530,62 +6499,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C14D114" wp14:editId="5DF10131">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C14D114" wp14:editId="26855D9B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="637" name="Picture 637" descr="Checkbox"/>
+            <wp:docPr id="637" name="Picture 637" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 539" descr="Checkbox"/>
+                    <pic:cNvPr id="637" name="Picture 637" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6691,62 +6660,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43602EF9" wp14:editId="01C7A785">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43602EF9" wp14:editId="2B8BF07C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="636" name="Picture 636" descr="Checkbox"/>
+            <wp:docPr id="636" name="Picture 636" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 543" descr="Checkbox"/>
+                    <pic:cNvPr id="636" name="Picture 636" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6785,62 +6754,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2863BCA8" wp14:editId="63725050">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2863BCA8" wp14:editId="282BE442">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="635" name="Picture 635" descr="Checkbox"/>
+            <wp:docPr id="635" name="Picture 635" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 544" descr="Checkbox"/>
+                    <pic:cNvPr id="635" name="Picture 635" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6879,62 +6848,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33E12187" wp14:editId="337FF358">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33E12187" wp14:editId="1F0F8EDB">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="634" name="Picture 634" descr="Checkbox"/>
+            <wp:docPr id="634" name="Picture 634" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 545" descr="Checkbox"/>
+                    <pic:cNvPr id="634" name="Picture 634" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -6973,62 +6942,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E8485B2" wp14:editId="4EA73F20">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E8485B2" wp14:editId="66F7DD1F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="633" name="Picture 633" descr="Checkbox"/>
+            <wp:docPr id="633" name="Picture 633" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 546" descr="Checkbox"/>
+                    <pic:cNvPr id="633" name="Picture 633" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7067,62 +7036,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FEA8706" wp14:editId="012D8565">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FEA8706" wp14:editId="66966260">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="632" name="Picture 632" descr="Checkbox"/>
+            <wp:docPr id="632" name="Picture 632" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 578" descr="Checkbox"/>
+                    <pic:cNvPr id="632" name="Picture 632" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7210,62 +7179,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="772D528E" wp14:editId="4A633434">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="772D528E" wp14:editId="2BC7D1C0">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="631" name="Picture 631" descr="Checkbox"/>
+            <wp:docPr id="631" name="Picture 631" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 547" descr="Checkbox"/>
+                    <pic:cNvPr id="631" name="Picture 631" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7305,62 +7274,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41991787" wp14:editId="5AD697CA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41991787" wp14:editId="767D3E24">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="630" name="Picture 630" descr="Checkbox"/>
+            <wp:docPr id="630" name="Picture 630" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 548" descr="Checkbox"/>
+                    <pic:cNvPr id="630" name="Picture 630" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7400,62 +7369,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10F9D006" wp14:editId="758A1112">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10F9D006" wp14:editId="405CCDE7">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="629" name="Picture 629" descr="Checkbox"/>
+            <wp:docPr id="629" name="Picture 629" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 549" descr="Checkbox"/>
+                    <pic:cNvPr id="629" name="Picture 629" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7494,62 +7463,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68DF686A" wp14:editId="4CBDE6EF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68DF686A" wp14:editId="3753C807">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="628" name="Picture 628" descr="Checkbox"/>
+            <wp:docPr id="628" name="Picture 628" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 550" descr="Checkbox"/>
+                    <pic:cNvPr id="628" name="Picture 628" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7619,62 +7588,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="197D66AB" wp14:editId="2C51415B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="197D66AB" wp14:editId="1A78C0D6">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="627" name="Picture 627" descr="Checkbox"/>
+            <wp:docPr id="627" name="Picture 627" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 551" descr="Checkbox"/>
+                    <pic:cNvPr id="627" name="Picture 627" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7713,62 +7682,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BA90ACB" wp14:editId="4445146E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BA90ACB" wp14:editId="1B208088">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="626" name="Picture 626" descr="Checkbox"/>
+            <wp:docPr id="626" name="Picture 626" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 552" descr="Checkbox"/>
+                    <pic:cNvPr id="626" name="Picture 626" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7807,62 +7776,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2302D6D6" wp14:editId="292D87AB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2302D6D6" wp14:editId="12D819F5">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="625" name="Picture 625" descr="Checkbox"/>
+            <wp:docPr id="625" name="Picture 625" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 553" descr="Checkbox"/>
+                    <pic:cNvPr id="625" name="Picture 625" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -7901,62 +7870,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F924438" wp14:editId="52BA7E71">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F924438" wp14:editId="76E48228">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="624" name="Picture 624" descr="Checkbox"/>
+            <wp:docPr id="624" name="Picture 624" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 554" descr="Checkbox"/>
+                    <pic:cNvPr id="624" name="Picture 624" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8087,62 +8056,62 @@
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00902BA3" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0096143B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25E78B81" wp14:editId="3EDF9221">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25E78B81" wp14:editId="687CDC00">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="20" name="Picture 20" descr="Checkbox"/>
+            <wp:docPr id="20" name="Picture 20" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 389" descr="Checkbox"/>
+                    <pic:cNvPr id="20" name="Picture 20" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8180,62 +8149,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D04557C" wp14:editId="3A506338">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D04557C" wp14:editId="46A4D60C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="622" name="Picture 622" descr="Checkbox"/>
+            <wp:docPr id="622" name="Picture 622" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 556" descr="Checkbox"/>
+                    <pic:cNvPr id="622" name="Picture 622" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8275,62 +8244,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38FB27C5" wp14:editId="163194E6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38FB27C5" wp14:editId="04FE5839">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="621" name="Picture 621" descr="Checkbox"/>
+            <wp:docPr id="621" name="Picture 621" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 557" descr="Checkbox"/>
+                    <pic:cNvPr id="621" name="Picture 621" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8369,62 +8338,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0729F75A" wp14:editId="7002E938">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0729F75A" wp14:editId="31E8331E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="620" name="Picture 620" descr="Checkbox"/>
+            <wp:docPr id="620" name="Picture 620" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 558" descr="Checkbox"/>
+                    <pic:cNvPr id="620" name="Picture 620" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8509,62 +8478,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3ABA0C05" wp14:editId="0E6BED44">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3ABA0C05" wp14:editId="5456A4FE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="619" name="Picture 619" descr="Checkbox"/>
+            <wp:docPr id="619" name="Picture 619" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 559" descr="Checkbox"/>
+                    <pic:cNvPr id="619" name="Picture 619" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8603,62 +8572,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D7A0E30" wp14:editId="2E7F2207">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D7A0E30" wp14:editId="4026D25C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="618" name="Picture 618" descr="Checkbox"/>
+            <wp:docPr id="618" name="Picture 618" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 560" descr="Checkbox"/>
+                    <pic:cNvPr id="618" name="Picture 618" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8697,62 +8666,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E49312C" wp14:editId="38F03B87">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E49312C" wp14:editId="163359EB">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="617" name="Picture 617" descr="Checkbox"/>
+            <wp:docPr id="617" name="Picture 617" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 561" descr="Checkbox"/>
+                    <pic:cNvPr id="617" name="Picture 617" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8791,62 +8760,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F31D608" wp14:editId="55ECB7A3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F31D608" wp14:editId="7A4F8B0E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="27" name="Picture 27" descr="Checkbox"/>
+            <wp:docPr id="27" name="Picture 27" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 561" descr="Checkbox"/>
+                    <pic:cNvPr id="27" name="Picture 27" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -8905,62 +8874,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EBE84E0" wp14:editId="2DFC59AC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EBE84E0" wp14:editId="45CE8584">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="615" name="Picture 615" descr="Checkbox"/>
+            <wp:docPr id="615" name="Picture 615" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 563" descr="Checkbox"/>
+                    <pic:cNvPr id="615" name="Picture 615" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9000,62 +8969,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4508DC39" wp14:editId="7FF54E25">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4508DC39" wp14:editId="460C3C3D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="614" name="Picture 614" descr="Checkbox"/>
+            <wp:docPr id="614" name="Picture 614" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 564" descr="Checkbox"/>
+                    <pic:cNvPr id="614" name="Picture 614" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9094,62 +9063,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00C3E0AD" wp14:editId="758EEA71">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00C3E0AD" wp14:editId="2E7C86CC">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="613" name="Picture 613" descr="Checkbox"/>
+            <wp:docPr id="613" name="Picture 613" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 565" descr="Checkbox"/>
+                    <pic:cNvPr id="613" name="Picture 613" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9189,62 +9158,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06C4E798" wp14:editId="4AF55882">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06C4E798" wp14:editId="1D2DFA44">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="612" name="Picture 612" descr="Checkbox"/>
+            <wp:docPr id="612" name="Picture 612" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 566" descr="Checkbox"/>
+                    <pic:cNvPr id="612" name="Picture 612" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9299,62 +9268,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41514619" wp14:editId="65FB02DF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41514619" wp14:editId="1D0A836C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="605" name="Picture 605" descr="Checkbox"/>
+            <wp:docPr id="605" name="Picture 605" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 567" descr="Checkbox"/>
+                    <pic:cNvPr id="605" name="Picture 605" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9394,62 +9363,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69AA2463" wp14:editId="3F42E213">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69AA2463" wp14:editId="0DC709CD">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="604" name="Picture 604" descr="Checkbox"/>
+            <wp:docPr id="604" name="Picture 604" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 568" descr="Checkbox"/>
+                    <pic:cNvPr id="604" name="Picture 604" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9488,62 +9457,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03E7D344" wp14:editId="6FA07B71">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03E7D344" wp14:editId="4E06ABF5">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="255" name="Picture 255" descr="Checkbox"/>
+            <wp:docPr id="255" name="Picture 255" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 569" descr="Checkbox"/>
+                    <pic:cNvPr id="255" name="Picture 255" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9590,62 +9559,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AAC908A" wp14:editId="4931ECF4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AAC908A" wp14:editId="0D87DCDA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="254" name="Picture 254" descr="Checkbox"/>
+            <wp:docPr id="254" name="Picture 254" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 570" descr="Checkbox"/>
+                    <pic:cNvPr id="254" name="Picture 254" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9793,81 +9762,83 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">去 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 个月中您健保计划的表现？</w:t>
       </w:r>
       <w:r w:rsidR="00C61BA3" w:rsidRPr="009914B7">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C90DE23" w14:textId="367F57DA" w:rsidR="00C61BA3" w:rsidRPr="009914B7" w:rsidRDefault="003E1C80" w:rsidP="003E1C80">
+    <w:p w14:paraId="4C90DE23" w14:textId="367F57DA" w:rsidR="00C61BA3" w:rsidRPr="009914B7" w:rsidRDefault="003E1C80" w:rsidP="00365886">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="677" w:firstLine="0"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26B21D9C" wp14:editId="1A26BD98">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26B21D9C" wp14:editId="40859657">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="36" name="Picture 36" descr="Checkbox"/>
+            <wp:docPr id="36" name="Picture 36" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 57" descr="Checkbox"/>
+                    <pic:cNvPr id="36" name="Picture 36" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -9882,1079 +9853,1550 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00090CCB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C61BA3" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="0051659E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>代表可能存在的最糟健保计划</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA6C73E" w14:textId="11690FC9" w:rsidR="00C61BA3" w:rsidRPr="009914B7" w:rsidRDefault="00485BCF" w:rsidP="000425B5">
+    <w:p w14:paraId="6CA6C73E" w14:textId="52155D77" w:rsidR="00C61BA3" w:rsidRPr="009914B7" w:rsidRDefault="00383467" w:rsidP="00365886">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:ind w:left="677" w:firstLine="0"/>
-[...546 lines deleted...]
-      </w:r>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37C9D34B" wp14:editId="54BBBEFC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FD6F473" wp14:editId="446CA935">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="28" name="Picture 28" descr="Checkbox"/>
+            <wp:docPr id="1383631219" name="Picture 1383631219" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 64" descr="Checkbox"/>
+                    <pic:cNvPr id="36" name="Picture 36" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>是</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A95101" w14:textId="23752537" w:rsidR="00051AE5" w:rsidRPr="009914B7" w:rsidRDefault="00051AE5" w:rsidP="00051AE5">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="67E68C96" w14:textId="675037FA" w:rsidR="00383467" w:rsidRPr="009914B7" w:rsidRDefault="00383467" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
           <w:noProof/>
-          <w:position w:val="-4"/>
-          <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="419AA21D" wp14:editId="644A00D5">
-[...2 lines deleted...]
-            <wp:docPr id="29" name="Picture 29" descr="Checkbox"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29C0E38E" wp14:editId="1FC5AE89">
+            <wp:extent cx="162560" cy="162560"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+            <wp:docPr id="1401254768" name="Picture 1" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 63" descr="Checkbox"/>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="162560" cy="162560"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5511367C" w14:textId="47913647" w:rsidR="00383467" w:rsidRPr="009914B7" w:rsidRDefault="00383467" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="677" w:firstLine="0"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="014A3B68" wp14:editId="0F1E552F">
+            <wp:extent cx="162560" cy="162560"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+            <wp:docPr id="1464435310" name="Picture 3" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="162560" cy="162560"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2059304E" w14:textId="0CD1F277" w:rsidR="00383467" w:rsidRPr="009914B7" w:rsidRDefault="00383467" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="677" w:firstLine="0"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28DC23E1" wp14:editId="4E5B87F9">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1686216783" name="Picture 4" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFBDAE9" w14:textId="595797A0" w:rsidR="00383467" w:rsidRPr="009914B7" w:rsidRDefault="00383467" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D4F7301" wp14:editId="7C5DBE99">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="2022196245" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1D9818" w14:textId="3EDB2E17" w:rsidR="00C61BA3" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DCB012A" wp14:editId="3FF864BA">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1370034526" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D60A4A4" w14:textId="187B3526" w:rsidR="00C61BA3" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E4BA743" wp14:editId="475CA356">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1493454908" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F98EBD7" w14:textId="51FF8B31" w:rsidR="003F69D0" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="678614F1" wp14:editId="1DDE4090">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1504588387" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689C5CC9" w14:textId="26AC5E37" w:rsidR="003F69D0" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F61166D" wp14:editId="5AA644AA">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="270007443" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A08860" w14:textId="4FAEF4A3" w:rsidR="003F69D0" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="218A1960" wp14:editId="49FC36BD">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1790147745" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="003F69D0" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0051659E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表可能存在的最佳健保计划</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169CA04C" w14:textId="7E85185A" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00ED25E3" w:rsidP="00D14108">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>个月中的健康照护情况</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BE39C9" w14:textId="7AE41E2F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00ED25E3" w:rsidP="00204897">
+      <w:pPr>
+        <w:pStyle w:val="SurveyBodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>以下问题将询问您的健康照护相关情况。这些包括您在诊所</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>急诊室</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>医师办公室</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>电话或视频方式所得到的健康照顾。请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不要</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>包括您在医院过夜时所取得的照护。请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不要</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>包括您的牙科照护看诊。请依据您于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF63F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>月到</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>月使用健保计划的体验回答问题。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F44F44" w14:textId="321CB1D2" w:rsidR="00051AE5" w:rsidRPr="009914B7" w:rsidRDefault="00DE7B3F" w:rsidP="00051AE5">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>个月中，为了方便您不需要亲自探望他们的办公室或设施</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>您通常的医师或初级保健工作人员是否提供电话或视频方式的就诊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07919FBA" w14:textId="501E8922" w:rsidR="00051AE5" w:rsidRPr="009914B7" w:rsidRDefault="00051AE5" w:rsidP="00051AE5">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37C9D34B" wp14:editId="521EE626">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="28" name="Picture 28" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="28" name="Picture 28" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002575E6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>否</w:t>
+        <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE4D302" w14:textId="129B4E23" w:rsidR="00E15B0A" w:rsidRPr="009914B7" w:rsidRDefault="00E15B0A" w:rsidP="00E15B0A">
+    <w:p w14:paraId="78A95101" w14:textId="23752537" w:rsidR="00051AE5" w:rsidRPr="009914B7" w:rsidRDefault="00051AE5" w:rsidP="00051AE5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">3 </w:t>
+        <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BDD61DD" wp14:editId="47001548">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="419AA21D" wp14:editId="120E9D69">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="16" name="Picture 16" descr="Checkbox"/>
+            <wp:docPr id="29" name="Picture 29" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 97" descr="Checkbox"/>
+                    <pic:cNvPr id="29" name="Picture 29" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...4 lines deleted...]
-        <w:t>不知道</w:t>
+      <w:r w:rsidR="002575E6" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>否</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60216321" w14:textId="53D33D07" w:rsidR="00E15B0A" w:rsidRPr="009914B7" w:rsidRDefault="00E15B0A" w:rsidP="00553082">
+    <w:p w14:paraId="7BE4D302" w14:textId="129B4E23" w:rsidR="00E15B0A" w:rsidRPr="009914B7" w:rsidRDefault="00E15B0A" w:rsidP="00E15B0A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">99 </w:t>
+        <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="693D3542" wp14:editId="6C311777">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BDD61DD" wp14:editId="7DF00919">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="18" name="Picture 18" descr="Checkbox"/>
+            <wp:docPr id="16" name="Picture 16" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 606" descr="Checkbox"/>
+                    <pic:cNvPr id="16" name="Picture 16" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>不适用；我没有个人医师</w:t>
+        <w:t>不知道</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C29EF36" w14:textId="325EED88" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="48A9B2B9" w:rsidP="42CA23A5">
-[...83 lines deleted...]
-    <w:p w14:paraId="2FCAC655" w14:textId="7ECB4B40" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00946F34" w:rsidP="00D14108">
+    <w:p w14:paraId="60216321" w14:textId="53D33D07" w:rsidR="00E15B0A" w:rsidRPr="009914B7" w:rsidRDefault="00E15B0A" w:rsidP="00553082">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
-        <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:t xml:space="preserve">99 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="383CD5F2" wp14:editId="10E885CD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="693D3542" wp14:editId="44CBF710">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="242" name="Picture 242" descr="Checkbox"/>
+            <wp:docPr id="18" name="Picture 18" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 64" descr="Checkbox"/>
+                    <pic:cNvPr id="18" name="Picture 18" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不适用；我没有个人医师</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C29EF36" w14:textId="325EED88" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="48A9B2B9" w:rsidP="42CA23A5">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>个月中，当您在急诊室、医师办公室或诊所</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>需要立即取得照护</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>时，您多常能在需要时尽快取得照护？</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>请包括亲自</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>电话或视频方式的就诊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCAC655" w14:textId="7ECB4B40" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00946F34" w:rsidP="00D14108">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="383CD5F2" wp14:editId="7228361B">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="242" name="Picture 242" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="242" name="Picture 242" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11089,62 +11531,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08D6F06F" wp14:editId="38D285F3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08D6F06F" wp14:editId="0F67E7C2">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="240" name="Picture 240" descr="Checkbox"/>
+            <wp:docPr id="240" name="Picture 240" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 62" descr="Checkbox"/>
+                    <pic:cNvPr id="240" name="Picture 240" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11184,62 +11626,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F699AE2" wp14:editId="1167C79E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F699AE2" wp14:editId="20C959BD">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="239" name="Picture 239" descr="Checkbox"/>
+            <wp:docPr id="239" name="Picture 239" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 60" descr="Checkbox"/>
+                    <pic:cNvPr id="239" name="Picture 239" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11278,62 +11720,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5561A115" wp14:editId="1D6D94AC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5561A115" wp14:editId="218D858F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="238" name="Picture 238" descr="Checkbox"/>
+            <wp:docPr id="238" name="Picture 238" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 580" descr="Checkbox"/>
+                    <pic:cNvPr id="238" name="Picture 238" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11456,62 +11898,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FED4F7F" wp14:editId="1E0F79C7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FED4F7F" wp14:editId="7470292A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="237" name="Picture 237" descr="Checkbox"/>
+            <wp:docPr id="237" name="Picture 237" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 58" descr="Checkbox"/>
+                    <pic:cNvPr id="237" name="Picture 237" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11550,62 +11992,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52BF9B70" wp14:editId="1BBAF0DB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52BF9B70" wp14:editId="6F83C4D1">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="236" name="Picture 236" descr="Checkbox"/>
+            <wp:docPr id="236" name="Picture 236" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 57" descr="Checkbox"/>
+                    <pic:cNvPr id="236" name="Picture 236" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11613,93 +12055,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008243E9" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B127AF3" w14:textId="2075C81B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00946F34" w:rsidP="00D21613">
+    <w:p w14:paraId="6B127AF3" w14:textId="20BF7BBD" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00946F34" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DB6BAE0" wp14:editId="162C21DB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DB6BAE0" wp14:editId="117798B4">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="235" name="Picture 235" descr="Checkbox"/>
+            <wp:docPr id="235" name="Picture 235" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 56" descr="Checkbox"/>
+                    <pic:cNvPr id="235" name="Picture 235" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11738,62 +12180,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="361B996A" wp14:editId="5BD93C97">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="361B996A" wp14:editId="3E49BD19">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="234" name="Picture 234" descr="Checkbox"/>
+            <wp:docPr id="234" name="Picture 234" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 52" descr="Checkbox"/>
+                    <pic:cNvPr id="234" name="Picture 234" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11832,62 +12274,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37F658D4" wp14:editId="00BA8D0B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37F658D4" wp14:editId="5C0C8D24">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="233" name="Picture 233" descr="Checkbox"/>
+            <wp:docPr id="233" name="Picture 233" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 582" descr="Checkbox"/>
+                    <pic:cNvPr id="233" name="Picture 233" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11980,86 +12422,91 @@
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3A4EB2" w14:textId="2B6BFA6D" w:rsidR="0001266B" w:rsidRPr="009914B7" w:rsidRDefault="00BC3792" w:rsidP="00CB6042">
+    <w:p w14:paraId="2D3A4EB2" w14:textId="46011231" w:rsidR="0001266B" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidRPr="00862916">
+        <w:pict w14:anchorId="3DDE909D">
+          <v:shape id="_x0000_i1112" type="#_x0000_t75" alt="复选框" style="width:13.3pt;height:13.3pt;visibility:visible;mso-wrap-style:square">
+            <v:imagedata r:id="rId18" o:title="复选框"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005D2135" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>没有</w:t>
       </w:r>
       <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A2146D2" wp14:editId="7AF5C9F1">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
             <wp:docPr id="231" name="Picture 231" descr="then, "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
@@ -12151,399 +12598,705 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="002978C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref134791050 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="002978C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="002978C6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="0098199E">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002978C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>27</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002978C6">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0098199E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="002978C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E9D72F" w14:textId="43C5187E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00BC3792" w:rsidP="00CB6042">
+    <w:p w14:paraId="30E9D72F" w14:textId="5743660D" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:numPr>
-[...297 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
           <w:noProof/>
-          <w:position w:val="-4"/>
-          <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="676340B2" wp14:editId="65B5E9DE">
-[...2 lines deleted...]
-            <wp:docPr id="224" name="Picture 224" descr="Checkbox"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0010AD45" wp14:editId="1AD3D60F">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="566087585" name="Picture 5" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 94" descr="Checkbox"/>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>次</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F0FBB8" w14:textId="28CAC3B1" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63817F70" wp14:editId="7A02E79E">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1512666148" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F58CEC" w14:textId="01A35B8C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4FD6DF73" wp14:editId="014723DD">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1347918881" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2C13B9" w14:textId="60D83313" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E9E3CAD" wp14:editId="578A9336">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="1600967666" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FD7FD1" w14:textId="603E169D" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0ABA0744" wp14:editId="1DB5812A">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="191583466" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>到</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>次</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="701D4612" w14:textId="24F121E6" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00365886" w:rsidP="00365886">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32A1DB02" wp14:editId="065BABD4">
+            <wp:extent cx="167005" cy="167005"/>
+            <wp:effectExtent l="0" t="0" r="4445" b="4445"/>
+            <wp:docPr id="342641471" name="Picture 5" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1757683031" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="167005" cy="167005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="001373F5" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001373F5" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>次或以上</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1615E1" w14:textId="73509616" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="6028C340" w:rsidP="42CA23A5">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:spacing w:before="240" w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>个月中，您多常能轻松取得所需的照护、检查或治疗？</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>请包括亲自</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>电话或视频方式的就诊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20521D9A" w14:textId="759AB510" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00946F34" w:rsidP="00DE174E">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="676340B2" wp14:editId="1F587240">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="224" name="Picture 224" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="224" name="Picture 224" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -12583,62 +13336,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0ED9D77F" wp14:editId="562CE18D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0ED9D77F" wp14:editId="21C32584">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="603" name="Picture 603" descr="Checkbox"/>
+            <wp:docPr id="603" name="Picture 603" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 93" descr="Checkbox"/>
+                    <pic:cNvPr id="603" name="Picture 603" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -12678,62 +13431,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12D5C3D4" wp14:editId="2DC65B2E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12D5C3D4" wp14:editId="11651B62">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="602" name="Picture 602" descr="Checkbox"/>
+            <wp:docPr id="602" name="Picture 602" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 92" descr="Checkbox"/>
+                    <pic:cNvPr id="602" name="Picture 602" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -12772,62 +13525,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DA4D246" wp14:editId="272383C0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DA4D246" wp14:editId="0A155C6D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="601" name="Picture 601" descr="Checkbox"/>
+            <wp:docPr id="601" name="Picture 601" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 91" descr="Checkbox"/>
+                    <pic:cNvPr id="601" name="Picture 601" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -12932,62 +13685,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188218B2" wp14:editId="51FA2421">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188218B2" wp14:editId="04FF9DC5">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="600" name="Picture 600" descr="Checkbox"/>
+            <wp:docPr id="600" name="Picture 600" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 100" descr="Checkbox"/>
+                    <pic:cNvPr id="600" name="Picture 600" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -13026,62 +13779,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0448DA10" wp14:editId="79E243A4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0448DA10" wp14:editId="1B465C87">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="599" name="Picture 599" descr="Checkbox"/>
+            <wp:docPr id="599" name="Picture 599" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 99" descr="Checkbox"/>
+                    <pic:cNvPr id="599" name="Picture 599" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -13214,62 +13967,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38008F70" wp14:editId="088B9C59">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38008F70" wp14:editId="51155F00">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="597" name="Picture 597" descr="Checkbox"/>
+            <wp:docPr id="597" name="Picture 597" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 97" descr="Checkbox"/>
+                    <pic:cNvPr id="597" name="Picture 597" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -13308,62 +14061,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00117BED" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EF9C1F2" wp14:editId="7E9242EB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EF9C1F2" wp14:editId="763271FE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="596" name="Picture 596" descr="Checkbox"/>
+            <wp:docPr id="596" name="Picture 596" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 606" descr="Checkbox"/>
+                    <pic:cNvPr id="596" name="Picture 596" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -13495,975 +14248,1854 @@
         <w:br/>
         <w:t xml:space="preserve">去 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 个月中取得的所有健康照护？</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>请包括亲自, 电话或视频方式的就诊.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3928A526" w14:textId="3A111012" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="0006084D" w:rsidP="00CB6042">
+    <w:p w14:paraId="3928A526" w14:textId="3FC590B5" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:numPr>
-[...440 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C08E888" wp14:editId="74F93298">
-[...2 lines deleted...]
-            <wp:docPr id="510" name="Picture 510" descr="then, "/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11D10AC5" wp14:editId="1B96E888">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1425887651" name="Picture 1425887651" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 9"/>
-[...384 lines deleted...]
-                    <pic:cNvPr id="0" name="Picture 607" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0</w:t>
+      </w:r>
+      <w:r w:rsidR="0006084D" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00264AAD" w:rsidRPr="009914B7">
-[...16 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B310B9" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表可能存在的最糟健康照护</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67546304" w14:textId="19C1CD65" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A406341" wp14:editId="732C9DBC">
-[...2 lines deleted...]
-            <wp:docPr id="490" name="Picture 490" descr="then, "/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74D47C33" wp14:editId="16AD9B9A">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="529199957" name="Picture 529199957" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 608" descr="then, "/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6783D8" w14:textId="4364F947" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="584001BB" wp14:editId="2A8F3941">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1751576163" name="Picture 1751576163" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D39C4D1" w14:textId="13BBF748" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="281F3301" wp14:editId="4FF47A64">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="52712463" name="Picture 52712463" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C406D79" w14:textId="2D0A3A82" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73A6C409" wp14:editId="5FBB7472">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="152569718" name="Picture 152569718" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB4BC34" w14:textId="7C734D49" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="024B1740" wp14:editId="15C7A6A1">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1077777126" name="Picture 1077777126" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A523D4" w14:textId="6E68F555" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="135C77E3" wp14:editId="5D7005F9">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1529664367" name="Picture 1529664367" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385C6F7B" w14:textId="4B98BBFC" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E73B742" wp14:editId="584A2063">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="538790872" name="Picture 538790872" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2D9813" w14:textId="3D7080FF" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A88B16D" wp14:editId="690BA19A">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1162327906" name="Picture 1162327906" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692FFB4C" w14:textId="2011974C" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41BA14AA" wp14:editId="1AB7A7B6">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="695575246" name="Picture 695575246" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C8901D" w14:textId="7AC3C4E2" w:rsidR="0006084D" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D5C9D88" wp14:editId="65146A62">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="757023838" name="Picture 757023838" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="0006084D" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B310B9" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表可能存在的最佳健康照护</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594D8BE4" w14:textId="49391F6B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00B310B9" w:rsidP="00E66C1E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您的个人医师</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0785121C" w14:textId="6A5C2240" w:rsidR="00932F67" w:rsidRPr="009914B7" w:rsidRDefault="00B310B9" w:rsidP="413083DB">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:keepNext w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>以下问题将询问您的个人医师的相关情况。个人医师是您需要检查，希望获取健康问题相关建议，或者生病或受伤时向其求诊的医师。请依据您于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF63F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>月到</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>月使用健保计划的体验回答问题。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17146503" w14:textId="6FB4F2A2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="0F993920" w:rsidP="42CA23A5">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Ref134791050"/>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>个月中，您向您的个人医师求诊、为自己取得照护多少次？</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>请包括亲自</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>电话或视频方式的就诊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="0473D758" w14:textId="0F4B41D1" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65E2FAD1" wp14:editId="4FBD099A">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1129858876" name="Picture 1129858876" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00264AAD" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>没有</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C08E888" wp14:editId="67416BBA">
+            <wp:extent cx="262890" cy="107315"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
+            <wp:docPr id="510" name="Picture 510" descr="然后"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="510" name="Picture 510" descr="然后"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="262890" cy="107315"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00264AAD" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>如为</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>「</w:t>
+      </w:r>
+      <w:r w:rsidR="00264AAD" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>没有</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>」，</w:t>
+      </w:r>
+      <w:r w:rsidR="00264AAD" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>请前往</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> #</w:t>
+      </w:r>
+      <w:r w:rsidR="002978C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002978C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref134791061 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002978C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002978C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00205509">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="002978C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1907BC" w14:textId="73B0FE46" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15B6DAE4" wp14:editId="22F81986">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1105069346" name="Picture 1105069346" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>次</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4A9D0D" w14:textId="6840294E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73FDC0E8" wp14:editId="68DE7EB6">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="674076918" name="Picture 674076918" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B77C8F9" w14:textId="6AED572D" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39DD9180" wp14:editId="0423A801">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1042495285" name="Picture 1042495285" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D65DCB7" w14:textId="7B4F0B9B" w:rsidR="00DD1239" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62E77135" wp14:editId="63EEED98">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1870994373" name="Picture 1870994373" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D10D4E" w14:textId="392B274E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23621777" wp14:editId="052AE2A9">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="520623724" name="Picture 520623724" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1239" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1239" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>到</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1239" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1239" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>次</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F84559" w14:textId="5576F094" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862916">
+        <w:pict w14:anchorId="61C0781D">
+          <v:shape id="_x0000_i1176" type="#_x0000_t75" alt="复选框" style="width:12.9pt;height:12.9pt;visibility:visible;mso-wrap-style:square">
+            <v:imagedata r:id="rId18" o:title="复选框"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="003F69D0" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F69D0" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>次或以上</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24894345" w14:textId="1FF2463E" w:rsidR="008C64E4" w:rsidRPr="009914B7" w:rsidRDefault="00D14108" w:rsidP="005354E4">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:ind w:left="1053" w:hanging="333"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A2CF622" wp14:editId="39EB6133">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="187959654" name="Picture 187959654" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="002D394B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00264AAD" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不适用；我没有个人医师</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A406341" wp14:editId="025E6E52">
+            <wp:extent cx="262890" cy="107315"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
+            <wp:docPr id="490" name="Picture 490" descr="然后"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="490" name="Picture 490" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -14583,62 +16215,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11AC2F6F" wp14:editId="15A46BCD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11AC2F6F" wp14:editId="13A9AFCE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="489" name="Picture 489" descr="Checkbox"/>
+            <wp:docPr id="489" name="Picture 489" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 113" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -14678,62 +16310,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FC84CF8" wp14:editId="223DBA76">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FC84CF8" wp14:editId="084686F1">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="488" name="Picture 488" descr="Checkbox"/>
+            <wp:docPr id="488" name="Picture 488" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 112" descr="Checkbox"/>
+                    <pic:cNvPr id="488" name="Picture 488" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -14773,62 +16405,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3526F7B7" wp14:editId="32F9FFD2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3526F7B7" wp14:editId="1792D0BB">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="477" name="Picture 477" descr="Checkbox"/>
+            <wp:docPr id="477" name="Picture 477" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 111" descr="Checkbox"/>
+                    <pic:cNvPr id="477" name="Picture 477" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -14868,62 +16500,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BD7FB0C" wp14:editId="67C6DA71">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3BD7FB0C" wp14:editId="2E52891B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="476" name="Picture 476" descr="Checkbox"/>
+            <wp:docPr id="476" name="Picture 476" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 110" descr="Checkbox"/>
+                    <pic:cNvPr id="476" name="Picture 476" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -14993,62 +16625,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52B70E25" wp14:editId="53A68D43">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52B70E25" wp14:editId="1C1467B4">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="475" name="Picture 475" descr="Checkbox"/>
+            <wp:docPr id="475" name="Picture 475" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 117" descr="Checkbox"/>
+                    <pic:cNvPr id="475" name="Picture 475" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15087,62 +16719,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37862BCA" wp14:editId="314AC62A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37862BCA" wp14:editId="1C61083B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="474" name="Picture 474" descr="Checkbox"/>
+            <wp:docPr id="474" name="Picture 474" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 116" descr="Checkbox"/>
+                    <pic:cNvPr id="474" name="Picture 474" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15181,62 +16813,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CA114AC" wp14:editId="6AA2D509">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CA114AC" wp14:editId="1CAC5A9F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="473" name="Picture 473" descr="Checkbox"/>
+            <wp:docPr id="473" name="Picture 473" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 115" descr="Checkbox"/>
+                    <pic:cNvPr id="473" name="Picture 473" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15275,62 +16907,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03D3B036" wp14:editId="6B1BB758">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03D3B036" wp14:editId="4C855963">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="472" name="Picture 472" descr="Checkbox"/>
+            <wp:docPr id="472" name="Picture 472" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 114" descr="Checkbox"/>
+                    <pic:cNvPr id="472" name="Picture 472" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15369,95 +17001,95 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您的个人医师多常对您讲的话表示尊重？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A87B6ED" w14:textId="439A8E48" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00C217D4">
+    <w:p w14:paraId="3A87B6ED" w14:textId="4F902584" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21559FDC" wp14:editId="6CE27C2F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67FC21DA" wp14:editId="4EAB8D6C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="471" name="Picture 471" descr="Checkbox"/>
+            <wp:docPr id="1751990980" name="Picture 1751990980" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 121" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15465,95 +17097,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00895B1E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038169CF" w14:textId="1B5143F7" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00C217D4">
+    <w:p w14:paraId="038169CF" w14:textId="5242480E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47C2F8EE" wp14:editId="1DD4A4FE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53D329E9" wp14:editId="66FBADE7">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="470" name="Picture 470" descr="Checkbox"/>
+            <wp:docPr id="1975603188" name="Picture 1975603188" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 120" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15561,93 +17193,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00895B1E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C4D729" w14:textId="17A90C1C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="16C4D729" w14:textId="34EA45AA" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01CA78A6" wp14:editId="4F8319A6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A7F6533" wp14:editId="245A1239">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="462" name="Picture 462" descr="Checkbox"/>
+            <wp:docPr id="608657850" name="Picture 608657850" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 119" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15655,93 +17287,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00895B1E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187EF2C6" w14:textId="4B425C8C" w:rsidR="008D4E2B" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="187EF2C6" w14:textId="67D4A7A0" w:rsidR="008D4E2B" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="737BC8A0" wp14:editId="6ECC925D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="642F9FC8" wp14:editId="1211A2C3">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="450" name="Picture 450" descr="Checkbox"/>
+            <wp:docPr id="616104715" name="Picture 616104715" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 118" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15780,93 +17412,93 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您的个人医师多常花足够的时间为您看诊？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DC7657" w14:textId="1D23B6B1" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="47DC7657" w14:textId="25433AF1" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3917FDE2" wp14:editId="6873A9EE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F38EA12" wp14:editId="6578890E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="449" name="Picture 449" descr="Checkbox"/>
+            <wp:docPr id="1928510211" name="Picture 1928510211" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 125" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15874,93 +17506,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B40BB4" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB4B2D5" w14:textId="7E247718" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="6FB4B2D5" w14:textId="396BF73F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="384AFFB4" wp14:editId="304079FA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DF8F889" wp14:editId="53639901">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="448" name="Picture 448" descr="Checkbox"/>
+            <wp:docPr id="559413440" name="Picture 559413440" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 124" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -15968,93 +17600,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B40BB4" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023D7D4F" w14:textId="57F9C8E8" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="023D7D4F" w14:textId="006042D7" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="349440A4" wp14:editId="36809EBB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07F0EE20" wp14:editId="40EC080F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="415" name="Picture 415" descr="Checkbox"/>
+            <wp:docPr id="121101040" name="Picture 121101040" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 123" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16062,93 +17694,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B40BB4" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BFCF0C8" w14:textId="249D496B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="0BFCF0C8" w14:textId="2675F252" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F564CE3" wp14:editId="2CD0A251">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15DE005E" wp14:editId="00C0E20E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="414" name="Picture 414" descr="Checkbox"/>
+            <wp:docPr id="1991624499" name="Picture 1991624499" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 122" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16235,93 +17867,93 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BD8EB4" w14:textId="538BA3D0" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="05BD8EB4" w14:textId="38F65C4D" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AEFCF05" wp14:editId="3CE5EB9A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E3FCC83" wp14:editId="5095B5ED">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="413" name="Picture 413" descr="Checkbox"/>
+            <wp:docPr id="746258174" name="Picture 746258174" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 129" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16329,93 +17961,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006865AB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5418394E" w14:textId="2F183B0E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="5418394E" w14:textId="3C940205" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B8C454A" wp14:editId="2F4B19A0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="151E4965" wp14:editId="45F2576C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="412" name="Picture 412" descr="Checkbox"/>
+            <wp:docPr id="437330710" name="Picture 437330710" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 128" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16423,93 +18055,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006865AB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405B4BD2" w14:textId="4F9E4F6B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="405B4BD2" w14:textId="67E0B758" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F22DE9F" wp14:editId="27C36F40">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32E6A2EE" wp14:editId="550556E2">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="411" name="Picture 411" descr="Checkbox"/>
+            <wp:docPr id="1928438456" name="Picture 1928438456" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 127" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16517,93 +18149,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006865AB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09788538" w14:textId="075992B7" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="09788538" w14:textId="6D11704A" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F8FBCE6" wp14:editId="184E8472">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="510DB819" wp14:editId="165C829B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="410" name="Picture 410" descr="Checkbox"/>
+            <wp:docPr id="746401150" name="Picture 746401150" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 126" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16656,95 +18288,95 @@
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，当您的个人医师为您要求进行验血、</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>光或其他检查时，您个人医师办公室的职员多常与您追踪后续情况、为您提供相关结果？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3787182B" w14:textId="6B7593F8" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
+    <w:p w14:paraId="3787182B" w14:textId="2B88EFDF" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="173BC86E" wp14:editId="6B84F495">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F670844" wp14:editId="6EB4F2C4">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="409" name="Picture 409" descr="Checkbox"/>
+            <wp:docPr id="1584315924" name="Picture 1584315924" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 135" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16752,95 +18384,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D79DB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B70927" w14:textId="18BA8B88" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
+    <w:p w14:paraId="54B70927" w14:textId="7435ACD8" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66A7E30D" wp14:editId="51BE4B5A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A34D31A" wp14:editId="6793775E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="408" name="Picture 408" descr="Checkbox"/>
+            <wp:docPr id="1609888178" name="Picture 1609888178" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 134" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16848,95 +18480,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D79DB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE70DB7" w14:textId="47878C64" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
+    <w:p w14:paraId="0CE70DB7" w14:textId="6AA87A6A" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C5DAF8A" wp14:editId="0123ED92">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C6D1670" wp14:editId="6002B009">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="407" name="Picture 407" descr="Checkbox"/>
+            <wp:docPr id="1214063908" name="Picture 1214063908" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 133" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16944,95 +18576,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D79DB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1705D237" w14:textId="3621A3B5" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
+    <w:p w14:paraId="1705D237" w14:textId="4BAFBE4A" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00E46E45">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A5DA280" wp14:editId="552FE5A3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3023FC31" wp14:editId="6F8EBF6F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="406" name="Picture 406" descr="Checkbox"/>
+            <wp:docPr id="141458565" name="Picture 141458565" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 132" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17040,96 +18672,96 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D79DB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555E4C50" w14:textId="51262D34" w:rsidR="008C64E4" w:rsidRPr="009914B7" w:rsidRDefault="00F10151" w:rsidP="00E46E45">
+    <w:p w14:paraId="555E4C50" w14:textId="5448D84C" w:rsidR="008C64E4" w:rsidRPr="009914B7" w:rsidRDefault="00F10151" w:rsidP="00E46E45">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00524AF8" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29897B0D" wp14:editId="1A427D96">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="099ECE1A" wp14:editId="2C5583E7">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="398" name="Picture 398" descr="Checkbox"/>
+            <wp:docPr id="1391736071" name="Picture 1391736071" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 609" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17165,62 +18797,62 @@
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r w:rsidR="007D79DB" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>光或其他检查</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03D8B17F" wp14:editId="2B1E0BFC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03D8B17F" wp14:editId="6A50568D">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="397" name="Picture 397" descr="then, "/>
+            <wp:docPr id="397" name="Picture 397" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 610" descr="then, "/>
+                    <pic:cNvPr id="397" name="Picture 397" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17338,93 +18970,93 @@
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，当您的个人医师为您要求进行验血、</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>光或其他检查时，您多常能在需要时尽快取得结果？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE4AE22" w14:textId="2FF7ACC0" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="7FE4AE22" w14:textId="4D62B254" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3ABE9AE3" wp14:editId="3D48D639">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E60248B" wp14:editId="2966D525">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="396" name="Picture 396" descr="Checkbox"/>
+            <wp:docPr id="1292315969" name="Picture 1292315969" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 139" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17432,93 +19064,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E1264" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F94A83" w14:textId="4BAAFD64" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="02F94A83" w14:textId="2422EBA3" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E4F27CB" wp14:editId="2DB65D7B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6AB690EC" wp14:editId="78E29D39">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="395" name="Picture 395" descr="Checkbox"/>
+            <wp:docPr id="60623867" name="Picture 60623867" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 138" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17526,93 +19158,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E1264" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30AC3651" w14:textId="79C7D5A4" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="30AC3651" w14:textId="5053B5F3" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="482CFD24" wp14:editId="00F83688">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36781BD2" wp14:editId="38D01A63">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="374" name="Picture 374" descr="Checkbox"/>
+            <wp:docPr id="1875502209" name="Picture 1875502209" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 137" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17620,93 +19252,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E1264" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59AC9A24" w14:textId="025BFF80" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="59AC9A24" w14:textId="7EFE54D7" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D50BAD3" wp14:editId="2D1C0C11">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E09C73E" wp14:editId="582DA190">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="373" name="Picture 373" descr="Checkbox"/>
+            <wp:docPr id="1506868235" name="Picture 1506868235" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 136" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17746,93 +19378,93 @@
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Ref134791091"/>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您和您的个人医师多常讨论您在服用的所有处方药物？</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="6609ED33" w14:textId="07C70474" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="6609ED33" w14:textId="6A9F15EC" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2807BE32" wp14:editId="4C184BB8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7418FC76" wp14:editId="7D9A3320">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="372" name="Picture 372" descr="Checkbox"/>
+            <wp:docPr id="698466035" name="Picture 698466035" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 162" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17840,93 +19472,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00075BDA" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25DDAD53" w14:textId="79027CF3" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="25DDAD53" w14:textId="0DA72D01" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B1DBD97" wp14:editId="1EFF2B57">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="617631CA" wp14:editId="0E60F597">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="371" name="Picture 371" descr="Checkbox"/>
+            <wp:docPr id="1950116882" name="Picture 1950116882" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 161" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -17934,93 +19566,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00075BDA" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444EFCEE" w14:textId="6F8079EC" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="444EFCEE" w14:textId="5EA5BD6B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E2E6825" wp14:editId="155E2E7B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17608D96" wp14:editId="6E24738E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="327" name="Picture 327" descr="Checkbox"/>
+            <wp:docPr id="1680238452" name="Picture 1680238452" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 160" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18028,93 +19660,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00075BDA" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2549FDA5" w14:textId="2ED2587C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="2549FDA5" w14:textId="1B74C016" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5929F2C2" wp14:editId="3952E0A8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68F9C370" wp14:editId="50CB8969">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="326" name="Picture 326" descr="Checkbox"/>
+            <wp:docPr id="1832583874" name="Picture 1832583874" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 159" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18122,93 +19754,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00075BDA" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22946BD9" w14:textId="42AC2A08" w:rsidR="008C64E4" w:rsidRPr="009914B7" w:rsidRDefault="00F10151" w:rsidP="008C64E4">
+    <w:p w14:paraId="22946BD9" w14:textId="54ECF2B9" w:rsidR="008C64E4" w:rsidRPr="009914B7" w:rsidRDefault="00F10151" w:rsidP="008C64E4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004629D6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">99 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B816140" wp14:editId="6D7CB461">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2128946D" wp14:editId="2CD2DEAF">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="325" name="Picture 325" descr="Checkbox"/>
+            <wp:docPr id="574477359" name="Picture 574477359" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 611" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18238,94 +19870,94 @@
         <w:t>不适用；没有服用任何处方药物</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32FA338F" w14:textId="04F8FA87" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="0EF7671C" w:rsidP="00AD7DFF">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>在过去 6 个月中，您是否曾从超过一种健康照护服务提供者处取得照护或使用超过一种健康照护服务？</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>请包括亲自, 电话或视频方式的就诊.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4398B29E" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
+    <w:p w14:paraId="4398B29E" w14:textId="66728790" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6420EF29" wp14:editId="5E83F6E5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52C7800B" wp14:editId="4A8812F1">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="324" name="Picture 324" descr="Checkbox"/>
+            <wp:docPr id="1928051841" name="Picture 1928051841" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 164" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18333,94 +19965,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54091DAE" w14:textId="03CA7991" w:rsidR="00B04A8A" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="54091DAE" w14:textId="3B966F7A" w:rsidR="00B04A8A" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07A3AAD4" wp14:editId="2CDD2F41">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="153F5F6F" wp14:editId="3B3CDD12">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="323" name="Picture 323" descr="Checkbox"/>
+            <wp:docPr id="616240790" name="Picture 616240790" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 163" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18442,62 +20074,62 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C6A98D8" wp14:editId="60767434">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C6A98D8" wp14:editId="55FFBAAF">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="322" name="Picture 322" descr="then, "/>
+            <wp:docPr id="322" name="Picture 322" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 13" descr="then, "/>
+                    <pic:cNvPr id="322" name="Picture 322" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18628,93 +20260,93 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您是否需要您个人医师办公室职员的帮助管理您的照护，协调上述服务提供者和服务？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1F494F" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="1A1F494F" w14:textId="422CDD71" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B54D1A6" wp14:editId="3FFB9037">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E381496" wp14:editId="587AA4D8">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="321" name="Picture 321" descr="Checkbox"/>
+            <wp:docPr id="2097162054" name="Picture 2097162054" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 166" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18722,94 +20354,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4C14DF" w14:textId="6ED76AC2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="3D4C14DF" w14:textId="2A0AAA5C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30D86FB0" wp14:editId="7A418761">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76365E37" wp14:editId="1EC9592C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="320" name="Picture 320" descr="Checkbox"/>
+            <wp:docPr id="71454389" name="Picture 71454389" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 165" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -18831,62 +20463,62 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EF38947" wp14:editId="1FE63825">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EF38947" wp14:editId="7248B1A7">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="319" name="Picture 319" descr="then, "/>
+            <wp:docPr id="319" name="Picture 319" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 14" descr="then, "/>
+                    <pic:cNvPr id="319" name="Picture 319" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -19044,95 +20676,95 @@
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您多常</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>取得您所需的帮助</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>，让您个人医师的办公室管理您的照护，协调上述服务提供者和服务？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3B1FE6" w14:textId="57F62726" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="009101C1">
+    <w:p w14:paraId="0E3B1FE6" w14:textId="3675FD70" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="009101C1">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E04A4A1" wp14:editId="732C8F60">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6788714D" wp14:editId="786F78FA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="309" name="Picture 309" descr="Checkbox"/>
+            <wp:docPr id="336140187" name="Picture 336140187" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 170" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -19140,95 +20772,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006B2367" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D437EE5" w14:textId="1948CBDA" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="009101C1">
+    <w:p w14:paraId="0D437EE5" w14:textId="6869ECE8" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="009101C1">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F853C61" wp14:editId="056A1B4D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42B271CC" wp14:editId="52C48011">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="308" name="Picture 308" descr="Checkbox"/>
+            <wp:docPr id="2028259934" name="Picture 2028259934" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 169" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -19236,95 +20868,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006B2367" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7167BD7A" w14:textId="18C12504" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="009101C1">
+    <w:p w14:paraId="7167BD7A" w14:textId="615B8CCB" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="009101C1">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52A60614" wp14:editId="46441471">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="103524BC" wp14:editId="61CF03BB">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="307" name="Picture 307" descr="Checkbox"/>
+            <wp:docPr id="344969925" name="Picture 344969925" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 168" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -19332,93 +20964,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006B2367" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DCEA8E" w14:textId="44B5D47B" w:rsidR="004E1DCD" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="33DCEA8E" w14:textId="05389888" w:rsidR="004E1DCD" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="002D394B" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CD11176" wp14:editId="3B97B09D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6740507A" wp14:editId="295C4591">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="306" name="Picture 306" descr="Checkbox"/>
+            <wp:docPr id="819994432" name="Picture 819994432" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 167" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -19507,1020 +21139,1547 @@
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>代表可能存在的最糟个人医师，</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>代表可能存在的最佳个人医师，您会用哪个数字来评价您的个人医师？</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="6E0964FE" w14:textId="1B511222" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00BC3792" w:rsidP="00CB6042">
+    <w:p w14:paraId="6E0964FE" w14:textId="5A69D276" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="002D394B" w:rsidP="002D394B">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:numPr>
-[...486 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6157D620" wp14:editId="01BE6B8F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="339E8743" wp14:editId="63B7D733">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="274" name="Picture 274" descr="Checkbox"/>
+            <wp:docPr id="683286030" name="Picture 683286030" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 176" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>从未</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0</w:t>
+      </w:r>
+      <w:r w:rsidR="0015014E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C738B6" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表可能存在的最糟个人医师</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21873E12" w14:textId="138D1304" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00EE2B6C">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="79745423" w14:textId="7DA86D57" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01310FF0" wp14:editId="523D2C80">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E5EA49F" wp14:editId="4FDE334A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="273" name="Picture 273" descr="Checkbox"/>
+            <wp:docPr id="1633731511" name="Picture 1633731511" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 175" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>有时</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C64EFC3" w14:textId="261F29E4" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00EE2B6C">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="7ECCCA42" w14:textId="247CFEA8" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FE111D3" wp14:editId="48757E87">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DFEDCFC" wp14:editId="1570A63C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="272" name="Picture 272" descr="Checkbox"/>
+            <wp:docPr id="14621950" name="Picture 14621950" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 174" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>经常</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="274EE0A9" w14:textId="1496D477" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00EE2B6C">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="11783672" w14:textId="09FF560B" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E83E7B1" wp14:editId="055C6BAA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61C54564" wp14:editId="6803F4F4">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="271" name="Picture 271" descr="Checkbox"/>
+            <wp:docPr id="2037642557" name="Picture 2037642557" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 173" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>总是</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180D7E8D" w14:textId="59278EC2" w:rsidR="008523F7" w:rsidRPr="009914B7" w:rsidRDefault="00D14108" w:rsidP="00EE2B6C">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="4BCD7F9E" w14:textId="18A8D5EE" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...20 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="459AFD9F" wp14:editId="6600A4AF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CEBD076" wp14:editId="4DA90839">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="270" name="Picture 270" descr="Checkbox"/>
+            <wp:docPr id="792643573" name="Picture 792643573" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 463" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...23 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A59FD3" w14:textId="19158FB2" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41BACB4E" wp14:editId="3616413C">
-[...2 lines deleted...]
-            <wp:docPr id="269" name="Picture 269" descr="then, "/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="449C1AAC" wp14:editId="33B82295">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="951989523" name="Picture 951989523" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 464" descr="then, "/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF129CF" w14:textId="1EB2F728" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EA734F1" wp14:editId="4FA6F564">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1189452376" name="Picture 1189452376" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07DDC0F8" w14:textId="7182943E" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E13D584" wp14:editId="19F2FCCD">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="87125967" name="Picture 87125967" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6140AA9B" w14:textId="345843B2" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="624844C0" wp14:editId="09827430">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="617104993" name="Picture 617104993" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DDE536" w14:textId="171204CE" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B88DDAD" wp14:editId="1CACDEB0">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1729235037" name="Picture 1729235037" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43AF077B" w14:textId="13924F1C" w:rsidR="0015014E" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:ind w:left="677" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C90FA04" wp14:editId="20D43483">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="272970754" name="Picture 272970754" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="0015014E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C738B6" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表可能存在的最佳个人医师</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBEE2BC" w14:textId="104A6499" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00BF4C53" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:keepNext w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>从专科医师处取得健康照护</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320D1319" w14:textId="1411A764" w:rsidR="008523F7" w:rsidRPr="009914B7" w:rsidRDefault="00BF4C53" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:keepNext w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>专科医师是专职于健康照护某领域的医师，如外科医师、心脏科医师、过敏科医师、皮肤科医师等。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA286E4" w14:textId="0E4B3E6C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00BF4C53" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="SurveyBodyText"/>
+        <w:keepLines/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>回答以下问题时，</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15B0A" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>包括您在诊所，急诊室，医生办公室，通过电话或通过视频预约获得的护理。</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>请</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不要</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>包括牙科看诊或您在医院过夜时所取得的照护。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081DA662" w14:textId="1C98453E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="04772A3B" w:rsidP="42CA23A5">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Ref134791061"/>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>个月中，您多常能在需要时尽快取得专科医师就诊？</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>请包括亲自</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>电话或视频方式的就诊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="7484B100" w14:textId="158DCBC1" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BCE6B53" wp14:editId="38F8428B">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="670319699" name="Picture 670319699" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF4C53" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>从未</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21873E12" w14:textId="32586494" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="041741FC" wp14:editId="0B4B0737">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1228364321" name="Picture 1228364321" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF4C53" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>有时</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C64EFC3" w14:textId="14479945" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19CFAEAE" wp14:editId="4F6D0F0B">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1221894316" name="Picture 1221894316" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF4C53" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>经常</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274EE0A9" w14:textId="5B36E82E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64761DED" wp14:editId="2266F88C">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1114968223" name="Picture 1114968223" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF4C53" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>总是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180D7E8D" w14:textId="5EF35A3E" w:rsidR="008523F7" w:rsidRPr="009914B7" w:rsidRDefault="00D14108" w:rsidP="00EE2B6C">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004629D6" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">99 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38D9DCCF" wp14:editId="18F8BFCD">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1460464974" name="Picture 1460464974" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF4C53" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不适用；未需要向专科医师求诊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41BACB4E" wp14:editId="6E2812B0">
+            <wp:extent cx="262890" cy="107315"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
+            <wp:docPr id="269" name="Picture 269" descr="然后"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="269" name="Picture 269" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -20660,103 +22819,114 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5798AA6A" w14:textId="5D9C9319" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="007A5BF7" w:rsidP="00CB6042">
+    <w:p w14:paraId="5798AA6A" w14:textId="0BE5B516" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
-        <w:numPr>
-[...11 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:pict w14:anchorId="712D6073">
+          <v:shape id="Picture 2007041014" o:spid="_x0000_i1177" type="#_x0000_t75" alt="复选框" style="width:12.9pt;height:12.9pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+            <v:imagedata r:id="rId18" o:title="复选框"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D741A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>没有</w:t>
       </w:r>
       <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C459BFC" wp14:editId="51163DF2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C459BFC" wp14:editId="7D351115">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="267" name="Picture 267" descr="then, "/>
+            <wp:docPr id="267" name="Picture 267" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 16"/>
+                    <pic:cNvPr id="267" name="Picture 267" descr="然后"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -20833,2477 +23003,3218 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>前往</w:t>
       </w:r>
       <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> #4</w:t>
       </w:r>
       <w:r w:rsidR="00535D28">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CE7608" w14:textId="68EA3D50" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="007A5BF7" w:rsidP="00CB6042">
+    <w:p w14:paraId="16CE7608" w14:textId="1983DD31" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
       <w:pPr>
         <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
-        <w:numPr>
-[...203 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="265225C3" wp14:editId="387F7DD6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E163336" wp14:editId="74B77981">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="261" name="Picture 261" descr="Checkbox"/>
+            <wp:docPr id="2009111473" name="Picture 2009111473" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 465" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>从未</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D741A" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>位专科医师</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5392073E" w14:textId="0D20AE94" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00785721" w:rsidP="00785721">
-[...22 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+    <w:p w14:paraId="0992DC5D" w14:textId="5B54E61B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E0B45F9" wp14:editId="61882304">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33F493F6" wp14:editId="48DD17E9">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="260" name="Picture 260" descr="Checkbox"/>
+            <wp:docPr id="868377882" name="Picture 868377882" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 466" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>有时</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="242CAED7" w14:textId="39D62C99" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00785721" w:rsidP="00785721">
-[...22 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+    <w:p w14:paraId="621C8BE3" w14:textId="733890E2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EB44E2F" wp14:editId="262832F9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56DF9ABC" wp14:editId="5B3FF224">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="259" name="Picture 259" descr="Checkbox"/>
+            <wp:docPr id="511828208" name="Picture 511828208" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 467" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>经常</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613C355C" w14:textId="6879B256" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00785721" w:rsidP="00785721">
-[...22 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+    <w:p w14:paraId="7E612759" w14:textId="5E8E2F7B" w:rsidR="005939ED" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F384263" wp14:editId="5C57B830">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AC2B6BE" wp14:editId="2AE96F37">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="258" name="Picture 258" descr="Checkbox"/>
+            <wp:docPr id="2115492684" name="Picture 2115492684" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 468" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>总是</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD800A8" w14:textId="4FA81926" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00F10151" w:rsidP="00785721">
-[...22 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+    <w:p w14:paraId="43A1E266" w14:textId="61AC338A" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00732B8F" w:rsidP="00732B8F">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C41FCC1" wp14:editId="7A8A407E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F6D8A7A" wp14:editId="38664B34">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="257" name="Picture 257" descr="Checkbox"/>
+            <wp:docPr id="235064472" name="Picture 235064472" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 469" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31AF2" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D741A" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>位或更多专科医师</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347746C9" w14:textId="4E5614D3" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="0096741E" w:rsidP="00785721">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>个月中，您的个人医师多常表现出了解您从专科医师处接受照护的最新情况？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE35DCA" w14:textId="66C5FA7B" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00785721" w:rsidP="00785721">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0096741E" w:rsidRPr="009914B7">
-[...484 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44CE6916" wp14:editId="3DA25266">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54273E30" wp14:editId="0089A92F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="213" name="Picture 213" descr="Checkbox"/>
+            <wp:docPr id="1414633012" name="Picture 1414633012" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 288" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00494264" w:rsidRPr="009914B7">
-[...4 lines deleted...]
-        <w:t>极好</w:t>
+      <w:r w:rsidR="0096741E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76ED3FFF" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="5392073E" w14:textId="7D271A7F" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00785721" w:rsidP="00785721">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="173FF1FE" wp14:editId="0B335613">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60307132" wp14:editId="3D737D21">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="212" name="Picture 212" descr="Checkbox"/>
+            <wp:docPr id="1673697079" name="Picture 1673697079" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 287" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...4 lines deleted...]
-        <w:t>非常好</w:t>
+      <w:r w:rsidR="0096741E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06BD175F" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="242CAED7" w14:textId="20AAFAD4" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00785721" w:rsidP="00785721">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B79BE3D" wp14:editId="188411DD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A65556E" wp14:editId="7C8B428F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="211" name="Picture 211" descr="Checkbox"/>
+            <wp:docPr id="472758486" name="Picture 472758486" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 286" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...4 lines deleted...]
-        <w:t>好</w:t>
+      <w:r w:rsidR="0096741E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F364332" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="613C355C" w14:textId="44A9CF09" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00785721" w:rsidP="00785721">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DAE0DC0" wp14:editId="395236A6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="417858EC" wp14:editId="40F8289B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="210" name="Picture 210" descr="Checkbox"/>
+            <wp:docPr id="1488089171" name="Picture 1488089171" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 285" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...4 lines deleted...]
-        <w:t>一般</w:t>
+      <w:r w:rsidR="0096741E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FBCAB07" w14:textId="77777777" w:rsidR="00B04A8A" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="5DD800A8" w14:textId="1BD5A504" w:rsidR="00785721" w:rsidRPr="009914B7" w:rsidRDefault="00F10151" w:rsidP="00785721">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="004629D6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:t xml:space="preserve">99 </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2207451D" wp14:editId="0BF335F7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E28584D" wp14:editId="1CD0779D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="209" name="Picture 209" descr="Checkbox"/>
+            <wp:docPr id="1587970372" name="Picture 1587970372" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 284" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...4 lines deleted...]
-        <w:t>不好</w:t>
+      <w:r w:rsidR="0096741E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不适用；我没有个人医师</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FA31E5" w14:textId="5479C183" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="408B6175" w:rsidP="00B21294">
+    <w:p w14:paraId="429E1EFF" w14:textId="0950146D" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="009F0A59" w:rsidP="009F0A59">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...9 lines deleted...]
-        <w:t>健康？</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">我们希望了解您对过去 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 个月中您最常求诊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>的专科医师的评价。使用从</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>到</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>中任何一个数字</w:t>
+      </w:r>
+      <w:r w:rsidR="12AFDAB6" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表可能存在的最糟专科医师，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表可能存在的最佳专科医师，您会用哪个数字来评价您的专科医师？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3058C588" w14:textId="5E01AE88" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="4718010A" w14:textId="75FBAF67" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
-        <w:rPr>
-[...13 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C6A02B3" wp14:editId="59F648D2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B71C79F" wp14:editId="1703EC51">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="208" name="Picture 208" descr="Checkbox"/>
+            <wp:docPr id="45976931" name="Picture 45976931" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 293" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>极好</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0</w:t>
+      </w:r>
+      <w:r w:rsidR="008E12D7" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F0A59" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表存在的最糟专科医师</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589EB3BE" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="7EECC5C1" w14:textId="1F74F8FD" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
-        <w:rPr>
-[...13 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5854782E" wp14:editId="3B935906">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30D39EBC" wp14:editId="417D59EE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="207" name="Picture 207" descr="Checkbox"/>
+            <wp:docPr id="544567934" name="Picture 544567934" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 292" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>非常好</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B6268D9" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="5C6B773F" w14:textId="19E018EB" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
-        <w:rPr>
-[...13 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1ECB0CA1" wp14:editId="6EB040F8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44707499" wp14:editId="2935ED39">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="206" name="Picture 206" descr="Checkbox"/>
+            <wp:docPr id="1251707373" name="Picture 1251707373" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 291" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>好</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="695D2B17" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="21CA88BA" w14:textId="44FEB95B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
-        <w:rPr>
-[...13 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AB96B0B" wp14:editId="364C7610">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="769333EA" wp14:editId="083B8961">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="205" name="Picture 205" descr="Checkbox"/>
+            <wp:docPr id="2039084314" name="Picture 2039084314" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 290" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>一般</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="364AFE87" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
-[...22 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+    <w:p w14:paraId="71EBFD11" w14:textId="22690623" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E5A2166" wp14:editId="52C01ADF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B05D372" wp14:editId="298DBAAC">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="204" name="Picture 204" descr="Checkbox"/>
+            <wp:docPr id="920780235" name="Picture 920780235" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 289" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>不好</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C24233" w14:textId="49C4D8FC" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00F21F7F" w:rsidP="00B21294">
-[...18 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="0558698B" w14:textId="2393BC06" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67F0347E" wp14:editId="051AA6BC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D60DC9C" wp14:editId="07FC55DF">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="200" name="Picture 200" descr="Checkbox"/>
+            <wp:docPr id="1866257058" name="Picture 1866257058" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 300" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>每天</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A6B7B1" w14:textId="1FC5177C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="2BD5B06C" w14:textId="3D48B9A5" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...19 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A7B2F6B" wp14:editId="12D713C2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="133ED766" wp14:editId="6CDA302E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="199" name="Picture 199" descr="Checkbox"/>
+            <wp:docPr id="404672532" name="Picture 404672532" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 299" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...11 lines deleted...]
-        <w:t>有时</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2B6D94" w14:textId="55AA248C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="08216B17">
-[...1 lines deleted...]
-        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+    <w:p w14:paraId="3FDDD82E" w14:textId="00B60D19" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
         <w:keepNext/>
-        <w:rPr>
-[...21 lines deleted...]
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="601DC4ED" wp14:editId="7118B4ED">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CD55493" wp14:editId="6F1A5175">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="198" name="Picture 198" descr="Checkbox"/>
+            <wp:docPr id="138288043" name="Picture 138288043" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 298" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
-[...23 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBB3859" w14:textId="0B4BB638" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BE1D976" wp14:editId="02607D54">
-[...2 lines deleted...]
-            <wp:docPr id="197" name="Picture 197" descr="then, "/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DABAB8E" wp14:editId="7DE13D46">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1102057208" name="Picture 1102057208" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 23" descr="then, "/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756D8DCA" w14:textId="22CFF6CA" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24AE2D66" wp14:editId="49107620">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1658357413" name="Picture 1658357413" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E567F6" w14:textId="75B1CE7C" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="003B4F46" w:rsidP="003B4F46">
+      <w:pPr>
+        <w:pStyle w:val="StyleA0-Survey0DigitRespOptBoxLeft047"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22412972" wp14:editId="38DFC15F">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="173673348" name="Picture 173673348" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00D14108" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F0A59" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>代表存在的最佳专科医师</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D1F94C" w14:textId="36B9E85F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00494264" w:rsidP="00184F8F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>您的相关个人信息</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7755A389" w14:textId="1514682B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00494264" w:rsidP="00B21294">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Ref134791119"/>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>总体来说，您如何评价您的整体健康？</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="2B6FB130" w14:textId="13F22654" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4BB5203C" wp14:editId="7EA26EB7">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="820365370" name="Picture 820365370" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00494264" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>极好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76ED3FFF" w14:textId="37BC6505" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="517C54FF" wp14:editId="29D58EDC">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1506853583" name="Picture 1506853583" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>非常好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BD175F" w14:textId="7E888F81" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57F64F42" wp14:editId="1F4B7982">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1078686249" name="Picture 1078686249" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F364332" w14:textId="52272ACA" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43A16F29" wp14:editId="23324154">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1442898469" name="Picture 1442898469" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>一般</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBCAB07" w14:textId="2B893DBA" w:rsidR="00B04A8A" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B11E2B5" wp14:editId="0833274E">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="341134307" name="Picture 341134307" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FA31E5" w14:textId="5479C183" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="408B6175" w:rsidP="00B21294">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>总体来说，您如何评价您的整体</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>心理或情绪</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>健康？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3058C588" w14:textId="50324BE0" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3495AFFC" wp14:editId="6D8D27B1">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="662445159" name="Picture 662445159" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00494264" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>极好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589EB3BE" w14:textId="4801160F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CB82286" wp14:editId="6F117027">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1934481359" name="Picture 1934481359" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>非常好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6268D9" w14:textId="40FF5D42" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FA9828D" wp14:editId="45020FF9">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1534290224" name="Picture 1534290224" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695D2B17" w14:textId="1A38D13B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00802B6F">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10BF82C7" wp14:editId="1E08C491">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="697951642" name="Picture 697951642" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>一般</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364AFE87" w14:textId="330880C2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00732B8F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68405AB5" wp14:editId="07E4AF7E">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1123718293" name="Picture 1123718293" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>不好</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C24233" w14:textId="49C4D8FC" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00F21F7F" w:rsidP="00B21294">
+      <w:pPr>
+        <w:pStyle w:val="Q1-Survey-Question"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>您目前是否每天、有时吸烟或使用烟草制品，还是完全不吸烟？</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7257FF" w14:textId="1E21EB68" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1650C7F4" wp14:editId="3413A6F2">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1063730173" name="Picture 1063730173" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>每天</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A6B7B1" w14:textId="0B2F758E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36BD6FA0" wp14:editId="1C7018F4">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="532695822" name="Picture 532695822" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F21F7F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>有时</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2B6D94" w14:textId="38A57F07" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="08216B17">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:keepNext/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:position w:val="-4"/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4006F2E7" wp14:editId="65A16D12">
+            <wp:extent cx="165100" cy="165100"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+            <wp:docPr id="1055851928" name="Picture 1055851928" descr="复选框"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="165100" cy="165100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F21F7F" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>完全不吸烟</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:val="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BE1D976" wp14:editId="0694BC62">
+            <wp:extent cx="262890" cy="107315"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
+            <wp:docPr id="197" name="Picture 197" descr="然后"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="197" name="Picture 197" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -23430,98 +26341,98 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="0032643D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00932F67" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6317C9D0" w14:textId="3B4D27DB" w:rsidR="00932F67" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="0054109C">
+    <w:p w14:paraId="6317C9D0" w14:textId="076D63E6" w:rsidR="00932F67" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="0054109C">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="2700"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4AB4C3DA" wp14:editId="13CA4EDA">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A9E2CE6" wp14:editId="712D2BD3">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="196" name="Picture 196" descr="Checkbox"/>
+            <wp:docPr id="1057105479" name="Picture 1057105479" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 297" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -23543,62 +26454,62 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>不知道</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="533FC4B4" wp14:editId="506A207B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="533FC4B4" wp14:editId="100EDAE0">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="195" name="Picture 195" descr="then, "/>
+            <wp:docPr id="195" name="Picture 195" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 24" descr="then, "/>
+                    <pic:cNvPr id="195" name="Picture 195" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -23729,94 +26640,94 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您多常获得医师或您计划中的其他健康服务提供者建议应戒烟或停止使用烟草制品？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6318300A" w14:textId="2297EB54" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
+    <w:p w14:paraId="6318300A" w14:textId="3F7A5FDD" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="126CE887" wp14:editId="77212E59">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54BC76ED" wp14:editId="5D2B538A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="194" name="Picture 194" descr="Checkbox"/>
+            <wp:docPr id="1362388442" name="Picture 1362388442" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 301" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -23824,94 +26735,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC6465" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F7CF64" w14:textId="392BC59D" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
+    <w:p w14:paraId="31F7CF64" w14:textId="59CE8F93" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EFC0C16" wp14:editId="3668764B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6466D0CB" wp14:editId="5764E625">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="183" name="Picture 183" descr="Checkbox"/>
+            <wp:docPr id="1551790573" name="Picture 1551790573" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 303" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -23919,94 +26830,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC6465" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADC0E6A" w14:textId="5F48F88B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
+    <w:p w14:paraId="0ADC0E6A" w14:textId="413972BD" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D14108">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="608EEDF7" wp14:editId="664C0AF3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53F39AB2" wp14:editId="438276EE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="178" name="Picture 178" descr="Checkbox"/>
+            <wp:docPr id="863463451" name="Picture 863463451" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 302" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24014,93 +26925,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC6465" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3721BF3E" w14:textId="0D73C48A" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="3721BF3E" w14:textId="410AD9AC" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E4CED8A" wp14:editId="384171C5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="584D82BC" wp14:editId="309D4BAD">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="177" name="Picture 177" descr="Checkbox"/>
+            <wp:docPr id="1751721284" name="Picture 1751721284" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 318" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24140,93 +27051,93 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，医师或健康服务提供者多常推荐或讨论药物，以协助您戒烟或停止使用烟草制品？药物范例包括：尼古丁口香糖、贴剂、鼻腔喷剂、吸入剂或处方药。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF1EFA2" w14:textId="1751A40E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="6CF1EFA2" w14:textId="67768F60" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41B6539B" wp14:editId="0AB22E43">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A673183" wp14:editId="73E34E0C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="172" name="Picture 172" descr="Checkbox"/>
+            <wp:docPr id="1524238795" name="Picture 1524238795" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 317" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24234,93 +27145,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC6465" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1882FBA3" w14:textId="320F74DE" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="1882FBA3" w14:textId="22EA1FDB" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70A588B8" wp14:editId="197AE685">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AD4E0EA" wp14:editId="23C52802">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="171" name="Picture 171" descr="Checkbox"/>
+            <wp:docPr id="870630782" name="Picture 870630782" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 316" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24328,93 +27239,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC6465" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73FC5156" w14:textId="160342F1" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="73FC5156" w14:textId="576FDA88" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AEA308B" wp14:editId="25550F20">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="791F799B" wp14:editId="47892638">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="158" name="Picture 158" descr="Checkbox"/>
+            <wp:docPr id="1941829323" name="Picture 1941829323" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 315" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24422,93 +27333,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC6465" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31C94821" w14:textId="162BC64F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="31C94821" w14:textId="705EE61E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="003B4F46" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B32152B" wp14:editId="5B62E497">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03AEFF51" wp14:editId="6B8587FC">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="157" name="Picture 157" descr="Checkbox"/>
+            <wp:docPr id="2130862559" name="Picture 2130862559" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 314" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24548,93 +27459,93 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您的医师或健康服务提供者多常讨论或提供药物以外的方法或策略协助您戒烟或停止使用烟草制品？方法或策略范例包括：电话专线、个人或团体谘商或戒烟方案。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BCEF684" w14:textId="438FE02B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="7BCEF684" w14:textId="7D9E4755" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BE86A1D" wp14:editId="1E3BE501">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C2391D3" wp14:editId="3B9E0E90">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="156" name="Picture 156" descr="Checkbox"/>
+            <wp:docPr id="1041792321" name="Picture 1041792321" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 313" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24642,93 +27553,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001020B4" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DD41752" w14:textId="01979762" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="4DD41752" w14:textId="20E6A65B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7ACD249C" wp14:editId="2B027F4A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B88C0EF" wp14:editId="585E5C6D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="155" name="Picture 155" descr="Checkbox"/>
+            <wp:docPr id="1758943288" name="Picture 1758943288" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 312" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24736,93 +27647,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001020B4" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8F77E2" w14:textId="2F974233" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="5C8F77E2" w14:textId="09897E82" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19DA1539" wp14:editId="5E6CEF4A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7AC6E544" wp14:editId="3B5649B4">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="154" name="Picture 154" descr="Checkbox"/>
+            <wp:docPr id="466544816" name="Picture 466544816" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 311" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24830,93 +27741,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001020B4" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F703CE" w14:textId="58D36FD3" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="06F703CE" w14:textId="1EE68650" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1424E3F2" wp14:editId="66496A44">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CBB637D" wp14:editId="0BE45D46">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="153" name="Picture 153" descr="Checkbox"/>
+            <wp:docPr id="1570725243" name="Picture 1570725243" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 310" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -24970,93 +27881,93 @@
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>个月中，您是否曾因相同病况或问题而取得</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>次或以上健康照护？</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="01C74A80" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="01C74A80" w14:textId="3DF8A045" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="297EAB1D" wp14:editId="7B774D66">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="062952DB" wp14:editId="7A5C6296">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="152" name="Picture 152" descr="Checkbox"/>
+            <wp:docPr id="171496686" name="Picture 171496686" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 329" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -25064,94 +27975,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5581BFEE" w14:textId="10DBE697" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="5581BFEE" w14:textId="0C986A19" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AE14867" wp14:editId="1FA3651F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E2AF59B" wp14:editId="611D21CF">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="151" name="Picture 151" descr="Checkbox"/>
+            <wp:docPr id="1605083950" name="Picture 1605083950" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 328" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -25173,62 +28084,62 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A6B1799" wp14:editId="59753168">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A6B1799" wp14:editId="037BC8D0">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="150" name="Picture 150" descr="then, "/>
+            <wp:docPr id="150" name="Picture 150" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 25" descr="then, "/>
+                    <pic:cNvPr id="150" name="Picture 150" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -25401,93 +28312,93 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>不要</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>包括怀孕或绝经</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D12BF13" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="1D12BF13" w14:textId="203C48D2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FF5410A" wp14:editId="7ECD09CD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43C26273" wp14:editId="1347BE88">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="149" name="Picture 149" descr="Checkbox"/>
+            <wp:docPr id="1619863155" name="Picture 1619863155" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 331" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -25495,93 +28406,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7338ECFA" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="7338ECFA" w14:textId="5AD976AB" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AFDF057" wp14:editId="1AF9FE9E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63AA6B24" wp14:editId="1BDD28EF">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="148" name="Picture 148" descr="Checkbox"/>
+            <wp:docPr id="217013583" name="Picture 217013583" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 330" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -25645,93 +28556,93 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>不要</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>包括避孕药</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="0BD4E0B0" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="0BD4E0B0" w14:textId="33392DB0" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03A9B20B" wp14:editId="201FFDC8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="339A84EB" wp14:editId="49E9FCE5">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="147" name="Picture 147" descr="Checkbox"/>
+            <wp:docPr id="1430974323" name="Picture 1430974323" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 333" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -25739,93 +28650,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BC69C0" w14:textId="299E33C9" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="00BC69C0" w14:textId="4EA1DF18" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06579476" wp14:editId="68E72C2F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32F86BF8" wp14:editId="7F52D12C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="146" name="Picture 146" descr="Checkbox"/>
+            <wp:docPr id="1723423248" name="Picture 1723423248" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 332" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -25847,62 +28758,62 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0797058F" wp14:editId="47BCE370">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0797058F" wp14:editId="7390AD22">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="145" name="Picture 145" descr="then, "/>
+            <wp:docPr id="145" name="Picture 145" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 26" descr="then, "/>
+                    <pic:cNvPr id="145" name="Picture 145" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26078,93 +28989,93 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>不要</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>包括怀孕或绝经</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279B1135" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="279B1135" w14:textId="6C69FA2F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="346E2B23" wp14:editId="0179A354">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38AFDD64" wp14:editId="4DCD0E62">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="144" name="Picture 144" descr="Checkbox"/>
+            <wp:docPr id="531268552" name="Picture 531268552" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 335" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26172,93 +29083,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EFEDFB" w14:textId="77777777" w:rsidR="00E97323" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="02EFEDFB" w14:textId="26903CDC" w:rsidR="00E97323" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="327B772D" wp14:editId="4597D2E3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="067B8C15" wp14:editId="4CB9B208">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="143" name="Picture 143" descr="Checkbox"/>
+            <wp:docPr id="172771802" name="Picture 172771802" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 334" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26284,93 +29195,93 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498973D9" w14:textId="6DFCC44D" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="002A1F52" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Ref134791158"/>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您是否耳聋或有严重听力障碍？</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="392E387B" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="392E387B" w14:textId="72CB9197" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C823620" wp14:editId="5A63621C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="069D387B" wp14:editId="588C8C71">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="142" name="Picture 142" descr="Checkbox"/>
+            <wp:docPr id="1548972898" name="Picture 1548972898" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 337" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26378,93 +29289,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D399FB3" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="3D399FB3" w14:textId="65603683" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31B7A902" wp14:editId="6DDB8D96">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37183A19" wp14:editId="3779AA3F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="141" name="Picture 141" descr="Checkbox"/>
+            <wp:docPr id="522114651" name="Picture 522114651" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 336" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26495,93 +29406,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="66B067C6" w14:textId="15039DBC" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="002A1F52" w:rsidP="002306FA">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您是否眼盲或即使配戴眼镜却仍有严重视力障碍？</w:t>
       </w:r>
       <w:r w:rsidR="00136073" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1889F74A" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="1889F74A" w14:textId="22A17CC8" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AD3A7DC" wp14:editId="44DB59D8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="283CC89E" wp14:editId="3EE92592">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="140" name="Picture 140" descr="Checkbox"/>
+            <wp:docPr id="645640334" name="Picture 645640334" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 339" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26589,93 +29500,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE09BFC" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="7FE09BFC" w14:textId="71881F99" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E1292C7" wp14:editId="1995B7EF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E311BE2" wp14:editId="0D0764C7">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="131" name="Picture 131" descr="Checkbox"/>
+            <wp:docPr id="715056576" name="Picture 715056576" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 338" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26710,94 +29621,94 @@
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您是否因生理、心理或情绪状况而对集中</w:t>
       </w:r>
       <w:r w:rsidR="00A15628" w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>精力、记住人或事，或做决定有严重困难？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62471916" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00E46E45">
+    <w:p w14:paraId="62471916" w14:textId="1E3C7B65" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00E46E45">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FBE04EC" wp14:editId="57CF94F2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11569F2C" wp14:editId="43251E6C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="130" name="Picture 130" descr="Checkbox"/>
+            <wp:docPr id="1319832558" name="Picture 1319832558" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 341" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26805,93 +29716,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9A53A2" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="5C9A53A2" w14:textId="038A28BA" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5191DF21" wp14:editId="6429DF4F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66491F3D" wp14:editId="1E4065CB">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="105" name="Picture 105" descr="Checkbox"/>
+            <wp:docPr id="1912243149" name="Picture 1912243149" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 340" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -26916,93 +29827,93 @@
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2787443F" w14:textId="4F634676" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="008A1EB8" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您是否对行走或爬楼梯有严重困难？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B51E8ED" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="0B51E8ED" w14:textId="280A3028" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3568D03D" wp14:editId="11097547">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29E62E39" wp14:editId="7E880351">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="103" name="Picture 103" descr="Checkbox"/>
+            <wp:docPr id="1511671777" name="Picture 1511671777" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 343" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27010,93 +29921,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60617CE0" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="60617CE0" w14:textId="49A8B690" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32E4D25A" wp14:editId="0F668AF5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6870A181" wp14:editId="43F0C0FB">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="102" name="Picture 102" descr="Checkbox"/>
+            <wp:docPr id="793969865" name="Picture 793969865" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 342" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27121,94 +30032,94 @@
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="170080BC" w14:textId="2E930611" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="008A1EB8" w:rsidP="007F5AAC">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepLines w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您是否因生理、心理或情绪状况而对穿衣或洗澡有严重困难？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09575A3B" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="007F5AAC">
+    <w:p w14:paraId="09575A3B" w14:textId="1364CB83" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="007F5AAC">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6BED9EAF" wp14:editId="15ED9CEF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CE010B2" wp14:editId="5AED47AA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="101" name="Picture 101" descr="Checkbox"/>
+            <wp:docPr id="1253998772" name="Picture 1253998772" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 345" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27216,93 +30127,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772D4A2B" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="772D4A2B" w14:textId="65C052AC" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57AA2BF4" wp14:editId="36651325">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E3081B5" wp14:editId="45ECB27A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="96" name="Picture 96" descr="Checkbox"/>
+            <wp:docPr id="765456743" name="Picture 765456743" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 344" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27363,93 +30274,93 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>困难</w:t>
       </w:r>
       <w:r w:rsidR="79842F55" w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>例如造访医师办公室或购物</w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD79B8B" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="0BD79B8B" w14:textId="789FBFE3" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E9C54AC" wp14:editId="2E692958">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23915D7B" wp14:editId="1ABBEE75">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="95" name="Picture 95" descr="Checkbox"/>
+            <wp:docPr id="1523153310" name="Picture 1523153310" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 346" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27457,93 +30368,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6976C7E9" w14:textId="77777777" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
+    <w:p w14:paraId="6976C7E9" w14:textId="29A6DD8C" w:rsidR="00136073" w:rsidRPr="009914B7" w:rsidRDefault="00136073" w:rsidP="00136073">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1363ED2A" wp14:editId="7B8E0FB7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="018E04FA" wp14:editId="40619861">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="90" name="Picture 90" descr="Checkbox"/>
+            <wp:docPr id="1867296616" name="Picture 1867296616" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 347" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27567,93 +30478,93 @@
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE01A20" w14:textId="6AF1A8CF" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00F94AC6" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您的年龄为何？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C57075C" w14:textId="53E60083" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="0C57075C" w14:textId="3334C597" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13FDC6CF" wp14:editId="09C0B943">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A8D02A2" wp14:editId="5EAAACFC">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="89" name="Picture 89" descr="Checkbox"/>
+            <wp:docPr id="1170709886" name="Picture 1170709886" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 354" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27676,93 +30587,93 @@
         <w:tab/>
         <w:t xml:space="preserve">18 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>到</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 24 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C1FDB6" w14:textId="39AE9069" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="01C1FDB6" w14:textId="1612B845" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="418FEC72" wp14:editId="496EB897">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6733EE14" wp14:editId="4E416C40">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="88" name="Picture 88" descr="Checkbox"/>
+            <wp:docPr id="936983803" name="Picture 936983803" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 353" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27785,93 +30696,93 @@
         <w:tab/>
         <w:t xml:space="preserve">25 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>到</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 34 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2EE5D2" w14:textId="78E6D86B" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="0A2EE5D2" w14:textId="24E6EDBB" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37AC5744" wp14:editId="699CA072">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A3AE118" wp14:editId="4FDA3E78">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="87" name="Picture 87" descr="Checkbox"/>
+            <wp:docPr id="125040462" name="Picture 125040462" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 352" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -27894,93 +30805,93 @@
         <w:tab/>
         <w:t xml:space="preserve">35 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>到</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 44 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44334D55" w14:textId="4B097DA0" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="44334D55" w14:textId="0E19EC0E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38C41FF6" wp14:editId="570B0572">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1381A03E" wp14:editId="6EED251D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="86" name="Picture 86" descr="Checkbox"/>
+            <wp:docPr id="558805518" name="Picture 558805518" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 351" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28003,93 +30914,93 @@
         <w:tab/>
         <w:t xml:space="preserve">45 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>到</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 54 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F2A8E82" w14:textId="46254D99" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="7F2A8E82" w14:textId="7343AD4D" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CDCC187" wp14:editId="1BF92D17">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="065C65E0" wp14:editId="21BD0271">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="85" name="Picture 85" descr="Checkbox"/>
+            <wp:docPr id="141155477" name="Picture 141155477" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 350" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28112,93 +31023,93 @@
         <w:tab/>
         <w:t xml:space="preserve">55 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>到</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 64 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA9FD93" w14:textId="201EC4B2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="1EA9FD93" w14:textId="5DDC3E70" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4143850D" wp14:editId="56541851">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="655433C4" wp14:editId="6A52C150">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="84" name="Picture 84" descr="Checkbox"/>
+            <wp:docPr id="1039740241" name="Picture 1039740241" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 349" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28221,93 +31132,93 @@
         <w:tab/>
         <w:t xml:space="preserve">65 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>到</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 74 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A71BD0D" w14:textId="576C9989" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="7A71BD0D" w14:textId="1B1853BA" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7335B809" wp14:editId="6EE21E96">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F50B51B" wp14:editId="26407892">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="83" name="Picture 83" descr="Checkbox"/>
+            <wp:docPr id="1585281488" name="Picture 1585281488" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 348" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28346,93 +31257,93 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="786E94F4" w14:textId="7C4AF16F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00F94AC6" w:rsidP="00F93F88">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您的性别为何</w:t>
       </w:r>
       <w:r w:rsidR="002F70C5" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455550F2" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="455550F2" w14:textId="2AA9ADDF" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73BC614B" wp14:editId="1CED5D61">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A800FEA" wp14:editId="2DEF5DEC">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="82" name="Picture 82" descr="Checkbox"/>
+            <wp:docPr id="1594918474" name="Picture 1594918474" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 356" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28440,93 +31351,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>男性</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750F3AF0" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="750F3AF0" w14:textId="670B5591" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="592411B4" wp14:editId="57C7FA76">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38DE7810" wp14:editId="49B0D63A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="81" name="Picture 81" descr="Checkbox"/>
+            <wp:docPr id="1531943888" name="Picture 1531943888" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 355" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28557,95 +31468,95 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="64550006" w14:textId="621D3944" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00F94AC6" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>你已完成的最高年级或教育水平为何</w:t>
       </w:r>
       <w:r w:rsidR="002F70C5" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BEEC351" w14:textId="162ACEFB" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="2BEEC351" w14:textId="614A0BEF" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DE05311" wp14:editId="11DF709F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70B8BF51" wp14:editId="7A906B0D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="80" name="Picture 80" descr="Checkbox"/>
+            <wp:docPr id="130422293" name="Picture 130422293" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 362" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28654,95 +31565,95 @@
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">8 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>年级或更低</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C7CBCD" w14:textId="03532E88" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="01C7CBCD" w14:textId="226FBDCB" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43F03524" wp14:editId="71337473">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33D0D184" wp14:editId="6D027457">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="72" name="Picture 72" descr="Checkbox"/>
+            <wp:docPr id="1496400308" name="Picture 1496400308" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 361" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28750,95 +31661,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>上过高中，但未毕业</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E234FD" w14:textId="35A11B17" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="68E234FD" w14:textId="3939E3DF" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E075FD4" wp14:editId="5BF43230">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CE7C091" wp14:editId="61D383B8">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="71" name="Picture 71" descr="Checkbox"/>
+            <wp:docPr id="874384767" name="Picture 874384767" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 360" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28853,95 +31764,95 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>高中毕业生或</w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> GED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4917AC9F" w14:textId="21FB4913" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="4917AC9F" w14:textId="14DC2567" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4236440A" wp14:editId="36DCFCFD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C9392B2" wp14:editId="246F8BEF">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="70" name="Picture 70" descr="Checkbox"/>
+            <wp:docPr id="1050674800" name="Picture 1050674800" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 359" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -28963,95 +31874,95 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>上过大学或</w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>年文凭</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C463105" w14:textId="6C39EF9F" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="2C463105" w14:textId="48C6BDC8" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56E24914" wp14:editId="421A75EF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B6B6BEA" wp14:editId="3317A3B6">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="69" name="Picture 69" descr="Checkbox"/>
+            <wp:docPr id="1994031544" name="Picture 1994031544" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 358" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29066,93 +31977,93 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>年制大学毕业生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD35DD1" w14:textId="44F26063" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00D21613">
+    <w:p w14:paraId="1BD35DD1" w14:textId="4470BAE2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C2B1A5C" wp14:editId="6C9EE84D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33BE3C9B" wp14:editId="2427CB3F">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="68" name="Picture 68" descr="Checkbox"/>
+            <wp:docPr id="1088709577" name="Picture 1088709577" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 357" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29236,95 +32147,95 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>请仅标</w:t>
       </w:r>
       <w:r w:rsidR="00A15628" w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>记一项</w:t>
       </w:r>
       <w:r w:rsidR="00814391" w:rsidRPr="009914B7">
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7D5FAE" w14:textId="3DA15EF3" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="4C7D5FAE" w14:textId="1B69816C" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2742CA9C" wp14:editId="4863873B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3996DCA2" wp14:editId="6B9B08DE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="67" name="Picture 67" descr="Checkbox"/>
+            <wp:docPr id="693213682" name="Picture 693213682" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 370" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29346,95 +32257,95 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>全</w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>工作</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00CC84F6" w14:textId="72C465C5" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="00CC84F6" w14:textId="15221682" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D47C3FE" wp14:editId="3536ADC8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="57C62941" wp14:editId="68298D02">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="66" name="Picture 66" descr="Checkbox"/>
+            <wp:docPr id="2087223654" name="Picture 2087223654" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 369" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29456,95 +32367,95 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>兼</w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>职</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>工作</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41157050" w14:textId="265A9281" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="41157050" w14:textId="4CE1DA1C" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DB5A894" wp14:editId="0D10DDDB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F793FE3" wp14:editId="3994A787">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="65" name="Picture 65" descr="Checkbox"/>
+            <wp:docPr id="2110867063" name="Picture 2110867063" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 368" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29566,95 +32477,95 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>家庭主妇</w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>家庭主夫</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E828793" w14:textId="7BB317A8" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="6E828793" w14:textId="697AE898" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B1BD4DA" wp14:editId="55C1952C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B39F25A" wp14:editId="69132615">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="61" name="Picture 61" descr="Checkbox"/>
+            <wp:docPr id="842492863" name="Picture 842492863" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 367" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29662,95 +32573,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>全职学生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209807E4" w14:textId="209F7C19" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="209807E4" w14:textId="2CFA030B" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E849AFD" wp14:editId="403ACC3A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E5382FC" wp14:editId="34D4A3B0">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="59" name="Picture 59" descr="Checkbox"/>
+            <wp:docPr id="128175116" name="Picture 128175116" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 366" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29758,95 +32669,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>退休</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0373887A" w14:textId="21688C7F" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="0373887A" w14:textId="39BA7FA1" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AB9B1B3" wp14:editId="30E2F7B2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42BF0FC4" wp14:editId="36CCA899">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="55" name="Picture 55" descr="Checkbox"/>
+            <wp:docPr id="643600121" name="Picture 643600121" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 365" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29854,95 +32765,95 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>因健康原因无法工作</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02477136" w14:textId="42E2AD91" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
+    <w:p w14:paraId="02477136" w14:textId="62BF1DB9" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00C217D4">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E452F13" wp14:editId="0F2BA35A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58E4203E" wp14:editId="42B5C2CA">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="54" name="Picture 54" descr="Checkbox"/>
+            <wp:docPr id="1316793517" name="Picture 1316793517" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 364" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -29950,93 +32861,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F94AC6" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>失业</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CEE3A3" w14:textId="77777777" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00D21613">
+    <w:p w14:paraId="09CEE3A3" w14:textId="2782319B" w:rsidR="00814391" w:rsidRPr="009914B7" w:rsidRDefault="00E02C61" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">8 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1826770F" wp14:editId="16B2393E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48B5CD84" wp14:editId="019A225D">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="53" name="Picture 53" descr="Checkbox"/>
+            <wp:docPr id="1273243466" name="Picture 1273243466" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 363" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30093,104 +33004,104 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>裔、拉丁裔或西班牙裔？</w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="_Hlk121923895"/>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>请标记一或多项</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="3A20E6DA" w14:textId="77777777" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
+    <w:p w14:paraId="3A20E6DA" w14:textId="0F6C6C1E" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:ind w:left="990" w:hanging="414"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2656A82A" wp14:editId="657E10C6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D7C67C8" wp14:editId="38A635EE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="452" name="Picture 452" descr="Checkbox"/>
+            <wp:docPr id="993450846" name="Picture 993450846" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 393" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30205,104 +33116,104 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否，我不是拉丁裔或西班牙裔</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4506AC" w14:textId="77777777" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
+    <w:p w14:paraId="1B4506AC" w14:textId="4EBEEB31" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30565AA4" wp14:editId="7BE00FD4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D519B82" wp14:editId="0EC78280">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="453" name="Picture 453" descr="Checkbox"/>
+            <wp:docPr id="668892901" name="Picture 668892901" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 391" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30316,103 +33227,103 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是，</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>墨西哥人、墨西哥裔美国人、奇卡诺人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421DC748" w14:textId="77777777" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
+    <w:p w14:paraId="421DC748" w14:textId="4A354C21" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DCC3871" wp14:editId="7E9E2DC6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79B65AC9" wp14:editId="63C5D830">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="454" name="Picture 454" descr="Checkbox"/>
+            <wp:docPr id="148492040" name="Picture 148492040" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 391" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30427,103 +33338,103 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是，</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>波多黎各裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B72E3FC" w14:textId="77777777" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
+    <w:p w14:paraId="0B72E3FC" w14:textId="7DB24836" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="154F0642" wp14:editId="13AFD93D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B894178" wp14:editId="1BA16A31">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="455" name="Picture 455" descr="Checkbox"/>
+            <wp:docPr id="204311291" name="Picture 204311291" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 390" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30538,101 +33449,101 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是，</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>古巴裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A0F152" w14:textId="77777777" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
+    <w:p w14:paraId="51A0F152" w14:textId="61BBA782" w:rsidR="00262C43" w:rsidRPr="009914B7" w:rsidRDefault="00262C43" w:rsidP="00262C43">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C2DA2AB" wp14:editId="5DC66C16">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="771622AE" wp14:editId="273D621A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="456" name="Picture 456" descr="Checkbox"/>
+            <wp:docPr id="617989192" name="Picture 617989192" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 389" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30687,105 +33598,104 @@
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>您的种族为何？</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>请标记一或多项</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="08803CC7" w14:textId="6A278F84" w:rsidR="005A796A" w:rsidRPr="00FF2523" w:rsidRDefault="005A796A" w:rsidP="005A796A">
+    <w:p w14:paraId="08803CC7" w14:textId="61C52560" w:rsidR="005A796A" w:rsidRPr="00FF2523" w:rsidRDefault="005A796A" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009E22FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E22FB">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43B03FA9" wp14:editId="5B871614">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6337B2BB" wp14:editId="6AD0AE7C">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="25" name="Picture 25" descr="Checkbox"/>
+            <wp:docPr id="331384283" name="Picture 331384283" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 378" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30795,103 +33705,103 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009E22FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E9630D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>美国印地安人或阿拉斯加原住民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA8427C" w14:textId="456D0ACE" w:rsidR="005A796A" w:rsidRPr="00FF2523" w:rsidRDefault="00124208" w:rsidP="005A796A">
+    <w:p w14:paraId="3AA8427C" w14:textId="0440EEA7" w:rsidR="005A796A" w:rsidRPr="00FF2523" w:rsidRDefault="00124208" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6866D561" wp14:editId="4C14DB74">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A103683" wp14:editId="6B08221E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="34" name="Picture 34" descr="Checkbox"/>
+            <wp:docPr id="1896624242" name="Picture 1896624242" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 384" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -30906,103 +33816,103 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>印度裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640B5E9E" w14:textId="1358B9FE" w:rsidR="005A796A" w:rsidRDefault="00124208" w:rsidP="005A796A">
+    <w:p w14:paraId="640B5E9E" w14:textId="51772D9C" w:rsidR="005A796A" w:rsidRDefault="00124208" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5733DC96" wp14:editId="7BA25276">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="641D9515" wp14:editId="5DED378B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="35" name="Picture 35" descr="Checkbox"/>
+            <wp:docPr id="1520630769" name="Picture 1520630769" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 388" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31017,103 +33927,103 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">华裔 </w:t>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26200821" w14:textId="5E392F31" w:rsidR="00124208" w:rsidRPr="009914B7" w:rsidRDefault="00124208" w:rsidP="00124208">
+    <w:p w14:paraId="26200821" w14:textId="6FEF73C6" w:rsidR="00124208" w:rsidRPr="009914B7" w:rsidRDefault="00124208" w:rsidP="00124208">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0051212E" w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35E4915C" wp14:editId="1CA9592E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5039590E" wp14:editId="431A5E1B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="464" name="Picture 464" descr="Checkbox"/>
+            <wp:docPr id="1797021322" name="Picture 1797021322" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 388" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31128,104 +34038,104 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0051212E" w:rsidRPr="00124208">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>菲律宾裔</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE7D315" w14:textId="4B5C9CFB" w:rsidR="005A796A" w:rsidRPr="009914B7" w:rsidRDefault="005A796A" w:rsidP="005A796A">
+    <w:p w14:paraId="7BE7D315" w14:textId="0C356251" w:rsidR="005A796A" w:rsidRPr="009914B7" w:rsidRDefault="005A796A" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22CDB655" wp14:editId="48D89E64">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77097C96" wp14:editId="41FD8B6A">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="49" name="Picture 49" descr="Checkbox"/>
+            <wp:docPr id="430105381" name="Picture 430105381" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 386" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31240,103 +34150,103 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>日裔</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0799B442" w14:textId="77777777" w:rsidR="005A796A" w:rsidRPr="00FF2523" w:rsidRDefault="005A796A" w:rsidP="005A796A">
+    <w:p w14:paraId="0799B442" w14:textId="591CB966" w:rsidR="005A796A" w:rsidRPr="00FF2523" w:rsidRDefault="005A796A" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39412F0E" wp14:editId="14B705EE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E01757E" wp14:editId="59052AC7">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="52" name="Picture 52" descr="Checkbox"/>
+            <wp:docPr id="551600121" name="Picture 551600121" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 384" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31344,103 +34254,103 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>韩裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA5038C" w14:textId="77777777" w:rsidR="005A796A" w:rsidRDefault="005A796A" w:rsidP="005A796A">
+    <w:p w14:paraId="2EA5038C" w14:textId="4AB6E588" w:rsidR="005A796A" w:rsidRDefault="005A796A" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C6B26C5" wp14:editId="45BB2CF5">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65906653" wp14:editId="6FB268C6">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="56" name="Picture 56" descr="Checkbox"/>
+            <wp:docPr id="367835703" name="Picture 367835703" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 378" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31448,103 +34358,103 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>越南裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B85D4D9" w14:textId="5E95B240" w:rsidR="005A796A" w:rsidRPr="009914B7" w:rsidRDefault="0051212E" w:rsidP="005A796A">
+    <w:p w14:paraId="0B85D4D9" w14:textId="3ABFF39D" w:rsidR="005A796A" w:rsidRPr="009914B7" w:rsidRDefault="0051212E" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38B8813B" wp14:editId="19428030">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70F19F2E" wp14:editId="00749D0E">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="57" name="Picture 57" descr="Checkbox"/>
+            <wp:docPr id="1587625079" name="Picture 1587625079" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 388" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31559,103 +34469,103 @@
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>其他类别的亚裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28434B25" w14:textId="17D7D250" w:rsidR="005A796A" w:rsidRDefault="0051212E" w:rsidP="005A796A">
+    <w:p w14:paraId="28434B25" w14:textId="7DE08FC3" w:rsidR="005A796A" w:rsidRDefault="0051212E" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="273C7D6B" wp14:editId="56A42C64">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AF839C1" wp14:editId="0FCC7C28">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="58" name="Picture 58" descr="Checkbox"/>
+            <wp:docPr id="1690570493" name="Picture 1690570493" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 387" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31672,104 +34582,104 @@
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>黑人或非裔美国人</w:t>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A69AC4" w14:textId="77777777" w:rsidR="005A796A" w:rsidRPr="009914B7" w:rsidRDefault="005A796A" w:rsidP="005A796A">
+    <w:p w14:paraId="38A69AC4" w14:textId="31363A05" w:rsidR="005A796A" w:rsidRPr="009914B7" w:rsidRDefault="005A796A" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7347CCD8" wp14:editId="248A767A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="085CA331" wp14:editId="64ED4C51">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="60" name="Picture 60" descr="Checkbox"/>
+            <wp:docPr id="1033929462" name="Picture 1033929462" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 386" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31777,103 +34687,103 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>夏威夷原住民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8C2040" w14:textId="6B9AF3D9" w:rsidR="005A796A" w:rsidRDefault="005A796A" w:rsidP="005A796A">
+    <w:p w14:paraId="6A8C2040" w14:textId="12D6FDA4" w:rsidR="005A796A" w:rsidRDefault="005A796A" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6EEFF179" wp14:editId="060F8FEB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CCD33CD" wp14:editId="4749144B">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="62" name="Picture 62" descr="Checkbox"/>
+            <wp:docPr id="730635554" name="Picture 730635554" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 378" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -31903,215 +34813,214 @@
         <w:t>关岛</w:t>
       </w:r>
       <w:r w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>人或查莫</w:t>
       </w:r>
       <w:r w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>罗</w:t>
       </w:r>
       <w:r w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBE294B" w14:textId="3EEAEB46" w:rsidR="005A796A" w:rsidRPr="00513AD7" w:rsidRDefault="0051212E" w:rsidP="005A796A">
+    <w:p w14:paraId="1CBE294B" w14:textId="21BF461C" w:rsidR="005A796A" w:rsidRPr="00513AD7" w:rsidRDefault="0006420E" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009914B7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00B72FB4">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E10DFA6" wp14:editId="08609C67">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41F1675B" wp14:editId="6516D6F6">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="63" name="Picture 63" descr="Checkbox"/>
+            <wp:docPr id="684383113" name="Picture 684383113" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 387" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A1FFE" w:rsidRPr="005A1FFE">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="005A1FFE" w:rsidRPr="51C967AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>萨摩亚</w:t>
       </w:r>
-      <w:r w:rsidR="005A796A" w:rsidRPr="00513AD7">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="005A796A" w:rsidRPr="51C967AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4642E741" w14:textId="5550B837" w:rsidR="005A796A" w:rsidRPr="00F3330A" w:rsidRDefault="005A796A" w:rsidP="005A796A">
+    <w:p w14:paraId="4642E741" w14:textId="074E7D76" w:rsidR="005A796A" w:rsidRPr="00F3330A" w:rsidRDefault="005A796A" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D5CDEA0" wp14:editId="6ED59DB4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="692FC98B" wp14:editId="6953C3BE">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="451" name="Picture 451" descr="Checkbox"/>
+            <wp:docPr id="240952098" name="Picture 240952098" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 386" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32119,103 +35028,103 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00513AD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0069642D" w:rsidRPr="0069642D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>其他类别的太平洋岛民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FAE8D9F" w14:textId="68EE4E49" w:rsidR="005A796A" w:rsidRDefault="0051212E" w:rsidP="005A796A">
+    <w:p w14:paraId="0FAE8D9F" w14:textId="55526997" w:rsidR="005A796A" w:rsidRDefault="0051212E" w:rsidP="005A796A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A796A" w:rsidRPr="00B72FB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="005A796A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A796A" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="140FECB8" wp14:editId="41F8F8BB">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55A9A217" wp14:editId="67BC3D32">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="463" name="Picture 463" descr="Checkbox"/>
+            <wp:docPr id="1022177725" name="Picture 1022177725" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 384" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32281,94 +35190,94 @@
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E29F1" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是否有人帮助您填写本调查</w:t>
       </w:r>
       <w:r w:rsidR="002F70C5" w:rsidRPr="009914B7">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15925D49" w14:textId="77777777" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="15925D49" w14:textId="210077C3" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67EEC8DB" wp14:editId="4E9C7471">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29FF26A5" wp14:editId="3C7A4143">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="17" name="Picture 17" descr="Checkbox"/>
+            <wp:docPr id="1915453841" name="Picture 1915453841" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 400" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32376,94 +35285,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B117637" w14:textId="3B54352C" w:rsidR="00932F67" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00932F67">
+    <w:p w14:paraId="2B117637" w14:textId="4F09CC03" w:rsidR="00932F67" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00932F67">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="632BE8B1" wp14:editId="268ABFBE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45E47A2A" wp14:editId="692F6663">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="15" name="Picture 15" descr="Checkbox"/>
+            <wp:docPr id="256541682" name="Picture 256541682" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 399" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32485,62 +35394,62 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33EAB603" wp14:editId="4E5570B3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33EAB603" wp14:editId="29129FE2">
             <wp:extent cx="262890" cy="107315"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
-            <wp:docPr id="7" name="Picture 7" descr="then, "/>
+            <wp:docPr id="7" name="Picture 7" descr="然后"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 28" descr="then, "/>
+                    <pic:cNvPr id="7" name="Picture 7" descr="然后"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="262890" cy="107315"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32681,95 +35590,95 @@
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>这个人是如何帮助您的？</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>请标记一或多项</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03105E46" w14:textId="323B863A" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
+    <w:p w14:paraId="03105E46" w14:textId="113219B2" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3ED1542D" wp14:editId="7F971152">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A1076A3" wp14:editId="74A43529">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="12" name="Picture 12" descr="Checkbox"/>
+            <wp:docPr id="1271821901" name="Picture 1271821901" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 405" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32777,94 +35686,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E29F1" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>把问题念出来给我听</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FD4693" w14:textId="30991CE3" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
+    <w:p w14:paraId="25FD4693" w14:textId="7FFC3367" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="618061DC" wp14:editId="1537247E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="094CEEAE" wp14:editId="676D5137">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="11" name="Picture 11" descr="Checkbox"/>
+            <wp:docPr id="366670628" name="Picture 366670628" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 404" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32872,94 +35781,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E29F1" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>写下我提供的答案</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00893027" w14:textId="7CF604AE" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
+    <w:p w14:paraId="00893027" w14:textId="33AD1B2E" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7FBB01" wp14:editId="62360F45">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12F87C3F" wp14:editId="61C329C4">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="5" name="Picture 5" descr="Checkbox"/>
+            <wp:docPr id="532051088" name="Picture 532051088" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 403" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -32967,94 +35876,94 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E29F1" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>为我回答问题</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A08FBDF" w14:textId="051E8DB6" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
+    <w:p w14:paraId="2A08FBDF" w14:textId="61D78CAD" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D56D4B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4EF4B849" wp14:editId="1D4EA9C7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="253CB01A" wp14:editId="243C9476">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="3" name="Picture 3" descr="Checkbox"/>
+            <wp:docPr id="199604070" name="Picture 199604070" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 402" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -33062,93 +35971,93 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006E29F1" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>将问题翻译成我的语言</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B35A3A" w14:textId="002F3465" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
+    <w:p w14:paraId="35B35A3A" w14:textId="5D2FCE55" w:rsidR="002F70C5" w:rsidRPr="009914B7" w:rsidRDefault="00185EDD" w:rsidP="00D21613">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3792" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00E0170E" w:rsidRPr="009914B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-4"/>
           <w:lang w:val="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DD4084A" wp14:editId="7A4EE648">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E0B8333" wp14:editId="6AB4F9B7">
             <wp:extent cx="165100" cy="165100"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="8" name="Picture 8" descr="Checkbox"/>
+            <wp:docPr id="1376261582" name="Picture 1376261582" descr="复选框"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 401" descr="Checkbox"/>
+                    <pic:cNvPr id="489" name="Picture 489" descr="复选框"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="165100" cy="165100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -33586,78 +36495,80 @@
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009442D4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>TTY</w:t>
       </w:r>
       <w:r w:rsidRPr="009442D4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>听障服务专线</w:t>
       </w:r>
       <w:r w:rsidRPr="009442D4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>: 1-855-889-4325</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB489EA" w14:textId="47F81571" w:rsidR="009442D4" w:rsidRPr="009442D4" w:rsidRDefault="009442D4" w:rsidP="009442D4">
+    <w:p w14:paraId="6DB489EA" w14:textId="388FF654" w:rsidR="009442D4" w:rsidRPr="009442D4" w:rsidRDefault="009442D4" w:rsidP="009442D4">
       <w:pPr>
         <w:pStyle w:val="C2-CtrSglSp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009442D4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>给我们发电子邮件至：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId21" w:tooltip="Email address: A L T F O R M A T R E Q U E S T at C M S dot H H S dot gov " w:history="1">
         <w:r w:rsidRPr="002C1721">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
           </w:rPr>
           <w:t>altformatrequest@cms.hhs.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="116BC59B" w14:textId="77777777" w:rsidR="009442D4" w:rsidRPr="009442D4" w:rsidRDefault="009442D4" w:rsidP="009442D4">
       <w:pPr>
         <w:pStyle w:val="C2-CtrSglSp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="62"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009442D4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>给我们发传真至：</w:t>
       </w:r>
       <w:r w:rsidRPr="009442D4">
@@ -34109,67 +37020,77 @@
     <w:p w14:paraId="5A2C0463" w14:textId="77777777" w:rsidR="009442D4" w:rsidRPr="009442D4" w:rsidRDefault="009442D4" w:rsidP="009442D4">
       <w:pPr>
         <w:pStyle w:val="C2-CtrSglSp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009442D4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>网络：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A80CC6D" w14:textId="46879355" w:rsidR="009442D4" w:rsidRPr="00591166" w:rsidRDefault="009442D4" w:rsidP="009442D4">
+    <w:p w14:paraId="4A80CC6D" w14:textId="38263E6B" w:rsidR="009442D4" w:rsidRPr="00591166" w:rsidRDefault="00732B8F" w:rsidP="009442D4">
       <w:pPr>
         <w:pStyle w:val="C2-CtrSglSp"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00591166">
+          <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId22" w:tooltip="HHS How to File a Civil Rights Complaint webpage" w:history="1">
+        <w:r w:rsidRPr="00F63E10">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman"/>
+            <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+          </w:rPr>
+          <w:t>https://www.hhs.gov/civil-rights/filing-a-complaint/complaint-process/index.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>hhs.gov/civil-rights/filing-a-complaint/complaint-process/index.html</w:t>
+          <w:lang w:val="en-US" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EB5750" w14:textId="77777777" w:rsidR="009442D4" w:rsidRPr="009442D4" w:rsidRDefault="009442D4" w:rsidP="009442D4">
       <w:pPr>
         <w:pStyle w:val="C2-CtrSglSp"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="63"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009442D4">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>电话：</w:t>
       </w:r>
@@ -34313,102 +37234,102 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>200 Independence Avenue, SW</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A08DB8D" w14:textId="77777777" w:rsidR="009442D4" w:rsidRPr="00591166" w:rsidRDefault="009442D4" w:rsidP="009442D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00591166">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Room 509F, HHH Building</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE204DE" w14:textId="60DB72E8" w:rsidR="009442D4" w:rsidRPr="002C1721" w:rsidRDefault="009442D4" w:rsidP="009442D4">
+    <w:p w14:paraId="7AE204DE" w14:textId="0F401043" w:rsidR="009442D4" w:rsidRPr="002C1721" w:rsidRDefault="009442D4" w:rsidP="009442D4">
       <w:pPr>
         <w:pStyle w:val="C2-CtrSglSp"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="576" w:firstLine="144"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C1721">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Washington, D.C. 20201</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009442D4" w:rsidRPr="002C1721" w:rsidSect="00CF0F7B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="576" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:sep="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73CAE8BB" w14:textId="77777777" w:rsidR="00CE2BDD" w:rsidRDefault="00CE2BDD">
+    <w:p w14:paraId="29496704" w14:textId="77777777" w:rsidR="000E4937" w:rsidRDefault="000E4937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C508AAC" w14:textId="77777777" w:rsidR="00CE2BDD" w:rsidRDefault="00CE2BDD">
+    <w:p w14:paraId="5E41A863" w14:textId="77777777" w:rsidR="000E4937" w:rsidRDefault="000E4937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1C6CCB67" w14:textId="77777777" w:rsidR="00CE2BDD" w:rsidRDefault="00CE2BDD"/>
+    <w:p w14:paraId="670D8839" w14:textId="77777777" w:rsidR="000E4937" w:rsidRDefault="000E4937"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -34489,65 +37410,65 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05CBFEE2" w14:textId="77777777" w:rsidR="005939ED" w:rsidRPr="00D24C69" w:rsidRDefault="005939ED" w:rsidP="00FC1B32">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="049AC4CF" w14:textId="77777777" w:rsidR="00CE2BDD" w:rsidRDefault="00CE2BDD">
+    <w:p w14:paraId="0A90320A" w14:textId="77777777" w:rsidR="000E4937" w:rsidRDefault="000E4937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13DB3729" w14:textId="77777777" w:rsidR="00CE2BDD" w:rsidRDefault="00CE2BDD">
+    <w:p w14:paraId="16A2673B" w14:textId="77777777" w:rsidR="000E4937" w:rsidRDefault="000E4937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="35DC2840" w14:textId="77777777" w:rsidR="00CE2BDD" w:rsidRDefault="00CE2BDD"/>
+    <w:p w14:paraId="287D03C9" w14:textId="77777777" w:rsidR="000E4937" w:rsidRDefault="000E4937"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7DEFC1BF" w14:textId="2A062B72" w:rsidR="005939ED" w:rsidRPr="00D24C69" w:rsidRDefault="005939ED" w:rsidP="00E46DEE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5790"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D24C69">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">OMB No. 0938-1221: </w:t>
     </w:r>
@@ -34594,51 +37515,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Checkbox" style="width:14.75pt;height:14.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Checkbox" style="width:12.5pt;height:12.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="Checkbox"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04F0139B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C318FAD6"/>
     <w:lvl w:ilvl="0" w:tplc="6F5EEE7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
@@ -35174,67 +38095,65 @@
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1402E22C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="122A7C85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="112E969C"/>
-    <w:lvl w:ilvl="0" w:tplc="5BBE0B0A">
+    <w:tmpl w:val="7EE0EB7C"/>
+    <w:lvl w:ilvl="0" w:tplc="B0DA2BE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="27008AA8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DE6C6456" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
@@ -35315,50 +38234,191 @@
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8A882496" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12AD3CA4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DAE7E60"/>
+    <w:lvl w:ilvl="0" w:tplc="B13005F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="581CBB6C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C7C439F6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="EFFC326C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B4DA99E6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B434A884" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="64407512" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AEFC9BF8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="21A07910" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18496D19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B1AE82C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -35403,51 +38463,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18F76B58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED4640E0"/>
     <w:lvl w:ilvl="0" w:tplc="1C3479A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6DA4A674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -35546,51 +38606,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A61E526C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18FE0AAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="248C6DDC"/>
     <w:lvl w:ilvl="0" w:tplc="0D14375A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="99084D30" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -35689,51 +38749,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="AC5E39BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B3D2453"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="59125F6E"/>
     <w:lvl w:ilvl="0" w:tplc="60CE3DBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DD164070" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -35832,51 +38892,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4D6EF1DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F2335E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7916C6FA"/>
     <w:lvl w:ilvl="0" w:tplc="00C4A066">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="84D2F2DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -35975,62 +39035,66 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8C680AD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21AC72C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2B1AE82C"/>
-    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+    <w:tmpl w:val="3786A29A"/>
+    <w:lvl w:ilvl="0" w:tplc="6CEE89B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -36064,51 +39128,192 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23F92DE3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23C6DDD6"/>
+    <w:lvl w:ilvl="0" w:tplc="0B9E3000">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CAD03018" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7FC41D04" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A70CFD5A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04908970" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F9B64ABA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="43F6BA80" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="673CCD8A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DAFA291E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2620618B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E628CE8"/>
     <w:styleLink w:val="CAHPS"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -36178,51 +39383,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="282670E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A88C10A"/>
     <w:lvl w:ilvl="0" w:tplc="2D4E885E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0026FC8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -36321,51 +39526,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CC489D5A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2864393B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6E62B14"/>
     <w:lvl w:ilvl="0" w:tplc="85A6AC92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="56C89734" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -36464,51 +39669,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6EB451C4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="289F097C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="674C3F56"/>
     <w:lvl w:ilvl="0" w:tplc="4DF06BFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="386A8F02" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -36607,51 +39812,192 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FAD8CFCA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="296822D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8028F54A"/>
+    <w:lvl w:ilvl="0" w:tplc="A956C8CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E16EC564" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="262A80BE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="98765E50" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BCBC233E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6B562580" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FABA530C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8AB49C00" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2CC00A5C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A4F43C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D6E7066"/>
     <w:lvl w:ilvl="0" w:tplc="5E48489E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CBF610A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -36750,51 +40096,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="481E01E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C83648F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB76C39C"/>
     <w:lvl w:ilvl="0" w:tplc="EA263814">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2446D7BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -36893,51 +40239,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="865C121A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D833CD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABFA0B3E"/>
     <w:lvl w:ilvl="0" w:tplc="97EA5B98">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D326EB54" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -37036,51 +40382,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B06CA42C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE679B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38F22B7A"/>
     <w:lvl w:ilvl="0" w:tplc="56FA16B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7C9E4514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -37179,51 +40525,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="342A76F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F9D47DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82FC9848"/>
     <w:lvl w:ilvl="0" w:tplc="8FE49E66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2860467A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -37322,51 +40668,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9EF6B058" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA220B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="329CE9F0"/>
     <w:lvl w:ilvl="0" w:tplc="331042DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="91282E84" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -37465,51 +40811,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="76E4762A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FE944D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7744CC76"/>
     <w:lvl w:ilvl="0" w:tplc="72967A4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="74DA2A7A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -37608,51 +40954,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0D469A70" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30DA467C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54468548"/>
     <w:lvl w:ilvl="0" w:tplc="896A3A5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BB3C7152" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -37751,51 +41097,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1C72A982" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31390C63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CEEDFB4"/>
     <w:lvl w:ilvl="0" w:tplc="771CE2DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EB70AC9A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -37894,51 +41240,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5C2A2B0E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33632AB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E631D6"/>
     <w:lvl w:ilvl="0" w:tplc="5F049446">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="23C467AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -38037,51 +41383,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="45A40BA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B4D3664"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="964C5CF8"/>
     <w:lvl w:ilvl="0" w:tplc="3074279E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EFEA7A2C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -38180,51 +41526,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="64740EAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D50704C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A383168"/>
     <w:lvl w:ilvl="0" w:tplc="AD529F44">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AEC41178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -38323,51 +41669,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="72F479AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E366B43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A10D256"/>
     <w:lvl w:ilvl="0" w:tplc="E8F0D558">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F5207DB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -38466,51 +41812,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4CCED6C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E9B004B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3008AFA"/>
     <w:lvl w:ilvl="0" w:tplc="45123B84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8CE839D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -38609,51 +41955,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="97B6C272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F9E4C7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D5EEEEA"/>
     <w:lvl w:ilvl="0" w:tplc="4A0E6A66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="634A840A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -38752,51 +42098,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B94AF81E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43BA7806"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54407BA6"/>
     <w:lvl w:ilvl="0" w:tplc="FF8C2B84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="48B0E0E8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -38895,51 +42241,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FBC2E894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43C52136"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F806A15C"/>
     <w:lvl w:ilvl="0" w:tplc="DE4EF174">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="12AEE868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -39038,51 +42384,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7C08DDF2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46683C3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="02A0009E"/>
     <w:lvl w:ilvl="0" w:tplc="25A217F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="27BE0874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -39181,51 +42527,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8F74F018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50BB64D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEE8F5B4"/>
     <w:lvl w:ilvl="0" w:tplc="9612D740">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="54F47642" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -39324,51 +42670,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4B824FB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50BB6B73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01B4D4F4"/>
     <w:lvl w:ilvl="0" w:tplc="10BED02C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Q1-Survey-Question"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -39418,51 +42764,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55626AE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70E21014"/>
     <w:lvl w:ilvl="0" w:tplc="14EE395E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E294DE34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -39561,51 +42907,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="975892F6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57065755"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E7E86E4"/>
     <w:lvl w:ilvl="0" w:tplc="4C1A0BEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8E60976E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -39704,51 +43050,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C122B204" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58625FF4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F5C5480"/>
     <w:lvl w:ilvl="0" w:tplc="149CE778">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DFB012C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -39847,51 +43193,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C1D80386" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58CD7D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C58B472"/>
     <w:lvl w:ilvl="0" w:tplc="FAA074AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B080C394" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -39990,51 +43336,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="25802188" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="595853DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B71C2096"/>
     <w:lvl w:ilvl="0" w:tplc="641AD440">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F474BF8A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -40133,51 +43479,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="468264F4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="596B2892"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F42588E"/>
     <w:lvl w:ilvl="0" w:tplc="CD1E9BB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="914A6304" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -40276,51 +43622,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7FEE3088" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A2575EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2E4FB88"/>
     <w:lvl w:ilvl="0" w:tplc="26C6DE54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="527E2214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -40419,51 +43765,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7BD6206C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A970F6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5CDCFFDE"/>
     <w:lvl w:ilvl="0" w:tplc="72046AD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="15326794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -40562,51 +43908,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="42BEC458" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D887496"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B0EEE3A"/>
     <w:lvl w:ilvl="0" w:tplc="E178565C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D1AC3708" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -40705,51 +44051,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A462F794" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FAE5FAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46FCC4A8"/>
     <w:lvl w:ilvl="0" w:tplc="E97019B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6A0256EC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -40848,51 +44194,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6F5EEA8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60394498"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A407B24"/>
     <w:lvl w:ilvl="0" w:tplc="89B468D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D5363752" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -40991,51 +44337,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BDB41AE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60810A27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95F4200A"/>
     <w:lvl w:ilvl="0" w:tplc="9C2A7A8C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BE3824AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -41134,51 +44480,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A5CC2C80" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61967790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85AE0572"/>
     <w:lvl w:ilvl="0" w:tplc="2892E3A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9D34450A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -41277,51 +44623,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C700C388" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63422743"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20629E12"/>
     <w:lvl w:ilvl="0" w:tplc="9B323414">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3506B4B0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -41420,51 +44766,192 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="03CC27E4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64FA1D46"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="849E488A"/>
+    <w:lvl w:ilvl="0" w:tplc="6E0E90D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D31C8554" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="505672BA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="ED046586" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="53B4ABF6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="992CD91E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1208204E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D80850BE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E00CD0BC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66B31DC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="380A655A"/>
     <w:lvl w:ilvl="0" w:tplc="C32E4C4E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2F60DF98" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -41563,51 +45050,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="58E4966C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B015027"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD868E24"/>
     <w:lvl w:ilvl="0" w:tplc="9AE022DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F9640B38" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -41706,51 +45193,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BCACA604" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F26517B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9578A85A"/>
     <w:lvl w:ilvl="0" w:tplc="EF2AD0CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="14F08E0C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -41849,70 +45336,68 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FDF67476" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="710D509D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F4D6582E"/>
-    <w:lvl w:ilvl="0" w:tplc="513AA72C">
+    <w:tmpl w:val="4896FE36"/>
+    <w:lvl w:ilvl="0" w:tplc="F234769A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D07230D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1757"/>
         </w:tabs>
         <w:ind w:left="1757" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="23A61854" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2477"/>
@@ -41992,51 +45477,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="87CC47BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="755F0B0C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85885140"/>
     <w:lvl w:ilvl="0" w:tplc="8788171E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="54828D52" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -42135,51 +45620,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F6D4BC8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="757A19F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF549438"/>
     <w:lvl w:ilvl="0" w:tplc="C6125E0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AA7CCE0A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -42278,51 +45763,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BE1CDAB0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="764207F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C72EA64"/>
     <w:lvl w:ilvl="0" w:tplc="B6347FCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8EB4184A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -42421,51 +45906,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1CA40F9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78C9120A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D744C4AC"/>
     <w:lvl w:ilvl="0" w:tplc="790E82A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9C447490" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -42564,51 +46049,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D92CF76E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79D64D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F342534"/>
     <w:lvl w:ilvl="0" w:tplc="AC745672">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C4F68C9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -42707,51 +46192,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DEBA013E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A7401D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6924C42"/>
     <w:lvl w:ilvl="0" w:tplc="FAECE75E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FD16DFF6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -42850,51 +46335,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A2BED17C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C935DED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4665A28"/>
     <w:lvl w:ilvl="0" w:tplc="28DCD3BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AEB0246E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -42993,51 +46478,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="69F442F8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CB20FD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0D0E20A"/>
     <w:lvl w:ilvl="0" w:tplc="4DCA9052">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="936"/>
         </w:tabs>
         <w:ind w:left="936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="26946036" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -43136,51 +46621,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5976"/>
         </w:tabs>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FA4AA73A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6696"/>
         </w:tabs>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FA35BEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01E05BF4"/>
     <w:lvl w:ilvl="0" w:tplc="28769034">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F3B05C3A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -43279,51 +46764,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="529CA810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FD7273D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B583E38"/>
     <w:lvl w:ilvl="0" w:tplc="7AC41186">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1037"/>
         </w:tabs>
         <w:ind w:left="1037" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E2D23F44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -43423,411 +46908,428 @@
           <w:tab w:val="num" w:pos="6077"/>
         </w:tabs>
         <w:ind w:left="6077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CD26B13C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6797"/>
         </w:tabs>
         <w:ind w:left="6797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="917136889">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="775634207">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1657798951">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1899895722">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="658778158">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="206527512">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1340739675">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="596526702">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1140614201">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1463419476">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="492381010">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="641040263">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1618558416">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="497188310">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="334117398">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1899895722">
-    <w:abstractNumId w:val="52"/>
+  <w:num w:numId="16" w16cid:durableId="269901266">
+    <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="658778158">
+  <w:num w:numId="17" w16cid:durableId="492988571">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="102775513">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="206527512">
-[...37 lines deleted...]
-  </w:num>
   <w:num w:numId="19" w16cid:durableId="686368947">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1296138065">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2091736869">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="741558778">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1187601782">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="356664926">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1166017017">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="388920277">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1481532216">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="244993843">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1786650957">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1444838127">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="963971914">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="414714874">
     <w:abstractNumId w:val="60"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="741558778">
-[...31 lines deleted...]
-  </w:num>
   <w:num w:numId="33" w16cid:durableId="1392995723">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="46"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1183398919">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="533659792">
-    <w:abstractNumId w:val="48"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="348525639">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1789928060">
-    <w:abstractNumId w:val="61"/>
+    <w:abstractNumId w:val="65"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="88354004">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1835803819">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="552422869">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1224024802">
-    <w:abstractNumId w:val="57"/>
+    <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="299771076">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1426807392">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="350422969">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1873028172">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="234780461">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="544952934">
-    <w:abstractNumId w:val="58"/>
+    <w:abstractNumId w:val="62"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="147135192">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="756757124">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="224686589">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="1358500857">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1491406586">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="324169644">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="1595241717">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1602448911">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="56" w16cid:durableId="168715969">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="57" w16cid:durableId="1562979725">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="2127238805">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="607545083">
-    <w:abstractNumId w:val="49"/>
+    <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="60" w16cid:durableId="1918397013">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="61" w16cid:durableId="557519153">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="1529417121">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="1390766490">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="2022202104">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="1390766490">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="65" w16cid:durableId="1716082775">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="1645232570">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="553850266">
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="61"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="138"/>
+  <w:zoom w:percent="180"/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1008" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="576"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2sjAzMTAyNLAwMbQ0NDdT0lEKTi0uzszPAykwqgUAQNz8uSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="002F70C5"/>
     <w:rsid w:val="0000047E"/>
     <w:rsid w:val="00002B97"/>
     <w:rsid w:val="00002C91"/>
     <w:rsid w:val="00004835"/>
     <w:rsid w:val="0000690D"/>
     <w:rsid w:val="0001266B"/>
     <w:rsid w:val="0001300B"/>
     <w:rsid w:val="00016651"/>
     <w:rsid w:val="00021025"/>
+    <w:rsid w:val="00021EED"/>
     <w:rsid w:val="000256D2"/>
     <w:rsid w:val="0003487C"/>
     <w:rsid w:val="00034F4D"/>
     <w:rsid w:val="000370BA"/>
     <w:rsid w:val="00040326"/>
     <w:rsid w:val="0004194D"/>
     <w:rsid w:val="000425B5"/>
     <w:rsid w:val="00044410"/>
     <w:rsid w:val="0004468C"/>
     <w:rsid w:val="00045B16"/>
     <w:rsid w:val="00048CAE"/>
     <w:rsid w:val="00051AE5"/>
     <w:rsid w:val="000544AB"/>
     <w:rsid w:val="00054649"/>
     <w:rsid w:val="0005468E"/>
     <w:rsid w:val="00054ED0"/>
     <w:rsid w:val="00055E28"/>
     <w:rsid w:val="00056BE0"/>
     <w:rsid w:val="00060310"/>
     <w:rsid w:val="0006084D"/>
     <w:rsid w:val="00060BBB"/>
     <w:rsid w:val="0006262A"/>
     <w:rsid w:val="00062F47"/>
     <w:rsid w:val="00063888"/>
+    <w:rsid w:val="0006420E"/>
     <w:rsid w:val="0006489C"/>
     <w:rsid w:val="00066B3F"/>
     <w:rsid w:val="00067A4D"/>
     <w:rsid w:val="000708D4"/>
     <w:rsid w:val="00070BC3"/>
     <w:rsid w:val="00071DDD"/>
     <w:rsid w:val="0007315A"/>
     <w:rsid w:val="00074267"/>
     <w:rsid w:val="00075BDA"/>
     <w:rsid w:val="00076711"/>
     <w:rsid w:val="00076800"/>
     <w:rsid w:val="00077729"/>
     <w:rsid w:val="00084E4C"/>
     <w:rsid w:val="00090CCB"/>
     <w:rsid w:val="00091068"/>
     <w:rsid w:val="00091112"/>
     <w:rsid w:val="00091387"/>
     <w:rsid w:val="0009201B"/>
     <w:rsid w:val="000A0548"/>
     <w:rsid w:val="000A0ACE"/>
     <w:rsid w:val="000A1882"/>
     <w:rsid w:val="000A3894"/>
     <w:rsid w:val="000A4491"/>
     <w:rsid w:val="000A65E0"/>
     <w:rsid w:val="000A7183"/>
     <w:rsid w:val="000B458A"/>
     <w:rsid w:val="000B57C0"/>
     <w:rsid w:val="000C2427"/>
     <w:rsid w:val="000C6E9B"/>
     <w:rsid w:val="000C78DC"/>
     <w:rsid w:val="000D2149"/>
     <w:rsid w:val="000D2609"/>
     <w:rsid w:val="000E3577"/>
     <w:rsid w:val="000E35A9"/>
+    <w:rsid w:val="000E4937"/>
     <w:rsid w:val="000E4EAD"/>
     <w:rsid w:val="000F1768"/>
     <w:rsid w:val="000F1C1C"/>
     <w:rsid w:val="000F521D"/>
     <w:rsid w:val="001020B4"/>
     <w:rsid w:val="001027E8"/>
     <w:rsid w:val="001029C7"/>
     <w:rsid w:val="00104711"/>
     <w:rsid w:val="0010715D"/>
     <w:rsid w:val="00107AF9"/>
     <w:rsid w:val="00116DB3"/>
     <w:rsid w:val="00116E04"/>
     <w:rsid w:val="00117BED"/>
     <w:rsid w:val="00121373"/>
     <w:rsid w:val="00121A5C"/>
     <w:rsid w:val="001222A3"/>
+    <w:rsid w:val="00122A72"/>
     <w:rsid w:val="001231A5"/>
     <w:rsid w:val="00124208"/>
     <w:rsid w:val="00126DAC"/>
     <w:rsid w:val="00130180"/>
     <w:rsid w:val="00132A9B"/>
     <w:rsid w:val="00136073"/>
     <w:rsid w:val="001360FE"/>
     <w:rsid w:val="001373F5"/>
     <w:rsid w:val="00140089"/>
     <w:rsid w:val="001406F8"/>
     <w:rsid w:val="00143393"/>
     <w:rsid w:val="00143F6E"/>
     <w:rsid w:val="0015014E"/>
     <w:rsid w:val="00150849"/>
     <w:rsid w:val="00150D0C"/>
     <w:rsid w:val="00156A60"/>
     <w:rsid w:val="00157D27"/>
     <w:rsid w:val="00166644"/>
     <w:rsid w:val="001734F2"/>
     <w:rsid w:val="00175C98"/>
     <w:rsid w:val="00180094"/>
     <w:rsid w:val="00180141"/>
     <w:rsid w:val="001815F5"/>
     <w:rsid w:val="00181BBB"/>
     <w:rsid w:val="0018427B"/>
     <w:rsid w:val="00184280"/>
     <w:rsid w:val="00184F8F"/>
     <w:rsid w:val="00185088"/>
     <w:rsid w:val="0018595E"/>
     <w:rsid w:val="00185EDD"/>
     <w:rsid w:val="00186C33"/>
     <w:rsid w:val="00190AF9"/>
     <w:rsid w:val="0019152E"/>
     <w:rsid w:val="0019289E"/>
+    <w:rsid w:val="00193329"/>
     <w:rsid w:val="00194275"/>
     <w:rsid w:val="00195965"/>
     <w:rsid w:val="00197C62"/>
     <w:rsid w:val="00197DFF"/>
     <w:rsid w:val="001A1362"/>
     <w:rsid w:val="001A390E"/>
     <w:rsid w:val="001A3A23"/>
     <w:rsid w:val="001A7EF7"/>
     <w:rsid w:val="001B022E"/>
     <w:rsid w:val="001B0286"/>
     <w:rsid w:val="001B08B3"/>
     <w:rsid w:val="001B5716"/>
     <w:rsid w:val="001C21B8"/>
+    <w:rsid w:val="001C21F8"/>
     <w:rsid w:val="001C55A8"/>
     <w:rsid w:val="001C687D"/>
     <w:rsid w:val="001C699E"/>
     <w:rsid w:val="001C6C0E"/>
     <w:rsid w:val="001C6DBF"/>
     <w:rsid w:val="001C7216"/>
     <w:rsid w:val="001C7C16"/>
     <w:rsid w:val="001C7DB2"/>
     <w:rsid w:val="001D01C2"/>
     <w:rsid w:val="001D18F8"/>
     <w:rsid w:val="001D31F1"/>
     <w:rsid w:val="001D3C3B"/>
     <w:rsid w:val="001D42F8"/>
     <w:rsid w:val="001D4964"/>
     <w:rsid w:val="001D6074"/>
     <w:rsid w:val="001D77AD"/>
     <w:rsid w:val="001E1673"/>
     <w:rsid w:val="001E1D52"/>
     <w:rsid w:val="001E2415"/>
     <w:rsid w:val="001E2BC3"/>
     <w:rsid w:val="001E75BC"/>
     <w:rsid w:val="001F1842"/>
     <w:rsid w:val="001F3093"/>
     <w:rsid w:val="001F3CED"/>
     <w:rsid w:val="001F3FF8"/>
@@ -43866,129 +47368,135 @@
     <w:rsid w:val="00266D8F"/>
     <w:rsid w:val="0027105D"/>
     <w:rsid w:val="0027181F"/>
     <w:rsid w:val="002719C4"/>
     <w:rsid w:val="00271B67"/>
     <w:rsid w:val="00271FCB"/>
     <w:rsid w:val="00273EF1"/>
     <w:rsid w:val="00275E54"/>
     <w:rsid w:val="0028088D"/>
     <w:rsid w:val="00281D82"/>
     <w:rsid w:val="00283C82"/>
     <w:rsid w:val="00286E86"/>
     <w:rsid w:val="0029229B"/>
     <w:rsid w:val="0029375E"/>
     <w:rsid w:val="002978C6"/>
     <w:rsid w:val="002A19C1"/>
     <w:rsid w:val="002A19CE"/>
     <w:rsid w:val="002A1F52"/>
     <w:rsid w:val="002A399A"/>
     <w:rsid w:val="002A5E82"/>
     <w:rsid w:val="002B2857"/>
     <w:rsid w:val="002C1721"/>
     <w:rsid w:val="002C2366"/>
     <w:rsid w:val="002C24A5"/>
     <w:rsid w:val="002C6BA0"/>
+    <w:rsid w:val="002D394B"/>
     <w:rsid w:val="002D3A85"/>
     <w:rsid w:val="002D4A7D"/>
     <w:rsid w:val="002E0176"/>
     <w:rsid w:val="002E0422"/>
     <w:rsid w:val="002E04EF"/>
     <w:rsid w:val="002E1C2F"/>
+    <w:rsid w:val="002E2B3A"/>
     <w:rsid w:val="002E4B17"/>
     <w:rsid w:val="002E4CAD"/>
     <w:rsid w:val="002E52A7"/>
     <w:rsid w:val="002E652D"/>
     <w:rsid w:val="002E7D0E"/>
     <w:rsid w:val="002F153F"/>
     <w:rsid w:val="002F319E"/>
     <w:rsid w:val="002F4B81"/>
     <w:rsid w:val="002F67C5"/>
     <w:rsid w:val="002F70C5"/>
     <w:rsid w:val="002F73F2"/>
     <w:rsid w:val="002F7724"/>
     <w:rsid w:val="00301D0F"/>
     <w:rsid w:val="003052A2"/>
     <w:rsid w:val="00306CF5"/>
     <w:rsid w:val="00312C51"/>
     <w:rsid w:val="00312D61"/>
     <w:rsid w:val="00313FFE"/>
     <w:rsid w:val="0031473C"/>
     <w:rsid w:val="00317354"/>
     <w:rsid w:val="003177DF"/>
     <w:rsid w:val="00320904"/>
     <w:rsid w:val="00320D0F"/>
     <w:rsid w:val="0032486A"/>
     <w:rsid w:val="0032643D"/>
     <w:rsid w:val="00333E3A"/>
     <w:rsid w:val="003356BA"/>
     <w:rsid w:val="00335C3F"/>
     <w:rsid w:val="00337C82"/>
     <w:rsid w:val="00340E0F"/>
     <w:rsid w:val="00343B5F"/>
     <w:rsid w:val="00344437"/>
     <w:rsid w:val="003445B5"/>
     <w:rsid w:val="00345110"/>
     <w:rsid w:val="00345377"/>
     <w:rsid w:val="003475E0"/>
     <w:rsid w:val="00352097"/>
     <w:rsid w:val="00352E5C"/>
     <w:rsid w:val="003541A8"/>
     <w:rsid w:val="003548FB"/>
     <w:rsid w:val="00360936"/>
     <w:rsid w:val="003614CD"/>
     <w:rsid w:val="0036330C"/>
     <w:rsid w:val="00363776"/>
     <w:rsid w:val="00363ED2"/>
     <w:rsid w:val="00365727"/>
+    <w:rsid w:val="00365886"/>
     <w:rsid w:val="00365C09"/>
     <w:rsid w:val="003668AF"/>
     <w:rsid w:val="00370A51"/>
     <w:rsid w:val="00370DC7"/>
     <w:rsid w:val="00371A11"/>
     <w:rsid w:val="00372D14"/>
     <w:rsid w:val="00373253"/>
     <w:rsid w:val="00373469"/>
     <w:rsid w:val="00377253"/>
     <w:rsid w:val="0037730E"/>
     <w:rsid w:val="003775D6"/>
     <w:rsid w:val="00380489"/>
     <w:rsid w:val="0038225C"/>
     <w:rsid w:val="00382955"/>
     <w:rsid w:val="00383225"/>
+    <w:rsid w:val="00383467"/>
     <w:rsid w:val="00383B6D"/>
     <w:rsid w:val="00386C64"/>
     <w:rsid w:val="00394883"/>
     <w:rsid w:val="00397766"/>
     <w:rsid w:val="003A23E6"/>
     <w:rsid w:val="003A2BDF"/>
     <w:rsid w:val="003A5737"/>
     <w:rsid w:val="003A6696"/>
+    <w:rsid w:val="003A7B97"/>
     <w:rsid w:val="003B1BC5"/>
     <w:rsid w:val="003B305D"/>
     <w:rsid w:val="003B3C6E"/>
     <w:rsid w:val="003B488C"/>
+    <w:rsid w:val="003B4F46"/>
     <w:rsid w:val="003B6B6B"/>
     <w:rsid w:val="003B78E9"/>
     <w:rsid w:val="003B7D5A"/>
     <w:rsid w:val="003C161B"/>
     <w:rsid w:val="003C1ACE"/>
     <w:rsid w:val="003C1F9A"/>
     <w:rsid w:val="003C213D"/>
     <w:rsid w:val="003C5B8A"/>
     <w:rsid w:val="003C610F"/>
     <w:rsid w:val="003C68DB"/>
     <w:rsid w:val="003D2198"/>
     <w:rsid w:val="003E1C80"/>
     <w:rsid w:val="003E33E6"/>
     <w:rsid w:val="003E3FD5"/>
     <w:rsid w:val="003E58D3"/>
     <w:rsid w:val="003E6DB1"/>
     <w:rsid w:val="003E7ABB"/>
     <w:rsid w:val="003E7D9B"/>
     <w:rsid w:val="003F125D"/>
     <w:rsid w:val="003F168C"/>
     <w:rsid w:val="003F1DEF"/>
     <w:rsid w:val="003F37A9"/>
     <w:rsid w:val="003F69D0"/>
     <w:rsid w:val="003F69D4"/>
     <w:rsid w:val="003F7278"/>
@@ -44015,54 +47523,56 @@
     <w:rsid w:val="004406EC"/>
     <w:rsid w:val="00440FC9"/>
     <w:rsid w:val="00441B6A"/>
     <w:rsid w:val="00441F3E"/>
     <w:rsid w:val="00443655"/>
     <w:rsid w:val="00447903"/>
     <w:rsid w:val="00450CCB"/>
     <w:rsid w:val="00452321"/>
     <w:rsid w:val="0045243D"/>
     <w:rsid w:val="00456B5C"/>
     <w:rsid w:val="00457EE7"/>
     <w:rsid w:val="004629D6"/>
     <w:rsid w:val="004641B3"/>
     <w:rsid w:val="00465B1C"/>
     <w:rsid w:val="00471F9E"/>
     <w:rsid w:val="00473BD2"/>
     <w:rsid w:val="00476E27"/>
     <w:rsid w:val="00480315"/>
     <w:rsid w:val="00485BCF"/>
     <w:rsid w:val="004904FA"/>
     <w:rsid w:val="00490CBB"/>
     <w:rsid w:val="004922B0"/>
     <w:rsid w:val="004932A7"/>
     <w:rsid w:val="00494264"/>
     <w:rsid w:val="00497561"/>
+    <w:rsid w:val="004A00DE"/>
     <w:rsid w:val="004A17E0"/>
     <w:rsid w:val="004A3121"/>
     <w:rsid w:val="004A339E"/>
     <w:rsid w:val="004A3E9D"/>
+    <w:rsid w:val="004B68FB"/>
     <w:rsid w:val="004C181B"/>
     <w:rsid w:val="004C4B20"/>
     <w:rsid w:val="004D26C8"/>
     <w:rsid w:val="004D4E63"/>
     <w:rsid w:val="004D58D5"/>
     <w:rsid w:val="004D61AE"/>
     <w:rsid w:val="004D735A"/>
     <w:rsid w:val="004D7EBB"/>
     <w:rsid w:val="004E1DCD"/>
     <w:rsid w:val="004E5B75"/>
     <w:rsid w:val="004F0B74"/>
     <w:rsid w:val="004F264A"/>
     <w:rsid w:val="004F4496"/>
     <w:rsid w:val="004F722C"/>
     <w:rsid w:val="00502E81"/>
     <w:rsid w:val="005048D5"/>
     <w:rsid w:val="00505241"/>
     <w:rsid w:val="00510E0D"/>
     <w:rsid w:val="0051212E"/>
     <w:rsid w:val="00514552"/>
     <w:rsid w:val="00515C39"/>
     <w:rsid w:val="0051659E"/>
     <w:rsid w:val="005219AF"/>
     <w:rsid w:val="00524AF8"/>
     <w:rsid w:val="005263CD"/>
@@ -44128,163 +47638,168 @@
     <w:rsid w:val="00611070"/>
     <w:rsid w:val="006132FE"/>
     <w:rsid w:val="00615A4A"/>
     <w:rsid w:val="0062099B"/>
     <w:rsid w:val="00622604"/>
     <w:rsid w:val="006241EF"/>
     <w:rsid w:val="006245B3"/>
     <w:rsid w:val="00632E21"/>
     <w:rsid w:val="00633F99"/>
     <w:rsid w:val="00634E24"/>
     <w:rsid w:val="00651C32"/>
     <w:rsid w:val="0065265A"/>
     <w:rsid w:val="00652B63"/>
     <w:rsid w:val="00653354"/>
     <w:rsid w:val="00653565"/>
     <w:rsid w:val="00653DA6"/>
     <w:rsid w:val="00654632"/>
     <w:rsid w:val="00654E29"/>
     <w:rsid w:val="00655E2D"/>
     <w:rsid w:val="0065782D"/>
     <w:rsid w:val="006611A4"/>
     <w:rsid w:val="00663373"/>
     <w:rsid w:val="00664A43"/>
     <w:rsid w:val="00666531"/>
     <w:rsid w:val="0067193B"/>
+    <w:rsid w:val="00676F7A"/>
     <w:rsid w:val="006825AA"/>
     <w:rsid w:val="006839A9"/>
     <w:rsid w:val="006865AB"/>
     <w:rsid w:val="006878DB"/>
     <w:rsid w:val="00691100"/>
     <w:rsid w:val="00694103"/>
     <w:rsid w:val="0069642D"/>
+    <w:rsid w:val="006970E5"/>
     <w:rsid w:val="00697E52"/>
     <w:rsid w:val="006A2B85"/>
     <w:rsid w:val="006A4585"/>
     <w:rsid w:val="006A54BC"/>
     <w:rsid w:val="006A55C7"/>
     <w:rsid w:val="006A7782"/>
     <w:rsid w:val="006B2367"/>
     <w:rsid w:val="006B268B"/>
     <w:rsid w:val="006B29FC"/>
     <w:rsid w:val="006B32B7"/>
     <w:rsid w:val="006B3FE4"/>
     <w:rsid w:val="006B45CF"/>
     <w:rsid w:val="006B4A9D"/>
     <w:rsid w:val="006B7808"/>
     <w:rsid w:val="006C745A"/>
     <w:rsid w:val="006D01F3"/>
     <w:rsid w:val="006D24B6"/>
     <w:rsid w:val="006D63B9"/>
     <w:rsid w:val="006D7320"/>
     <w:rsid w:val="006E29F1"/>
     <w:rsid w:val="006E5592"/>
     <w:rsid w:val="006E7C1D"/>
     <w:rsid w:val="006F0C69"/>
     <w:rsid w:val="006F482D"/>
     <w:rsid w:val="006F4EDE"/>
     <w:rsid w:val="00700A6C"/>
     <w:rsid w:val="00701116"/>
     <w:rsid w:val="007020E8"/>
     <w:rsid w:val="00702D59"/>
     <w:rsid w:val="00707E02"/>
     <w:rsid w:val="00712C79"/>
     <w:rsid w:val="0071317A"/>
     <w:rsid w:val="007133D6"/>
     <w:rsid w:val="007146C8"/>
     <w:rsid w:val="00720B4D"/>
     <w:rsid w:val="00721A66"/>
     <w:rsid w:val="007249D4"/>
     <w:rsid w:val="00725B37"/>
     <w:rsid w:val="0072688A"/>
     <w:rsid w:val="007302B1"/>
     <w:rsid w:val="007309C6"/>
     <w:rsid w:val="00731F5A"/>
+    <w:rsid w:val="00732B8F"/>
     <w:rsid w:val="00732C80"/>
     <w:rsid w:val="007409A3"/>
     <w:rsid w:val="00740FFE"/>
     <w:rsid w:val="007477AF"/>
     <w:rsid w:val="007517AB"/>
     <w:rsid w:val="00753A8C"/>
     <w:rsid w:val="00754FC0"/>
     <w:rsid w:val="00760452"/>
     <w:rsid w:val="0076716A"/>
     <w:rsid w:val="0076757E"/>
     <w:rsid w:val="0077317C"/>
     <w:rsid w:val="0077508C"/>
     <w:rsid w:val="00775F9B"/>
     <w:rsid w:val="00780B23"/>
     <w:rsid w:val="007841CF"/>
     <w:rsid w:val="00784ACF"/>
     <w:rsid w:val="00784EB5"/>
     <w:rsid w:val="00784EBA"/>
     <w:rsid w:val="00785721"/>
+    <w:rsid w:val="00785951"/>
     <w:rsid w:val="00790B37"/>
     <w:rsid w:val="00791DAF"/>
     <w:rsid w:val="00792836"/>
     <w:rsid w:val="00793A34"/>
     <w:rsid w:val="007942AF"/>
     <w:rsid w:val="00796571"/>
     <w:rsid w:val="0079747F"/>
     <w:rsid w:val="007A4249"/>
     <w:rsid w:val="007A5766"/>
     <w:rsid w:val="007A5BF7"/>
     <w:rsid w:val="007A7B76"/>
     <w:rsid w:val="007B10FA"/>
     <w:rsid w:val="007B1406"/>
     <w:rsid w:val="007B56DA"/>
     <w:rsid w:val="007B6128"/>
     <w:rsid w:val="007B6BDA"/>
     <w:rsid w:val="007C0E3F"/>
     <w:rsid w:val="007C5C54"/>
     <w:rsid w:val="007C61DA"/>
     <w:rsid w:val="007D0BF3"/>
     <w:rsid w:val="007D79DB"/>
     <w:rsid w:val="007E0427"/>
     <w:rsid w:val="007E1264"/>
     <w:rsid w:val="007E66F7"/>
     <w:rsid w:val="007E6A99"/>
     <w:rsid w:val="007E75BB"/>
     <w:rsid w:val="007E7D91"/>
     <w:rsid w:val="007F24D7"/>
     <w:rsid w:val="007F5AAC"/>
     <w:rsid w:val="00800EA7"/>
     <w:rsid w:val="0080110D"/>
     <w:rsid w:val="00802B6F"/>
     <w:rsid w:val="00805F4F"/>
     <w:rsid w:val="00807E58"/>
     <w:rsid w:val="008103F5"/>
     <w:rsid w:val="008113CE"/>
     <w:rsid w:val="008114AA"/>
     <w:rsid w:val="00812FD6"/>
     <w:rsid w:val="00814391"/>
     <w:rsid w:val="00815A66"/>
     <w:rsid w:val="00823040"/>
     <w:rsid w:val="008243E9"/>
     <w:rsid w:val="008251C3"/>
     <w:rsid w:val="00826DC5"/>
     <w:rsid w:val="00827345"/>
+    <w:rsid w:val="00827757"/>
     <w:rsid w:val="00832E4B"/>
     <w:rsid w:val="00832F0E"/>
     <w:rsid w:val="00837D49"/>
     <w:rsid w:val="00840C65"/>
     <w:rsid w:val="0084106D"/>
     <w:rsid w:val="00847063"/>
     <w:rsid w:val="008523F7"/>
     <w:rsid w:val="00855659"/>
     <w:rsid w:val="00855F13"/>
     <w:rsid w:val="00860311"/>
     <w:rsid w:val="00860AB5"/>
     <w:rsid w:val="00862120"/>
     <w:rsid w:val="00862E3B"/>
     <w:rsid w:val="008631C3"/>
     <w:rsid w:val="00864E93"/>
     <w:rsid w:val="00865AE8"/>
     <w:rsid w:val="0087092F"/>
     <w:rsid w:val="00873AF3"/>
     <w:rsid w:val="00880B2C"/>
     <w:rsid w:val="0088153C"/>
     <w:rsid w:val="00884158"/>
     <w:rsid w:val="00885EE9"/>
     <w:rsid w:val="00895B1E"/>
     <w:rsid w:val="00896C1F"/>
     <w:rsid w:val="008A1EB8"/>
@@ -44330,50 +47845,51 @@
     <w:rsid w:val="00932F67"/>
     <w:rsid w:val="00933233"/>
     <w:rsid w:val="00933D4D"/>
     <w:rsid w:val="00933D85"/>
     <w:rsid w:val="00934CEC"/>
     <w:rsid w:val="009364ED"/>
     <w:rsid w:val="00942358"/>
     <w:rsid w:val="00942AB1"/>
     <w:rsid w:val="009442D4"/>
     <w:rsid w:val="00946F34"/>
     <w:rsid w:val="00947855"/>
     <w:rsid w:val="009479BE"/>
     <w:rsid w:val="00951C01"/>
     <w:rsid w:val="009560FD"/>
     <w:rsid w:val="009611CB"/>
     <w:rsid w:val="0096143B"/>
     <w:rsid w:val="00962CA0"/>
     <w:rsid w:val="00963029"/>
     <w:rsid w:val="0096741E"/>
     <w:rsid w:val="00970027"/>
     <w:rsid w:val="00970997"/>
     <w:rsid w:val="00970AB4"/>
     <w:rsid w:val="0097190D"/>
     <w:rsid w:val="009724C9"/>
     <w:rsid w:val="009737BB"/>
+    <w:rsid w:val="00974D56"/>
     <w:rsid w:val="0097567E"/>
     <w:rsid w:val="00976B37"/>
     <w:rsid w:val="00980F7E"/>
     <w:rsid w:val="0098199E"/>
     <w:rsid w:val="00981E68"/>
     <w:rsid w:val="00982D60"/>
     <w:rsid w:val="00983926"/>
     <w:rsid w:val="009854D3"/>
     <w:rsid w:val="00986A4D"/>
     <w:rsid w:val="009914B7"/>
     <w:rsid w:val="009939D5"/>
     <w:rsid w:val="009954C7"/>
     <w:rsid w:val="009A0DD2"/>
     <w:rsid w:val="009A5672"/>
     <w:rsid w:val="009B05EB"/>
     <w:rsid w:val="009B2878"/>
     <w:rsid w:val="009B4601"/>
     <w:rsid w:val="009B4EAE"/>
     <w:rsid w:val="009B512A"/>
     <w:rsid w:val="009C1BE5"/>
     <w:rsid w:val="009C563C"/>
     <w:rsid w:val="009C5E4B"/>
     <w:rsid w:val="009C6B1D"/>
     <w:rsid w:val="009D387C"/>
     <w:rsid w:val="009D402C"/>
@@ -44387,78 +47903,81 @@
     <w:rsid w:val="009F0A59"/>
     <w:rsid w:val="009F2204"/>
     <w:rsid w:val="009F617E"/>
     <w:rsid w:val="00A00047"/>
     <w:rsid w:val="00A020DF"/>
     <w:rsid w:val="00A0783F"/>
     <w:rsid w:val="00A11FF9"/>
     <w:rsid w:val="00A13E43"/>
     <w:rsid w:val="00A1457A"/>
     <w:rsid w:val="00A15628"/>
     <w:rsid w:val="00A173EC"/>
     <w:rsid w:val="00A21322"/>
     <w:rsid w:val="00A27744"/>
     <w:rsid w:val="00A31FB9"/>
     <w:rsid w:val="00A333A1"/>
     <w:rsid w:val="00A431B1"/>
     <w:rsid w:val="00A4335B"/>
     <w:rsid w:val="00A4601E"/>
     <w:rsid w:val="00A528A9"/>
     <w:rsid w:val="00A550DB"/>
     <w:rsid w:val="00A60515"/>
     <w:rsid w:val="00A607CF"/>
     <w:rsid w:val="00A743EE"/>
     <w:rsid w:val="00A765F9"/>
     <w:rsid w:val="00A76811"/>
+    <w:rsid w:val="00A812CA"/>
     <w:rsid w:val="00A84545"/>
     <w:rsid w:val="00A84D99"/>
     <w:rsid w:val="00A8778D"/>
     <w:rsid w:val="00A90759"/>
     <w:rsid w:val="00A9225D"/>
     <w:rsid w:val="00A94B30"/>
     <w:rsid w:val="00A95E02"/>
     <w:rsid w:val="00A961A3"/>
     <w:rsid w:val="00A96557"/>
     <w:rsid w:val="00A96696"/>
     <w:rsid w:val="00AA070E"/>
     <w:rsid w:val="00AA13BA"/>
+    <w:rsid w:val="00AA57BC"/>
     <w:rsid w:val="00AA5B6F"/>
     <w:rsid w:val="00AA60F6"/>
     <w:rsid w:val="00AA6FA8"/>
     <w:rsid w:val="00AA73D3"/>
     <w:rsid w:val="00AA7F1D"/>
     <w:rsid w:val="00AB1B16"/>
     <w:rsid w:val="00AB235B"/>
     <w:rsid w:val="00AC0089"/>
     <w:rsid w:val="00AC2D05"/>
     <w:rsid w:val="00AC30B9"/>
     <w:rsid w:val="00AC5ECA"/>
     <w:rsid w:val="00AD182D"/>
     <w:rsid w:val="00AD211F"/>
     <w:rsid w:val="00AD28B7"/>
     <w:rsid w:val="00AD2E56"/>
     <w:rsid w:val="00AD3EE1"/>
+    <w:rsid w:val="00AD5461"/>
     <w:rsid w:val="00AD6BAB"/>
     <w:rsid w:val="00AD6DA3"/>
     <w:rsid w:val="00AD7DFF"/>
     <w:rsid w:val="00AE4215"/>
     <w:rsid w:val="00AF4BC0"/>
     <w:rsid w:val="00AF758A"/>
     <w:rsid w:val="00B036FE"/>
     <w:rsid w:val="00B0370A"/>
     <w:rsid w:val="00B03722"/>
     <w:rsid w:val="00B039BB"/>
     <w:rsid w:val="00B0421C"/>
     <w:rsid w:val="00B04A8A"/>
     <w:rsid w:val="00B05709"/>
     <w:rsid w:val="00B06CDC"/>
     <w:rsid w:val="00B11B92"/>
     <w:rsid w:val="00B12ACD"/>
     <w:rsid w:val="00B13D34"/>
     <w:rsid w:val="00B13D36"/>
     <w:rsid w:val="00B13D55"/>
     <w:rsid w:val="00B13F34"/>
     <w:rsid w:val="00B15177"/>
     <w:rsid w:val="00B15F80"/>
     <w:rsid w:val="00B15F9F"/>
     <w:rsid w:val="00B16431"/>
     <w:rsid w:val="00B16FAC"/>
@@ -44564,186 +48083,191 @@
     <w:rsid w:val="00C8382A"/>
     <w:rsid w:val="00C850B8"/>
     <w:rsid w:val="00C87241"/>
     <w:rsid w:val="00C9076D"/>
     <w:rsid w:val="00C91651"/>
     <w:rsid w:val="00C919CC"/>
     <w:rsid w:val="00C96194"/>
     <w:rsid w:val="00C9676C"/>
     <w:rsid w:val="00CA0C40"/>
     <w:rsid w:val="00CA14E1"/>
     <w:rsid w:val="00CB009C"/>
     <w:rsid w:val="00CB0BAD"/>
     <w:rsid w:val="00CB469B"/>
     <w:rsid w:val="00CB6042"/>
     <w:rsid w:val="00CB7121"/>
     <w:rsid w:val="00CC4A0B"/>
     <w:rsid w:val="00CC5C4C"/>
     <w:rsid w:val="00CD7A09"/>
     <w:rsid w:val="00CD7CA8"/>
     <w:rsid w:val="00CE049D"/>
     <w:rsid w:val="00CE0E55"/>
     <w:rsid w:val="00CE1415"/>
     <w:rsid w:val="00CE1644"/>
     <w:rsid w:val="00CE2BDD"/>
     <w:rsid w:val="00CE3CB5"/>
+    <w:rsid w:val="00CE48C1"/>
     <w:rsid w:val="00CE5250"/>
     <w:rsid w:val="00CE6469"/>
     <w:rsid w:val="00CE71D6"/>
     <w:rsid w:val="00CF0F7B"/>
     <w:rsid w:val="00CF1AE3"/>
+    <w:rsid w:val="00CF1F03"/>
     <w:rsid w:val="00CF3241"/>
     <w:rsid w:val="00CF6E9D"/>
     <w:rsid w:val="00CF7DA9"/>
     <w:rsid w:val="00D01DAF"/>
     <w:rsid w:val="00D02F88"/>
     <w:rsid w:val="00D0467B"/>
     <w:rsid w:val="00D05862"/>
     <w:rsid w:val="00D05FB3"/>
     <w:rsid w:val="00D069EA"/>
     <w:rsid w:val="00D12BFE"/>
     <w:rsid w:val="00D13C41"/>
     <w:rsid w:val="00D14108"/>
     <w:rsid w:val="00D14170"/>
     <w:rsid w:val="00D148C1"/>
     <w:rsid w:val="00D152B0"/>
     <w:rsid w:val="00D20108"/>
     <w:rsid w:val="00D21613"/>
     <w:rsid w:val="00D222E5"/>
     <w:rsid w:val="00D2236A"/>
     <w:rsid w:val="00D22645"/>
     <w:rsid w:val="00D23461"/>
     <w:rsid w:val="00D24C69"/>
     <w:rsid w:val="00D24F31"/>
     <w:rsid w:val="00D26E2A"/>
     <w:rsid w:val="00D303C4"/>
     <w:rsid w:val="00D35F5E"/>
     <w:rsid w:val="00D419B4"/>
     <w:rsid w:val="00D442A8"/>
     <w:rsid w:val="00D44D34"/>
     <w:rsid w:val="00D45552"/>
     <w:rsid w:val="00D456C9"/>
     <w:rsid w:val="00D45BBD"/>
     <w:rsid w:val="00D512E5"/>
     <w:rsid w:val="00D51F02"/>
     <w:rsid w:val="00D55B45"/>
     <w:rsid w:val="00D56D4B"/>
     <w:rsid w:val="00D61F73"/>
     <w:rsid w:val="00D64604"/>
     <w:rsid w:val="00D72937"/>
     <w:rsid w:val="00D74A03"/>
+    <w:rsid w:val="00D76620"/>
     <w:rsid w:val="00D77520"/>
     <w:rsid w:val="00D802A5"/>
     <w:rsid w:val="00D8262B"/>
     <w:rsid w:val="00D82DE8"/>
     <w:rsid w:val="00D90C11"/>
     <w:rsid w:val="00D91FE5"/>
     <w:rsid w:val="00D9684F"/>
     <w:rsid w:val="00DA04D5"/>
     <w:rsid w:val="00DA1295"/>
     <w:rsid w:val="00DA3256"/>
     <w:rsid w:val="00DA4268"/>
     <w:rsid w:val="00DA4EBE"/>
     <w:rsid w:val="00DA7588"/>
     <w:rsid w:val="00DB3A70"/>
     <w:rsid w:val="00DB5D54"/>
     <w:rsid w:val="00DB5E5A"/>
     <w:rsid w:val="00DC085C"/>
     <w:rsid w:val="00DC1B41"/>
     <w:rsid w:val="00DC30DD"/>
     <w:rsid w:val="00DC3775"/>
     <w:rsid w:val="00DD0EB4"/>
     <w:rsid w:val="00DD1239"/>
     <w:rsid w:val="00DD5A20"/>
     <w:rsid w:val="00DE08BB"/>
     <w:rsid w:val="00DE174E"/>
     <w:rsid w:val="00DE265B"/>
     <w:rsid w:val="00DE4909"/>
     <w:rsid w:val="00DE4A86"/>
     <w:rsid w:val="00DE5CB0"/>
     <w:rsid w:val="00DE7B3F"/>
     <w:rsid w:val="00DE7C6B"/>
     <w:rsid w:val="00DF0092"/>
     <w:rsid w:val="00DF0E41"/>
     <w:rsid w:val="00DF0FD5"/>
     <w:rsid w:val="00DF1282"/>
     <w:rsid w:val="00DF16E9"/>
     <w:rsid w:val="00DF1D89"/>
     <w:rsid w:val="00DF2FC8"/>
     <w:rsid w:val="00DF2FD7"/>
     <w:rsid w:val="00DF3025"/>
     <w:rsid w:val="00DF5815"/>
     <w:rsid w:val="00DF63F7"/>
     <w:rsid w:val="00E00957"/>
     <w:rsid w:val="00E00FAD"/>
+    <w:rsid w:val="00E0170E"/>
     <w:rsid w:val="00E02C61"/>
     <w:rsid w:val="00E05C89"/>
     <w:rsid w:val="00E10444"/>
     <w:rsid w:val="00E1146A"/>
     <w:rsid w:val="00E1393B"/>
     <w:rsid w:val="00E13FFD"/>
     <w:rsid w:val="00E15B0A"/>
     <w:rsid w:val="00E16A72"/>
     <w:rsid w:val="00E1745B"/>
     <w:rsid w:val="00E36BBA"/>
     <w:rsid w:val="00E41B75"/>
     <w:rsid w:val="00E436C2"/>
     <w:rsid w:val="00E438E0"/>
     <w:rsid w:val="00E43AE0"/>
     <w:rsid w:val="00E453F4"/>
     <w:rsid w:val="00E45631"/>
     <w:rsid w:val="00E46807"/>
     <w:rsid w:val="00E46DEE"/>
     <w:rsid w:val="00E46E45"/>
     <w:rsid w:val="00E48422"/>
     <w:rsid w:val="00E531AD"/>
     <w:rsid w:val="00E54981"/>
     <w:rsid w:val="00E5513F"/>
     <w:rsid w:val="00E5614B"/>
     <w:rsid w:val="00E62ABB"/>
     <w:rsid w:val="00E659D8"/>
     <w:rsid w:val="00E66C1E"/>
     <w:rsid w:val="00E70588"/>
     <w:rsid w:val="00E706F1"/>
     <w:rsid w:val="00E70CB9"/>
     <w:rsid w:val="00E72634"/>
     <w:rsid w:val="00E729DF"/>
     <w:rsid w:val="00E76419"/>
     <w:rsid w:val="00E767E8"/>
     <w:rsid w:val="00E778A4"/>
     <w:rsid w:val="00E847A6"/>
     <w:rsid w:val="00E85FF7"/>
     <w:rsid w:val="00E9319B"/>
     <w:rsid w:val="00E94AFB"/>
     <w:rsid w:val="00E9630D"/>
     <w:rsid w:val="00E963A4"/>
     <w:rsid w:val="00E97323"/>
     <w:rsid w:val="00E9739B"/>
     <w:rsid w:val="00EA0F9A"/>
     <w:rsid w:val="00EA1834"/>
     <w:rsid w:val="00EA1FEA"/>
     <w:rsid w:val="00EA4B61"/>
+    <w:rsid w:val="00EA6C3E"/>
     <w:rsid w:val="00EB26A1"/>
     <w:rsid w:val="00EB61E2"/>
     <w:rsid w:val="00EB6E8D"/>
     <w:rsid w:val="00EB7822"/>
     <w:rsid w:val="00EC18EF"/>
     <w:rsid w:val="00EC19D8"/>
     <w:rsid w:val="00EC4196"/>
     <w:rsid w:val="00EC4CEC"/>
     <w:rsid w:val="00EC5198"/>
     <w:rsid w:val="00EC7EF0"/>
     <w:rsid w:val="00ED05EF"/>
     <w:rsid w:val="00ED0A50"/>
     <w:rsid w:val="00ED0EE2"/>
     <w:rsid w:val="00ED1B67"/>
     <w:rsid w:val="00ED25E3"/>
     <w:rsid w:val="00ED3465"/>
     <w:rsid w:val="00ED5B2C"/>
     <w:rsid w:val="00EE19B9"/>
     <w:rsid w:val="00EE2B6C"/>
     <w:rsid w:val="00EE3017"/>
     <w:rsid w:val="00EE65C0"/>
     <w:rsid w:val="00EE748B"/>
     <w:rsid w:val="00EF11C0"/>
     <w:rsid w:val="00EF188F"/>
     <w:rsid w:val="00EF446B"/>
@@ -44754,80 +48278,83 @@
     <w:rsid w:val="00F03472"/>
     <w:rsid w:val="00F072F6"/>
     <w:rsid w:val="00F10151"/>
     <w:rsid w:val="00F1037D"/>
     <w:rsid w:val="00F1407E"/>
     <w:rsid w:val="00F14CF0"/>
     <w:rsid w:val="00F15087"/>
     <w:rsid w:val="00F161E4"/>
     <w:rsid w:val="00F17298"/>
     <w:rsid w:val="00F17886"/>
     <w:rsid w:val="00F210DA"/>
     <w:rsid w:val="00F21BC1"/>
     <w:rsid w:val="00F21F7F"/>
     <w:rsid w:val="00F229A8"/>
     <w:rsid w:val="00F22EB0"/>
     <w:rsid w:val="00F23961"/>
     <w:rsid w:val="00F24EF4"/>
     <w:rsid w:val="00F269E0"/>
     <w:rsid w:val="00F30F87"/>
     <w:rsid w:val="00F3330A"/>
     <w:rsid w:val="00F34E7F"/>
     <w:rsid w:val="00F35215"/>
     <w:rsid w:val="00F36216"/>
     <w:rsid w:val="00F369BE"/>
     <w:rsid w:val="00F40331"/>
+    <w:rsid w:val="00F42DDD"/>
     <w:rsid w:val="00F4353D"/>
     <w:rsid w:val="00F4362E"/>
     <w:rsid w:val="00F43AAF"/>
     <w:rsid w:val="00F44082"/>
     <w:rsid w:val="00F45A93"/>
     <w:rsid w:val="00F46BE1"/>
     <w:rsid w:val="00F51A22"/>
     <w:rsid w:val="00F52059"/>
     <w:rsid w:val="00F536E0"/>
     <w:rsid w:val="00F53866"/>
     <w:rsid w:val="00F60854"/>
     <w:rsid w:val="00F60BF5"/>
     <w:rsid w:val="00F60C51"/>
     <w:rsid w:val="00F66E78"/>
     <w:rsid w:val="00F70FA5"/>
     <w:rsid w:val="00F74854"/>
     <w:rsid w:val="00F769C8"/>
     <w:rsid w:val="00F76E49"/>
     <w:rsid w:val="00F778EC"/>
     <w:rsid w:val="00F77FAC"/>
     <w:rsid w:val="00F8006E"/>
     <w:rsid w:val="00F82148"/>
     <w:rsid w:val="00F82DD6"/>
     <w:rsid w:val="00F92206"/>
     <w:rsid w:val="00F93F88"/>
     <w:rsid w:val="00F9434D"/>
     <w:rsid w:val="00F94AC6"/>
     <w:rsid w:val="00F95BA5"/>
     <w:rsid w:val="00F97035"/>
     <w:rsid w:val="00F97DE3"/>
+    <w:rsid w:val="00FA06CC"/>
+    <w:rsid w:val="00FA49AD"/>
     <w:rsid w:val="00FA54FD"/>
     <w:rsid w:val="00FB2371"/>
     <w:rsid w:val="00FB26A9"/>
     <w:rsid w:val="00FB3BE1"/>
     <w:rsid w:val="00FB447F"/>
     <w:rsid w:val="00FB685A"/>
     <w:rsid w:val="00FC0628"/>
     <w:rsid w:val="00FC1B32"/>
     <w:rsid w:val="00FC1BC2"/>
     <w:rsid w:val="00FC1D63"/>
     <w:rsid w:val="00FC23A7"/>
     <w:rsid w:val="00FC3713"/>
     <w:rsid w:val="00FD0EB0"/>
     <w:rsid w:val="00FD3D71"/>
     <w:rsid w:val="00FD48B4"/>
     <w:rsid w:val="00FD4BB7"/>
     <w:rsid w:val="00FD58F7"/>
     <w:rsid w:val="00FD7C40"/>
     <w:rsid w:val="00FE03C1"/>
     <w:rsid w:val="00FE2EC6"/>
     <w:rsid w:val="00FE39B0"/>
     <w:rsid w:val="00FE3F5A"/>
     <w:rsid w:val="00FE404F"/>
     <w:rsid w:val="00FE462E"/>
     <w:rsid w:val="00FF1A9F"/>
@@ -44908,50 +48435,51 @@
     <w:rsid w:val="408B6175"/>
     <w:rsid w:val="413083DB"/>
     <w:rsid w:val="415F332C"/>
     <w:rsid w:val="426BCE5F"/>
     <w:rsid w:val="42CA23A5"/>
     <w:rsid w:val="4339DBCB"/>
     <w:rsid w:val="43659F07"/>
     <w:rsid w:val="43E10DF0"/>
     <w:rsid w:val="441E5FED"/>
     <w:rsid w:val="45B9778F"/>
     <w:rsid w:val="46EF236F"/>
     <w:rsid w:val="473E8D19"/>
     <w:rsid w:val="47401E0D"/>
     <w:rsid w:val="48A9B2B9"/>
     <w:rsid w:val="4A704C09"/>
     <w:rsid w:val="4A7D5D15"/>
     <w:rsid w:val="4AEA0FF2"/>
     <w:rsid w:val="4C25B11F"/>
     <w:rsid w:val="4C713861"/>
     <w:rsid w:val="4CEFB9A7"/>
     <w:rsid w:val="4CFC9E57"/>
     <w:rsid w:val="4D102AAC"/>
     <w:rsid w:val="4F697E58"/>
     <w:rsid w:val="5003BDE3"/>
     <w:rsid w:val="50FA01FE"/>
+    <w:rsid w:val="51C967AB"/>
     <w:rsid w:val="51D10943"/>
     <w:rsid w:val="52799786"/>
     <w:rsid w:val="52EC85C8"/>
     <w:rsid w:val="53465C85"/>
     <w:rsid w:val="55479A08"/>
     <w:rsid w:val="566AF968"/>
     <w:rsid w:val="56ACDBCB"/>
     <w:rsid w:val="56F015DE"/>
     <w:rsid w:val="57A5DD42"/>
     <w:rsid w:val="59A225E1"/>
     <w:rsid w:val="59D38BFD"/>
     <w:rsid w:val="59D6A9F8"/>
     <w:rsid w:val="5A31789F"/>
     <w:rsid w:val="5C0163F3"/>
     <w:rsid w:val="5C0EC158"/>
     <w:rsid w:val="5E75AA13"/>
     <w:rsid w:val="5EAFB559"/>
     <w:rsid w:val="6028C340"/>
     <w:rsid w:val="60318C57"/>
     <w:rsid w:val="6181E5DB"/>
     <w:rsid w:val="6212F033"/>
     <w:rsid w:val="6305DBA1"/>
     <w:rsid w:val="63641B70"/>
     <w:rsid w:val="64EFF4F3"/>
     <w:rsid w:val="6510A1FD"/>
@@ -44993,51 +48521,51 @@
     <w:rsid w:val="7D116E19"/>
     <w:rsid w:val="7D31E441"/>
     <w:rsid w:val="7D420E6F"/>
     <w:rsid w:val="7D86405C"/>
     <w:rsid w:val="7EAAACA9"/>
     <w:rsid w:val="7F3B87ED"/>
     <w:rsid w:val="7F61DFEA"/>
     <w:rsid w:val="7F9DBA24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="53452E5C"/>
   <w15:docId w15:val="{F89BB762-C320-4FEE-85D7-0479BE65B3D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
@@ -45520,51 +49048,50 @@
       <w:keepNext/>
       <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:qFormat/>
     <w:rsid w:val="002F70C5"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -46222,50 +49749,62 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AE4215"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA0C40"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00732B8F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="124392228">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="159588013">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -46496,51 +50035,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2125688479">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:altformatrequest@cms.hhs.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:altformatrequest@cms.hhs.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hhs.gov/civil-rights/filing-a-complaint/complaint-process/index.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -46745,222 +50284,215 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...15 lines deleted...]
-    <xsd:import namespace="f421f6b9-57e4-4f3e-aeb8-987bfff49f38"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="551c3babaceaef7634df3133d627e1dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8053c75-d5b1-4a8f-aa34-83600307078b" xmlns:ns3="fa2d3107-6ff3-4101-8a67-eedbb21beb10" xmlns:ns4="b8759a14-0f36-467b-89bb-6221a083b0fc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e08563acfd55115b262c1055c49ee310" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <xsd:import namespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <xsd:import namespace="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:ApprovedCost" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ef3271c7-ed07-44c7-9366-88b2c80d421e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8053c75-d5b1-4a8f-aa34-83600307078b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_Flow_SignoffStatus" ma:index="2" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status" ma:readOnly="false">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="3" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status" ma:readOnly="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...14 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="ApprovedCost" ma:index="4" nillable="true" ma:displayName="Approved Cost" ma:format="Dropdown" ma:internalName="ApprovedCost" ma:readOnly="false">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b31da6f4-e52d-49d7-b108-9c7783d77463" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="DateOnly" ma:internalName="Date">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
-[...39 lines deleted...]
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f421f6b9-57e4-4f3e-aeb8-987bfff49f38" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8759a14-0f36-467b-89bb-6221a083b0fc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b0a7f5ae-f627-4195-acdb-56615c0bbd96}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b8759a14-0f36-467b-89bb-6221a083b0fc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -47005,197 +50537,213 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="f421f6b9-57e4-4f3e-aeb8-987bfff49f38">
+    <SharedWithUsers xmlns="fa2d3107-6ff3-4101-8a67-eedbb21beb10">
       <UserInfo>
         <DisplayName>Sun, Yanan [USA]</DisplayName>
         <AccountId>72</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Sun, Tong [USA]</DisplayName>
         <AccountId>81</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Zhang, Shiping [USA]</DisplayName>
         <AccountId>50</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Francois, Sierra [USA]</DisplayName>
         <AccountId>71</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Tuchman, Hallie [USA]</DisplayName>
         <AccountId>10</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
-    <ApprovedCost xmlns="ef3271c7-ed07-44c7-9366-88b2c80d421e" xsi:nil="true"/>
-[...2 lines deleted...]
-    <Status xmlns="ef3271c7-ed07-44c7-9366-88b2c80d421e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b8759a14-0f36-467b-89bb-6221a083b0fc" xsi:nil="true"/>
+    <Date xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C72270E-0B57-4945-A41A-CFE0E98D34EF}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CC0555A-BB70-4AE0-9BE4-EB24B50CA9D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="ef3271c7-ed07-44c7-9366-88b2c80d421e"/>
-    <ds:schemaRef ds:uri="f421f6b9-57e4-4f3e-aeb8-987bfff49f38"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4273ACFB-6C82-4AEC-BCCE-A2B6CF68255F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f421f6b9-57e4-4f3e-aeb8-987bfff49f38"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78834894-9B99-445A-B87E-993B8A1D7B95}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B98D1AB-107C-4C66-985D-B84F65087BD0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>1361</Words>
-  <Characters>7759</Characters>
+  <Words>4333</Words>
+  <Characters>5115</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>465</Lines>
+  <Paragraphs>555</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026 符合资格健保计划投保人体验调查问卷: 英文</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9102</CharactersWithSpaces>
+  <CharactersWithSpaces>8893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 符合资格健保计划投保人体验调查问卷: 英文</dc:title>
   <dc:subject>2026 符合资格健保计划投保人体验调查</dc:subject>
   <dc:creator>联邦医疗保险和联邦医疗补助计划服务中心</dc:creator>
   <cp:keywords>问卷填写说明；健康保险计划；保健；私人医生；专科医生；身体、精神、或者情绪状况</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>zh-CN</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100B6BF0BB45C5E9A4288A03A2D9CC2E93F</vt:lpwstr>
+    <vt:lpwstr>0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>11900</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Language">
     <vt:lpwstr>zh-CN</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GrammarlyDocumentId">
     <vt:lpwstr>eded37cce19997c88db66a9efdf23aacbc89af65b15fa414ef1c53fbf0866134</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLangLocale">
+    <vt:lpwstr>zh-hans</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="docLang">
+    <vt:lpwstr>zh</vt:lpwstr>
+  </property>
 </Properties>
 </file>