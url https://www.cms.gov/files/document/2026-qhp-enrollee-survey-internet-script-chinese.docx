--- v0 (2025-12-05)
+++ v1 (2026-03-28)
@@ -1,50 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4E45F07F" w14:textId="4A489D7A" w:rsidR="007A6200" w:rsidRPr="00A62DF1" w:rsidRDefault="678903ED" w:rsidP="009169F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00BD6B8D">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="004C46A1">
@@ -628,88 +623,88 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="14186656" w14:textId="1923E1C0" w:rsidR="007A6200" w:rsidRPr="00A62DF1" w:rsidRDefault="007A6200" w:rsidP="00C90456">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:lastRenderedPageBreak/>
         <w:t>Programming Specifications</w:t>
       </w:r>
       <w:r w:rsidR="003711CC" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> and System Requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071AB1C2" w14:textId="45496972" w:rsidR="007A6200" w:rsidRPr="00A62DF1" w:rsidRDefault="007A6200" w:rsidP="001B124D">
+    <w:p w14:paraId="3489F0A7" w14:textId="77777777" w:rsidR="00735B9B" w:rsidRDefault="007A6200" w:rsidP="00735B9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00237620" w:rsidRPr="00A62DF1">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">nternet survey instrument </w:t>
       </w:r>
       <w:r w:rsidR="00136DFF" w:rsidRPr="00A62DF1">
         <w:t>must be</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> programmed to adhere to all survey skip patterns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26222204" w14:textId="0A571A31" w:rsidR="007A6200" w:rsidRPr="00A62DF1" w:rsidRDefault="00BA0640" w:rsidP="001B124D">
+    <w:p w14:paraId="18231AE1" w14:textId="77777777" w:rsidR="00735B9B" w:rsidRDefault="00BA0640" w:rsidP="00735B9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>Unless otherwise noted, all q</w:t>
       </w:r>
       <w:r w:rsidR="007A6200" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">uestions </w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">are programmed to </w:t>
       </w:r>
       <w:r w:rsidR="007A6200" w:rsidRPr="00A62DF1">
         <w:t>accept only one response.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067FB252" w14:textId="4A9482D2" w:rsidR="007A6200" w:rsidRPr="00A62DF1" w:rsidRDefault="007A6200" w:rsidP="001B124D">
+    <w:p w14:paraId="067FB252" w14:textId="4A78D228" w:rsidR="007A6200" w:rsidRPr="00A62DF1" w:rsidRDefault="007A6200" w:rsidP="00735B9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">Each question </w:t>
       </w:r>
       <w:r w:rsidR="00C103D9" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">be programmed to allow the respondent to skip the question without providing a response and </w:t>
       </w:r>
       <w:r w:rsidR="00BA0640" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>proceed to the next</w:t>
       </w:r>
       <w:r w:rsidR="00BA0640" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> appropriate </w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>survey question.</w:t>
       </w:r>
     </w:p>
@@ -1071,63 +1066,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B56E01" w14:textId="10C3C5EC" w:rsidR="000B783B" w:rsidRPr="00A62DF1" w:rsidRDefault="000B783B" w:rsidP="00C90456">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00A91E26" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">nternet </w:t>
       </w:r>
       <w:r w:rsidR="008435F3" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">Survey </w:t>
       </w:r>
       <w:r w:rsidR="00E90580" w:rsidRPr="00A62DF1">
         <w:t>Login</w:t>
       </w:r>
       <w:r w:rsidR="00A91E26" w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:commentReference w:id="0"/>
+        <w:t xml:space="preserve"> Page</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717217B6" w14:textId="319DF9E4" w:rsidR="000667C2" w:rsidRPr="00A62DF1" w:rsidRDefault="000667C2" w:rsidP="007A0B84">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[VENDOR LOGO]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:tab/>
@@ -2331,51 +2314,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47A414F7" wp14:editId="3F7F0357">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="3" name="Picture 3" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="158CC41C" w14:textId="6227351D" w:rsidR="005C1E4F" w:rsidRPr="0073737A" w:rsidRDefault="00333FB1" w:rsidP="00873CD4">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2387,226 +2370,200 @@
         <w:ind w:left="540" w:hanging="540"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00333FB1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>我们的记录显示，您目前加入的是</w:t>
       </w:r>
       <w:r w:rsidRPr="00333FB1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>{QHP Issuer Name}</w:t>
       </w:r>
       <w:r w:rsidRPr="00333FB1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。是否正确？</w:t>
       </w:r>
       <w:r w:rsidR="4C12D7B2" w:rsidRPr="3664FD76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461AE0A3" w14:textId="5B447489" w:rsidR="70338747" w:rsidRDefault="00887CCE" w:rsidP="3664FD76">
+    <w:p w14:paraId="461AE0A3" w14:textId="78EE1834" w:rsidR="70338747" w:rsidRPr="00E04B2F" w:rsidRDefault="00E04B2F" w:rsidP="3664FD76">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="950"/>
         </w:tabs>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:hanging="648"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:color w:val="2B579A"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
-              <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="70338747" w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+      <w:r w:rsidR="009E16E5" w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009E16E5" w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="70338747" w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="70338747" w:rsidRPr="3664FD76">
-[...39 lines deleted...]
-      <w:r w:rsidR="001E58D3" w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="001E58D3" w:rsidRPr="00E04B2F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>[IF YES, GO TO #3]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B239CDE" w14:textId="3F9D1ACE" w:rsidR="70338747" w:rsidRDefault="00887CCE" w:rsidP="3664FD76">
+    <w:p w14:paraId="4B239CDE" w14:textId="408A3DBC" w:rsidR="70338747" w:rsidRPr="00E04B2F" w:rsidRDefault="00E04B2F" w:rsidP="3664FD76">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="950"/>
         </w:tabs>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:hanging="648"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:color w:val="2B579A"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="70338747" w:rsidRPr="3664FD76">
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="70338747" w:rsidRPr="00E04B2F">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0076E059" w14:textId="63CCB20A" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0067192D" w:rsidP="009B2FFB">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="360" w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">[IF Q1 IS SKIPPED, SURVEY </w:t>
       </w:r>
       <w:r w:rsidR="00FC70A3" w:rsidRPr="00A62DF1">
         <w:t>MUST</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> BE PROGRAMMED TO PROCEED TO Q2</w:t>
       </w:r>
       <w:r w:rsidR="00440447" w:rsidRPr="00A62DF1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
@@ -2624,51 +2581,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EFF8F9E" wp14:editId="6DF53C63">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="30" name="Picture 30" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="30" name="Picture 30" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E2261FE" w14:textId="17D49531" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="01FFAFE6" w:rsidP="3664FD76">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2786,51 +2743,51 @@
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="432"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AC6901C" wp14:editId="3DE1F409">
             <wp:extent cx="5943600" cy="70485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="1" name="Picture 1" descr="Solid RED line indicating a webpage break between survey sections. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="70485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -2994,1053 +2951,855 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>络</w:t>
       </w:r>
       <w:r w:rsidRPr="3664FD76">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>上找到您所需的关于您健保计划如何运作的资讯</w:t>
       </w:r>
       <w:r w:rsidRPr="3664FD76">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
       <w:r w:rsidRPr="3664FD76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11792402" w14:textId="7D3CD8E4" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="11792402" w14:textId="2B4EF71F" w:rsidR="003679B2" w:rsidRPr="00E04B2F" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B57B2A" w:rsidRPr="009914B7">
+      <w:r w:rsidR="00B57B2A" w:rsidRPr="00E04B2F">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6727D5" w14:textId="69810CD9" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="6F6727D5" w14:textId="1B4C0040" w:rsidR="003679B2" w:rsidRPr="00E04B2F" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="695F8911" w:rsidRPr="3664FD76">
+      <w:r w:rsidR="695F8911" w:rsidRPr="00E04B2F">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
-      <w:r w:rsidR="695F8911" w:rsidRPr="3664FD76">
+      <w:r w:rsidR="695F8911" w:rsidRPr="00E04B2F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636FFEAD" w14:textId="6C9D40B8" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="636FFEAD" w14:textId="1D31052F" w:rsidR="003679B2" w:rsidRPr="00E04B2F" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="698D4869" w:rsidRPr="3664FD76">
+      <w:r w:rsidR="698D4869" w:rsidRPr="00E04B2F">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
-      <w:r w:rsidR="698D4869" w:rsidRPr="3664FD76">
+      <w:r w:rsidR="698D4869" w:rsidRPr="00E04B2F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D352C22" w14:textId="0EE99D72" w:rsidR="00DF31AD" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00D30A2A">
+    <w:p w14:paraId="6D352C22" w14:textId="4EB2732B" w:rsidR="00DF31AD" w:rsidRPr="00E04B2F" w:rsidRDefault="00E04B2F" w:rsidP="00D30A2A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6950F7AB" w:rsidRPr="3664FD76">
+      <w:r w:rsidR="6950F7AB" w:rsidRPr="00E04B2F">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>总是</w:t>
       </w:r>
-      <w:r w:rsidR="6950F7AB" w:rsidRPr="3664FD76">
+      <w:r w:rsidR="6950F7AB" w:rsidRPr="00E04B2F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE2FFC5" w14:textId="4EB5E1C3" w:rsidR="008638A2" w:rsidRPr="00A62DF1" w:rsidRDefault="008638A2" w:rsidP="00D30A2A">
+    <w:p w14:paraId="6AE2FFC5" w14:textId="3867B21C" w:rsidR="008638A2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="00D30A2A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:ind w:left="619" w:hanging="43"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+        </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...1 lines deleted...]
-          <w:color w:val="2B579A"/>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="180B8531" w:rsidRPr="00E04B2F">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>不适用</w:t>
       </w:r>
       <w:r w:rsidR="180B8531" w:rsidRPr="3664FD76">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>不适用；我没有寻找关于健保计划的任何资讯</w:t>
+        <w:t>；我没有寻找关于健保计划的任何资讯</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42905225" w14:textId="35A7C344" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0045068C" w:rsidP="0045068C">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="009914B7">
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:t>个月中，您多常通过您的健保计划了解您需为健康照护服务或器材支付多少</w:t>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009914B7">
         <w:t>费用？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35AC319B" w14:textId="6180CDBC" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="35AC319B" w14:textId="4C9D79A4" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006C5139" w:rsidRPr="006C5139">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F7CAD2" w14:textId="4F023638" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="29F7CAD2" w14:textId="36D0F510" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001813F1" w:rsidRPr="001813F1">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222CA705" w14:textId="38292951" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="222CA705" w14:textId="6B2E513B" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00266BB7" w:rsidRPr="00266BB7">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26101E4B" w14:textId="0D9D9F75" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="26101E4B" w14:textId="49A27EE1" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D71E4F" w:rsidRPr="00D71E4F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5366F4EB" w14:textId="54D0753D" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="008638A2" w:rsidP="005F1282">
+    <w:p w14:paraId="5366F4EB" w14:textId="2E2E9A70" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="005F1282">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A5464" w:rsidRPr="005A5464">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；我没有去了解需为健康照护服务或器材支付多少费用</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C20879" w14:textId="7C0A5E66" w:rsidR="003679B2" w:rsidRPr="00040B49" w:rsidRDefault="00040B49" w:rsidP="00040B49">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040B49">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">在过去 </w:t>
       </w:r>
       <w:r w:rsidRPr="00040B49">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00040B49">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 个月中，您多常通过您的健保计划</w:t>
       </w:r>
       <w:r w:rsidRPr="00040B49">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>了解您需为特定处方药物支付多少费用？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BCBE107" w14:textId="2517D722" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="1BCBE107" w14:textId="699CEB85" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00E04B2F" w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD1F40" w:rsidRPr="00FD1F40">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77847F90" w14:textId="0BBFB631" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="77847F90" w14:textId="4F67FB53" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E02676" w:rsidRPr="00E02676">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311EB618" w14:textId="321E8E22" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="311EB618" w14:textId="2845D833" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00564C10" w:rsidRPr="00564C10">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="023C7716" w14:textId="2EC07125" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="023C7716" w14:textId="39989141" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00652878" w:rsidRPr="00652878">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05703930" w14:textId="60935250" w:rsidR="008638A2" w:rsidRPr="00A62DF1" w:rsidRDefault="008638A2" w:rsidP="005F1282">
+    <w:p w14:paraId="05703930" w14:textId="4E3CC31F" w:rsidR="008638A2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="005F1282">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB01C0" w:rsidRPr="00CB01C0">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；我没有寻找关于需为处方药物支付多少费用的任何资讯</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD9D33E" w14:textId="128088B6" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="680968B6" wp14:editId="68E01B88">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="35" name="Picture 35" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="35" name="Picture 35" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="23E3DA29" w14:textId="54709861" w:rsidR="003679B2" w:rsidRPr="00BB6E2C" w:rsidRDefault="00BB6E2C" w:rsidP="00BB6E2C">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4057,378 +3816,288 @@
       <w:r w:rsidRPr="00BB6E2C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6E2C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6E2C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您多常从您健保计划的客户服务部取得您所需的资讯或帮助？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77350F9D" w14:textId="68CDF639" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="77350F9D" w14:textId="579107F1" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D51EB" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A4E721" w14:textId="61697043" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="49A4E721" w14:textId="4D25E1AA" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B630C5" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5643C8CF" w14:textId="2EAEACBD" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="5643C8CF" w14:textId="0FAA215D" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000F0431" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017B95A7" w14:textId="570321C5" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="017B95A7" w14:textId="6E0F3A33" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00E04B2F" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00753CEB" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="104E5AAD" w14:textId="1395F7B8" w:rsidR="008638A2" w:rsidRPr="00A62DF1" w:rsidRDefault="008638A2" w:rsidP="008638A2">
+    <w:p w14:paraId="104E5AAD" w14:textId="5B4AADF8" w:rsidR="008638A2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="008638A2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00E04B2F" w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00710BEE" w:rsidRPr="00710BEE">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；我没有联络我健保计划的客户服务部以获取资讯或帮助</w:t>
       </w:r>
       <w:r w:rsidR="00E92D94" w:rsidRPr="00A62DF1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="007C734B" w:rsidRPr="00A62DF1">
         <w:t>[IF NOT APPLICABLE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="008638A2" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007C734B" w:rsidRPr="00A62DF1">
         <w:t>GO TO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="008638A2" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> #9</w:t>
       </w:r>
       <w:r w:rsidR="007C734B" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="239343F8" w14:textId="7C4FAC4E" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="009E75A2" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17923289" wp14:editId="5760E785">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="56" name="Picture 56" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="56" name="Picture 56" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="42EFFB2E" w14:textId="266DBDA2" w:rsidR="003679B2" w:rsidRPr="00FC1EC6" w:rsidRDefault="00FC1EC6" w:rsidP="00FC1EC6">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4444,1498 +4113,1121 @@
       <w:r w:rsidRPr="00FC1EC6">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1EC6">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1EC6">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您健保计划的客户服务部职员多常以礼貌和尊重的方式对待您？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B83F5A5" w14:textId="393F633D" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="0B83F5A5" w14:textId="4C33E278" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0032308E" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60737DED" w14:textId="5107F942" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="60737DED" w14:textId="49826720" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D7199C" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B2D5C6" w14:textId="50B090BE" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="49B2D5C6" w14:textId="6603306F" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD27C3" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6C3BA7" w14:textId="65AADCFF" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A05F5A">
+    <w:p w14:paraId="2F6C3BA7" w14:textId="1BAE3011" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009702F8" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76748A8E" w14:textId="5AFD413E" w:rsidR="003679B2" w:rsidRPr="00281F73" w:rsidRDefault="00281F73" w:rsidP="00281F73">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="100"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00281F73">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00281F73">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00281F73">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您等待与您健保计划的客户服务部职员通话的时间多常超过预期？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF46477" w14:textId="0EE2E532" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="6FF46477" w14:textId="587CA87E" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00564D79" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DBF253D" w14:textId="1E5354CE" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="0DBF253D" w14:textId="08ED0654" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004301BF" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7904604F" w14:textId="408DB197" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="7904604F" w14:textId="5DB9FB69" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F42C9B" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A69B06B" w14:textId="0D53F684" w:rsidR="00D10113" w:rsidRPr="00A62DF1" w:rsidRDefault="00D10113" w:rsidP="00D10113">
+    <w:p w14:paraId="2A69B06B" w14:textId="2B86F68E" w:rsidR="00D10113" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00D10113">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C1D19" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="343D9F54" w14:textId="2D334C4B" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk115356501"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk115356501"/>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2402ABAB" wp14:editId="36FF4DBA">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="36" name="Picture 36" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="36" name="Picture 36" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6680351D" w14:textId="39950472" w:rsidR="003679B2" w:rsidRPr="00D2077E" w:rsidRDefault="00D2077E" w:rsidP="00D2077E">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="100"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref134791005"/>
+      <w:bookmarkStart w:id="1" w:name="_Ref134791005"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D2077E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="zh-TW"/>
+        </w:rPr>
+        <w:t>在过去</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2077E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2077E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="zh-TW"/>
+        </w:rPr>
+        <w:t>个月中，您健保计划给您填写的表格容易填写的频率有多高？</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00D2077E">
-[...25 lines deleted...]
-    <w:p w14:paraId="5F8296E3" w14:textId="73B24189" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    </w:p>
+    <w:p w14:paraId="5F8296E3" w14:textId="36AA697F" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D804A9" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE37E3F" w14:textId="70072FC7" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="2FE37E3F" w14:textId="59C91A16" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00242F3B" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456F136C" w14:textId="1E9DC1AE" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="456F136C" w14:textId="32861B62" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001C38CF" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5148FC96" w14:textId="3D58DFE1" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="5148FC96" w14:textId="367248E0" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00F50873" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A73D46" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5EB49D" w14:textId="6900AE6D" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="00E546F0">
+    <w:p w14:paraId="0A5EB49D" w14:textId="46F6B1AE" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00625240" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00F50873" w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00042D98" w:rsidRPr="009914B7">
         <w:t>不适用；健保计划没有给我任何表格让我填写</w:t>
       </w:r>
       <w:r w:rsidR="00042D98" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DE7128" w:rsidRPr="00A62DF1">
         <w:t>[IF NOT APPLICABLE, GO TO #13]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA709EF" w14:textId="1ACF725E" w:rsidR="009B2FFB" w:rsidRDefault="009E75A2" w:rsidP="00824731">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk115356520"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk115356520"/>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FF7A3AC" wp14:editId="540C4307">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="57" name="Picture 57" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="57" name="Picture 57" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="009B2FFB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="68D2AFD7" w14:textId="3F3C0FB6" w:rsidR="003679B2" w:rsidRPr="00454602" w:rsidRDefault="00454602" w:rsidP="00454602">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00454602">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">在过去 </w:t>
       </w:r>
       <w:r w:rsidRPr="00454602">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00454602">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，在您填写表格前，健保计</w:t>
       </w:r>
       <w:r w:rsidRPr="00454602">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>划多常向您解释表格的目的？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B0ADEF" w14:textId="4C423C6E" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="75B0ADEF" w14:textId="2AFF1B8D" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A114B5" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160D9A12" w14:textId="05D6B0DC" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="160D9A12" w14:textId="11A97589" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002F7F1E" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22DC5BEA" w14:textId="138C7FC7" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="22DC5BEA" w14:textId="0C9DB8E4" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C66FE4" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ABEDC66" w14:textId="34D8F94C" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00E546F0">
+    <w:p w14:paraId="7ABEDC66" w14:textId="22BCFA6B" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CA5BF3" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087238F3" w14:textId="433695D0" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF21A4" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="547" w:hanging="547"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF21A4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF21A4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF21A4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您需要填写的表格多常以您惯用的语言提供</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20FF790D" w14:textId="2A3FEDAD" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="20FF790D" w14:textId="20BD3C5F" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE576B" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D3B919" w14:textId="414DA972" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="03D3B919" w14:textId="5B71D3E0" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C67121" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C70B199" w14:textId="641C55D5" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="6C70B199" w14:textId="1EE69AE4" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007B102C" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CFB531" w14:textId="0E58E340" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A05F5A">
+    <w:p w14:paraId="05CFB531" w14:textId="66A3CA9E" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="0015427E" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A40BD2" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="583FEABD" w14:textId="1BDDD8C8" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="006567EC" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="547" w:hanging="547"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
@@ -5959,317 +5251,227 @@
       <w:r w:rsidRPr="006567EC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您需要填写的表格多常以您所需的格式</w:t>
       </w:r>
       <w:r w:rsidRPr="006567EC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006567EC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>，例如大字体或盲文，提供</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271D46DA" w14:textId="3B14E56C" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="271D46DA" w14:textId="47FED5EA" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000217D0" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2933EC25" w14:textId="77551BDB" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="2933EC25" w14:textId="36AA4EE3" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C32FAB" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F6FDD7" w14:textId="309A5CCA" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="47F6FDD7" w14:textId="69A32632" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E804A7" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6974F5FF" w14:textId="75819783" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="00A52E01">
+    <w:p w14:paraId="6974F5FF" w14:textId="7434A004" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0015427E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C02240" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6723254F" w14:textId="5068E8FF" w:rsidR="006F67E9" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="002A1E24">
+    <w:p w14:paraId="6723254F" w14:textId="467BCA08" w:rsidR="006F67E9" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0015427E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001E2C6D" w:rsidRPr="001E2C6D">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；不需要不同格式的表格</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9E6E73" w14:textId="66DE085C" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="000C6307" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
         </w:tabs>
         <w:spacing w:before="240"/>
@@ -6296,526 +5498,382 @@
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您的健保计划多常</w:t>
       </w:r>
       <w:r w:rsidRPr="000C6307">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>未</w:t>
       </w:r>
       <w:r w:rsidRPr="000C6307">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>支付您医师说您需要的照护</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F002D43" w14:textId="6A1F988A" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="00A52E01">
+    <w:p w14:paraId="1F002D43" w14:textId="778BD76B" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB35B5" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D52400" w14:textId="7FE13BC6" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="00A52E01">
+    <w:p w14:paraId="64D52400" w14:textId="30A1521E" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00612B77" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD30AD6" w14:textId="7B0BAA6F" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="00A52E01">
+    <w:p w14:paraId="5FD30AD6" w14:textId="33BFD54B" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0015745E" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5390BB" w14:textId="5328B6FD" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="00A52E01">
+    <w:p w14:paraId="3E5390BB" w14:textId="218EF38E" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A52E01">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C6BD2" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61A55081" w14:textId="385626D7" w:rsidR="007C734B" w:rsidRPr="002A2466" w:rsidRDefault="002A2466" w:rsidP="002A2466">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A2466">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="002A2466">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="002A2466">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您多常需要自己支付您认为您的健保计划会支付的照护？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E0E5D0D" w14:textId="47C3A431" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="002A1CE7">
+    <w:p w14:paraId="1E0E5D0D" w14:textId="613CA421" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00860D73" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28147CB0" w14:textId="0B3CD9F3" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="002A1CE7">
+    <w:p w14:paraId="28147CB0" w14:textId="18241BAE" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003846F2" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350031EC" w14:textId="5633A3A3" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="002A1CE7">
+    <w:p w14:paraId="350031EC" w14:textId="7CBAAAE6" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F72302" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1EC3C9" w14:textId="73496EAA" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="00A05F5A">
+    <w:p w14:paraId="4A1EC3C9" w14:textId="7F798622" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E0E2D" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08B06BC7" w14:textId="440B0DEF" w:rsidR="007C734B" w:rsidRPr="00FB6297" w:rsidRDefault="00FB6297" w:rsidP="00FB6297">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6297">
@@ -6879,1037 +5937,750 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不要</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6297">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>包括牙科照护</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6297">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73235D46" w14:textId="4C3ABC9A" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="007C734B">
+    <w:p w14:paraId="73235D46" w14:textId="770CA103" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="007C734B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0012164B" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBE382C" w14:textId="1D0489EC" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="007C734B">
+    <w:p w14:paraId="2EBE382C" w14:textId="19733372" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="007C734B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D66F3C" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="527DBFA2" w14:textId="3506F16A" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="007C734B">
+    <w:p w14:paraId="527DBFA2" w14:textId="4918F0DA" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="007C734B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DF5F2D" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2D86EA" w14:textId="44CC8167" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="007C734B" w:rsidP="007C734B">
+    <w:p w14:paraId="3D2D86EA" w14:textId="429A52F7" w:rsidR="007C734B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="007C734B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B126F0" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB0D9EE" w14:textId="2EA8732A" w:rsidR="001157D8" w:rsidRPr="00123424" w:rsidRDefault="00123424" w:rsidP="00123424">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00123424">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00123424">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00123424">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您多常因担忧费用问题而延迟或</w:t>
       </w:r>
       <w:r w:rsidRPr="00123424">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>取消</w:t>
       </w:r>
       <w:r w:rsidRPr="00123424">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>补充处方药物？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA5601D" w14:textId="343E5531" w:rsidR="001157D8" w:rsidRPr="00A62DF1" w:rsidRDefault="001157D8" w:rsidP="001157D8">
+    <w:p w14:paraId="7AA5601D" w14:textId="6626B31A" w:rsidR="001157D8" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="001157D8">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008B37FF" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35654507" w14:textId="520A6B20" w:rsidR="001157D8" w:rsidRPr="00A62DF1" w:rsidRDefault="001157D8" w:rsidP="001157D8">
+    <w:p w14:paraId="35654507" w14:textId="1E39AD7E" w:rsidR="001157D8" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="001157D8">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00903282" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0915E733" w14:textId="3E5B6BCD" w:rsidR="001157D8" w:rsidRPr="00A62DF1" w:rsidRDefault="001157D8" w:rsidP="001157D8">
+    <w:p w14:paraId="0915E733" w14:textId="358EF864" w:rsidR="001157D8" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="001157D8">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00846219" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AD7433" w14:textId="200033EB" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="001157D8" w:rsidP="00A05F5A">
+    <w:p w14:paraId="67AD7433" w14:textId="521466EA" w:rsidR="00A52E01" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E93605" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC41929" w14:textId="1C22F2C1" w:rsidR="009C34EA" w:rsidRPr="00BD7224" w:rsidRDefault="00BD7224" w:rsidP="00BD7224">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="left" w:pos="180"/>
         </w:tabs>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD7224">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您对健康保险词汇的理解自信程度为何？</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="4" w:name="_Hlk519604262"/>
-    <w:p w14:paraId="42628659" w14:textId="5A765B05" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:bookmarkStart w:id="3" w:name="_Hlk519604262"/>
+    <w:p w14:paraId="42628659" w14:textId="10F96B4C" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006352B6" w:rsidRPr="009914B7">
         <w:t>完全没有自信</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C8EA89" w14:textId="71985DBC" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:p w14:paraId="58C8EA89" w14:textId="2FC757FB" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CF00B6" w:rsidRPr="009914B7">
         <w:t>有点自信</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDA7152" w14:textId="3286D6CD" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:p w14:paraId="2EDA7152" w14:textId="7E4C51C3" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D85827" w:rsidRPr="009914B7">
         <w:t>自信程度居中</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3A31AE" w14:textId="246198D0" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:p w14:paraId="0D3A31AE" w14:textId="3B2906C6" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB43D2" w:rsidRPr="009914B7">
         <w:t>非常有自信</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="25EBF046" w14:textId="74565DCE" w:rsidR="009C34EA" w:rsidRPr="00F26698" w:rsidRDefault="00F26698" w:rsidP="00F26698">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F26698">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您对以下叙述的自信程度为何：您了解使用健康保险所需要了解的大部分事项。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18CBCBE8" w14:textId="05FC8AAA" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:p w14:paraId="18CBCBE8" w14:textId="5237DB8F" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005072C5" w:rsidRPr="009914B7">
         <w:t>完全没有自信</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5A552D" w14:textId="6CF982FF" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:p w14:paraId="5D5A552D" w14:textId="72158617" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0061448A" w:rsidRPr="009914B7">
         <w:t>有点自信</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D828DA4" w14:textId="554C7CA4" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:p w14:paraId="6D828DA4" w14:textId="68DDC0D5" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006323E0" w:rsidRPr="009914B7">
         <w:t>自信程度居中</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4480B4CE" w14:textId="23D5E1A7" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="009C34EA" w:rsidP="009C34EA">
+    <w:p w14:paraId="4480B4CE" w14:textId="4C9F773E" w:rsidR="009C34EA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009C34EA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007A0B84" w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0054399B" w:rsidRPr="009914B7">
         <w:t>非常有自信</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4523E3D4" w14:textId="085CDBFC" w:rsidR="00592DA8" w:rsidRPr="00114E70" w:rsidRDefault="00C142A2" w:rsidP="00114E70">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
@@ -8000,691 +6771,515 @@
       <w:r w:rsidRPr="00C142A2">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">最佳健保计划，您会用哪个数字来评价过去 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C142A2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00C142A2">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 个月中您健保计划的表现？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEEDC54" w14:textId="13E10C44" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="7AEEDC54" w14:textId="6C4A007C" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB6061" w:rsidRPr="00CB6061">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>代表可能存在的最糟健保计划</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388787F7" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="388787F7" w14:textId="7E192C49" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4277E114" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="4277E114" w14:textId="69E158C8" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C0287A6" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="0C0287A6" w14:textId="068736AC" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581A9470" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="581A9470" w14:textId="00A5F3C3" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBD822E" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="0EBD822E" w14:textId="71D45668" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1737CAFF" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="1737CAFF" w14:textId="0E8BACD4" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52735986" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="52735986" w14:textId="4B133023" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E3E4F0F" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="2E3E4F0F" w14:textId="0C3F56C5" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276BC313" w14:textId="77777777" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="276BC313" w14:textId="1BDACDAC" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C277476" w14:textId="26911374" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="003679B2" w:rsidP="003679B2">
+    <w:p w14:paraId="6C277476" w14:textId="023F3525" w:rsidR="003679B2" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="003679B2">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="003679B2" w:rsidRPr="00A62DF1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00B262A3" w:rsidRPr="00B262A3">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>代表可能存在的最佳健保计划</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5555C7AC" w14:textId="7EA944E6" w:rsidR="0097119E" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="0097119E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="432"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk115354817"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk115354817"/>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EC53A98" wp14:editId="4EDECFAE">
             <wp:extent cx="5943600" cy="70485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="7" name="Picture 7" descr="Solid RED line indicating a webpage break between survey sections. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Solid RED line indicating a webpage break between survey sections. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="70485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="13A0FD9F" w14:textId="75ECBD03" w:rsidR="00A1213A" w:rsidRDefault="00A1213A" w:rsidP="005C1F05">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyText"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1213A">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>您</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1213A">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
           <w:b/>
@@ -8949,50 +7544,51 @@
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>月使用健保计划的体验回答问题。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6971CBA7" w14:textId="78D94C6A" w:rsidR="001F6E60" w:rsidRPr="00CA7120" w:rsidRDefault="00CA7120" w:rsidP="00CA7120">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA7120">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7120">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7120">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，为了方便您不需要亲自</w:t>
       </w:r>
       <w:r w:rsidR="00D06CF4" w:rsidRPr="00D06CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>前往</w:t>
@@ -9008,260 +7604,188 @@
       <w:r w:rsidRPr="00CA7120">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7120">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您通常的医师或初级保健工作人员是否提供电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7120">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A874D6" w14:textId="08CE4A4A" w:rsidR="00590803" w:rsidRPr="00A62DF1" w:rsidRDefault="00590803" w:rsidP="00821FF1">
+    <w:p w14:paraId="23A874D6" w14:textId="5D22AB9F" w:rsidR="00590803" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00821FF1">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D45DAE" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA24E74" w14:textId="5E6FDC72" w:rsidR="00590803" w:rsidRPr="00A62DF1" w:rsidRDefault="00590803" w:rsidP="000F45FC">
+    <w:p w14:paraId="2EA24E74" w14:textId="7463ED87" w:rsidR="00590803" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="000F45FC">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB26BF" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107AF170" w14:textId="5DD17700" w:rsidR="00EE4CAE" w:rsidRPr="00A62DF1" w:rsidRDefault="00EE4CAE" w:rsidP="000F45FC">
+    <w:p w14:paraId="107AF170" w14:textId="0CFE2BE8" w:rsidR="00EE4CAE" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="000F45FC">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CC025A" w:rsidRPr="009914B7">
         <w:t>不知道</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71962DDE" w14:textId="42D99946" w:rsidR="00EE4CAE" w:rsidRPr="00A62DF1" w:rsidRDefault="00EE4CAE" w:rsidP="00EE4CAE">
+    <w:p w14:paraId="71962DDE" w14:textId="52A716CA" w:rsidR="00EE4CAE" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00EE4CAE">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A61065" w:rsidRPr="00A61065">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；我没有个人医师</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2A9096" w14:textId="6E255D86" w:rsidR="005C1E4F" w:rsidRPr="002011B9" w:rsidRDefault="002011B9" w:rsidP="002011B9">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
@@ -9327,314 +7851,224 @@
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002011B9">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="002011B9">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF9980B" w14:textId="137D520B" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="005C1E4F" w:rsidP="006C4043">
+    <w:p w14:paraId="3DF9980B" w14:textId="074D6A2E" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C3E11" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4AB7C3" w14:textId="5DFD2B0E" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="005C1E4F" w:rsidP="006C4043">
+    <w:p w14:paraId="2B4AB7C3" w14:textId="2A2E0CFB" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000B345A" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C787E8A" w14:textId="5776F044" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="005C1E4F" w:rsidP="006C4043">
+    <w:p w14:paraId="6C787E8A" w14:textId="3A24F9A0" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004B08B2" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659B7801" w14:textId="7C9509A1" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="005C1E4F" w:rsidP="006C4043">
+    <w:p w14:paraId="659B7801" w14:textId="376E3AFF" w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004572CE" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21899DB3" w14:textId="3A5CDEDF" w:rsidR="00F35A65" w:rsidRPr="00A62DF1" w:rsidRDefault="00F35A65" w:rsidP="00F35A65">
+    <w:p w14:paraId="21899DB3" w14:textId="216AB9D7" w:rsidR="00F35A65" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00F35A65">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008E72B3" w:rsidRPr="008E72B3">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；不需要立即取得照护</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE5C79C" w14:textId="311C88C1" w:rsidR="00A809B0" w:rsidRPr="002075FA" w:rsidRDefault="002075FA" w:rsidP="002075FA">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
@@ -9700,362 +8134,272 @@
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="002075FA">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="002075FA">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762798C4" w14:textId="2416DC43" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="006C4043">
+    <w:p w14:paraId="762798C4" w14:textId="7D14B4DE" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001A0EC0" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="681C8306" w14:textId="451C27B8" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="006C4043">
+    <w:p w14:paraId="681C8306" w14:textId="68C2AAC1" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E40E6A" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DB65B5" w14:textId="6F3DA5C7" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="006C4043">
+    <w:p w14:paraId="28DB65B5" w14:textId="2BB7A23A" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004373F9" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E9155F" w14:textId="2D365C3D" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="006C4043">
+    <w:p w14:paraId="64E9155F" w14:textId="21F5B242" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002D391D" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA7D200" w14:textId="7DBE58EF" w:rsidR="002A108B" w:rsidRPr="00A62DF1" w:rsidRDefault="002A108B" w:rsidP="002A108B">
+    <w:p w14:paraId="2EA7D200" w14:textId="3392F5DF" w:rsidR="002A108B" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="002A108B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002B09DE" w:rsidRPr="002B09DE">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；没有进行就诊</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CDAB3E6" w14:textId="53BCF4EB" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="0083233C">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="130CC001" wp14:editId="47438157">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="38" name="Picture 38" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="38" name="Picture 38" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D04A6D" w14:textId="1E567AA9" w:rsidR="00A809B0" w:rsidRPr="00A55CC2" w:rsidRDefault="00A55CC2" w:rsidP="00A55CC2">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -10130,519 +8474,403 @@
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A55CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00A55CC2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC40140" w14:textId="511FB185" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="0083233C">
+    <w:p w14:paraId="5BC40140" w14:textId="7606DDA6" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0083233C">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D07176" w:rsidRPr="00D07176">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>没有</w:t>
       </w:r>
       <w:r w:rsidR="00D07176" w:rsidRPr="00D07176">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C1F05">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005C1F05" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>[IF NONE, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="0038559B" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001C53AD" w:rsidRPr="00A62DF1">
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0970E34C" w14:textId="51CD5595" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="0083233C">
+    <w:p w14:paraId="0970E34C" w14:textId="600437B6" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0083233C">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="009D5A0B" w:rsidRPr="009914B7">
         <w:t>次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACC956E" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="0083233C">
+    <w:p w14:paraId="4ACC956E" w14:textId="0915F81E" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0083233C">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="258D66FE" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="0083233C">
+    <w:p w14:paraId="258D66FE" w14:textId="7A6CB765" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0083233C">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB4E36F" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="0083233C">
+    <w:p w14:paraId="3CB4E36F" w14:textId="5666D96E" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0083233C">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0285E5E8" w14:textId="52A00F99" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="0083233C">
+    <w:p w14:paraId="0285E5E8" w14:textId="4696AA86" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="0083233C">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00187681">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00187681">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F712B5" w:rsidRPr="009914B7">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidR="00F712B5" w:rsidRPr="009914B7">
         <w:t>次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D61F2D8" w14:textId="64308552" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="006C4043">
+    <w:p w14:paraId="6D61F2D8" w14:textId="78AA6A65" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidR="0057585A" w:rsidRPr="009914B7">
         <w:t>次或以上</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E9CDE9" w14:textId="4420A60E" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="009E75A2" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="338F4F63" wp14:editId="08B6DB04">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="59" name="Picture 59" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="59" name="Picture 59" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="25BDFD4E" w14:textId="0BDDE347" w:rsidR="00BE47DF" w:rsidRPr="00D167C0" w:rsidRDefault="00D167C0" w:rsidP="00D167C0">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -10699,290 +8927,219 @@
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D167C0">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00D167C0">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AB6FBB" w14:textId="34FF7DBC" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="04AB6FBB" w14:textId="3284EF43" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CF43D8" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FEA1CF8" w14:textId="79421356" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="3FEA1CF8" w14:textId="46664252" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00601E08" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13662D3D" w14:textId="7CE35005" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="13662D3D" w14:textId="1BC557F7" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A3159" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDDBE76" w14:textId="0FACEE8A" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="6EDDBE76" w14:textId="400AAE66" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00312504" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDE3F2B" w14:textId="41B6068D" w:rsidR="00BE47DF" w:rsidRPr="00EB6599" w:rsidRDefault="00EB6599" w:rsidP="00EB6599">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB6599">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>口译员是帮助您与不会您语言的其他人交流的人员。在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6599">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6599">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，当您于医师办公室或诊所需要口译员时，您多常能取得口译员帮助？</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6599">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
@@ -10998,319 +9155,229 @@
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6599">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB6599">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382A1B34" w14:textId="7B8C17CD" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="382A1B34" w14:textId="381635C6" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004071A8" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426277C7" w14:textId="69DAD33C" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="426277C7" w14:textId="0027F464" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00075A2A" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5699D79F" w14:textId="6B37BC0F" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="5699D79F" w14:textId="366E096E" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA4C40" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66F1CFCB" w14:textId="33A3BEBB" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BE47DF" w:rsidP="00E546F0">
+    <w:p w14:paraId="66F1CFCB" w14:textId="2B66956B" w:rsidR="00BE47DF" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C92C85" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D24D32" w14:textId="1EBFFBE8" w:rsidR="005B48A5" w:rsidRPr="00A62DF1" w:rsidRDefault="005B48A5" w:rsidP="00E546F0">
+    <w:p w14:paraId="58D24D32" w14:textId="08CB71AF" w:rsidR="005B48A5" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DF3DAB" w:rsidRPr="00DF3DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；不需要口译员</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588B391E" w14:textId="2E9868C3" w:rsidR="00A809B0" w:rsidRPr="0035704D" w:rsidRDefault="0035704D" w:rsidP="0035704D">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
@@ -11417,716 +9484,540 @@
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0035704D">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 个月中取得的所有健康照护？</w:t>
       </w:r>
       <w:r w:rsidRPr="0035704D">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>请包括亲自, 电话或视频方式的就诊.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="701B22B7" w14:textId="4F439396" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="701B22B7" w14:textId="7CD2ABCB" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00303543" w:rsidRPr="009914B7">
         <w:t>代表可能存在的最糟健康照护</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0FB91F" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="5C0FB91F" w14:textId="13C0D5EF" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623DB0CD" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="623DB0CD" w14:textId="5C807184" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B4A0CE" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="73B4A0CE" w14:textId="373B57F2" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7389F419" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="7389F419" w14:textId="53BA7656" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E664744" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="0E664744" w14:textId="75FD3BC2" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C8A9A3" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="04C8A9A3" w14:textId="3BBAD25E" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212092F5" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="212092F5" w14:textId="0D959E81" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B27214" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="79B27214" w14:textId="09F88C9A" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCF687E" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00783C3B">
+    <w:p w14:paraId="4DCF687E" w14:textId="04FDE27A" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E89419" w14:textId="6E685425" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="006C4043">
+    <w:p w14:paraId="28E89419" w14:textId="1AFB7D46" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidR="00B04E62" w:rsidRPr="00B04E62">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>代表可能存在的最佳健康照护</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0885EA4A" w14:textId="7C7357AF" w:rsidR="0097119E" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="0097119E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FF7BFCB" wp14:editId="47A06EB5">
             <wp:extent cx="5943600" cy="70485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="9" name="Picture 9" descr="Solid RED line indicating a webpage break between survey sections. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Solid RED line indicating a webpage break between survey sections. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="70485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="69838C8D" w14:textId="4D098D2D" w:rsidR="00CF20C0" w:rsidRPr="005C1F05" w:rsidRDefault="00CF20C0" w:rsidP="005C1F05">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyText"/>
         <w:keepNext/>
         <w:keepLines/>
@@ -12215,51 +10106,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DDAE790" wp14:editId="372F2569">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="39" name="Picture 39" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="39" name="Picture 39" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="37D4281E" w14:textId="7ED96A7A" w:rsidR="00807EEF" w:rsidRPr="00A62DF1" w:rsidRDefault="0096700F" w:rsidP="00FD7375">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepNext w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -12361,57 +10252,58 @@
       </w:r>
       <w:r w:rsidRPr="0096700F">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3627D752" w14:textId="3C682FA2" w:rsidR="00A809B0" w:rsidRPr="000462A1" w:rsidRDefault="000462A1" w:rsidP="000462A1">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Ref134791050"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref134791050"/>
       <w:r w:rsidRPr="000462A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="000462A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="000462A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您向您的个人医师求诊、为自己取得照护多少次？</w:t>
       </w:r>
       <w:r w:rsidRPr="000462A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
@@ -12424,626 +10316,492 @@
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000462A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="000462A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="317C22AE" w14:textId="058D4C0F" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00E43DF9">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="317C22AE" w14:textId="184557E4" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00725A96" w:rsidRPr="00725A96">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>没有</w:t>
       </w:r>
       <w:r w:rsidR="00725A96" w:rsidRPr="00725A96">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>[IF NONE, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="002272C7" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00760A13" w:rsidRPr="00A62DF1">
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="024B4867" w14:textId="2539D516" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00E43DF9">
+    <w:p w14:paraId="024B4867" w14:textId="0F6E55EB" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="005320C2" w:rsidRPr="003C31D3">
         <w:t>次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D254D12" w14:textId="09E2C50D" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00E43DF9">
+    <w:p w14:paraId="1D254D12" w14:textId="455D6F15" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0A611E" w14:textId="1EB75741" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00E43DF9">
+    <w:p w14:paraId="3B0A611E" w14:textId="44BA772D" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183C8182" w14:textId="77777777" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00E43DF9">
+    <w:p w14:paraId="183C8182" w14:textId="3309DE83" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64412840" w14:textId="4BCA200E" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00E43DF9">
+    <w:p w14:paraId="64412840" w14:textId="3B91E6D5" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003C31D3">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="003C31D3">
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r w:rsidR="005A55DD" w:rsidRPr="003C31D3">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C31D3">
+      <w:r w:rsidR="00A809B0" w:rsidRPr="003C31D3">
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidR="005A55DD" w:rsidRPr="003C31D3">
         <w:t>次</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B1F8CA" w14:textId="510D9AA3" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00A809B0" w:rsidP="00E43DF9">
+    <w:p w14:paraId="32B1F8CA" w14:textId="52DDE8C4" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A809B0" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidR="00DE7CC9" w:rsidRPr="003C31D3">
         <w:t>次或以上</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D4139B" w14:textId="21B3B637" w:rsidR="009D72CA" w:rsidRPr="00A62DF1" w:rsidRDefault="009D72CA" w:rsidP="009D72CA">
+    <w:p w14:paraId="37D4139B" w14:textId="01CAC0FC" w:rsidR="009D72CA" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="009D72CA">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B906D4" w:rsidRPr="00B906D4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；我没有个人医师</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="009D72CA" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="009D72CA" w:rsidRPr="00A62DF1">
         <w:t>[IF NOT APPLICABLE, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00803540" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00760A13" w:rsidRPr="00A62DF1">
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="009D72CA" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65FD315B" w14:textId="5D58D088" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="009E75A2" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3344C806" wp14:editId="2659F671">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="63" name="Picture 63" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="63" name="Picture 63" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A359C52" w14:textId="23B4DE9E" w:rsidR="00294023" w:rsidRPr="006B6D09" w:rsidRDefault="006B6D09" w:rsidP="006B6D09">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
@@ -13061,1076 +10819,790 @@
       <w:r w:rsidRPr="006B6D09">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="006B6D09">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6D09">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您的个人医师多常以易于理解的方式为您做出解释？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BAFA2F" w14:textId="0C26753C" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="75BAFA2F" w14:textId="39C14560" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00561E36" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="211CDBC8" w14:textId="316C646C" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="211CDBC8" w14:textId="4754F5F9" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002F7F5A" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B284120" w14:textId="417988BD" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="6B284120" w14:textId="46C95A5C" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00621CB8" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EC99BE" w14:textId="16E9179C" w:rsidR="00A345D9" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00E546F0">
+    <w:p w14:paraId="69EC99BE" w14:textId="6EA08E30" w:rsidR="00A345D9" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004C44CB" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A722BF8" w14:textId="76199313" w:rsidR="00294023" w:rsidRPr="00F92826" w:rsidRDefault="00F92826" w:rsidP="00F92826">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F92826">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00F92826">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00F92826">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您的个人医师多常仔细听您讲话？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390DC33B" w14:textId="373E1C89" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="390DC33B" w14:textId="5132654F" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0014396F" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60077BC2" w14:textId="001D8077" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="60077BC2" w14:textId="1F5FB83F" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007120B6" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A23ACB4" w14:textId="07B87F62" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="1A23ACB4" w14:textId="4D149E1D" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F216C8" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C75916F" w14:textId="69E39385" w:rsidR="00A345D9" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00E546F0">
+    <w:p w14:paraId="6C75916F" w14:textId="51B2C9EE" w:rsidR="00A345D9" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009E7432" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB3431C" w14:textId="0D0AFA16" w:rsidR="00294023" w:rsidRPr="00C05CF2" w:rsidRDefault="00C05CF2" w:rsidP="00C05CF2">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C05CF2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00C05CF2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C05CF2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您的个人医师多常对您讲的话表示尊重？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77223B39" w14:textId="255EFAB4" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="77223B39" w14:textId="35DAF486" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0080270B" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7746E06E" w14:textId="1E3BF5F7" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="7746E06E" w14:textId="17A92EF9" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D73D98" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751CDD5C" w14:textId="2C3B5A1C" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="751CDD5C" w14:textId="3697198E" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA6061" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24967EF0" w14:textId="275EE71F" w:rsidR="001A39A0" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00E546F0">
+    <w:p w14:paraId="24967EF0" w14:textId="406D1B31" w:rsidR="001A39A0" w:rsidRPr="00A62DF1" w:rsidRDefault="00BB796C" w:rsidP="00E546F0">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00093D35" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11C7EA0D" w14:textId="4C4D366D" w:rsidR="00294023" w:rsidRPr="00586B36" w:rsidRDefault="00586B36" w:rsidP="00586B36">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586B36">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00586B36">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00586B36">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您的个人医师多常花足够的时间为您看诊？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6AA580" w14:textId="323DC8A5" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00E43DF9">
+    <w:p w14:paraId="3D6AA580" w14:textId="42695C05" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000759BB" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5C02DB" w14:textId="3B38CC8E" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00E43DF9">
+    <w:p w14:paraId="3F5C02DB" w14:textId="4D6399B1" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C2F89" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E65FDA" w14:textId="2E974BCA" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00E43DF9">
+    <w:p w14:paraId="47E65FDA" w14:textId="46192522" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00497CFA" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1BEA84" w14:textId="1C4D022D" w:rsidR="009B2FFB" w:rsidRDefault="00294023" w:rsidP="00A05F5A">
+    <w:p w14:paraId="6D1BEA84" w14:textId="028C0FEF" w:rsidR="009B2FFB" w:rsidRDefault="00C235B6" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00990811" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
       <w:r w:rsidR="009B2FFB">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2755DC0D" w14:textId="787E10C6" w:rsidR="00294023" w:rsidRPr="00BB27F4" w:rsidRDefault="00BB27F4" w:rsidP="00BB27F4">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:ind w:right="-144"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB27F4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>当您在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB27F4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB27F4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中接受您的个人医师的就诊时，他或她多常准备了您的病历或其他与您的照护相关的资料？</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB27F4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
@@ -14144,305 +11616,233 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB27F4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB27F4">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E7B7AA" w14:textId="0D56C916" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="23E7B7AA" w14:textId="19B29C7B" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00292AB7" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7DBF8A" w14:textId="5CC4FCBE" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="0B7DBF8A" w14:textId="6025A05E" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000F1B89" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7229CF3F" w14:textId="0012C599" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="7229CF3F" w14:textId="25CE61CE" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D362A8" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6D36B6" w14:textId="1B8B9201" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="002D3F41">
+    <w:p w14:paraId="0E6D36B6" w14:textId="510D57C4" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="002D3F41">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00162BB2" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="550EFB15" w14:textId="22BFCD4D" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3333BCF8" wp14:editId="72406CF5">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="40" name="Picture 40" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="40" name="Picture 40" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D37D91C" w14:textId="229D2782" w:rsidR="00294023" w:rsidRPr="009120CD" w:rsidRDefault="009120CD" w:rsidP="009120CD">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -14474,400 +11874,310 @@
       <w:r w:rsidRPr="009120CD">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，当您的个人医师为您要求进行验血、</w:t>
       </w:r>
       <w:r w:rsidRPr="009120CD">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r w:rsidRPr="009120CD">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>光或其他检查时，您个人医师办公室的职员多常与您追踪后续情况、为您提供相关结果？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2290EDD3" w14:textId="00258F69" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="2290EDD3" w14:textId="29B3B344" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002877A7" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D008BA6" w14:textId="7B2D8F24" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="2D008BA6" w14:textId="4C3E9A25" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00685E54" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FA2A89" w14:textId="02F98067" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="08FA2A89" w14:textId="2F957E37" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007F232E" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212AA625" w14:textId="10BC19AE" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="212AA625" w14:textId="54F67DC4" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D679BB" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EDF4AEB" w14:textId="30A4D170" w:rsidR="00992A7E" w:rsidRPr="00A62DF1" w:rsidRDefault="00992A7E" w:rsidP="005F1282">
+    <w:p w14:paraId="3EDF4AEB" w14:textId="77A9279E" w:rsidR="00992A7E" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="005F1282">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00322C60" w:rsidRPr="00322C60">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；我没有进行验血、</w:t>
       </w:r>
       <w:r w:rsidR="00322C60" w:rsidRPr="00322C60">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r w:rsidR="00322C60" w:rsidRPr="00322C60">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>光或其他检查</w:t>
       </w:r>
       <w:r w:rsidR="00322C60" w:rsidRPr="00322C60">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00992A7E" w:rsidRPr="00A62DF1">
         <w:t>[IF NOT APPLICABLE, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00006748" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00404B9B" w:rsidRPr="00A62DF1">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00992A7E" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C99A64" w14:textId="1DFA8074" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="009E75A2" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E1E9984" wp14:editId="70CB97B0">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="64" name="Picture 64" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="64" name="Picture 64" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7932E195" w14:textId="114C5189" w:rsidR="00294023" w:rsidRPr="00B80160" w:rsidRDefault="00B80160" w:rsidP="00B80160">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -14899,662 +12209,500 @@
       <w:r w:rsidRPr="00B80160">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，当您的个人医师为您要求进行验血、</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80160">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
       <w:r w:rsidRPr="00B80160">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>光或其他检查时，您多常能在需要时尽快取得结果？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30051574" w14:textId="70DC283F" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="30051574" w14:textId="5060D453" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F25B78" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E14D496" w14:textId="7E23BD42" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="4E14D496" w14:textId="530448AE" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D59C1" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102C6958" w14:textId="4A53F2F1" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="102C6958" w14:textId="393943EC" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004961DC" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D20932" w14:textId="1C928E2F" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="12D20932" w14:textId="25D8D1D0" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A5EED" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A2C552" w14:textId="10E4698F" w:rsidR="0021222E" w:rsidRPr="00C643FC" w:rsidRDefault="00C643FC" w:rsidP="00C643FC">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Ref134791091"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref134791091"/>
       <w:r w:rsidRPr="00C643FC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00C643FC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C643FC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您和您的个人医师多常讨论您在服用的所有处方药物？</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2C789ED3" w14:textId="2740C63A" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="0021222E" w:rsidP="0021222E">
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="2C789ED3" w14:textId="5D235BD0" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="0021222E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00280E63" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A71DBCC" w14:textId="3C4D6D30" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="0021222E" w:rsidP="0021222E">
+    <w:p w14:paraId="2A71DBCC" w14:textId="13FDD317" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="0021222E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00987CE0" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D09DE19" w14:textId="47D07018" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="0021222E" w:rsidP="0021222E">
+    <w:p w14:paraId="6D09DE19" w14:textId="507DAE99" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="0021222E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC3F51" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9A5FBE" w14:textId="008532C3" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="0021222E" w:rsidP="0021222E">
+    <w:p w14:paraId="2E9A5FBE" w14:textId="7E51F64D" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="0021222E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001F0DDE" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0716EEC0" w14:textId="6CEFF139" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="0021222E" w:rsidP="0021222E">
+    <w:p w14:paraId="0716EEC0" w14:textId="2840BD38" w:rsidR="0021222E" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="0021222E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007311CF" w:rsidRPr="007311CF">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；没有服用任何处方药物</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0778ECAA" w14:textId="660EA33C" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A99100F" wp14:editId="42A5CBE6">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="42" name="Picture 42" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="42" name="Picture 42" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="417D40B1" w14:textId="3F0851EC" w:rsidR="00B60B57" w:rsidRPr="00E22F99" w:rsidRDefault="00E22F99" w:rsidP="00E22F99">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -15616,471 +12764,399 @@
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E22F99">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00E22F99">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D27A3CF" w14:textId="26F0D559" w:rsidR="00B60B57" w:rsidRPr="00A62DF1" w:rsidRDefault="00B60B57" w:rsidP="00B60B57">
+    <w:p w14:paraId="7D27A3CF" w14:textId="1ED8A867" w:rsidR="00B60B57" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00B60B57">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00122330" w:rsidRPr="00122330">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C43069" w14:textId="052C2D96" w:rsidR="00B60B57" w:rsidRPr="00A62DF1" w:rsidRDefault="00B60B57" w:rsidP="00B60B57">
+    <w:p w14:paraId="74C43069" w14:textId="77333673" w:rsidR="00B60B57" w:rsidRPr="00A62DF1" w:rsidRDefault="00C235B6" w:rsidP="00B60B57">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B57D65" w:rsidRPr="00B57D65">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidR="007D603E">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00B60B57" w:rsidRPr="00A62DF1">
         <w:t>[IF NO, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00DE7CEC" w:rsidRPr="00A62DF1">
         <w:t>39</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00B60B57" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F56AB1F" w14:textId="5650DA47" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="009E75A2" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76D2BB9E" wp14:editId="24E7FE2A">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="65" name="Picture 65" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="65" name="Picture 65" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CFD5638" w14:textId="266AC5E3" w:rsidR="00B60B57" w:rsidRPr="00296739" w:rsidRDefault="00296739" w:rsidP="00296739">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296739">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00296739">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00296739">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您是否需要您个人医师办公室职员的帮助管理您的照护，协调上述服务提供者和服务？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE16939" w14:textId="64C4BC94" w:rsidR="00B60B57" w:rsidRPr="00A62DF1" w:rsidRDefault="00B60B57" w:rsidP="00B60B57">
+    <w:p w14:paraId="6DE16939" w14:textId="58FF724B" w:rsidR="00B60B57" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00B60B57">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
-[...60 lines deleted...]
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00A26620" w:rsidRPr="00A26620">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="zh-TW"/>
+        </w:rPr>
+        <w:t>是</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8EA976" w14:textId="26E8C3CE" w:rsidR="00B60B57" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00B60B57">
+      <w:pPr>
+        <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="576" w:firstLine="0"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="复选框"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="0041653A" w:rsidRPr="0041653A">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidR="0041653A" w:rsidRPr="0041653A">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00B60B57" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00B60B57" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00B60B57" w:rsidRPr="00A62DF1">
         <w:t>[IF NO, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00DE7CEC" w:rsidRPr="00A62DF1">
         <w:t>39</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00B60B57" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B953A43" w14:textId="2F368F19" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B1C864C" wp14:editId="57A42972">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="43" name="Picture 43" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="43" name="Picture 43" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5ADDB6" w14:textId="2DD4AF35" w:rsidR="00433B52" w:rsidRPr="00190994" w:rsidRDefault="00190994" w:rsidP="00190994">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
@@ -16116,285 +13192,213 @@
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您多常</w:t>
       </w:r>
       <w:r w:rsidRPr="00190994">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>取得您所需的帮助</w:t>
       </w:r>
       <w:r w:rsidRPr="00190994">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>，让您个人医师的办公室管理您的照护，协调上述服务提供者和服务？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F84C7B" w14:textId="61185084" w:rsidR="00433B52" w:rsidRPr="00A62DF1" w:rsidRDefault="00433B52" w:rsidP="00433B52">
+    <w:p w14:paraId="64F84C7B" w14:textId="24EB26D9" w:rsidR="00433B52" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00433B52">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00841CA9" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249B01D2" w14:textId="2A2CA850" w:rsidR="00433B52" w:rsidRPr="00A62DF1" w:rsidRDefault="00433B52" w:rsidP="00433B52">
+    <w:p w14:paraId="249B01D2" w14:textId="27231C65" w:rsidR="00433B52" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00433B52">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD3ACF" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A1A7C8" w14:textId="0593B208" w:rsidR="00433B52" w:rsidRPr="00A62DF1" w:rsidRDefault="00433B52" w:rsidP="00433B52">
+    <w:p w14:paraId="69A1A7C8" w14:textId="69D5CF6B" w:rsidR="00433B52" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00433B52">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00536BD5" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="138E7D5A" w14:textId="0EB33838" w:rsidR="002D3F41" w:rsidRPr="00A62DF1" w:rsidRDefault="00433B52" w:rsidP="00A05F5A">
+    <w:p w14:paraId="138E7D5A" w14:textId="2EF04CFA" w:rsidR="002D3F41" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009E0624" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DDD23A7" w14:textId="5DDC3173" w:rsidR="00294023" w:rsidRPr="000D0272" w:rsidRDefault="000D0272" w:rsidP="000D0272">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref134791100"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref134791100"/>
       <w:r w:rsidRPr="000D0272">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>使用从</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0272">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
       <w:r w:rsidRPr="000D0272">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>到</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0272">
@@ -16423,740 +13427,564 @@
       </w:r>
       <w:r w:rsidRPr="000D0272">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>代表可能存在的最糟个人医师，</w:t>
       </w:r>
       <w:r w:rsidRPr="000D0272">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidRPr="000D0272">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>代表可能存在的最佳个人医师，您会用哪个数字来评价您的个人医师？</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="37ADA2E6" w14:textId="3C4EF2DF" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="37ADA2E6" w14:textId="79CC23AC" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00915ADF" w:rsidRPr="003C31D3">
         <w:t>代表可能存在的最糟个人医师</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4F143E" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="1B4F143E" w14:textId="485C7C70" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C85B53" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="43C85B53" w14:textId="7A9CD12A" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78645FF5" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="78645FF5" w14:textId="78E729C6" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC22DEB" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="3DC22DEB" w14:textId="5B03B1F0" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D686A35" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="5D686A35" w14:textId="7A2B48C4" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09BF6B4B" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="09BF6B4B" w14:textId="4D77A6CE" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F83CF47" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="0F83CF47" w14:textId="708E658A" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB37EA7" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="4EB37EA7" w14:textId="2B73AA38" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="570EBEC8" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="570EBEC8" w14:textId="540711C6" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697A6586" w14:textId="24114D72" w:rsidR="003B624F" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="007776DB">
+    <w:p w14:paraId="697A6586" w14:textId="7FB25D1C" w:rsidR="003B624F" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="007776DB">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="936"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="850" w:hanging="274"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidR="001333B6" w:rsidRPr="003C31D3">
         <w:t>代表可能存在的最佳个人医师</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B62B147" w14:textId="27279344" w:rsidR="0097119E" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="0097119E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34494F87" wp14:editId="5F3FE2A9">
             <wp:extent cx="5943600" cy="70485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="10" name="Picture 10" descr="Solid RED line indicating a webpage break between survey sections. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Solid RED line indicating a webpage break between survey sections. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="70485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B9C9B7" w14:textId="77777777" w:rsidR="00A11651" w:rsidRPr="005C1F05" w:rsidRDefault="00A11651" w:rsidP="005C1F05">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyText"/>
         <w:keepNext/>
         <w:keepLines/>
@@ -17243,51 +14071,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E12B764" wp14:editId="3F217B6C">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="44" name="Picture 44" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="44" name="Picture 44" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="726014F2" w14:textId="482E4F80" w:rsidR="00DB0561" w:rsidRPr="00DB0561" w:rsidRDefault="00DB0561" w:rsidP="00DB0561">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepNext w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -17386,57 +14214,58 @@
       </w:r>
       <w:r w:rsidRPr="00DB0561">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11095623" w14:textId="419FE5DF" w:rsidR="00294023" w:rsidRPr="00C3505C" w:rsidRDefault="00C3505C" w:rsidP="00C3505C">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Ref134791061"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref134791061"/>
       <w:r w:rsidRPr="00C3505C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3505C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3505C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您多常能在需要时尽快取得专科医师就诊？</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3505C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
@@ -17449,386 +14278,296 @@
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C3505C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00C3505C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2E3A2A59" w14:textId="1C4E8920" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="2E3A2A59" w14:textId="40F29128" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC61A3" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08776390" w14:textId="7DF25AAF" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="08776390" w14:textId="668E568B" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA5245" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67334CDF" w14:textId="6108D301" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="67334CDF" w14:textId="5216091C" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B3706D" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361904BE" w14:textId="26552CD3" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="361904BE" w14:textId="764C4BEC" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB0051" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BBC4BD" w14:textId="29ADA4FF" w:rsidR="00652652" w:rsidRPr="00A62DF1" w:rsidRDefault="00652652" w:rsidP="00652652">
+    <w:p w14:paraId="24BBC4BD" w14:textId="26A7BBAF" w:rsidR="00652652" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00652652">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C5392A" w:rsidRPr="00C5392A">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；未需要向专科医师求诊</w:t>
       </w:r>
       <w:r w:rsidR="007D603E">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00652652" w:rsidRPr="00A62DF1">
         <w:t>[IF NOT APPLICABLE, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="005901EF" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00552189" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00652652" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F1FF33" w14:textId="55CCDF80" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="00D069FC" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FA7062C" wp14:editId="400A4B03">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="66" name="Picture 66" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="66" name="Picture 66" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F3C16C" w14:textId="6B0430DF" w:rsidR="00294023" w:rsidRPr="00980E10" w:rsidRDefault="00980E10" w:rsidP="00980E10">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -17883,443 +14622,345 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00980E10">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>电话或视频方式的就诊</w:t>
       </w:r>
       <w:r w:rsidRPr="00980E10">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D50191D" w14:textId="059F926C" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="1D50191D" w14:textId="67D38233" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D06F4F" w:rsidRPr="00D06F4F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>没有</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="000B4434" w:rsidRPr="00A62DF1">
         <w:t>[IF NONE, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="006D218D" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="005578BD" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="000B4434" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E02EF3" w14:textId="030981DB" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="24E02EF3" w14:textId="4BD0CD99" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="006D29B3" w:rsidRPr="005B4ACB">
         <w:t>位专科医师</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4775E9B5" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="4775E9B5" w14:textId="69AEB5F2" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11939EE5" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="11939EE5" w14:textId="5905309D" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67437E5F" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="00783C3B">
+    <w:p w14:paraId="67437E5F" w14:textId="18E79BD7" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2353F1C8" w14:textId="46B26657" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="2353F1C8" w14:textId="26E3EFCF" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r w:rsidR="008C5095" w:rsidRPr="008C5095">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>位或更多专科医师</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6EF5CC" w14:textId="088E969E" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6134EF22" wp14:editId="009F2785">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="47" name="Picture 47" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="47" name="Picture 47" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E87122B" w14:textId="04BE8197" w:rsidR="00CC116A" w:rsidRPr="003C19D6" w:rsidRDefault="003C19D6" w:rsidP="003C19D6">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -18335,317 +14976,227 @@
       <w:r w:rsidRPr="003C19D6">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="003C19D6">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="003C19D6">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您的个人医师多常表现出了解您从专科医师处接受照护的最新情况？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED0CA85" w14:textId="0306A62F" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="00CC116A" w:rsidP="00CC116A">
+    <w:p w14:paraId="5ED0CA85" w14:textId="0EFA0016" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00CC116A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC2D6D" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF6346D" w14:textId="7981A73D" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="00CC116A" w:rsidP="00CC116A">
+    <w:p w14:paraId="0AF6346D" w14:textId="7A02B8A1" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00CC116A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004F7AD6" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2245E07D" w14:textId="690C2E4A" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="00CC116A" w:rsidP="00CC116A">
+    <w:p w14:paraId="2245E07D" w14:textId="2D248D17" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00CC116A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00865BCD" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC1D94C" w14:textId="185439CA" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="00CC116A" w:rsidP="00CC116A">
+    <w:p w14:paraId="6DC1D94C" w14:textId="578AACAD" w:rsidR="00CC116A" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="00CC116A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003B10CB" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B78C2EB" w14:textId="22205B98" w:rsidR="000A37A9" w:rsidRPr="00A62DF1" w:rsidRDefault="000A37A9" w:rsidP="000A37A9">
+    <w:p w14:paraId="5B78C2EB" w14:textId="71E18604" w:rsidR="000A37A9" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="000A37A9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00510D7C" w:rsidRPr="00510D7C">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不适用；我没有个人医师</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E2A230B" w14:textId="439A62CD" w:rsidR="00631E92" w:rsidRPr="00631E92" w:rsidRDefault="00631E92" w:rsidP="00631E92">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
@@ -18725,732 +15276,557 @@
       <w:r w:rsidRPr="00631E92">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>代表可能存在的最糟专科医师，</w:t>
       </w:r>
       <w:r w:rsidRPr="00631E92">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">10 </w:t>
       </w:r>
       <w:r w:rsidRPr="00631E92">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>代表可能存在的最佳专科医师，您会用哪个数字来评价您的专科医师？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582B4E44" w14:textId="6076BF8A" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="582B4E44" w14:textId="5BE6CF74" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008673D9" w:rsidRPr="008673D9">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>代表存在的最糟专科医师</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1066735A" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="1066735A" w14:textId="6BD09562" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456405B5" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="456405B5" w14:textId="1D928FF4" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293BCB92" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="293BCB92" w14:textId="5091AF81" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FD5935" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="75FD5935" w14:textId="6DA4C30B" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135436CD" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="135436CD" w14:textId="271272A7" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C7035B" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="20C7035B" w14:textId="012F70AA" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD88C55" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="0DD88C55" w14:textId="37237A60" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478C5D4A" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="478C5D4A" w14:textId="70B2F1B0" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE3B380" w14:textId="77777777" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="6EE3B380" w14:textId="790F36F5" w:rsidR="00294023" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3DCF8A" w14:textId="6956F51A" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="00294023" w:rsidP="006C4043">
+    <w:p w14:paraId="1E3DCF8A" w14:textId="4EDE3D1C" w:rsidR="00A809B0" w:rsidRPr="00A62DF1" w:rsidRDefault="001046B1" w:rsidP="006C4043">
       <w:pPr>
         <w:pStyle w:val="A0-Survey0DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00294023" w:rsidRPr="00A62DF1">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E0415A" w:rsidRPr="00E0415A">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>代表存在的最佳专科医师</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DEEBD97" w14:textId="33EF571B" w:rsidR="0097119E" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="0097119E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FED8823" wp14:editId="3EB5EA4B">
             <wp:extent cx="5943600" cy="70485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="13" name="Picture 13" descr="Solid RED line indicating a webpage break between survey sections. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Solid RED line indicating a webpage break between survey sections. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="70485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="018D1952" w14:textId="77777777" w:rsidR="00BF77A2" w:rsidRPr="005C1F05" w:rsidRDefault="00BF77A2" w:rsidP="005C1F05">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyText"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C1F05">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>您的相关个人信息</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48016FC7" w14:textId="2E8A0FCE" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="003F5315" w:rsidP="007126CE">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">[SECTION HEADING </w:t>
       </w:r>
       <w:r w:rsidR="007A76CE" w:rsidRPr="00A62DF1">
         <w:t>MUST</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> APPEAR ON EACH WEBPAGE </w:t>
       </w:r>
       <w:r w:rsidR="006745AB" w:rsidRPr="00A62DF1">
         <w:t>THAT INCLUDES</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve"> QUESTIONS </w:t>
       </w:r>
       <w:r w:rsidR="00746F81" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
@@ -19466,349 +15842,259 @@
       </w:r>
       <w:r w:rsidR="00F73239" w:rsidRPr="00A62DF1">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007A76CE" w:rsidRPr="00A62DF1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37EE4FDF" w14:textId="185D148D" w:rsidR="00EF6166" w:rsidRPr="00877C49" w:rsidRDefault="00877C49" w:rsidP="00877C49">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref134791119"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref134791119"/>
       <w:r w:rsidRPr="00877C49">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>总体来说，您如何评价您的整体健康？</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4C7ADEF9" w14:textId="273D12CD" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="4C7ADEF9" w14:textId="21DA7748" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0019169B" w:rsidRPr="0019169B">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>极好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C8E2CE" w14:textId="517D4B0B" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+    <w:p w14:paraId="20C8E2CE" w14:textId="14BB1F0B" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A1B6F" w:rsidRPr="004A1B6F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>非常好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B1C556" w14:textId="556782E6" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+    <w:p w14:paraId="55B1C556" w14:textId="4598DC8A" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00230F50" w:rsidRPr="00230F50">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEC5F8B" w14:textId="5C97E4D7" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+    <w:p w14:paraId="1FEC5F8B" w14:textId="3D1A1FF7" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00557BAF" w:rsidRPr="00557BAF">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>一般</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1A0F2B" w14:textId="00605DD2" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+    <w:p w14:paraId="4A1A0F2B" w14:textId="3326D3E6" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008B5FE5" w:rsidRPr="008B5FE5">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不好</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112E85D2" w14:textId="21F086C0" w:rsidR="00EF6166" w:rsidRPr="00A63EB1" w:rsidRDefault="00A63EB1" w:rsidP="00A63EB1">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
@@ -19820,735 +16106,573 @@
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>总体来说，您如何评价您的整体</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63EB1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>心理或情绪</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63EB1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>健康？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D08FA6" w14:textId="761C29D3" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00783C3B">
+    <w:p w14:paraId="40D08FA6" w14:textId="17164525" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004B2842" w:rsidRPr="004B2842">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>极好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C239C4A" w14:textId="656EFE30" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00783C3B">
+    <w:p w14:paraId="1C239C4A" w14:textId="7F495CF4" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CB1ABE" w:rsidRPr="00CB1ABE">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>非常好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2F7337" w14:textId="67FB4935" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00783C3B">
+    <w:p w14:paraId="1D2F7337" w14:textId="6BE45540" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC2C9B" w:rsidRPr="00DC2C9B">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>好</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4063BE87" w14:textId="24F06489" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00783C3B">
+    <w:p w14:paraId="4063BE87" w14:textId="53974A02" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D834DB" w:rsidRPr="00D834DB">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>一般</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D9107B3" w14:textId="4174C594" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00783C3B">
+    <w:p w14:paraId="4D9107B3" w14:textId="3468856D" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00367074" w:rsidRPr="00367074">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不好</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="151F2155" w14:textId="6EF6B96D" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="00783C3B">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A347B38" wp14:editId="5A70FB78">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="49" name="Picture 49" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="49" name="Picture 49" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EFAC21C" w14:textId="3427BEAB" w:rsidR="00EF6166" w:rsidRPr="008E46CB" w:rsidRDefault="008E46CB" w:rsidP="008E46CB">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E46CB">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您目前是否每天、有时吸烟或使用烟草制品，还是完全不吸烟？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F57EBF" w14:textId="09228F65" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+    <w:p w14:paraId="04F57EBF" w14:textId="6D495E7A" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00347FA5" w:rsidRPr="009914B7">
         <w:t>每天</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590C1F4E" w14:textId="44322B4F" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+    <w:p w14:paraId="590C1F4E" w14:textId="3FA17BFB" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006308DB" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4119DCD6" w14:textId="3D2D460B" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="00EF6166">
+    <w:p w14:paraId="4119DCD6" w14:textId="66790DAC" w:rsidR="00EF6166" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="00EF6166">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:right="-144" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C658BF" w:rsidRPr="009914B7">
         <w:t>完全不吸烟</w:t>
       </w:r>
       <w:r w:rsidR="00C658BF" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00EF6166" w:rsidRPr="00A62DF1">
         <w:t>[IF NOT AT ALL, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00315F74" w:rsidRPr="00A62DF1">
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00EF6166" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8714DF" w14:textId="4E3B3B28" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00EF6166" w:rsidP="0066257E">
+    <w:p w14:paraId="3A8714DF" w14:textId="4A6C0428" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1728"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="2707" w:right="-144" w:hanging="2131"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B23947" w:rsidRPr="009914B7">
         <w:t>不知道</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00EF6166" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00EF6166" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>[IF DON’T KNOW, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00315F74" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00EF6166" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675F1486" w14:textId="10FB44CF" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="008C2522" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="128B6928" wp14:editId="7CCEEDE1">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="67" name="Picture 67" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="47" name="Picture 47" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E7B69F2" w14:textId="4616222F" w:rsidR="0066257E" w:rsidRPr="00B40639" w:rsidRDefault="00B40639" w:rsidP="00B40639">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -20565,1060 +16689,809 @@
       <w:r w:rsidRPr="00B40639">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00B40639">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00B40639">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您多常获得医师或您计划中的其他健康服务提供者建议应戒烟或停止使用烟草制品？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9C3AA9" w14:textId="2A8013FB" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="4F9C3AA9" w14:textId="04A47C27" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E81F24" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378345C1" w14:textId="6375A420" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="378345C1" w14:textId="1BA2C674" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C7552D" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4217C738" w14:textId="01BF2172" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="4217C738" w14:textId="037A685D" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008D691D" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25427B79" w14:textId="7515EBCD" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="25427B79" w14:textId="126E90A3" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DD06DB" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393E598C" w14:textId="19ABD286" w:rsidR="0066257E" w:rsidRPr="00F93C10" w:rsidRDefault="00F93C10" w:rsidP="00F93C10">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:ind w:right="-144"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93C10">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="00F93C10">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00F93C10">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，医师或健康服务提供者多常推荐或讨论药物，以协助您戒烟或停止使用烟草制品？药物范例包括：尼古丁口香糖、贴剂、鼻腔喷剂、吸入剂或处方药。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FE1E03" w14:textId="6FB413C6" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="27FE1E03" w14:textId="00688439" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FF716C" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="00CF4B17" w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CA224E" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD21DDF" w14:textId="6D969BC1" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="5AD21DDF" w14:textId="4021C47B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00CF4B17" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C64E4" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D0EA79" w14:textId="3579F65E" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="49D0EA79" w14:textId="5670DDD7" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00CF4B17" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0024388F" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC00476" w14:textId="36AD5101" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="6EC00476" w14:textId="2C37E26B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00CF4B17" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001641C6" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E0DFFA" w14:textId="78CEF1A6" w:rsidR="0066257E" w:rsidRPr="004D25A1" w:rsidRDefault="004D25A1" w:rsidP="004D25A1">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D25A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="004D25A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="004D25A1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您的医师或健康服务提供者多常讨论或提供药物以外的方法或策略协助您戒烟或停止使用烟草制品？方法或策略范例包括：电话专线、个人或团体谘商或戒烟方案。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFD4DBD" w14:textId="11454C13" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="5EFD4DBD" w14:textId="1436A2E1" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00615F0B" w:rsidRPr="009914B7">
         <w:t>从未</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="369C3649" w14:textId="14215A5D" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="369C3649" w14:textId="68C071E3" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A951B6" w:rsidRPr="009914B7">
         <w:t>有时</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DB5434" w14:textId="4DC58497" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="21DB5434" w14:textId="2A9CA2E4" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00527A2C" w:rsidRPr="009914B7">
         <w:t>经常</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763A25E1" w14:textId="6B3809EE" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="763A25E1" w14:textId="01470E40" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B0432A" w:rsidRPr="009914B7">
         <w:t>总是</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="799B55E7" w14:textId="4212BE11" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64126977" wp14:editId="4424C7F3">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="50" name="Picture 50" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="50" name="Picture 50" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6F5BF2" w14:textId="7820997B" w:rsidR="0066257E" w:rsidRPr="009D7AEC" w:rsidRDefault="009D7AEC" w:rsidP="009D7AEC">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref134791135"/>
+      <w:bookmarkStart w:id="10" w:name="_Ref134791135"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D7AEC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>在过去</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7AEC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="009D7AEC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>个月中，您是否曾因相同病况或问题而取得</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7AEC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r w:rsidRPr="009D7AEC">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>次或以上健康照护？</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1A27117B" w14:textId="308B6CA8" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="002A1F2F">
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="1A27117B" w14:textId="6C79B6C1" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="002A1F2F">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FE66EE" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D668DC" w14:textId="5159492B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="67D668DC" w14:textId="7921EFCC" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B579CF" w:rsidRPr="00B579CF">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:t>[IF NO, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00E65EE2" w:rsidRPr="00A62DF1">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="005B2E8B" w:rsidRPr="00A62DF1">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061FF992" w14:textId="4D1E4A77" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="008C2522" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E1B8948" wp14:editId="384EC317">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="69" name="Picture 69" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="51" name="Picture 51" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5344FDBC" w14:textId="7D2F7EB8" w:rsidR="0066257E" w:rsidRPr="00127879" w:rsidRDefault="00127879" w:rsidP="00127879">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -21674,447 +17547,375 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不要</w:t>
       </w:r>
       <w:r w:rsidRPr="00127879">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>包括怀孕或绝经</w:t>
       </w:r>
       <w:r w:rsidRPr="00127879">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C6FEE0" w14:textId="7DE5C93B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="18C6FEE0" w14:textId="3D5792F0" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00825BDA" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252C883B" w14:textId="64FA82C3" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="252C883B" w14:textId="20A436EA" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002F0072" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67875015" w14:textId="391DDE04" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="006601FA" w:rsidP="002A1F2F">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49DB21D5" wp14:editId="2623E57E">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="51" name="Picture 51" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="51" name="Picture 51" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D1EEC3" w14:textId="52BE640F" w:rsidR="0066257E" w:rsidRPr="00340DF7" w:rsidRDefault="00340DF7" w:rsidP="00340DF7">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref134791154"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref134791154"/>
       <w:r w:rsidRPr="00340DF7">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您目前是否需要或服用由医师开立处方的药物？</w:t>
       </w:r>
       <w:r w:rsidRPr="00340DF7">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>请</w:t>
       </w:r>
       <w:r w:rsidRPr="00340DF7">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不要</w:t>
       </w:r>
       <w:r w:rsidRPr="00340DF7">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>包括避孕药</w:t>
       </w:r>
       <w:r w:rsidRPr="00340DF7">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="51C17319" w14:textId="61DB4506" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="51C17319" w14:textId="0EC1EE58" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B0284" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05697222" w14:textId="6958D614" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="05697222" w14:textId="38F7864F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008555E5" w:rsidRPr="008555E5">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:t>[IF NO, GO TO #</w:t>
       </w:r>
       <w:r w:rsidR="00842AEC" w:rsidRPr="00A62DF1">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00463294" w:rsidRPr="00A62DF1">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034B066F" w14:textId="78037C56" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="008C2522" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38C5D598" wp14:editId="79C39AE6">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="68" name="Picture 68" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="47" name="Picture 47" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F200109" w14:textId="624AABD3" w:rsidR="0066257E" w:rsidRPr="004434F2" w:rsidRDefault="004434F2" w:rsidP="004434F2">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -22170,827 +17971,612 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>不要</w:t>
       </w:r>
       <w:r w:rsidRPr="004434F2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>包括怀孕或绝经</w:t>
       </w:r>
       <w:r w:rsidRPr="004434F2">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D494C2" w14:textId="28C54C78" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="19D494C2" w14:textId="19F8DA1C" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C7C85" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5B8BD4" w14:textId="14175179" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="0B5B8BD4" w14:textId="7EBBD3A2" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B52E64" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C6231F" w14:textId="34933C86" w:rsidR="0066257E" w:rsidRPr="00EA6478" w:rsidRDefault="00EA6478" w:rsidP="00EA6478">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref134791158"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref134791158"/>
       <w:r w:rsidRPr="00EA6478">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您是否耳聋或有严重听力障碍？</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="643E648E" w14:textId="4861CD39" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="643E648E" w14:textId="57127DD9" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D95281" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A48503" w14:textId="02F701F9" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="48A48503" w14:textId="5343DA3D" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D04BD4" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A60471" w14:textId="1E2D6E69" w:rsidR="0066257E" w:rsidRPr="004E2D5E" w:rsidRDefault="004E2D5E" w:rsidP="004E2D5E">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E2D5E">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您是否眼盲或即使配戴眼镜却仍有严重视力障碍？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34051375" w14:textId="70FAA77D" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="34051375" w14:textId="335E047B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D92042" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C83004" w14:textId="71857AF8" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="41C83004" w14:textId="07885DAE" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C11C6" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="512985C8" w14:textId="2AB5BDDB" w:rsidR="0066257E" w:rsidRPr="00FB6E0B" w:rsidRDefault="00FB6E0B" w:rsidP="00FB6E0B">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6E0B">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您是否因生理、心理或情绪状况而对集中</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB6E0B">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>精力、记住人或事，或做决定有严重困难？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40FE3CD2" w14:textId="0F4693AD" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="002A1CE7">
+    <w:p w14:paraId="40FE3CD2" w14:textId="2EF6E0F2" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00413CA7" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEDD40E" w14:textId="624C1F60" w:rsidR="00CC7933" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00A05F5A">
+    <w:p w14:paraId="6CEDD40E" w14:textId="6FAC4A7A" w:rsidR="00CC7933" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C7465" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D69CF9" w14:textId="2ECB19C6" w:rsidR="0066257E" w:rsidRPr="009D3FC1" w:rsidRDefault="009D3FC1" w:rsidP="009D3FC1">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D3FC1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>您是否对行走或爬楼梯有严重困难？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F50D5DA" w14:textId="133B933F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="0F50D5DA" w14:textId="1B48B88F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FA19B5" w:rsidRPr="00FA19B5">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B28B40F" w14:textId="77F8DF89" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="2B28B40F" w14:textId="0FD772A6" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00776277" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D6AA2C" w14:textId="432B028F" w:rsidR="0066257E" w:rsidRPr="00423397" w:rsidRDefault="00423397" w:rsidP="00423397">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00423397">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您是否因生理、心理或情绪状况而对穿衣或洗澡有严重困难？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4B13C1" w14:textId="484E6907" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="5B4B13C1" w14:textId="0CF83F4F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00720390" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29158990" w14:textId="35556BD7" w:rsidR="00CC7933" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00A05F5A">
+    <w:p w14:paraId="29158990" w14:textId="5915FD7B" w:rsidR="00CC7933" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00A05F5A">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E05B51" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D7C0776" w14:textId="64E6E270" w:rsidR="0066257E" w:rsidRPr="003405AF" w:rsidRDefault="003405AF" w:rsidP="003405AF">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003405AF">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
@@ -23008,1759 +18594,1311 @@
       <w:r w:rsidRPr="003405AF">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>困难，</w:t>
       </w:r>
       <w:r w:rsidRPr="003405AF">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>例如造访医师办公室或购物</w:t>
       </w:r>
       <w:r w:rsidRPr="003405AF">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A37259D" w14:textId="1A98BB4B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="7A37259D" w14:textId="53086A70" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00431EC6" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30AAE4FB" w14:textId="001837A1" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="30AAE4FB" w14:textId="00E46489" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0015429C" w:rsidRPr="009914B7">
         <w:t>否</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6309EE25" w14:textId="22A06DCB" w:rsidR="0066257E" w:rsidRPr="005613D1" w:rsidRDefault="005613D1" w:rsidP="005613D1">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005613D1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您的年龄为何？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F01F522" w14:textId="6A8A0A00" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00E43DF9">
+    <w:p w14:paraId="0F01F522" w14:textId="51B06D40" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">18 </w:t>
       </w:r>
       <w:r w:rsidR="00B05B19" w:rsidRPr="009914B7">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 24 </w:t>
       </w:r>
       <w:r w:rsidR="00B05B19" w:rsidRPr="009914B7">
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5925DE36" w14:textId="785FE902" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00E43DF9">
+    <w:p w14:paraId="5925DE36" w14:textId="18845296" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">25 </w:t>
       </w:r>
       <w:r w:rsidR="00E703F2" w:rsidRPr="009914B7">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 34</w:t>
       </w:r>
       <w:r w:rsidR="00E703F2" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E703F2" w:rsidRPr="009914B7">
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCA94B0" w14:textId="5A12A52F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00E43DF9">
+    <w:p w14:paraId="1CCA94B0" w14:textId="034DB165" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">35 </w:t>
       </w:r>
       <w:r w:rsidR="00FF6A9C" w:rsidRPr="009914B7">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 44</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A9C" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF6A9C" w:rsidRPr="009914B7">
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B6D9F7" w14:textId="206FB024" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00E43DF9">
+    <w:p w14:paraId="22B6D9F7" w14:textId="4DB7125C" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">45 </w:t>
       </w:r>
       <w:r w:rsidR="00640CB0" w:rsidRPr="009914B7">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 54</w:t>
       </w:r>
       <w:r w:rsidR="00640CB0" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00640CB0" w:rsidRPr="009914B7">
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD48AC8" w14:textId="25C1734F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00E43DF9">
+    <w:p w14:paraId="5BD48AC8" w14:textId="5EE18721" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">55 </w:t>
       </w:r>
       <w:r w:rsidR="00A520AA" w:rsidRPr="009914B7">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 64</w:t>
       </w:r>
       <w:r w:rsidR="00A520AA" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A520AA" w:rsidRPr="009914B7">
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DD0163" w14:textId="74652911" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00E43DF9">
+    <w:p w14:paraId="03DD0163" w14:textId="2AB6CDA0" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="00E43DF9">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">65 </w:t>
       </w:r>
       <w:r w:rsidR="007B19D8" w:rsidRPr="009914B7">
         <w:t>到</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 74</w:t>
       </w:r>
       <w:r w:rsidR="007B19D8" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B19D8" w:rsidRPr="009914B7">
         <w:t>岁</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508AE790" w14:textId="60A4364C" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="006C5DDF">
+    <w:p w14:paraId="508AE790" w14:textId="4AC9C0FC" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">75 </w:t>
       </w:r>
       <w:r w:rsidR="00A03F0E" w:rsidRPr="009914B7">
         <w:t>岁或以上</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467E867D" w14:textId="6753FB49" w:rsidR="0066257E" w:rsidRPr="006D6736" w:rsidRDefault="006D6736" w:rsidP="006D6736">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D6736">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您的性别为何？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EFA3336" w14:textId="5A41FA5B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="7EFA3336" w14:textId="692AE352" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A3A6E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>男性</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B526CD0" w14:textId="7EEACE97" w:rsidR="002E0D4A" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="0B526CD0" w14:textId="4F20E819" w:rsidR="002E0D4A" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00356758">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>女性</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24734948" w14:textId="1346CC74" w:rsidR="0066257E" w:rsidRPr="003E0FA6" w:rsidRDefault="00E60DB3" w:rsidP="003E0FA6">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>您</w:t>
       </w:r>
       <w:r w:rsidR="003E0FA6" w:rsidRPr="003E0FA6">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>已完成的最高年级或教育水平为何？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75CF03FA" w14:textId="1A91511D" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="75CF03FA" w14:textId="645D3767" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C6590" w:rsidRPr="009914B7">
         <w:t xml:space="preserve">8 </w:t>
       </w:r>
       <w:r w:rsidR="000C6590" w:rsidRPr="009914B7">
         <w:t>年级或更低</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D89033" w14:textId="4316ED34" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="21D89033" w14:textId="6F10C879" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="-144"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FF5994" w:rsidRPr="009914B7">
         <w:t>上过高中，但未毕业</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C20AA1B" w14:textId="60F574E3" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="0C20AA1B" w14:textId="57D4C388" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C43357" w:rsidRPr="009914B7">
         <w:t>高中毕业生或</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> GED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2A7C6A" w14:textId="695ED1E2" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="5C2A7C6A" w14:textId="225287DB" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006D7A42" w:rsidRPr="009914B7">
         <w:t>上过大学或</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="006D7A42" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D7A42" w:rsidRPr="009914B7">
         <w:t>年文凭</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F3C798" w14:textId="28C9E1CF" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="64F3C798" w14:textId="20F7C35A" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A27B6C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00A27B6C" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A27B6C" w:rsidRPr="009914B7">
         <w:t>年制大学毕业生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773D114B" w14:textId="2F903F00" w:rsidR="009B2FFB" w:rsidRDefault="0066257E" w:rsidP="000C75C5">
+    <w:p w14:paraId="773D114B" w14:textId="567C7B27" w:rsidR="009B2FFB" w:rsidRDefault="00FA4A78" w:rsidP="000C75C5">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E20D91" w:rsidRPr="009914B7">
         <w:t>超过</w:t>
       </w:r>
-      <w:r w:rsidRPr="009914B7">
+      <w:r w:rsidR="0066257E" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidR="00E20D91" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E20D91" w:rsidRPr="009914B7">
         <w:t>年大学学历</w:t>
       </w:r>
       <w:r w:rsidR="009B2FFB">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F6782C" w14:textId="6EE63F49" w:rsidR="0066257E" w:rsidRPr="003921B0" w:rsidRDefault="003921B0" w:rsidP="003921B0">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003921B0">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>以下哪项</w:t>
       </w:r>
       <w:r w:rsidRPr="003921B0">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>最能</w:t>
       </w:r>
       <w:r w:rsidRPr="003921B0">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>描述您的聘雇状态？</w:t>
       </w:r>
       <w:r w:rsidRPr="003921B0">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>请仅标</w:t>
       </w:r>
       <w:r w:rsidRPr="003921B0">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>记一项。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6D016F" w14:textId="0D8C8DCF" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="3F6D016F" w14:textId="31D6BF35" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="001D0E32" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="006F7C9E" w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="003F7B72" w:rsidRPr="009914B7">
         <w:t>全职工作</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DCC3CF" w14:textId="39912E33" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="53DCC3CF" w14:textId="6EC8BE25" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00143557" w:rsidRPr="009914B7">
         <w:t>兼职工作</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5750B6C9" w14:textId="1A8B7819" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="5750B6C9" w14:textId="060FC29B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC210A" w:rsidRPr="009914B7">
         <w:t>家庭主妇</w:t>
       </w:r>
       <w:r w:rsidR="00BC210A" w:rsidRPr="009914B7">
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidR="00BC210A" w:rsidRPr="009914B7">
         <w:t>家庭主夫</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E812E03" w14:textId="580171C0" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="4E812E03" w14:textId="614B03B9" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00C67D3C" w:rsidRPr="009914B7">
         <w:t>全职学生</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCEFFA2" w14:textId="356ADC31" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="4CCEFFA2" w14:textId="38C41A97" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00D651FF" w:rsidRPr="009914B7">
         <w:t>退休</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C31BBD3" w14:textId="16ADD45C" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="3C31BBD3" w14:textId="66965989" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC2ADC" w:rsidRPr="009914B7">
         <w:t>因健康原因无法工作</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AFF5C8D" w14:textId="555B302F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="5AFF5C8D" w14:textId="12C30640" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00E12243" w:rsidRPr="009914B7">
         <w:t>失业</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118E7154" w14:textId="3A938B2C" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="118E7154" w14:textId="7A6B24A2" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006F7C9E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="576" w:firstLine="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00E04B2F">
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="0094081D" w:rsidRPr="009914B7">
         <w:t>其他</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B55CE8" w14:textId="669486CF" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="009E75A2" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B04A457" wp14:editId="01BB6753">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="54" name="Picture 54" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="54" name="Picture 54" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7DCCE0" w14:textId="12BA9CC2" w:rsidR="0066257E" w:rsidRPr="003E013F" w:rsidRDefault="003E013F" w:rsidP="003E013F">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -24774,498 +19912,390 @@
       </w:pPr>
       <w:r w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您是否是西班牙</w:t>
       </w:r>
       <w:r w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>语</w:t>
       </w:r>
       <w:r w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>裔、拉丁裔或西班牙裔？</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk121923895"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk121923895"/>
       <w:r w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>请标记一或多项</w:t>
       </w:r>
       <w:r w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="44E5F5C9" w14:textId="5BAAB7BA" w:rsidR="00AF0DFB" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="00AF0DFB">
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="44E5F5C9" w14:textId="7A13DE4C" w:rsidR="00AF0DFB" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="00AF0DFB">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="990" w:hanging="414"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000D5ACD" w:rsidRPr="00FA6A50">
         <w:t>否，我不是</w:t>
       </w:r>
       <w:r w:rsidR="007943DB" w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>西班牙</w:t>
       </w:r>
       <w:r w:rsidR="007943DB" w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>语</w:t>
       </w:r>
       <w:r w:rsidR="007943DB" w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>裔、</w:t>
       </w:r>
       <w:r w:rsidR="000D5ACD" w:rsidRPr="00FA6A50">
         <w:t>拉丁裔或西班牙裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4C2762" w14:textId="02EABF4F" w:rsidR="00876B56" w:rsidRPr="00D76464" w:rsidRDefault="007126CE" w:rsidP="00AF0DFB">
+    <w:p w14:paraId="6C4C2762" w14:textId="6F65128B" w:rsidR="00876B56" w:rsidRPr="00D76464" w:rsidRDefault="006F7C9E" w:rsidP="00AF0DFB">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="990" w:hanging="414"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00D76464">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00D76464">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006929CD" w:rsidRPr="006929CD">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>是，</w:t>
       </w:r>
       <w:r w:rsidR="006929CD" w:rsidRPr="006929CD">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>墨西哥人、墨西哥裔美国人、</w:t>
       </w:r>
       <w:r w:rsidR="007943DB">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
       <w:r w:rsidR="006929CD" w:rsidRPr="006929CD">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>奇卡诺人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="122B94D1" w14:textId="01A87127" w:rsidR="00AF0DFB" w:rsidRPr="00F342DF" w:rsidRDefault="007126CE" w:rsidP="00AF0DFB">
+    <w:p w14:paraId="122B94D1" w14:textId="591EE99A" w:rsidR="00AF0DFB" w:rsidRPr="00F342DF" w:rsidRDefault="006F7C9E" w:rsidP="00AF0DFB">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="990" w:hanging="414"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00F342DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00F342DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00810E7A" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
       <w:r w:rsidR="00810E7A" w:rsidRPr="00F342DF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00810E7A" w:rsidRPr="00FA6A50">
         <w:t>波多黎各裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4E1A6F" w14:textId="3D4FB2CF" w:rsidR="00A60D21" w:rsidRPr="00F342DF" w:rsidRDefault="007126CE" w:rsidP="00AF0DFB">
+    <w:p w14:paraId="1B4E1A6F" w14:textId="614BC299" w:rsidR="00A60D21" w:rsidRPr="00F342DF" w:rsidRDefault="006F7C9E" w:rsidP="00AF0DFB">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="990" w:hanging="414"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00F342DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00F342DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D22DAB" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>是</w:t>
       </w:r>
       <w:r w:rsidR="00D22DAB" w:rsidRPr="00F342DF">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00D22DAB" w:rsidRPr="00FA6A50">
         <w:t>古巴裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031C6C64" w14:textId="5986DD3E" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="008D16AE" w:rsidP="0078178C">
+    <w:p w14:paraId="031C6C64" w14:textId="4DFD588A" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="008D16AE" w:rsidP="0078178C">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1008"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="990" w:hanging="414"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:color w:val="2B579A"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:color w:val="2B579A"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:color w:val="2B579A"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:color w:val="2B579A"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005D599B" w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F7C9E" w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005D599B" w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="006F7C9E" w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="005D599B" w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F7C9E" w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="005D599B" w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006F7C9E" w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005D599B" w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="006F7C9E" w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007F21CB" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>是，</w:t>
       </w:r>
       <w:r w:rsidR="007F21CB" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F21CB" w:rsidRPr="00FA6A50">
         <w:t>其他</w:t>
       </w:r>
       <w:r w:rsidR="007943DB" w:rsidRPr="003E013F">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>西班牙</w:t>
       </w:r>
@@ -25319,51 +20349,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15DF5F47" wp14:editId="035992DC">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="71" name="Picture 71" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="47" name="Picture 47" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A8F494B" w14:textId="536F5BC9" w:rsidR="00366FB1" w:rsidRPr="00D770F1" w:rsidRDefault="00D770F1" w:rsidP="00D770F1">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -25381,881 +20411,626 @@
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>您的种族为何？</w:t>
       </w:r>
       <w:r w:rsidRPr="00D770F1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>请标记一或多项</w:t>
       </w:r>
       <w:r w:rsidRPr="00D770F1">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F02E3E1" w14:textId="1980D695" w:rsidR="00366FB1" w:rsidRPr="00A62DF1" w:rsidRDefault="00366FB1" w:rsidP="006C5DDF">
+    <w:p w14:paraId="5F02E3E1" w14:textId="70682C41" w:rsidR="00366FB1" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E363E0" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:bCs/>
         </w:rPr>
         <w:t>美国印地安人或阿拉斯加原住民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A78765F" w14:textId="40CF5F5A" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="0059038D" w:rsidP="006C5DDF">
+    <w:p w14:paraId="1A78765F" w14:textId="40E1D6D4" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FE5D23" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>印度裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A61CB5E" w14:textId="596C2CD9" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="0059038D" w:rsidP="006C5DDF">
+    <w:p w14:paraId="1A61CB5E" w14:textId="7D754089" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006B7448" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>华裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C3991C" w14:textId="158F209D" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="0059038D" w:rsidP="006C5DDF">
+    <w:p w14:paraId="34C3991C" w14:textId="64F5D84C" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B00E4E" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>菲律宾裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E118D3" w14:textId="4284F129" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="00C9335B" w:rsidP="006C5DDF">
+    <w:p w14:paraId="58E118D3" w14:textId="0B900799" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA40AB" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>日裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DAE374" w14:textId="3182CCDB" w:rsidR="008E6C10" w:rsidRPr="00A62DF1" w:rsidRDefault="00C9335B" w:rsidP="006C5DDF">
+    <w:p w14:paraId="66DAE374" w14:textId="54513EEA" w:rsidR="008E6C10" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0094277F" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>韩裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781A2EF0" w14:textId="4F7AC1B9" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="00C9335B" w:rsidP="006C5DDF">
+    <w:p w14:paraId="781A2EF0" w14:textId="7E2325C3" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CD0508" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>越南裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F87956A" w14:textId="0D5CDB12" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="00C9335B" w:rsidP="006C5DDF">
+    <w:p w14:paraId="1F87956A" w14:textId="39F8FFE1" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF757D" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>其他类别的亚裔</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7BD076" w14:textId="0A52C9B5" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="00C9335B" w:rsidP="006C5DDF">
+    <w:p w14:paraId="2F7BD076" w14:textId="593C6E49" w:rsidR="00C9335B" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C644FD" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>黑人或非裔美国人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E3FD47" w14:textId="773D9C4B" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="00C9335B" w:rsidP="006C5DDF">
+    <w:p w14:paraId="59E3FD47" w14:textId="7E499A31" w:rsidR="0059038D" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00957B0F" w:rsidRPr="00FA6A50">
         <w:t>夏威夷原住民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28649822" w14:textId="0461742C" w:rsidR="00E078D4" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="006C5DDF">
+    <w:p w14:paraId="28649822" w14:textId="078B564D" w:rsidR="00E078D4" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F462FE" w:rsidRPr="00F462FE">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>关岛</w:t>
       </w:r>
       <w:r w:rsidR="00FE2930" w:rsidRPr="00FA6A50">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>人或查莫罗人</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70305EE9" w14:textId="7EB18BBC" w:rsidR="009079A8" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="006C5DDF">
+    <w:p w14:paraId="70305EE9" w14:textId="44E25268" w:rsidR="009079A8" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="006C5DDF">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003F4F7D" w:rsidRPr="003F4F7D">
-[...6 lines deleted...]
-    <w:p w14:paraId="083BABEF" w14:textId="5D928731" w:rsidR="0050479E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="005527FA">
+      <w:r w:rsidR="00F07F78">
+        <w:t>萨摩亚人</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083BABEF" w14:textId="482412A6" w:rsidR="0050479E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="005527FA">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E763A7" w:rsidRPr="00E763A7">
         <w:t>其他类别的太平洋岛民</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1311DC63" w14:textId="51863DB0" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0050479E" w:rsidP="0050479E">
+    <w:p w14:paraId="1311DC63" w14:textId="2767E28F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="0050479E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="979"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00863EA9" w:rsidRPr="00863EA9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>白</w:t>
       </w:r>
       <w:r w:rsidR="00863EA9" w:rsidRPr="00863EA9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>种人</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BE554E" w14:textId="0241C2E6" w:rsidR="00136DFF" w:rsidRPr="00A62DF1" w:rsidRDefault="00136DFF" w:rsidP="002A1F2F">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="180" w:after="0"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>[</w:t>
       </w:r>
@@ -26293,283 +21068,248 @@
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F183756" wp14:editId="3BCCD7EC">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="55" name="Picture 55" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="55" name="Picture 55" descr="Dashed RED line indicating that the following is a gate item question (i.e., a question that include a skip pattern) and that this question must be displayed as a single question on a separate webpage. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="009B2FFB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC14666" w14:textId="2A62F94D" w:rsidR="00366FB1" w:rsidRPr="00A15E30" w:rsidRDefault="00A15E30" w:rsidP="00A15E30">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="280" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A15E30">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>是否有人帮助您填写本调查</w:t>
       </w:r>
       <w:r w:rsidRPr="00A15E30">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38193EBE" w14:textId="4ACD677A" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="38193EBE" w14:textId="15AEEBD7" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1800" w:hanging="1224"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007123AC" w:rsidRPr="009914B7">
         <w:t>是</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B88D9D6" w14:textId="1632E3D8" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="0066257E">
+    <w:p w14:paraId="3B88D9D6" w14:textId="110375E1" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="0066257E">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1800" w:hanging="1224"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B17883" w:rsidRPr="00B17883">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>否</w:t>
       </w:r>
       <w:r w:rsidR="00B17883" w:rsidRPr="00B17883">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:t xml:space="preserve">[IF NO, GO TO </w:t>
       </w:r>
       <w:r w:rsidR="00522F43" w:rsidRPr="00A62DF1">
         <w:t>EXIT PAGE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidR="0066257E" w:rsidRPr="00A62DF1">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED28AEB" w14:textId="39FF12FB" w:rsidR="002A1CE7" w:rsidRPr="00A62DF1" w:rsidRDefault="008C2522" w:rsidP="002A1CE7">
       <w:pPr>
         <w:pStyle w:val="SurveyBodyTextIndented"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="098808BE" wp14:editId="5EADBBC8">
             <wp:extent cx="5943600" cy="47625"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="72" name="Picture 72" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="47" name="Picture 47" descr="Dashed RED line indicating the end of a gate item question (i.e., questions that include a skip pattern). "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="47625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="55BBAB7F" w14:textId="70684439" w:rsidR="00366FB1" w:rsidRPr="001F4E3B" w:rsidRDefault="001F4E3B" w:rsidP="001F4E3B">
       <w:pPr>
         <w:pStyle w:val="Q1-Survey-Question"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -26587,334 +21327,244 @@
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>这个人是如何帮助您的？</w:t>
       </w:r>
       <w:r w:rsidRPr="001F4E3B">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>请标记一或多项</w:t>
       </w:r>
       <w:r w:rsidRPr="001F4E3B">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB66B63" w14:textId="3D7897D7" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="009169F6">
+    <w:p w14:paraId="2AB66B63" w14:textId="6BF03146" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="009169F6">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0003540F" w:rsidRPr="00FA6A50">
         <w:t>把问题念出来给我听</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="334287D6" w14:textId="12C4ADA9" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="009169F6">
+    <w:p w14:paraId="334287D6" w14:textId="00A422F8" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="009169F6">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DF2C77" w:rsidRPr="00FA6A50">
         <w:t>写下我提供的答案</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A61F28A" w14:textId="12FE0F5B" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="009169F6">
+    <w:p w14:paraId="1A61F28A" w14:textId="4B26D572" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="009169F6">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00850E9F" w:rsidRPr="00FA6A50">
         <w:t>为我回答问题</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425F3AA5" w14:textId="77777777" w:rsidR="00AF0BCD" w:rsidRDefault="0066257E" w:rsidP="009169F6">
+    <w:p w14:paraId="425F3AA5" w14:textId="4D0F8FBE" w:rsidR="00AF0BCD" w:rsidRDefault="006F7C9E" w:rsidP="009169F6">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E04B2F">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AF0BCD" w:rsidRPr="00AF0BCD">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>将问题翻译成我的语言</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1BD2C3" w14:textId="37DD5DAB" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="0066257E" w:rsidP="009169F6">
+    <w:p w14:paraId="7F1BD2C3" w14:textId="5CF7D79F" w:rsidR="0066257E" w:rsidRPr="00A62DF1" w:rsidRDefault="006F7C9E" w:rsidP="009169F6">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="0"/>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:statusText w:type="text" w:val="check box"/>
+            <w:statusText w:type="text" w:val="复选框"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A62DF1">
+      <w:r w:rsidRPr="00E04B2F">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00945FA8" w:rsidRPr="00945FA8">
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="zh-TW"/>
         </w:rPr>
         <w:t>以其他方式提供帮助</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D275F68" w14:textId="175C5347" w:rsidR="00136DFF" w:rsidRPr="00A62DF1" w:rsidRDefault="00136DFF" w:rsidP="00366FB1">
       <w:pPr>
         <w:pStyle w:val="A1-Survey1DigitRespOptBox"/>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00F95212" w:rsidRPr="00A62DF1">
         <w:t>Q</w:t>
       </w:r>
       <w:r w:rsidR="0059038D" w:rsidRPr="00A62DF1">
         <w:t>6</w:t>
@@ -26945,51 +21595,51 @@
         <w:ind w:left="432"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52834C4C" wp14:editId="77118BE1">
             <wp:extent cx="5943600" cy="70485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="25" name="Picture 25" descr="Solid RED line indicating a webpage break between survey sections. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Solid RED line indicating a webpage break between survey sections. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="70485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="412CE695" w14:textId="77777777" w:rsidR="001B124D" w:rsidRPr="00A62DF1" w:rsidRDefault="00EE0617" w:rsidP="001B124D">
       <w:pPr>
         <w:pStyle w:val="A3-SurveyResponseLine"/>
         <w:spacing w:before="0" w:after="240"/>
         <w:ind w:left="0"/>
@@ -27057,277 +21707,229 @@
         <w:spacing w:before="200" w:after="200"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00A62DF1">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51E91901" wp14:editId="2D3DC2AE">
             <wp:extent cx="5943600" cy="70485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="26" name="Picture 26" descr="Solid RED line indicating a webpage break between survey sections. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Solid RED line indicating a webpage break between survey sections. "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="70485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005C1E4F" w:rsidRPr="00A62DF1" w:rsidSect="00AA3C23">
-      <w:headerReference w:type="default" r:id="rId17"/>
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...44 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="391124D2" w14:textId="77777777" w:rsidR="007D6E7B" w:rsidRDefault="007D6E7B">
+    <w:p w14:paraId="4EC01E09" w14:textId="77777777" w:rsidR="00401AE1" w:rsidRDefault="00401AE1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E83A720" w14:textId="77777777" w:rsidR="007D6E7B" w:rsidRDefault="007D6E7B">
+    <w:p w14:paraId="19DCE0EC" w14:textId="77777777" w:rsidR="00401AE1" w:rsidRDefault="00401AE1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14660097" w14:textId="77777777" w:rsidR="007D6E7B" w:rsidRDefault="007D6E7B">
+    <w:p w14:paraId="1E868EA9" w14:textId="77777777" w:rsidR="00401AE1" w:rsidRDefault="00401AE1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VNI-Times">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="News Gothic MT">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
@@ -27471,71 +22073,71 @@
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="0042492C" w:rsidRPr="0050479E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="0042492C" w:rsidRPr="0050479E">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="250BCF8A" w14:textId="77777777" w:rsidR="007D6E7B" w:rsidRDefault="007D6E7B">
+    <w:p w14:paraId="4FAFBDAB" w14:textId="77777777" w:rsidR="00401AE1" w:rsidRDefault="00401AE1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2ACB6A73" w14:textId="77777777" w:rsidR="007D6E7B" w:rsidRDefault="007D6E7B">
+    <w:p w14:paraId="017ABF79" w14:textId="77777777" w:rsidR="00401AE1" w:rsidRDefault="00401AE1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4403D54D" w14:textId="77777777" w:rsidR="007D6E7B" w:rsidRDefault="007D6E7B">
+    <w:p w14:paraId="528B4969" w14:textId="77777777" w:rsidR="00401AE1" w:rsidRDefault="00401AE1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26456B89" w14:textId="022646C2" w:rsidR="0042492C" w:rsidRPr="003F040D" w:rsidRDefault="0042492C" w:rsidP="000B4434">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
@@ -32017,109 +26619,103 @@
   <w:num w:numId="35" w16cid:durableId="2016804893">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="412625112">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="263922188">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1745831456">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="515079246">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1298298588">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="330960075">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="30"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="60"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa2NLU0MTY2tDQHMi0NzZR0lIJTi4sz8/NACoxqAfWJpYMsAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="000667C2"/>
     <w:rsid w:val="00001B75"/>
     <w:rsid w:val="00003E0E"/>
     <w:rsid w:val="00003E36"/>
     <w:rsid w:val="00005AB9"/>
     <w:rsid w:val="00006301"/>
     <w:rsid w:val="00006748"/>
     <w:rsid w:val="00006AE9"/>
     <w:rsid w:val="00010BF5"/>
     <w:rsid w:val="00012E8D"/>
     <w:rsid w:val="00013080"/>
     <w:rsid w:val="00013326"/>
     <w:rsid w:val="00013831"/>
     <w:rsid w:val="00017285"/>
     <w:rsid w:val="00020B1D"/>
     <w:rsid w:val="0002173B"/>
     <w:rsid w:val="000217D0"/>
+    <w:rsid w:val="00021EED"/>
     <w:rsid w:val="0002408F"/>
     <w:rsid w:val="00025598"/>
     <w:rsid w:val="00026886"/>
     <w:rsid w:val="000314D2"/>
     <w:rsid w:val="000321FC"/>
     <w:rsid w:val="00034033"/>
     <w:rsid w:val="0003540F"/>
     <w:rsid w:val="00040164"/>
     <w:rsid w:val="00040B49"/>
     <w:rsid w:val="00042D98"/>
     <w:rsid w:val="0004376F"/>
     <w:rsid w:val="000458BA"/>
     <w:rsid w:val="000462A1"/>
     <w:rsid w:val="00046CD2"/>
     <w:rsid w:val="00046CD7"/>
     <w:rsid w:val="00050ED0"/>
     <w:rsid w:val="00051E43"/>
     <w:rsid w:val="00052F1E"/>
     <w:rsid w:val="00054687"/>
     <w:rsid w:val="00056FD6"/>
     <w:rsid w:val="000579FA"/>
     <w:rsid w:val="000630AB"/>
     <w:rsid w:val="00065193"/>
     <w:rsid w:val="000667C2"/>
     <w:rsid w:val="00070702"/>
@@ -32156,120 +26752,124 @@
     <w:rsid w:val="000C37EF"/>
     <w:rsid w:val="000C4E85"/>
     <w:rsid w:val="000C6307"/>
     <w:rsid w:val="000C6590"/>
     <w:rsid w:val="000C75C5"/>
     <w:rsid w:val="000D00DE"/>
     <w:rsid w:val="000D0272"/>
     <w:rsid w:val="000D1C81"/>
     <w:rsid w:val="000D2A5C"/>
     <w:rsid w:val="000D31FE"/>
     <w:rsid w:val="000D3CB9"/>
     <w:rsid w:val="000D56BC"/>
     <w:rsid w:val="000D5ACD"/>
     <w:rsid w:val="000D7468"/>
     <w:rsid w:val="000E0CC0"/>
     <w:rsid w:val="000E217D"/>
     <w:rsid w:val="000E7618"/>
     <w:rsid w:val="000F0431"/>
     <w:rsid w:val="000F0D3A"/>
     <w:rsid w:val="000F1B89"/>
     <w:rsid w:val="000F28E2"/>
     <w:rsid w:val="000F34B7"/>
     <w:rsid w:val="000F45FC"/>
     <w:rsid w:val="001002C9"/>
     <w:rsid w:val="001041ED"/>
+    <w:rsid w:val="001046B1"/>
     <w:rsid w:val="0010507B"/>
     <w:rsid w:val="00105A4A"/>
     <w:rsid w:val="00107A24"/>
     <w:rsid w:val="00111CFB"/>
     <w:rsid w:val="00114E70"/>
     <w:rsid w:val="001157D8"/>
     <w:rsid w:val="001159BE"/>
     <w:rsid w:val="00116A0D"/>
     <w:rsid w:val="00117E9E"/>
     <w:rsid w:val="0012164B"/>
     <w:rsid w:val="00122330"/>
     <w:rsid w:val="00123424"/>
     <w:rsid w:val="00123D56"/>
     <w:rsid w:val="00127879"/>
     <w:rsid w:val="001333B6"/>
     <w:rsid w:val="00136BB6"/>
     <w:rsid w:val="00136DFF"/>
     <w:rsid w:val="00136E57"/>
     <w:rsid w:val="001400C9"/>
     <w:rsid w:val="00143557"/>
     <w:rsid w:val="0014396F"/>
     <w:rsid w:val="00143CE3"/>
     <w:rsid w:val="00147B5D"/>
     <w:rsid w:val="00150020"/>
     <w:rsid w:val="00151BCC"/>
     <w:rsid w:val="00152C2F"/>
     <w:rsid w:val="00153296"/>
+    <w:rsid w:val="0015427E"/>
     <w:rsid w:val="0015429C"/>
     <w:rsid w:val="0015745E"/>
     <w:rsid w:val="00157C7D"/>
     <w:rsid w:val="00160979"/>
     <w:rsid w:val="00160D13"/>
     <w:rsid w:val="00162BB2"/>
     <w:rsid w:val="00162E19"/>
     <w:rsid w:val="00163486"/>
     <w:rsid w:val="001641C6"/>
     <w:rsid w:val="001648A2"/>
     <w:rsid w:val="00166496"/>
     <w:rsid w:val="0017116C"/>
     <w:rsid w:val="001727D6"/>
     <w:rsid w:val="0017310A"/>
     <w:rsid w:val="00177D87"/>
     <w:rsid w:val="001813F1"/>
     <w:rsid w:val="00183061"/>
     <w:rsid w:val="00184B1B"/>
     <w:rsid w:val="001852CC"/>
     <w:rsid w:val="001900FB"/>
     <w:rsid w:val="00190994"/>
     <w:rsid w:val="0019169B"/>
     <w:rsid w:val="00191A5C"/>
     <w:rsid w:val="00191AE5"/>
+    <w:rsid w:val="00193329"/>
     <w:rsid w:val="001974CF"/>
     <w:rsid w:val="001A010E"/>
     <w:rsid w:val="001A0EC0"/>
     <w:rsid w:val="001A109E"/>
     <w:rsid w:val="001A39A0"/>
     <w:rsid w:val="001A40C4"/>
     <w:rsid w:val="001A4455"/>
     <w:rsid w:val="001A6FE1"/>
     <w:rsid w:val="001B124D"/>
     <w:rsid w:val="001B16AA"/>
     <w:rsid w:val="001B314C"/>
     <w:rsid w:val="001B3C52"/>
     <w:rsid w:val="001B4667"/>
     <w:rsid w:val="001B582A"/>
     <w:rsid w:val="001B74D3"/>
     <w:rsid w:val="001C2D7E"/>
     <w:rsid w:val="001C38CF"/>
     <w:rsid w:val="001C53AD"/>
     <w:rsid w:val="001C7422"/>
+    <w:rsid w:val="001D0E32"/>
     <w:rsid w:val="001D1EAE"/>
     <w:rsid w:val="001D3A83"/>
     <w:rsid w:val="001D3A8E"/>
     <w:rsid w:val="001D4FFE"/>
     <w:rsid w:val="001D5D53"/>
     <w:rsid w:val="001D776F"/>
     <w:rsid w:val="001E1609"/>
     <w:rsid w:val="001E2C6D"/>
     <w:rsid w:val="001E44C9"/>
     <w:rsid w:val="001E58D3"/>
     <w:rsid w:val="001E69E9"/>
     <w:rsid w:val="001F0DDE"/>
     <w:rsid w:val="001F4E3B"/>
     <w:rsid w:val="001F581F"/>
     <w:rsid w:val="001F6D92"/>
     <w:rsid w:val="001F6E60"/>
     <w:rsid w:val="002010B6"/>
     <w:rsid w:val="002011B9"/>
     <w:rsid w:val="0020289D"/>
     <w:rsid w:val="00202AEF"/>
     <w:rsid w:val="0020342C"/>
     <w:rsid w:val="0020514C"/>
     <w:rsid w:val="002067F0"/>
     <w:rsid w:val="002075FA"/>
     <w:rsid w:val="00210416"/>
@@ -32286,50 +26886,51 @@
     <w:rsid w:val="002228E7"/>
     <w:rsid w:val="002272C7"/>
     <w:rsid w:val="00230F50"/>
     <w:rsid w:val="002341B9"/>
     <w:rsid w:val="00234283"/>
     <w:rsid w:val="00237620"/>
     <w:rsid w:val="00237B9F"/>
     <w:rsid w:val="00242580"/>
     <w:rsid w:val="00242F3B"/>
     <w:rsid w:val="0024388F"/>
     <w:rsid w:val="00245DDE"/>
     <w:rsid w:val="0024657D"/>
     <w:rsid w:val="00250692"/>
     <w:rsid w:val="00252F3B"/>
     <w:rsid w:val="002534AB"/>
     <w:rsid w:val="00260D76"/>
     <w:rsid w:val="0026120C"/>
     <w:rsid w:val="00262552"/>
     <w:rsid w:val="00263E92"/>
     <w:rsid w:val="00264C77"/>
     <w:rsid w:val="00266BB7"/>
     <w:rsid w:val="002719D2"/>
     <w:rsid w:val="00276942"/>
     <w:rsid w:val="00276B25"/>
     <w:rsid w:val="00276EE9"/>
+    <w:rsid w:val="00280C97"/>
     <w:rsid w:val="00280E63"/>
     <w:rsid w:val="00281049"/>
     <w:rsid w:val="00281F73"/>
     <w:rsid w:val="00284EEB"/>
     <w:rsid w:val="00285AE0"/>
     <w:rsid w:val="0028726E"/>
     <w:rsid w:val="002877A7"/>
     <w:rsid w:val="00287847"/>
     <w:rsid w:val="00290520"/>
     <w:rsid w:val="00292AB7"/>
     <w:rsid w:val="00293A34"/>
     <w:rsid w:val="00294023"/>
     <w:rsid w:val="00295409"/>
     <w:rsid w:val="00296739"/>
     <w:rsid w:val="00297574"/>
     <w:rsid w:val="002A108B"/>
     <w:rsid w:val="002A159E"/>
     <w:rsid w:val="002A1CE7"/>
     <w:rsid w:val="002A1E24"/>
     <w:rsid w:val="002A1F2F"/>
     <w:rsid w:val="002A2466"/>
     <w:rsid w:val="002A399A"/>
     <w:rsid w:val="002A3A80"/>
     <w:rsid w:val="002A58ED"/>
     <w:rsid w:val="002B09DE"/>
@@ -32341,50 +26942,51 @@
     <w:rsid w:val="002B6976"/>
     <w:rsid w:val="002B71C3"/>
     <w:rsid w:val="002B779E"/>
     <w:rsid w:val="002C00F1"/>
     <w:rsid w:val="002C09F4"/>
     <w:rsid w:val="002C3E11"/>
     <w:rsid w:val="002C55E9"/>
     <w:rsid w:val="002C64E4"/>
     <w:rsid w:val="002C6D58"/>
     <w:rsid w:val="002C78F8"/>
     <w:rsid w:val="002C7C85"/>
     <w:rsid w:val="002D300C"/>
     <w:rsid w:val="002D391D"/>
     <w:rsid w:val="002D3F41"/>
     <w:rsid w:val="002D44D9"/>
     <w:rsid w:val="002E0D4A"/>
     <w:rsid w:val="002E0F89"/>
     <w:rsid w:val="002E1548"/>
     <w:rsid w:val="002E389C"/>
     <w:rsid w:val="002E41EE"/>
     <w:rsid w:val="002E74C5"/>
     <w:rsid w:val="002E7858"/>
     <w:rsid w:val="002F0072"/>
     <w:rsid w:val="002F1FC3"/>
     <w:rsid w:val="002F210F"/>
+    <w:rsid w:val="002F4682"/>
     <w:rsid w:val="002F4B1B"/>
     <w:rsid w:val="002F7F1E"/>
     <w:rsid w:val="002F7F5A"/>
     <w:rsid w:val="00301AC0"/>
     <w:rsid w:val="00303143"/>
     <w:rsid w:val="00303543"/>
     <w:rsid w:val="00312504"/>
     <w:rsid w:val="00312DD9"/>
     <w:rsid w:val="00313E65"/>
     <w:rsid w:val="003149FA"/>
     <w:rsid w:val="00315ACD"/>
     <w:rsid w:val="00315F74"/>
     <w:rsid w:val="00320B9B"/>
     <w:rsid w:val="00321C5F"/>
     <w:rsid w:val="00322C60"/>
     <w:rsid w:val="0032308E"/>
     <w:rsid w:val="00324F80"/>
     <w:rsid w:val="00327106"/>
     <w:rsid w:val="0033376E"/>
     <w:rsid w:val="00333FB1"/>
     <w:rsid w:val="0033606E"/>
     <w:rsid w:val="00337C82"/>
     <w:rsid w:val="003405AF"/>
     <w:rsid w:val="00340DF7"/>
     <w:rsid w:val="00345DA3"/>
@@ -32432,91 +27034,93 @@
     <w:rsid w:val="003C2AA1"/>
     <w:rsid w:val="003C2F89"/>
     <w:rsid w:val="003C31D0"/>
     <w:rsid w:val="003C3DE6"/>
     <w:rsid w:val="003C60B6"/>
     <w:rsid w:val="003C6A0F"/>
     <w:rsid w:val="003C6BD2"/>
     <w:rsid w:val="003C7465"/>
     <w:rsid w:val="003C77DB"/>
     <w:rsid w:val="003D3362"/>
     <w:rsid w:val="003D387E"/>
     <w:rsid w:val="003D43AC"/>
     <w:rsid w:val="003D4DD0"/>
     <w:rsid w:val="003D513C"/>
     <w:rsid w:val="003D555B"/>
     <w:rsid w:val="003D58FB"/>
     <w:rsid w:val="003D7715"/>
     <w:rsid w:val="003E013F"/>
     <w:rsid w:val="003E0FA6"/>
     <w:rsid w:val="003F01F2"/>
     <w:rsid w:val="003F336B"/>
     <w:rsid w:val="003F4F7D"/>
     <w:rsid w:val="003F5315"/>
     <w:rsid w:val="003F7B72"/>
     <w:rsid w:val="004006BE"/>
+    <w:rsid w:val="00401AE1"/>
     <w:rsid w:val="0040355A"/>
     <w:rsid w:val="00403754"/>
     <w:rsid w:val="00404B9B"/>
     <w:rsid w:val="00405C74"/>
     <w:rsid w:val="004071A8"/>
     <w:rsid w:val="00407748"/>
     <w:rsid w:val="00413C64"/>
     <w:rsid w:val="00413CA7"/>
     <w:rsid w:val="00414811"/>
     <w:rsid w:val="0041653A"/>
     <w:rsid w:val="00416EED"/>
     <w:rsid w:val="0042009A"/>
     <w:rsid w:val="00420C23"/>
     <w:rsid w:val="00420D20"/>
     <w:rsid w:val="0042326F"/>
     <w:rsid w:val="00423397"/>
     <w:rsid w:val="004236B6"/>
     <w:rsid w:val="0042492C"/>
     <w:rsid w:val="004269B2"/>
     <w:rsid w:val="0042755B"/>
     <w:rsid w:val="0042790E"/>
     <w:rsid w:val="004301BF"/>
     <w:rsid w:val="00431EC6"/>
     <w:rsid w:val="00433B52"/>
     <w:rsid w:val="00434AF2"/>
     <w:rsid w:val="004373F9"/>
     <w:rsid w:val="00437B39"/>
     <w:rsid w:val="00440447"/>
     <w:rsid w:val="00442EB1"/>
     <w:rsid w:val="004434F2"/>
     <w:rsid w:val="00445ABE"/>
     <w:rsid w:val="00446530"/>
     <w:rsid w:val="0044789A"/>
     <w:rsid w:val="0045068C"/>
     <w:rsid w:val="00451B8A"/>
     <w:rsid w:val="00451EFD"/>
     <w:rsid w:val="00451F19"/>
     <w:rsid w:val="00452440"/>
     <w:rsid w:val="004527DC"/>
     <w:rsid w:val="00454602"/>
     <w:rsid w:val="004564C3"/>
+    <w:rsid w:val="00456714"/>
     <w:rsid w:val="004572CE"/>
     <w:rsid w:val="00461584"/>
     <w:rsid w:val="00462201"/>
     <w:rsid w:val="00463294"/>
     <w:rsid w:val="004645B2"/>
     <w:rsid w:val="00464FC0"/>
     <w:rsid w:val="00465270"/>
     <w:rsid w:val="00466A5E"/>
     <w:rsid w:val="00466EC5"/>
     <w:rsid w:val="00470F0C"/>
     <w:rsid w:val="00472CFC"/>
     <w:rsid w:val="00472FDE"/>
     <w:rsid w:val="004731E7"/>
     <w:rsid w:val="00473B9E"/>
     <w:rsid w:val="004746CD"/>
     <w:rsid w:val="00474711"/>
     <w:rsid w:val="00482602"/>
     <w:rsid w:val="00483D34"/>
     <w:rsid w:val="0048659F"/>
     <w:rsid w:val="0049090A"/>
     <w:rsid w:val="004928BF"/>
     <w:rsid w:val="00494561"/>
     <w:rsid w:val="0049527D"/>
     <w:rsid w:val="004961DC"/>
     <w:rsid w:val="0049634E"/>
@@ -32634,207 +27238,215 @@
     <w:rsid w:val="005D3F63"/>
     <w:rsid w:val="005D4243"/>
     <w:rsid w:val="005D599B"/>
     <w:rsid w:val="005E0057"/>
     <w:rsid w:val="005E091F"/>
     <w:rsid w:val="005E357B"/>
     <w:rsid w:val="005E6C2B"/>
     <w:rsid w:val="005E7C46"/>
     <w:rsid w:val="005F1282"/>
     <w:rsid w:val="005F32F6"/>
     <w:rsid w:val="0060076B"/>
     <w:rsid w:val="00601AFC"/>
     <w:rsid w:val="00601E08"/>
     <w:rsid w:val="0060341B"/>
     <w:rsid w:val="00603FB3"/>
     <w:rsid w:val="00606A76"/>
     <w:rsid w:val="00607C86"/>
     <w:rsid w:val="00611B9A"/>
     <w:rsid w:val="00612B77"/>
     <w:rsid w:val="0061448A"/>
     <w:rsid w:val="00615F0B"/>
     <w:rsid w:val="006164D4"/>
     <w:rsid w:val="00621CB8"/>
     <w:rsid w:val="0062373F"/>
     <w:rsid w:val="006242FC"/>
+    <w:rsid w:val="00624429"/>
+    <w:rsid w:val="00625240"/>
     <w:rsid w:val="006252C9"/>
     <w:rsid w:val="0062580F"/>
     <w:rsid w:val="00626252"/>
     <w:rsid w:val="00626549"/>
     <w:rsid w:val="006308DB"/>
     <w:rsid w:val="00631616"/>
     <w:rsid w:val="00631DA6"/>
     <w:rsid w:val="00631E92"/>
     <w:rsid w:val="006323E0"/>
     <w:rsid w:val="006330D7"/>
     <w:rsid w:val="006337D1"/>
     <w:rsid w:val="006352B6"/>
+    <w:rsid w:val="00637529"/>
     <w:rsid w:val="00640CB0"/>
     <w:rsid w:val="006410F9"/>
     <w:rsid w:val="006413CD"/>
     <w:rsid w:val="00641665"/>
     <w:rsid w:val="00642CF0"/>
     <w:rsid w:val="006440A7"/>
     <w:rsid w:val="006449B7"/>
     <w:rsid w:val="00646C96"/>
     <w:rsid w:val="00650338"/>
     <w:rsid w:val="00651AA4"/>
     <w:rsid w:val="00651F40"/>
     <w:rsid w:val="00652652"/>
     <w:rsid w:val="00652878"/>
     <w:rsid w:val="0065304D"/>
     <w:rsid w:val="006567EC"/>
     <w:rsid w:val="00656803"/>
     <w:rsid w:val="006601FA"/>
     <w:rsid w:val="00660B91"/>
     <w:rsid w:val="0066257E"/>
     <w:rsid w:val="00666417"/>
     <w:rsid w:val="00670DDD"/>
     <w:rsid w:val="00670EFD"/>
     <w:rsid w:val="006710AC"/>
     <w:rsid w:val="0067192D"/>
     <w:rsid w:val="00674095"/>
     <w:rsid w:val="006745AB"/>
     <w:rsid w:val="00683399"/>
     <w:rsid w:val="0068339F"/>
     <w:rsid w:val="00683B52"/>
     <w:rsid w:val="006851AD"/>
     <w:rsid w:val="00685E54"/>
     <w:rsid w:val="00686ABD"/>
     <w:rsid w:val="006875EA"/>
     <w:rsid w:val="006900F8"/>
     <w:rsid w:val="006929CD"/>
     <w:rsid w:val="00694F9A"/>
+    <w:rsid w:val="00695F9D"/>
     <w:rsid w:val="00697F3A"/>
     <w:rsid w:val="006A292A"/>
     <w:rsid w:val="006A35C8"/>
     <w:rsid w:val="006A54C6"/>
     <w:rsid w:val="006A7D7A"/>
     <w:rsid w:val="006B15F8"/>
     <w:rsid w:val="006B6D09"/>
     <w:rsid w:val="006B706E"/>
     <w:rsid w:val="006B7448"/>
     <w:rsid w:val="006C0597"/>
     <w:rsid w:val="006C2522"/>
     <w:rsid w:val="006C2E34"/>
     <w:rsid w:val="006C2FEC"/>
     <w:rsid w:val="006C3408"/>
     <w:rsid w:val="006C4043"/>
     <w:rsid w:val="006C4261"/>
     <w:rsid w:val="006C5139"/>
     <w:rsid w:val="006C5DDF"/>
     <w:rsid w:val="006D1B10"/>
     <w:rsid w:val="006D218D"/>
     <w:rsid w:val="006D29B3"/>
     <w:rsid w:val="006D2F66"/>
     <w:rsid w:val="006D3476"/>
     <w:rsid w:val="006D36B2"/>
     <w:rsid w:val="006D53D7"/>
     <w:rsid w:val="006D6736"/>
     <w:rsid w:val="006D7A42"/>
     <w:rsid w:val="006E0C45"/>
     <w:rsid w:val="006E6767"/>
     <w:rsid w:val="006E7E53"/>
     <w:rsid w:val="006F01BD"/>
     <w:rsid w:val="006F5F88"/>
     <w:rsid w:val="006F67E9"/>
     <w:rsid w:val="006F79B4"/>
+    <w:rsid w:val="006F7C9E"/>
     <w:rsid w:val="00702503"/>
     <w:rsid w:val="00705E8E"/>
     <w:rsid w:val="0070769A"/>
     <w:rsid w:val="00710BEE"/>
     <w:rsid w:val="00711A68"/>
     <w:rsid w:val="00711AE9"/>
     <w:rsid w:val="007120B6"/>
     <w:rsid w:val="007123AC"/>
     <w:rsid w:val="007126CE"/>
     <w:rsid w:val="007128E8"/>
     <w:rsid w:val="007129AF"/>
     <w:rsid w:val="00715575"/>
     <w:rsid w:val="007169A2"/>
     <w:rsid w:val="00720390"/>
     <w:rsid w:val="00722BB6"/>
     <w:rsid w:val="00725A96"/>
     <w:rsid w:val="0072792A"/>
     <w:rsid w:val="007311CF"/>
     <w:rsid w:val="0073316D"/>
+    <w:rsid w:val="00735B9B"/>
     <w:rsid w:val="0073737A"/>
     <w:rsid w:val="007377D0"/>
     <w:rsid w:val="00737E27"/>
     <w:rsid w:val="007438F6"/>
     <w:rsid w:val="00745025"/>
     <w:rsid w:val="0074560E"/>
     <w:rsid w:val="007465BF"/>
+    <w:rsid w:val="007466EC"/>
     <w:rsid w:val="00746F81"/>
     <w:rsid w:val="007474AE"/>
     <w:rsid w:val="00747E79"/>
     <w:rsid w:val="007503EC"/>
     <w:rsid w:val="0075158A"/>
     <w:rsid w:val="00751AFA"/>
     <w:rsid w:val="00751BA4"/>
     <w:rsid w:val="00753CEB"/>
     <w:rsid w:val="007548F5"/>
     <w:rsid w:val="007606CE"/>
     <w:rsid w:val="007608A9"/>
     <w:rsid w:val="00760A13"/>
     <w:rsid w:val="00761A1C"/>
     <w:rsid w:val="00761DA2"/>
     <w:rsid w:val="00762A35"/>
     <w:rsid w:val="007642D4"/>
     <w:rsid w:val="00770196"/>
     <w:rsid w:val="00770295"/>
     <w:rsid w:val="00775E53"/>
     <w:rsid w:val="00776277"/>
     <w:rsid w:val="007776DB"/>
     <w:rsid w:val="00780425"/>
     <w:rsid w:val="007810B3"/>
     <w:rsid w:val="0078178C"/>
     <w:rsid w:val="0078279A"/>
     <w:rsid w:val="007835A2"/>
     <w:rsid w:val="00783C3B"/>
     <w:rsid w:val="0078501B"/>
     <w:rsid w:val="0078523E"/>
     <w:rsid w:val="0078611A"/>
     <w:rsid w:val="00790121"/>
     <w:rsid w:val="0079169A"/>
     <w:rsid w:val="007926DB"/>
     <w:rsid w:val="007940A4"/>
     <w:rsid w:val="007943DB"/>
     <w:rsid w:val="007961E8"/>
     <w:rsid w:val="007A0B84"/>
     <w:rsid w:val="007A1F95"/>
     <w:rsid w:val="007A1FD1"/>
     <w:rsid w:val="007A3F91"/>
     <w:rsid w:val="007A6200"/>
     <w:rsid w:val="007A75F8"/>
     <w:rsid w:val="007A76CE"/>
     <w:rsid w:val="007A7B74"/>
     <w:rsid w:val="007B03CD"/>
     <w:rsid w:val="007B102C"/>
     <w:rsid w:val="007B19D8"/>
     <w:rsid w:val="007B2BA5"/>
     <w:rsid w:val="007B3B73"/>
+    <w:rsid w:val="007B5114"/>
     <w:rsid w:val="007B7B67"/>
     <w:rsid w:val="007C0E22"/>
     <w:rsid w:val="007C2118"/>
     <w:rsid w:val="007C6097"/>
     <w:rsid w:val="007C734B"/>
     <w:rsid w:val="007D1664"/>
     <w:rsid w:val="007D26A0"/>
     <w:rsid w:val="007D51EB"/>
     <w:rsid w:val="007D59C1"/>
     <w:rsid w:val="007D603E"/>
     <w:rsid w:val="007D6E7B"/>
     <w:rsid w:val="007E0E2D"/>
     <w:rsid w:val="007E3BC2"/>
     <w:rsid w:val="007E4015"/>
     <w:rsid w:val="007E5D46"/>
     <w:rsid w:val="007E5FBD"/>
     <w:rsid w:val="007F21CB"/>
     <w:rsid w:val="007F232E"/>
     <w:rsid w:val="007F3890"/>
     <w:rsid w:val="0080270B"/>
     <w:rsid w:val="00803540"/>
     <w:rsid w:val="00807EEF"/>
     <w:rsid w:val="00810E7A"/>
     <w:rsid w:val="00812824"/>
     <w:rsid w:val="00814AAE"/>
@@ -32929,50 +27541,51 @@
     <w:rsid w:val="00910A97"/>
     <w:rsid w:val="00910E4B"/>
     <w:rsid w:val="009120CD"/>
     <w:rsid w:val="009121E8"/>
     <w:rsid w:val="0091322C"/>
     <w:rsid w:val="009147D1"/>
     <w:rsid w:val="00914A56"/>
     <w:rsid w:val="009159FB"/>
     <w:rsid w:val="00915ADF"/>
     <w:rsid w:val="009169F6"/>
     <w:rsid w:val="00917E37"/>
     <w:rsid w:val="00925887"/>
     <w:rsid w:val="00930B77"/>
     <w:rsid w:val="00930D32"/>
     <w:rsid w:val="009361C0"/>
     <w:rsid w:val="00936354"/>
     <w:rsid w:val="00936666"/>
     <w:rsid w:val="009376EE"/>
     <w:rsid w:val="009403AD"/>
     <w:rsid w:val="0094081D"/>
     <w:rsid w:val="0094277F"/>
     <w:rsid w:val="00943945"/>
     <w:rsid w:val="009441A0"/>
     <w:rsid w:val="00945804"/>
     <w:rsid w:val="00945FA8"/>
+    <w:rsid w:val="0095218C"/>
     <w:rsid w:val="009547D7"/>
     <w:rsid w:val="00955A5E"/>
     <w:rsid w:val="00956307"/>
     <w:rsid w:val="00957B0F"/>
     <w:rsid w:val="00961FA0"/>
     <w:rsid w:val="0096396A"/>
     <w:rsid w:val="00966DB8"/>
     <w:rsid w:val="0096700F"/>
     <w:rsid w:val="0097009D"/>
     <w:rsid w:val="009702F8"/>
     <w:rsid w:val="0097119E"/>
     <w:rsid w:val="009711E2"/>
     <w:rsid w:val="00973370"/>
     <w:rsid w:val="00973783"/>
     <w:rsid w:val="009750B0"/>
     <w:rsid w:val="009771B6"/>
     <w:rsid w:val="00977D54"/>
     <w:rsid w:val="00980E10"/>
     <w:rsid w:val="00986D77"/>
     <w:rsid w:val="00987CE0"/>
     <w:rsid w:val="00990811"/>
     <w:rsid w:val="00990DFE"/>
     <w:rsid w:val="00992A7E"/>
     <w:rsid w:val="00995649"/>
     <w:rsid w:val="00995CA0"/>
@@ -33055,50 +27668,51 @@
     <w:rsid w:val="00A52E01"/>
     <w:rsid w:val="00A55CC2"/>
     <w:rsid w:val="00A5643D"/>
     <w:rsid w:val="00A6069D"/>
     <w:rsid w:val="00A60D21"/>
     <w:rsid w:val="00A61065"/>
     <w:rsid w:val="00A621DD"/>
     <w:rsid w:val="00A62DF1"/>
     <w:rsid w:val="00A63C61"/>
     <w:rsid w:val="00A63EB1"/>
     <w:rsid w:val="00A65ED9"/>
     <w:rsid w:val="00A7123C"/>
     <w:rsid w:val="00A73174"/>
     <w:rsid w:val="00A73832"/>
     <w:rsid w:val="00A73D46"/>
     <w:rsid w:val="00A7540A"/>
     <w:rsid w:val="00A7563B"/>
     <w:rsid w:val="00A77C17"/>
     <w:rsid w:val="00A809B0"/>
     <w:rsid w:val="00A816A6"/>
     <w:rsid w:val="00A845F9"/>
     <w:rsid w:val="00A86485"/>
     <w:rsid w:val="00A86B47"/>
     <w:rsid w:val="00A8766D"/>
     <w:rsid w:val="00A879BF"/>
+    <w:rsid w:val="00A87A60"/>
     <w:rsid w:val="00A91E26"/>
     <w:rsid w:val="00A93B18"/>
     <w:rsid w:val="00A951B6"/>
     <w:rsid w:val="00A96EE7"/>
     <w:rsid w:val="00AA023B"/>
     <w:rsid w:val="00AA3C23"/>
     <w:rsid w:val="00AA462C"/>
     <w:rsid w:val="00AA5245"/>
     <w:rsid w:val="00AA5B44"/>
     <w:rsid w:val="00AB1BF5"/>
     <w:rsid w:val="00AB35B5"/>
     <w:rsid w:val="00AB480D"/>
     <w:rsid w:val="00AB6033"/>
     <w:rsid w:val="00AC00DF"/>
     <w:rsid w:val="00AC3F51"/>
     <w:rsid w:val="00AC4E36"/>
     <w:rsid w:val="00AC717E"/>
     <w:rsid w:val="00AD28E4"/>
     <w:rsid w:val="00AD2B63"/>
     <w:rsid w:val="00AD652A"/>
     <w:rsid w:val="00AD7B22"/>
     <w:rsid w:val="00AE187F"/>
     <w:rsid w:val="00AE6AA1"/>
     <w:rsid w:val="00AE73B7"/>
     <w:rsid w:val="00AF0BCD"/>
@@ -33143,101 +27757,105 @@
     <w:rsid w:val="00B579CF"/>
     <w:rsid w:val="00B57B2A"/>
     <w:rsid w:val="00B57D65"/>
     <w:rsid w:val="00B60AC0"/>
     <w:rsid w:val="00B60B57"/>
     <w:rsid w:val="00B6255B"/>
     <w:rsid w:val="00B630C5"/>
     <w:rsid w:val="00B635DF"/>
     <w:rsid w:val="00B663D7"/>
     <w:rsid w:val="00B71911"/>
     <w:rsid w:val="00B73CB8"/>
     <w:rsid w:val="00B80160"/>
     <w:rsid w:val="00B906D4"/>
     <w:rsid w:val="00B91F75"/>
     <w:rsid w:val="00B9226C"/>
     <w:rsid w:val="00B971CD"/>
     <w:rsid w:val="00B974AC"/>
     <w:rsid w:val="00BA0640"/>
     <w:rsid w:val="00BA1447"/>
     <w:rsid w:val="00BA1A1F"/>
     <w:rsid w:val="00BA3DA4"/>
     <w:rsid w:val="00BA445E"/>
     <w:rsid w:val="00BB27F4"/>
     <w:rsid w:val="00BB5CA4"/>
     <w:rsid w:val="00BB6E2C"/>
+    <w:rsid w:val="00BB796C"/>
     <w:rsid w:val="00BC1765"/>
     <w:rsid w:val="00BC1C87"/>
     <w:rsid w:val="00BC210A"/>
     <w:rsid w:val="00BC2F19"/>
     <w:rsid w:val="00BC6043"/>
     <w:rsid w:val="00BC61A3"/>
     <w:rsid w:val="00BC6E0B"/>
     <w:rsid w:val="00BC739C"/>
     <w:rsid w:val="00BD093D"/>
     <w:rsid w:val="00BD2718"/>
     <w:rsid w:val="00BD325C"/>
     <w:rsid w:val="00BD3ACF"/>
     <w:rsid w:val="00BD55CA"/>
     <w:rsid w:val="00BD6B8D"/>
     <w:rsid w:val="00BD70EF"/>
     <w:rsid w:val="00BD7224"/>
     <w:rsid w:val="00BE47DF"/>
     <w:rsid w:val="00BF2647"/>
     <w:rsid w:val="00BF3D5C"/>
     <w:rsid w:val="00BF4D55"/>
     <w:rsid w:val="00BF6AC3"/>
     <w:rsid w:val="00BF757D"/>
     <w:rsid w:val="00BF77A2"/>
     <w:rsid w:val="00C02240"/>
     <w:rsid w:val="00C04145"/>
     <w:rsid w:val="00C04B82"/>
     <w:rsid w:val="00C05CF2"/>
     <w:rsid w:val="00C103D9"/>
     <w:rsid w:val="00C10C50"/>
     <w:rsid w:val="00C12E82"/>
     <w:rsid w:val="00C142A2"/>
     <w:rsid w:val="00C15AEF"/>
+    <w:rsid w:val="00C177B4"/>
     <w:rsid w:val="00C2100D"/>
+    <w:rsid w:val="00C235B6"/>
     <w:rsid w:val="00C2372A"/>
     <w:rsid w:val="00C239B4"/>
     <w:rsid w:val="00C26B69"/>
     <w:rsid w:val="00C303A3"/>
     <w:rsid w:val="00C32FAB"/>
     <w:rsid w:val="00C3325B"/>
     <w:rsid w:val="00C33E38"/>
     <w:rsid w:val="00C3505C"/>
     <w:rsid w:val="00C41F6A"/>
     <w:rsid w:val="00C42431"/>
     <w:rsid w:val="00C43357"/>
     <w:rsid w:val="00C450F0"/>
     <w:rsid w:val="00C51A69"/>
     <w:rsid w:val="00C51F1D"/>
     <w:rsid w:val="00C531BD"/>
     <w:rsid w:val="00C5392A"/>
     <w:rsid w:val="00C5426A"/>
     <w:rsid w:val="00C61EDC"/>
+    <w:rsid w:val="00C61FD8"/>
     <w:rsid w:val="00C6308E"/>
     <w:rsid w:val="00C643FC"/>
     <w:rsid w:val="00C644FD"/>
     <w:rsid w:val="00C658BF"/>
     <w:rsid w:val="00C65B5E"/>
     <w:rsid w:val="00C66FE4"/>
     <w:rsid w:val="00C67121"/>
     <w:rsid w:val="00C67A08"/>
     <w:rsid w:val="00C67D3C"/>
     <w:rsid w:val="00C73F57"/>
     <w:rsid w:val="00C747CA"/>
     <w:rsid w:val="00C7552D"/>
     <w:rsid w:val="00C82EA7"/>
     <w:rsid w:val="00C83BE9"/>
     <w:rsid w:val="00C872DB"/>
     <w:rsid w:val="00C87922"/>
     <w:rsid w:val="00C90456"/>
     <w:rsid w:val="00C90748"/>
     <w:rsid w:val="00C909B8"/>
     <w:rsid w:val="00C9123F"/>
     <w:rsid w:val="00C92BAE"/>
     <w:rsid w:val="00C92C85"/>
     <w:rsid w:val="00C9335B"/>
     <w:rsid w:val="00C9505F"/>
     <w:rsid w:val="00C95A25"/>
@@ -33253,53 +27871,55 @@
     <w:rsid w:val="00CB0051"/>
     <w:rsid w:val="00CB01C0"/>
     <w:rsid w:val="00CB1ABE"/>
     <w:rsid w:val="00CB26BF"/>
     <w:rsid w:val="00CB43D2"/>
     <w:rsid w:val="00CB6061"/>
     <w:rsid w:val="00CB6BA3"/>
     <w:rsid w:val="00CC025A"/>
     <w:rsid w:val="00CC116A"/>
     <w:rsid w:val="00CC7933"/>
     <w:rsid w:val="00CD0398"/>
     <w:rsid w:val="00CD04D8"/>
     <w:rsid w:val="00CD0508"/>
     <w:rsid w:val="00CD10AA"/>
     <w:rsid w:val="00CD1FCC"/>
     <w:rsid w:val="00CD2272"/>
     <w:rsid w:val="00CD5260"/>
     <w:rsid w:val="00CD662B"/>
     <w:rsid w:val="00CD686B"/>
     <w:rsid w:val="00CE32F7"/>
     <w:rsid w:val="00CE5094"/>
     <w:rsid w:val="00CF00B6"/>
     <w:rsid w:val="00CF20C0"/>
     <w:rsid w:val="00CF3487"/>
     <w:rsid w:val="00CF43D8"/>
+    <w:rsid w:val="00CF4B17"/>
     <w:rsid w:val="00D00594"/>
     <w:rsid w:val="00D049DE"/>
     <w:rsid w:val="00D04BD4"/>
+    <w:rsid w:val="00D0656C"/>
     <w:rsid w:val="00D069FC"/>
     <w:rsid w:val="00D06CF4"/>
     <w:rsid w:val="00D06F4F"/>
     <w:rsid w:val="00D07176"/>
     <w:rsid w:val="00D10113"/>
     <w:rsid w:val="00D14678"/>
     <w:rsid w:val="00D14896"/>
     <w:rsid w:val="00D16382"/>
     <w:rsid w:val="00D167C0"/>
     <w:rsid w:val="00D20708"/>
     <w:rsid w:val="00D2077E"/>
     <w:rsid w:val="00D21415"/>
     <w:rsid w:val="00D22DAB"/>
     <w:rsid w:val="00D25540"/>
     <w:rsid w:val="00D30A00"/>
     <w:rsid w:val="00D30A2A"/>
     <w:rsid w:val="00D30E03"/>
     <w:rsid w:val="00D31CFA"/>
     <w:rsid w:val="00D32D48"/>
     <w:rsid w:val="00D340B5"/>
     <w:rsid w:val="00D35EC5"/>
     <w:rsid w:val="00D362A8"/>
     <w:rsid w:val="00D42223"/>
     <w:rsid w:val="00D43CA2"/>
     <w:rsid w:val="00D45512"/>
@@ -33337,102 +27957,105 @@
     <w:rsid w:val="00D87443"/>
     <w:rsid w:val="00D87673"/>
     <w:rsid w:val="00D907B4"/>
     <w:rsid w:val="00D907F3"/>
     <w:rsid w:val="00D92042"/>
     <w:rsid w:val="00D92C74"/>
     <w:rsid w:val="00D9336E"/>
     <w:rsid w:val="00D946BD"/>
     <w:rsid w:val="00D95281"/>
     <w:rsid w:val="00DA1338"/>
     <w:rsid w:val="00DA235B"/>
     <w:rsid w:val="00DA2961"/>
     <w:rsid w:val="00DA4583"/>
     <w:rsid w:val="00DA4C40"/>
     <w:rsid w:val="00DA6061"/>
     <w:rsid w:val="00DA6976"/>
     <w:rsid w:val="00DB0561"/>
     <w:rsid w:val="00DB2633"/>
     <w:rsid w:val="00DB4BBF"/>
     <w:rsid w:val="00DC2C9B"/>
     <w:rsid w:val="00DC2D6D"/>
     <w:rsid w:val="00DC39F5"/>
     <w:rsid w:val="00DC47CE"/>
     <w:rsid w:val="00DC68B6"/>
     <w:rsid w:val="00DC7C50"/>
+    <w:rsid w:val="00DC7ED9"/>
     <w:rsid w:val="00DD06DB"/>
     <w:rsid w:val="00DD07F7"/>
     <w:rsid w:val="00DD1807"/>
     <w:rsid w:val="00DD26FD"/>
     <w:rsid w:val="00DD482D"/>
     <w:rsid w:val="00DD60F2"/>
     <w:rsid w:val="00DD6D52"/>
     <w:rsid w:val="00DE0C76"/>
     <w:rsid w:val="00DE1854"/>
     <w:rsid w:val="00DE2192"/>
     <w:rsid w:val="00DE576B"/>
     <w:rsid w:val="00DE6D2E"/>
     <w:rsid w:val="00DE6DFB"/>
     <w:rsid w:val="00DE7128"/>
     <w:rsid w:val="00DE7CC9"/>
     <w:rsid w:val="00DE7CEC"/>
     <w:rsid w:val="00DF0849"/>
     <w:rsid w:val="00DF2C77"/>
     <w:rsid w:val="00DF31AD"/>
     <w:rsid w:val="00DF364F"/>
     <w:rsid w:val="00DF3DAB"/>
     <w:rsid w:val="00DF5F2D"/>
     <w:rsid w:val="00DF6A0F"/>
     <w:rsid w:val="00E00FC8"/>
     <w:rsid w:val="00E01A24"/>
     <w:rsid w:val="00E02676"/>
     <w:rsid w:val="00E02A4A"/>
     <w:rsid w:val="00E04017"/>
     <w:rsid w:val="00E0415A"/>
+    <w:rsid w:val="00E04B2F"/>
     <w:rsid w:val="00E04CC2"/>
     <w:rsid w:val="00E04FDA"/>
     <w:rsid w:val="00E05B51"/>
     <w:rsid w:val="00E05B8A"/>
     <w:rsid w:val="00E0637F"/>
     <w:rsid w:val="00E078D4"/>
     <w:rsid w:val="00E07A8F"/>
     <w:rsid w:val="00E1014C"/>
     <w:rsid w:val="00E121EB"/>
     <w:rsid w:val="00E12243"/>
     <w:rsid w:val="00E135DA"/>
     <w:rsid w:val="00E16001"/>
     <w:rsid w:val="00E2095A"/>
     <w:rsid w:val="00E20D91"/>
     <w:rsid w:val="00E22F99"/>
     <w:rsid w:val="00E25569"/>
     <w:rsid w:val="00E26927"/>
     <w:rsid w:val="00E27C85"/>
     <w:rsid w:val="00E30E59"/>
     <w:rsid w:val="00E31063"/>
     <w:rsid w:val="00E31E6D"/>
     <w:rsid w:val="00E3535B"/>
     <w:rsid w:val="00E363E0"/>
+    <w:rsid w:val="00E36594"/>
     <w:rsid w:val="00E3711F"/>
     <w:rsid w:val="00E40E6A"/>
     <w:rsid w:val="00E420DB"/>
     <w:rsid w:val="00E42A5C"/>
     <w:rsid w:val="00E43AE0"/>
     <w:rsid w:val="00E43DF9"/>
     <w:rsid w:val="00E4408C"/>
     <w:rsid w:val="00E4419F"/>
     <w:rsid w:val="00E46E1D"/>
     <w:rsid w:val="00E52A39"/>
     <w:rsid w:val="00E52C90"/>
     <w:rsid w:val="00E539A5"/>
     <w:rsid w:val="00E546F0"/>
     <w:rsid w:val="00E56A9C"/>
     <w:rsid w:val="00E603CC"/>
     <w:rsid w:val="00E60DB3"/>
     <w:rsid w:val="00E62E1E"/>
     <w:rsid w:val="00E6372F"/>
     <w:rsid w:val="00E65EE2"/>
     <w:rsid w:val="00E66F56"/>
     <w:rsid w:val="00E7029F"/>
     <w:rsid w:val="00E703F2"/>
     <w:rsid w:val="00E70439"/>
     <w:rsid w:val="00E763A7"/>
     <w:rsid w:val="00E804A7"/>
@@ -33460,172 +28083,179 @@
     <w:rsid w:val="00EA6478"/>
     <w:rsid w:val="00EA6962"/>
     <w:rsid w:val="00EB01D2"/>
     <w:rsid w:val="00EB04C3"/>
     <w:rsid w:val="00EB0526"/>
     <w:rsid w:val="00EB38D4"/>
     <w:rsid w:val="00EB3ACE"/>
     <w:rsid w:val="00EB3D0A"/>
     <w:rsid w:val="00EB6599"/>
     <w:rsid w:val="00EC0AFE"/>
     <w:rsid w:val="00EC2ADC"/>
     <w:rsid w:val="00ED43E7"/>
     <w:rsid w:val="00ED732E"/>
     <w:rsid w:val="00EE0617"/>
     <w:rsid w:val="00EE185D"/>
     <w:rsid w:val="00EE2F59"/>
     <w:rsid w:val="00EE4CAE"/>
     <w:rsid w:val="00EF04EA"/>
     <w:rsid w:val="00EF21A4"/>
     <w:rsid w:val="00EF6166"/>
     <w:rsid w:val="00EF73B0"/>
     <w:rsid w:val="00F039E9"/>
     <w:rsid w:val="00F03E70"/>
     <w:rsid w:val="00F071B8"/>
     <w:rsid w:val="00F07890"/>
+    <w:rsid w:val="00F07F78"/>
     <w:rsid w:val="00F124FF"/>
     <w:rsid w:val="00F1384B"/>
     <w:rsid w:val="00F138E4"/>
     <w:rsid w:val="00F149DA"/>
     <w:rsid w:val="00F14C87"/>
     <w:rsid w:val="00F15C77"/>
     <w:rsid w:val="00F20975"/>
     <w:rsid w:val="00F20A2A"/>
     <w:rsid w:val="00F216C8"/>
     <w:rsid w:val="00F21A0A"/>
     <w:rsid w:val="00F25B78"/>
     <w:rsid w:val="00F26698"/>
     <w:rsid w:val="00F33359"/>
     <w:rsid w:val="00F335D6"/>
     <w:rsid w:val="00F335DC"/>
     <w:rsid w:val="00F33C36"/>
     <w:rsid w:val="00F33D46"/>
     <w:rsid w:val="00F342DF"/>
     <w:rsid w:val="00F34A8A"/>
     <w:rsid w:val="00F34CD1"/>
     <w:rsid w:val="00F35A65"/>
     <w:rsid w:val="00F404CD"/>
     <w:rsid w:val="00F40558"/>
     <w:rsid w:val="00F41277"/>
+    <w:rsid w:val="00F413D0"/>
     <w:rsid w:val="00F41458"/>
     <w:rsid w:val="00F41977"/>
     <w:rsid w:val="00F42101"/>
     <w:rsid w:val="00F425B5"/>
     <w:rsid w:val="00F42C9B"/>
     <w:rsid w:val="00F43883"/>
     <w:rsid w:val="00F462FE"/>
     <w:rsid w:val="00F46A77"/>
     <w:rsid w:val="00F47506"/>
+    <w:rsid w:val="00F50873"/>
     <w:rsid w:val="00F51339"/>
     <w:rsid w:val="00F5164C"/>
     <w:rsid w:val="00F52165"/>
     <w:rsid w:val="00F53C6A"/>
     <w:rsid w:val="00F551BE"/>
     <w:rsid w:val="00F56864"/>
     <w:rsid w:val="00F568FD"/>
     <w:rsid w:val="00F62ACE"/>
     <w:rsid w:val="00F62BE4"/>
     <w:rsid w:val="00F65D6C"/>
     <w:rsid w:val="00F712B5"/>
     <w:rsid w:val="00F714C4"/>
     <w:rsid w:val="00F72302"/>
     <w:rsid w:val="00F7295F"/>
     <w:rsid w:val="00F72E49"/>
     <w:rsid w:val="00F73239"/>
     <w:rsid w:val="00F74135"/>
     <w:rsid w:val="00F74A08"/>
     <w:rsid w:val="00F817B5"/>
     <w:rsid w:val="00F81F29"/>
     <w:rsid w:val="00F862A6"/>
     <w:rsid w:val="00F87A65"/>
     <w:rsid w:val="00F922AF"/>
     <w:rsid w:val="00F92826"/>
     <w:rsid w:val="00F93C10"/>
     <w:rsid w:val="00F95212"/>
     <w:rsid w:val="00F959AD"/>
     <w:rsid w:val="00FA0212"/>
     <w:rsid w:val="00FA19B5"/>
     <w:rsid w:val="00FA29A6"/>
+    <w:rsid w:val="00FA4A78"/>
     <w:rsid w:val="00FA5B2C"/>
     <w:rsid w:val="00FA64A1"/>
     <w:rsid w:val="00FA7402"/>
     <w:rsid w:val="00FB02D9"/>
     <w:rsid w:val="00FB6297"/>
     <w:rsid w:val="00FB6E0B"/>
     <w:rsid w:val="00FC03E2"/>
     <w:rsid w:val="00FC1C2B"/>
     <w:rsid w:val="00FC1EC6"/>
     <w:rsid w:val="00FC36CC"/>
     <w:rsid w:val="00FC3FC8"/>
     <w:rsid w:val="00FC54D2"/>
     <w:rsid w:val="00FC70A3"/>
     <w:rsid w:val="00FD04E7"/>
     <w:rsid w:val="00FD1F40"/>
     <w:rsid w:val="00FD27C3"/>
     <w:rsid w:val="00FD7375"/>
     <w:rsid w:val="00FE17EF"/>
     <w:rsid w:val="00FE2930"/>
     <w:rsid w:val="00FE3E4A"/>
     <w:rsid w:val="00FE42A8"/>
     <w:rsid w:val="00FE5D23"/>
     <w:rsid w:val="00FE66EE"/>
     <w:rsid w:val="00FF1C28"/>
     <w:rsid w:val="00FF5880"/>
     <w:rsid w:val="00FF5994"/>
     <w:rsid w:val="00FF6A9C"/>
     <w:rsid w:val="00FF70C2"/>
+    <w:rsid w:val="00FF716C"/>
+    <w:rsid w:val="00FF7583"/>
     <w:rsid w:val="01FFAFE6"/>
     <w:rsid w:val="03EAFF95"/>
     <w:rsid w:val="04003CF4"/>
     <w:rsid w:val="042C34C6"/>
     <w:rsid w:val="0451EA97"/>
     <w:rsid w:val="06965B44"/>
     <w:rsid w:val="073B7CA2"/>
     <w:rsid w:val="08BA1C3F"/>
     <w:rsid w:val="0970D884"/>
     <w:rsid w:val="0B92FE27"/>
     <w:rsid w:val="0DBBD04E"/>
     <w:rsid w:val="0F83D6C3"/>
     <w:rsid w:val="1554D263"/>
     <w:rsid w:val="15591514"/>
     <w:rsid w:val="161B2D44"/>
     <w:rsid w:val="180B8531"/>
     <w:rsid w:val="1AECFE9C"/>
     <w:rsid w:val="1D250C53"/>
     <w:rsid w:val="24CEE1FF"/>
     <w:rsid w:val="26461669"/>
     <w:rsid w:val="26CDC66E"/>
     <w:rsid w:val="26DD2C7F"/>
     <w:rsid w:val="275F24DC"/>
     <w:rsid w:val="27B77FB1"/>
     <w:rsid w:val="28621A54"/>
     <w:rsid w:val="318DFFE2"/>
     <w:rsid w:val="359CFEAA"/>
     <w:rsid w:val="3664FD76"/>
     <w:rsid w:val="37789C59"/>
     <w:rsid w:val="3787B408"/>
     <w:rsid w:val="37D49772"/>
+    <w:rsid w:val="39B2538B"/>
     <w:rsid w:val="3AB4A014"/>
     <w:rsid w:val="40536D62"/>
     <w:rsid w:val="4077F9F9"/>
     <w:rsid w:val="407C11E7"/>
     <w:rsid w:val="4084E10C"/>
     <w:rsid w:val="4230B602"/>
     <w:rsid w:val="47E235E9"/>
     <w:rsid w:val="4C12D7B2"/>
     <w:rsid w:val="4D01B6F3"/>
     <w:rsid w:val="4E4D6A75"/>
     <w:rsid w:val="5016992B"/>
     <w:rsid w:val="55041CEF"/>
     <w:rsid w:val="55A38914"/>
     <w:rsid w:val="5723DCF0"/>
     <w:rsid w:val="57B83FAB"/>
     <w:rsid w:val="59ACAD5A"/>
     <w:rsid w:val="5E6925BE"/>
     <w:rsid w:val="604B0F46"/>
     <w:rsid w:val="60D22601"/>
     <w:rsid w:val="63A0FB72"/>
     <w:rsid w:val="671C330D"/>
     <w:rsid w:val="678903ED"/>
     <w:rsid w:val="694B8BBA"/>
     <w:rsid w:val="6950F7AB"/>
     <w:rsid w:val="695F8911"/>
@@ -46957,51 +41587,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2074965553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -47238,209 +41868,252 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B6BF0BB45C5E9A4288A03A2D9CC2E93F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fc214a3417b1793bc5cd9c4d66bf551a">
-[...2 lines deleted...]
-    <xsd:import namespace="f421f6b9-57e4-4f3e-aeb8-987bfff49f38"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fa2d3107-6ff3-4101-8a67-eedbb21beb10">
+      <UserInfo>
+        <DisplayName>Yang, Manxi</DisplayName>
+        <AccountId>233</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Van, Cindy</DisplayName>
+        <AccountId>8641</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b8759a14-0f36-467b-89bb-6221a083b0fc" xsi:nil="true"/>
+    <Date xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="551c3babaceaef7634df3133d627e1dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8053c75-d5b1-4a8f-aa34-83600307078b" xmlns:ns3="fa2d3107-6ff3-4101-8a67-eedbb21beb10" xmlns:ns4="b8759a14-0f36-467b-89bb-6221a083b0fc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e08563acfd55115b262c1055c49ee310" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <xsd:import namespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <xsd:import namespace="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:ApprovedCost" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ef3271c7-ed07-44c7-9366-88b2c80d421e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8053c75-d5b1-4a8f-aa34-83600307078b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_Flow_SignoffStatus" ma:index="2" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status" ma:readOnly="false">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="3" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status" ma:readOnly="false">
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...14 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="ApprovedCost" ma:index="4" nillable="true" ma:displayName="Approved Cost" ma:format="Dropdown" ma:internalName="ApprovedCost" ma:readOnly="false">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b31da6f4-e52d-49d7-b108-9c7783d77463" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="DateOnly" ma:internalName="Date">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
-[...39 lines deleted...]
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f421f6b9-57e4-4f3e-aeb8-987bfff49f38" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8759a14-0f36-467b-89bb-6221a083b0fc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b0a7f5ae-f627-4195-acdb-56615c0bbd96}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b8759a14-0f36-467b-89bb-6221a083b0fc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -47485,203 +42158,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A2A6372-F575-4EEE-B49E-93C1A8A6F563}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73A72EC3-D396-4C38-A566-7709497CC546}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63379B9A-3EE3-4573-9CCB-88A34F7152A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87BB6F42-8236-4F10-A4F2-ABDFEE423EDA}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{920C2B3D-470F-40FA-8267-7DB32FAB150A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="ef3271c7-ed07-44c7-9366-88b2c80d421e"/>
-    <ds:schemaRef ds:uri="f421f6b9-57e4-4f3e-aeb8-987bfff49f38"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>11406</Characters>
+  <Pages>21</Pages>
+  <Words>5963</Words>
+  <Characters>11404</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>670</Lines>
+  <Paragraphs>723</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026 符合资格健保计划投保人体验调查网络脚本：英文</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17334</CharactersWithSpaces>
+  <CharactersWithSpaces>16644</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 符合资格健保计划投保人体验调查网络脚本：英文</dc:title>
   <dc:subject>2026 符合资格健保计划投保人体验调查</dc:subject>
   <dc:creator>联邦医疗保险和联邦医疗补助计划服务中心</dc:creator>
   <cp:keywords>脚本惯例；编程设计格式；文本惯例的要求；问卷说明；调查问卷脚本；健康保险计划；保健；私人医生；专科医生；身体、精神、或者情绪状况</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>zh-CN</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100B6BF0BB45C5E9A4288A03A2D9CC2E93F</vt:lpwstr>
+    <vt:lpwstr>0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>72ae96fa4b89f80dd72941e199727a7a05b63965d30a64b4f078844355492028</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Language">
     <vt:lpwstr>zh-CN</vt:lpwstr>
   </property>
 </Properties>
 </file>