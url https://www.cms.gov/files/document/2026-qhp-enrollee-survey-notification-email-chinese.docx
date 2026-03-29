--- v0 (2025-12-05)
+++ v1 (2026-03-29)
@@ -177,64 +177,72 @@
       <w:r w:rsidR="6576DDB3" w:rsidRPr="00DC163F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>您觉得您的健</w:t>
       </w:r>
       <w:r w:rsidR="00B24A9B" w:rsidRPr="00DC163F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>保</w:t>
       </w:r>
       <w:r w:rsidR="6576DDB3" w:rsidRPr="00DC163F">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>计划怎么样</w:t>
       </w:r>
       <w:r w:rsidR="6576DDB3" w:rsidRPr="00DC163F">
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FE9906" w14:textId="7AC8573B" w:rsidR="0043052B" w:rsidRPr="009752E1" w:rsidRDefault="004D391F" w:rsidP="0043052B">
+    <w:p w14:paraId="21FE9906" w14:textId="3DC3A947" w:rsidR="0043052B" w:rsidRPr="009752E1" w:rsidRDefault="00590208" w:rsidP="0043052B">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B55E7C">
+      <w:r w:rsidRPr="00590208">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>亲爱的</w:t>
+        <w:t>尊敬的</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B55E7C" w:rsidDel="00590208">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="67606063" w:rsidRPr="67606063">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[ENROLLEE FIRST AND LAST NAME],</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37A7A2CB" w14:textId="250E4CCD" w:rsidR="009D7E60" w:rsidRPr="0023276A" w:rsidRDefault="00690ECC" w:rsidP="00DC163F">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D50FB">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="PMingLiU" w:hint="eastAsia"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>请您在所附的问卷调查</w:t>
       </w:r>
       <w:r w:rsidR="00867CC5">
@@ -1450,71 +1458,71 @@
       </w:r>
       <w:r w:rsidR="00A27273" w:rsidRPr="00A27273">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00912867" w:rsidRPr="00631E85" w:rsidSect="00EB3F96">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40BF79A4" w14:textId="77777777" w:rsidR="00394AD8" w:rsidRDefault="00394AD8" w:rsidP="00330A7C">
+    <w:p w14:paraId="4C614ACF" w14:textId="77777777" w:rsidR="008406A4" w:rsidRDefault="008406A4" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0109E37A" w14:textId="77777777" w:rsidR="00394AD8" w:rsidRDefault="00394AD8" w:rsidP="00330A7C">
+    <w:p w14:paraId="7FD56606" w14:textId="77777777" w:rsidR="008406A4" w:rsidRDefault="008406A4" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="07EF1A76" w14:textId="77777777" w:rsidR="00394AD8" w:rsidRDefault="00394AD8">
+    <w:p w14:paraId="04CDDDDA" w14:textId="77777777" w:rsidR="008406A4" w:rsidRDefault="008406A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1733,71 +1741,71 @@
       <w:t xml:space="preserve">[DO NOT INCLUDE THIS FOOTER IN </w:t>
     </w:r>
     <w:r w:rsidR="00F16214">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>EMAILS</w:t>
     </w:r>
     <w:r w:rsidRPr="2D3E18FD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> SENT TO ENROLLEES]</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1305466F" w14:textId="77777777" w:rsidR="00394AD8" w:rsidRDefault="00394AD8" w:rsidP="00330A7C">
+    <w:p w14:paraId="68D66C04" w14:textId="77777777" w:rsidR="008406A4" w:rsidRDefault="008406A4" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F71080E" w14:textId="77777777" w:rsidR="00394AD8" w:rsidRDefault="00394AD8" w:rsidP="00330A7C">
+    <w:p w14:paraId="23933A59" w14:textId="77777777" w:rsidR="008406A4" w:rsidRDefault="008406A4" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="030BFDF2" w14:textId="77777777" w:rsidR="00394AD8" w:rsidRDefault="00394AD8">
+    <w:p w14:paraId="380E1E1D" w14:textId="77777777" w:rsidR="008406A4" w:rsidRDefault="008406A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08B99855" w14:textId="4E67E344" w:rsidR="00B57C62" w:rsidRDefault="00B57C62" w:rsidP="00DC163F">
     <w:pPr>
       <w:pStyle w:val="CMSPrivacyOffice"/>
       <w:keepNext w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="3960"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:outlineLvl w:val="9"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
@@ -2827,88 +2835,90 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1814786136">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1137600812">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1390109731">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="714934204">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="970403872">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1419792857">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="138"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{AEC2E734-B346-4BF0-8264-6CF6CDAB8D85}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="86156544"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="005900A4"/>
     <w:rsid w:val="000001E2"/>
     <w:rsid w:val="00001667"/>
     <w:rsid w:val="00012D19"/>
     <w:rsid w:val="000171F5"/>
+    <w:rsid w:val="00021EED"/>
     <w:rsid w:val="0003288F"/>
     <w:rsid w:val="000335A2"/>
     <w:rsid w:val="000408AA"/>
     <w:rsid w:val="00041057"/>
     <w:rsid w:val="00044964"/>
     <w:rsid w:val="000512F8"/>
     <w:rsid w:val="000522E0"/>
     <w:rsid w:val="00066C82"/>
     <w:rsid w:val="0006710C"/>
     <w:rsid w:val="00081677"/>
     <w:rsid w:val="000A000B"/>
     <w:rsid w:val="000A4479"/>
     <w:rsid w:val="000A7594"/>
     <w:rsid w:val="000B2379"/>
     <w:rsid w:val="000C0B71"/>
     <w:rsid w:val="000C1FFC"/>
     <w:rsid w:val="000C4413"/>
     <w:rsid w:val="000D0FE4"/>
     <w:rsid w:val="000D3656"/>
     <w:rsid w:val="000D3CE3"/>
     <w:rsid w:val="000D79B2"/>
     <w:rsid w:val="000E1770"/>
     <w:rsid w:val="000E455E"/>
     <w:rsid w:val="000E5259"/>
     <w:rsid w:val="000F25FE"/>
@@ -2916,82 +2926,84 @@
     <w:rsid w:val="00102BB0"/>
     <w:rsid w:val="0010568E"/>
     <w:rsid w:val="0011070F"/>
     <w:rsid w:val="001144F5"/>
     <w:rsid w:val="001224E5"/>
     <w:rsid w:val="00124510"/>
     <w:rsid w:val="00131CE1"/>
     <w:rsid w:val="0013224E"/>
     <w:rsid w:val="001349EB"/>
     <w:rsid w:val="0013730E"/>
     <w:rsid w:val="001373EB"/>
     <w:rsid w:val="00140C18"/>
     <w:rsid w:val="00140CC1"/>
     <w:rsid w:val="00140E39"/>
     <w:rsid w:val="0014240E"/>
     <w:rsid w:val="001531A1"/>
     <w:rsid w:val="00156C77"/>
     <w:rsid w:val="001627B1"/>
     <w:rsid w:val="00163FE6"/>
     <w:rsid w:val="001675B2"/>
     <w:rsid w:val="00170E74"/>
     <w:rsid w:val="00180C43"/>
     <w:rsid w:val="001867CB"/>
     <w:rsid w:val="0018780E"/>
     <w:rsid w:val="001925FD"/>
+    <w:rsid w:val="00193329"/>
     <w:rsid w:val="00193C03"/>
     <w:rsid w:val="00195151"/>
     <w:rsid w:val="00197361"/>
     <w:rsid w:val="001A1777"/>
     <w:rsid w:val="001A1C72"/>
     <w:rsid w:val="001A46C2"/>
     <w:rsid w:val="001B00FE"/>
     <w:rsid w:val="001B0767"/>
     <w:rsid w:val="001B7D40"/>
     <w:rsid w:val="001C2090"/>
     <w:rsid w:val="001C48AB"/>
     <w:rsid w:val="001D0920"/>
     <w:rsid w:val="001D50FB"/>
     <w:rsid w:val="001D5936"/>
     <w:rsid w:val="001D68B2"/>
     <w:rsid w:val="001D7998"/>
     <w:rsid w:val="001E0589"/>
     <w:rsid w:val="001E2F36"/>
     <w:rsid w:val="001E60BC"/>
     <w:rsid w:val="001E6AF9"/>
     <w:rsid w:val="001F0DAA"/>
     <w:rsid w:val="001F101E"/>
     <w:rsid w:val="001F1681"/>
     <w:rsid w:val="001F6998"/>
     <w:rsid w:val="001F7098"/>
     <w:rsid w:val="00206631"/>
     <w:rsid w:val="0021198E"/>
     <w:rsid w:val="00213C00"/>
     <w:rsid w:val="00215EFE"/>
     <w:rsid w:val="00216F70"/>
     <w:rsid w:val="00220F1E"/>
     <w:rsid w:val="00227AC0"/>
+    <w:rsid w:val="00237753"/>
     <w:rsid w:val="00237BEA"/>
     <w:rsid w:val="002431A3"/>
     <w:rsid w:val="00252B86"/>
     <w:rsid w:val="00261939"/>
     <w:rsid w:val="00262E41"/>
     <w:rsid w:val="00271C5D"/>
     <w:rsid w:val="00275DCB"/>
     <w:rsid w:val="00277BC5"/>
     <w:rsid w:val="00280056"/>
     <w:rsid w:val="00286C16"/>
     <w:rsid w:val="0029051E"/>
     <w:rsid w:val="002913AB"/>
     <w:rsid w:val="00296D64"/>
     <w:rsid w:val="002A4DCB"/>
     <w:rsid w:val="002B1F8A"/>
     <w:rsid w:val="002B2720"/>
     <w:rsid w:val="002B76C7"/>
     <w:rsid w:val="002E279F"/>
     <w:rsid w:val="002E302E"/>
     <w:rsid w:val="002E715B"/>
     <w:rsid w:val="002F3D4A"/>
     <w:rsid w:val="002F4393"/>
     <w:rsid w:val="002F47E5"/>
     <w:rsid w:val="002F6C73"/>
     <w:rsid w:val="0030096A"/>
@@ -3006,166 +3018,170 @@
     <w:rsid w:val="0032784D"/>
     <w:rsid w:val="00330A7C"/>
     <w:rsid w:val="00332D4C"/>
     <w:rsid w:val="003336DC"/>
     <w:rsid w:val="00334C67"/>
     <w:rsid w:val="00334D94"/>
     <w:rsid w:val="00335A7B"/>
     <w:rsid w:val="00341A83"/>
     <w:rsid w:val="00357768"/>
     <w:rsid w:val="003629C7"/>
     <w:rsid w:val="00362FCF"/>
     <w:rsid w:val="00365321"/>
     <w:rsid w:val="00365F5B"/>
     <w:rsid w:val="00370EE6"/>
     <w:rsid w:val="0037407D"/>
     <w:rsid w:val="003764A0"/>
     <w:rsid w:val="00380124"/>
     <w:rsid w:val="00384C2E"/>
     <w:rsid w:val="0038602C"/>
     <w:rsid w:val="00393B1F"/>
     <w:rsid w:val="00394AD8"/>
     <w:rsid w:val="003A2FA3"/>
     <w:rsid w:val="003B0DC7"/>
     <w:rsid w:val="003B18C6"/>
     <w:rsid w:val="003B508E"/>
+    <w:rsid w:val="003C3E85"/>
     <w:rsid w:val="003D096A"/>
     <w:rsid w:val="003D1E55"/>
     <w:rsid w:val="003D3EA4"/>
     <w:rsid w:val="003D447E"/>
     <w:rsid w:val="003E10A3"/>
     <w:rsid w:val="003E1DEB"/>
     <w:rsid w:val="003F0DFB"/>
     <w:rsid w:val="003F1DDB"/>
     <w:rsid w:val="003F3B64"/>
     <w:rsid w:val="003F3B7F"/>
     <w:rsid w:val="004029A2"/>
     <w:rsid w:val="00410713"/>
     <w:rsid w:val="00410F3F"/>
     <w:rsid w:val="00411A7A"/>
     <w:rsid w:val="0041384E"/>
     <w:rsid w:val="0042790E"/>
     <w:rsid w:val="0043052B"/>
     <w:rsid w:val="00430DAC"/>
     <w:rsid w:val="00430FDA"/>
     <w:rsid w:val="004318C2"/>
     <w:rsid w:val="00434A28"/>
     <w:rsid w:val="00435D2F"/>
     <w:rsid w:val="00437775"/>
     <w:rsid w:val="004400B8"/>
     <w:rsid w:val="0044194A"/>
     <w:rsid w:val="004422E9"/>
     <w:rsid w:val="00445CF1"/>
     <w:rsid w:val="004472B5"/>
     <w:rsid w:val="00447339"/>
     <w:rsid w:val="004553BC"/>
     <w:rsid w:val="00455FE9"/>
     <w:rsid w:val="00460816"/>
     <w:rsid w:val="00460A9B"/>
     <w:rsid w:val="00461565"/>
     <w:rsid w:val="00465394"/>
     <w:rsid w:val="00467867"/>
     <w:rsid w:val="004831C1"/>
     <w:rsid w:val="00483999"/>
+    <w:rsid w:val="004845D3"/>
     <w:rsid w:val="00484B06"/>
     <w:rsid w:val="004A46FE"/>
     <w:rsid w:val="004A475F"/>
     <w:rsid w:val="004A5611"/>
     <w:rsid w:val="004A5C23"/>
     <w:rsid w:val="004A6F70"/>
     <w:rsid w:val="004B1265"/>
     <w:rsid w:val="004B168D"/>
     <w:rsid w:val="004B45CF"/>
     <w:rsid w:val="004B4870"/>
     <w:rsid w:val="004B48C4"/>
     <w:rsid w:val="004B48D7"/>
     <w:rsid w:val="004B52FD"/>
     <w:rsid w:val="004C2E74"/>
     <w:rsid w:val="004C3AEC"/>
     <w:rsid w:val="004C6243"/>
     <w:rsid w:val="004C6F03"/>
     <w:rsid w:val="004D391F"/>
     <w:rsid w:val="004E4051"/>
     <w:rsid w:val="004E5293"/>
     <w:rsid w:val="004E5BF0"/>
     <w:rsid w:val="004F12BE"/>
     <w:rsid w:val="00501B6E"/>
     <w:rsid w:val="00501D8B"/>
     <w:rsid w:val="00503B46"/>
     <w:rsid w:val="00507378"/>
     <w:rsid w:val="00511D53"/>
     <w:rsid w:val="00516D12"/>
     <w:rsid w:val="00520E40"/>
     <w:rsid w:val="00526865"/>
     <w:rsid w:val="00527D48"/>
     <w:rsid w:val="0053431D"/>
     <w:rsid w:val="00537B70"/>
     <w:rsid w:val="005418E2"/>
     <w:rsid w:val="00542E1A"/>
     <w:rsid w:val="00543C62"/>
     <w:rsid w:val="005504B5"/>
     <w:rsid w:val="0056156D"/>
     <w:rsid w:val="00561916"/>
     <w:rsid w:val="005626D6"/>
     <w:rsid w:val="0056515D"/>
     <w:rsid w:val="00567344"/>
     <w:rsid w:val="00567B40"/>
     <w:rsid w:val="00573C77"/>
     <w:rsid w:val="005778A9"/>
     <w:rsid w:val="005852BD"/>
     <w:rsid w:val="005900A4"/>
+    <w:rsid w:val="00590208"/>
     <w:rsid w:val="005911B3"/>
     <w:rsid w:val="00594750"/>
     <w:rsid w:val="00594AD1"/>
     <w:rsid w:val="00596A9E"/>
     <w:rsid w:val="00596C85"/>
     <w:rsid w:val="005A4E00"/>
     <w:rsid w:val="005A5519"/>
     <w:rsid w:val="005B4D0D"/>
     <w:rsid w:val="005B6BB8"/>
     <w:rsid w:val="005C4292"/>
     <w:rsid w:val="005C78D1"/>
     <w:rsid w:val="005D06E1"/>
     <w:rsid w:val="005D3909"/>
     <w:rsid w:val="005D7090"/>
     <w:rsid w:val="005E343D"/>
     <w:rsid w:val="005E442F"/>
     <w:rsid w:val="005E47A0"/>
     <w:rsid w:val="005E66E6"/>
     <w:rsid w:val="005E69F1"/>
     <w:rsid w:val="005E771D"/>
     <w:rsid w:val="005F01A3"/>
     <w:rsid w:val="005F0DEF"/>
     <w:rsid w:val="00600945"/>
     <w:rsid w:val="006010FA"/>
     <w:rsid w:val="00603BDA"/>
     <w:rsid w:val="00610C6E"/>
     <w:rsid w:val="0061184C"/>
     <w:rsid w:val="0061357C"/>
     <w:rsid w:val="00615A63"/>
     <w:rsid w:val="00617ADF"/>
     <w:rsid w:val="00622949"/>
+    <w:rsid w:val="00624429"/>
     <w:rsid w:val="006253DE"/>
     <w:rsid w:val="00631DF7"/>
     <w:rsid w:val="00631E85"/>
     <w:rsid w:val="00634F53"/>
     <w:rsid w:val="006369D0"/>
     <w:rsid w:val="00637FBF"/>
     <w:rsid w:val="0064304E"/>
     <w:rsid w:val="006433B0"/>
     <w:rsid w:val="00647E63"/>
     <w:rsid w:val="00654E5D"/>
     <w:rsid w:val="006562E5"/>
     <w:rsid w:val="006633B9"/>
     <w:rsid w:val="00675D5F"/>
     <w:rsid w:val="00682970"/>
     <w:rsid w:val="00690ECC"/>
     <w:rsid w:val="00691A3E"/>
     <w:rsid w:val="00694B5C"/>
     <w:rsid w:val="006A2F1D"/>
     <w:rsid w:val="006A50BD"/>
     <w:rsid w:val="006A72C9"/>
     <w:rsid w:val="006B1E06"/>
     <w:rsid w:val="006B2B44"/>
     <w:rsid w:val="006C07A6"/>
     <w:rsid w:val="006C2561"/>
     <w:rsid w:val="006C2E34"/>
@@ -3173,78 +3189,82 @@
     <w:rsid w:val="006C74DB"/>
     <w:rsid w:val="006CA232"/>
     <w:rsid w:val="006D232E"/>
     <w:rsid w:val="006D2A6E"/>
     <w:rsid w:val="006E2054"/>
     <w:rsid w:val="006E246F"/>
     <w:rsid w:val="006E5C2B"/>
     <w:rsid w:val="006E6C7B"/>
     <w:rsid w:val="00700F52"/>
     <w:rsid w:val="0070261A"/>
     <w:rsid w:val="00712AAE"/>
     <w:rsid w:val="00714B5B"/>
     <w:rsid w:val="007164FB"/>
     <w:rsid w:val="007165B5"/>
     <w:rsid w:val="00721268"/>
     <w:rsid w:val="0072376B"/>
     <w:rsid w:val="00735530"/>
     <w:rsid w:val="00744313"/>
     <w:rsid w:val="007445E0"/>
     <w:rsid w:val="007462E4"/>
     <w:rsid w:val="007467FC"/>
     <w:rsid w:val="00752290"/>
     <w:rsid w:val="00756EDC"/>
     <w:rsid w:val="00764B9A"/>
     <w:rsid w:val="00770EAC"/>
+    <w:rsid w:val="00771123"/>
     <w:rsid w:val="00781644"/>
     <w:rsid w:val="0078282D"/>
     <w:rsid w:val="00783D56"/>
     <w:rsid w:val="00785FED"/>
     <w:rsid w:val="007873E8"/>
     <w:rsid w:val="00795BA8"/>
     <w:rsid w:val="007977D0"/>
     <w:rsid w:val="007A0FD7"/>
     <w:rsid w:val="007A1AE8"/>
     <w:rsid w:val="007A6FF6"/>
     <w:rsid w:val="007A7092"/>
     <w:rsid w:val="007B4EC4"/>
     <w:rsid w:val="007B5414"/>
     <w:rsid w:val="007C7E3D"/>
     <w:rsid w:val="007D70AF"/>
     <w:rsid w:val="007E3C2D"/>
     <w:rsid w:val="007E59DB"/>
+    <w:rsid w:val="007F1111"/>
     <w:rsid w:val="007F2966"/>
     <w:rsid w:val="007F561E"/>
     <w:rsid w:val="008004AE"/>
     <w:rsid w:val="00802083"/>
     <w:rsid w:val="00803594"/>
     <w:rsid w:val="0080684F"/>
     <w:rsid w:val="0081776B"/>
     <w:rsid w:val="00822268"/>
+    <w:rsid w:val="008250F8"/>
     <w:rsid w:val="0082681E"/>
     <w:rsid w:val="008343E2"/>
     <w:rsid w:val="0084027A"/>
+    <w:rsid w:val="008406A4"/>
     <w:rsid w:val="0084159C"/>
     <w:rsid w:val="00841E7F"/>
     <w:rsid w:val="0085553C"/>
     <w:rsid w:val="00857B69"/>
     <w:rsid w:val="00860CAF"/>
     <w:rsid w:val="0086348D"/>
     <w:rsid w:val="0086741A"/>
     <w:rsid w:val="00867CC5"/>
     <w:rsid w:val="00877D8F"/>
     <w:rsid w:val="008905B7"/>
     <w:rsid w:val="00891A72"/>
     <w:rsid w:val="00894AD4"/>
     <w:rsid w:val="008A78D3"/>
     <w:rsid w:val="008A7BA5"/>
     <w:rsid w:val="008B123D"/>
     <w:rsid w:val="008B56BA"/>
     <w:rsid w:val="008B64F1"/>
     <w:rsid w:val="008C347E"/>
     <w:rsid w:val="008D2047"/>
     <w:rsid w:val="008D22C0"/>
     <w:rsid w:val="008D2C87"/>
     <w:rsid w:val="008D47FC"/>
     <w:rsid w:val="008D617E"/>
     <w:rsid w:val="008D7964"/>
     <w:rsid w:val="008D7B9C"/>
@@ -3494,54 +3514,56 @@
     <w:rsid w:val="00EB0526"/>
     <w:rsid w:val="00EB3F96"/>
     <w:rsid w:val="00EB468E"/>
     <w:rsid w:val="00EB4F5B"/>
     <w:rsid w:val="00EB5568"/>
     <w:rsid w:val="00EC28C1"/>
     <w:rsid w:val="00ED2A03"/>
     <w:rsid w:val="00EE4257"/>
     <w:rsid w:val="00EE61A9"/>
     <w:rsid w:val="00EE6212"/>
     <w:rsid w:val="00EF6941"/>
     <w:rsid w:val="00EF6DDF"/>
     <w:rsid w:val="00F076E1"/>
     <w:rsid w:val="00F1314D"/>
     <w:rsid w:val="00F16214"/>
     <w:rsid w:val="00F21883"/>
     <w:rsid w:val="00F2564A"/>
     <w:rsid w:val="00F304D0"/>
     <w:rsid w:val="00F30CC1"/>
     <w:rsid w:val="00F337F8"/>
     <w:rsid w:val="00F36A91"/>
     <w:rsid w:val="00F41CF2"/>
     <w:rsid w:val="00F50479"/>
     <w:rsid w:val="00F53A1A"/>
     <w:rsid w:val="00F63865"/>
+    <w:rsid w:val="00F71A0B"/>
     <w:rsid w:val="00F800E9"/>
     <w:rsid w:val="00F80194"/>
     <w:rsid w:val="00F8139B"/>
     <w:rsid w:val="00F83E76"/>
+    <w:rsid w:val="00F840DF"/>
     <w:rsid w:val="00F843DC"/>
     <w:rsid w:val="00F90058"/>
     <w:rsid w:val="00F97308"/>
     <w:rsid w:val="00FB20E3"/>
     <w:rsid w:val="00FB2F74"/>
     <w:rsid w:val="00FB4746"/>
     <w:rsid w:val="00FB6295"/>
     <w:rsid w:val="00FB74CA"/>
     <w:rsid w:val="00FD20AA"/>
     <w:rsid w:val="00FD2B90"/>
     <w:rsid w:val="00FE03C1"/>
     <w:rsid w:val="00FE5001"/>
     <w:rsid w:val="00FE5D90"/>
     <w:rsid w:val="00FE641E"/>
     <w:rsid w:val="00FE7180"/>
     <w:rsid w:val="00FF22D1"/>
     <w:rsid w:val="01DAE3D1"/>
     <w:rsid w:val="03F211E7"/>
     <w:rsid w:val="0A988384"/>
     <w:rsid w:val="0CDC7EC6"/>
     <w:rsid w:val="0D242954"/>
     <w:rsid w:val="0F1FCAA4"/>
     <w:rsid w:val="0F788C8D"/>
     <w:rsid w:val="0FAEAFB5"/>
     <w:rsid w:val="10985FF1"/>
@@ -5075,205 +5097,215 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...29 lines deleted...]
-    <xsd:import namespace="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="551c3babaceaef7634df3133d627e1dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8053c75-d5b1-4a8f-aa34-83600307078b" xmlns:ns3="fa2d3107-6ff3-4101-8a67-eedbb21beb10" xmlns:ns4="b8759a14-0f36-467b-89bb-6221a083b0fc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e08563acfd55115b262c1055c49ee310" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <xsd:import namespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <xsd:import namespace="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e05a044c-34aa-4a93-b5a8-32d5d7a2c582" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8053c75-d5b1-4a8f-aa34-83600307078b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="08a9bb23-0875-4998-8f1c-70e8d439cd6c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b31da6f4-e52d-49d7-b108-9c7783d77463" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="DateOnly" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12814432-5eb7-4abd-a8c0-bce35b98076f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{33945d5b-0755-4280-ac7d-b84d0a672bc4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="12814432-5eb7-4abd-a8c0-bce35b98076f">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8759a14-0f36-467b-89bb-6221a083b0fc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b0a7f5ae-f627-4195-acdb-56615c0bbd96}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b8759a14-0f36-467b-89bb-6221a083b0fc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5318,148 +5350,184 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fa2d3107-6ff3-4101-8a67-eedbb21beb10">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b8759a14-0f36-467b-89bb-6221a083b0fc" xsi:nil="true"/>
+    <Date xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7FCBC3C-0564-4AA9-848E-E31800B6BF5A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1158C95D-E8D8-4651-A54B-5EE7244CCAAC}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5B632C7-FFE0-4514-84FE-B7422017666B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ECD3CAF-729E-4BAB-906D-7EA8105D4FFC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7FCBC3C-0564-4AA9-848E-E31800B6BF5A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="e05a044c-34aa-4a93-b5a8-32d5d7a2c582"/>
-    <ds:schemaRef ds:uri="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AD107F6-D924-4D93-9496-29E5B77C09EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>614</Words>
-  <Characters>802</Characters>
+  <Characters>803</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026 符合资格健保计划投保人体验调查邮件通知书: 英文</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1414</CharactersWithSpaces>
+  <CharactersWithSpaces>1396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 符合资格健保计划投保人体验调查邮件通知书: 英文</dc:title>
   <dc:subject>2026 Qualified Health Plan Enrollee Experience Survey Notification Email: Chinese</dc:subject>
   <dc:creator>联邦医疗保险和联邦医疗补助计划服务中心</dc:creator>
   <cp:keywords>网络；邮件；调查问卷；投保人；体验；健康保险计划；网址；供应商</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100EF4BA34E20C2AF4A838F774B9057FB4A</vt:lpwstr>
+    <vt:lpwstr>0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>c3daf0e48c16bfc6ed48b4f69176f809cbdf39587eabb6e7638e731111380ce0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLangLocale">
+    <vt:lpwstr>zh-hans</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="docLang">
+    <vt:lpwstr>zh</vt:lpwstr>
+  </property>
 </Properties>
 </file>