--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -13,566 +13,570 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence.xml" ContentType="application/vnd.ms-office.intelligence+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="247F52A5" w14:textId="2C454700" w:rsidR="008D4EDF" w:rsidRPr="008D4EDF" w:rsidRDefault="008D4EDF" w:rsidP="008D4EDF">
+    <w:p w14:paraId="247F52A5" w14:textId="2C454700" w:rsidR="008D4EDF" w:rsidRPr="00066257" w:rsidRDefault="008D4EDF" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008D4EDF">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2026 Qualified Health Plan Enrollee Experience Survey</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="008D4EDF">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Prenotification Letter: Spanish</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD1B99B" w14:textId="77777777" w:rsidR="008D4EDF" w:rsidRDefault="2D3E18FD" w:rsidP="008D4EDF">
+    <w:p w14:paraId="5DD1B99B" w14:textId="77777777" w:rsidR="008D4EDF" w:rsidRPr="00066257" w:rsidRDefault="2D3E18FD" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0F61C338">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[FIRST AND LAST NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F479F1" w14:textId="51CA6745" w:rsidR="00EE61A9" w:rsidRPr="009C55DE" w:rsidRDefault="2D3E18FD" w:rsidP="00934B09">
+    <w:p w14:paraId="73F479F1" w14:textId="51CA6745" w:rsidR="00EE61A9" w:rsidRPr="00066257" w:rsidRDefault="2D3E18FD" w:rsidP="00934B09">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0F61C338">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[LINE ONE OF ADDRESS]</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0F61C338">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[LINE TWO OF ADDRESS (IF ANY)]</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="0F61C338">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[CITY, STATE ZIP]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CD8FE32" w14:textId="6A7712CB" w:rsidR="002E4D3E" w:rsidRPr="008D4EDF" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
+    <w:p w14:paraId="4CD8FE32" w14:textId="6A7712CB" w:rsidR="002E4D3E" w:rsidRPr="00066257" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D4EDF">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008D4EDF">
+        </w:rPr>
+        <w:t>Estimado(a) [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>(a) [ENROLLEE FIRST AND LAST NAME],</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ENROLLEE FIRST AND LAST NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>],</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A074CBA" w14:textId="5AF509A5" w:rsidR="00A16363" w:rsidRPr="0062716A" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
+    <w:p w14:paraId="4A074CBA" w14:textId="5AF509A5" w:rsidR="00A16363" w:rsidRPr="00066257" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk517177160"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk517684391"/>
-      <w:r w:rsidRPr="5922978D">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Usted pronto recibirá una encuesta sobre </w:t>
       </w:r>
-      <w:r w:rsidR="009C55DE" w:rsidRPr="5922978D">
+      <w:r w:rsidR="009C55DE" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">los servicios </w:t>
       </w:r>
-      <w:r w:rsidRPr="5922978D">
-[...23 lines deleted...]
-      <w:r w:rsidR="00575335">
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>que recibió a través de [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>QHP ISSUER NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>] entre julio y diciembre del 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00575335" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="5922978D">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Esta encuesta es auspiciada por el Departamento de Salud y Servicios Humanos y debería tomar </w:t>
       </w:r>
-      <w:r w:rsidR="0042098A" w:rsidRPr="5922978D">
+      <w:r w:rsidR="0042098A" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>unos</w:t>
       </w:r>
-      <w:r w:rsidR="00064CD0" w:rsidRPr="5922978D">
+      <w:r w:rsidR="00064CD0" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="5922978D">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="195F87F2" w:rsidRPr="5922978D">
+      <w:r w:rsidR="195F87F2" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="5922978D">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> minutos para completarla</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00064CD0" w:rsidRPr="5922978D">
+      <w:r w:rsidR="00064CD0" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168B4B0E" w14:textId="767E73F5" w:rsidR="002E4D3E" w:rsidRPr="0062716A" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
+    <w:p w14:paraId="168B4B0E" w14:textId="767E73F5" w:rsidR="002E4D3E" w:rsidRPr="00066257" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="240" w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0062716A">
-[...23 lines deleted...]
-      <w:r w:rsidR="009C55DE" w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Su participación es voluntaria y sus respuestas se mantendrán privadas. [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>QHP ISSUER NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>] usará las respuestas combinadas de la encuesta para proporcionar mejor</w:t>
+      </w:r>
+      <w:r w:rsidR="009C55DE" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> servicio</w:t>
       </w:r>
-      <w:r w:rsidR="009C55DE" w:rsidRPr="0062716A">
+      <w:r w:rsidR="009C55DE" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> y atención para sus miembros. Usted les ayudará a lograr esa meta al completar esta encuesta. Los resultados de esta encuesta también se usarán para calcular las calificaciones de calidad de planes </w:t>
       </w:r>
-      <w:r w:rsidR="00C63B06" w:rsidRPr="0062716A">
+      <w:r w:rsidR="00C63B06" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>de salud</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>. El público puede usar esas calificaciones para comparar planes en CuidadoDeSalud.gov o en las p</w:t>
       </w:r>
-      <w:r w:rsidR="009C55DE" w:rsidRPr="0062716A">
+      <w:r w:rsidR="009C55DE" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ginas web de sus </w:t>
       </w:r>
-      <w:r w:rsidR="008012DC" w:rsidRPr="0062716A">
+      <w:r w:rsidR="008012DC" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>ercados estatales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52EADD28" w14:textId="057FDBB5" w:rsidR="00F673B1" w:rsidRPr="0062716A" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
+    <w:p w14:paraId="52EADD28" w14:textId="057FDBB5" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Para ahorrar tiempo y papel, usted puede completar esta encuesta en línea ahora mismo visitando </w:t>
       </w:r>
-      <w:r w:rsidR="00C403D0" w:rsidRPr="00FB705F">
-[...3 lines deleted...]
-          <w:lang w:val="es-GT"/>
+      <w:r w:rsidR="00C403D0" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C403D0" w:rsidRPr="00FB705F">
+      <w:r w:rsidR="00C403D0" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>SURVEY URL</w:t>
       </w:r>
-      <w:r w:rsidR="00C403D0" w:rsidRPr="00FB705F">
-[...3 lines deleted...]
-          <w:lang w:val="es-GT"/>
+      <w:r w:rsidR="00C403D0" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>o usando la cámara de su teléfono para escanear el código QR a continuación</w:t>
       </w:r>
-      <w:r w:rsidR="00A16BFA" w:rsidRPr="0062716A">
+      <w:r w:rsidR="00A16BFA" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00691D15" w:rsidRPr="0062716A">
+      <w:r w:rsidR="00691D15" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">En esta página web se le pedirá la siguiente información privada: </w:t>
       </w:r>
-      <w:r w:rsidR="00836834" w:rsidRPr="00FB705F">
-[...3 lines deleted...]
-          <w:lang w:val="es-GT"/>
+      <w:r w:rsidR="00836834" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00C403D0" w:rsidRPr="00FB705F">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidR="00C403D0" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TYPE OF LOGIN CREDENTIAL(S)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C403D0" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Es posible que usted haya recibido una invitación a su dirección de correo electrónico. </w:t>
       </w:r>
-      <w:r w:rsidR="009C55DE" w:rsidRPr="0062716A">
+      <w:r w:rsidR="009C55DE" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>Si ese es el caso,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> la invitación </w:t>
       </w:r>
-      <w:r w:rsidR="009C55DE" w:rsidRPr="0062716A">
+      <w:r w:rsidR="009C55DE" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">le </w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>llevará directamente a la misma encuesta.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="17333B00" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="006E7FCC" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
+    <w:p w14:paraId="17333B00" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00F673B1" w:rsidRPr="006E7FCC" w:rsidSect="009375FD">
+        </w:rPr>
+        <w:sectPr w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidSect="00513660">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="64" w:right="720" w:bottom="720" w:left="540" w:header="275" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
-          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="35DF3EE7" wp14:editId="507CE82D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="35DF3EE7" wp14:editId="507CE82D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>831215</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-117475</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5431155" cy="1685925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Picture 10">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Picture 10">
@@ -600,590 +604,624 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5431155" cy="1685925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236B1EF5" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00FB705F" w:rsidRDefault="00F673B1" w:rsidP="00F61607">
+    <w:p w14:paraId="236B1EF5" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00F61607">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="360"/>
         <w:ind w:left="1584"/>
         <w:rPr>
-          <w:lang w:val="es-GT"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00FB705F">
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>Responda ahora en [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-GT"/>
         </w:rPr>
         <w:t>SURVEY URL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB705F">
-[...1 lines deleted...]
-          <w:lang w:val="es-GT"/>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8F5A12" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="0062716A" w:rsidRDefault="00F673B1" w:rsidP="00F61607">
+    <w:p w14:paraId="5F8F5A12" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00F61607">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="360"/>
         <w:ind w:left="1584"/>
       </w:pPr>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:t>[LOGIN CREDENTIAL(S)]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197F3FCE" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="006E7FCC" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
+    <w:p w14:paraId="197F3FCE" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="660"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E7FCC">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidRPr="006E7FCC">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41BF7E74" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
+    <w:p w14:paraId="41BF7E74" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:ind w:left="1350"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62E3F264" wp14:editId="5DD6E3AF">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62E3F264" wp14:editId="236D2607">
             <wp:extent cx="971550" cy="787400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="Scan this QR code for access to the survey. "/>
+            <wp:docPr id="3" name="Picture 3" descr="Escanee este código QR para acceder a la encuesta. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Picture 3" descr="Scan this QR code for access to the survey. "/>
+                    <pic:cNvPr id="3" name="Picture 3" descr="Escanee este código QR para acceder a la encuesta. "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="8744" t="7651" r="7650" b="9289"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="971550" cy="787400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A62FFF4" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
+    <w:p w14:paraId="6A62FFF4" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00F673B1">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:sectPr w:rsidR="00F673B1" w:rsidSect="000F48A6">
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidSect="00513660">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="64" w:right="720" w:bottom="720" w:left="540" w:header="275" w:footer="0" w:gutter="0"/>
           <w:cols w:num="3" w:space="0" w:equalWidth="0">
             <w:col w:w="5134" w:space="0"/>
             <w:col w:w="720" w:space="0"/>
             <w:col w:w="5126"/>
           </w:cols>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FA02AF3" w14:textId="73022F58" w:rsidR="002E4D3E" w:rsidRPr="0062716A" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
+    <w:p w14:paraId="3FA02AF3" w14:textId="73022F58" w:rsidR="002E4D3E" w:rsidRPr="00066257" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="720" w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Su plan </w:t>
       </w:r>
-      <w:r w:rsidR="001176D0" w:rsidRPr="0062716A">
+      <w:r w:rsidR="001176D0" w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>de salud</w:t>
       </w:r>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contrató </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FB705F">
+        <w:t xml:space="preserve"> contrató [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-GT"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0062716A">
+        </w:rPr>
+        <w:t>VENDOR NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para llevar a cabo esta encuesta. Si usted tiene alguna pregunta sobre la encuesta, llame a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FB705F">
+        <w:t>] para llevar a cabo esta encuesta. Si usted tiene alguna pregunta sobre la encuesta, llame a [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-GT"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0062716A">
+        </w:rPr>
+        <w:t>VENDOR NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> al (XXX) [XXX-XXXX], entre [XX:XX] a.m. y [XX:XX] p.m. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FB705F">
+        <w:t>] al (XXX) [XXX-XXXX], entre [XX:XX] a.m. y [XX:XX] p.m. [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-GT"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0062716A">
+        </w:rPr>
+        <w:t>VENDOR LOCAL TIME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, de lunes a viernes (excluyendo días festivos federales), o comuníquese por correo electrónico al </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FB705F">
+        <w:t>], de lunes a viernes (excluyendo días festivos federales), o comuníquese por correo electrónico al [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-GT"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0062716A">
+        </w:rPr>
+        <w:t>VENDOR EMAIL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1444E5AB" w14:textId="77777777" w:rsidR="002E4D3E" w:rsidRPr="0062716A" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
+    <w:p w14:paraId="1444E5AB" w14:textId="77777777" w:rsidR="002E4D3E" w:rsidRPr="00066257" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0062716A">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>Le agradecemos mucho su ayuda para mejorar el cuidado de salud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC6DE25" w14:textId="2172D4BE" w:rsidR="002E4D3E" w:rsidRPr="00FB705F" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
+    <w:p w14:paraId="1CC6DE25" w14:textId="2172D4BE" w:rsidR="002E4D3E" w:rsidRPr="00066257" w:rsidRDefault="002E4D3E" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4410"/>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>Atentamente,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573D3724" w14:textId="77777777" w:rsidR="00420E29" w:rsidRPr="009C55DE" w:rsidRDefault="00420E29" w:rsidP="00420E29">
+    <w:p w14:paraId="573D3724" w14:textId="77777777" w:rsidR="00420E29" w:rsidRPr="00066257" w:rsidRDefault="00420E29" w:rsidP="00420E29">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C55DE">
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>[SIGNATURE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62793DF6" w14:textId="77777777" w:rsidR="00420E29" w:rsidRPr="009C55DE" w:rsidRDefault="00420E29" w:rsidP="00420E29">
+    <w:p w14:paraId="62793DF6" w14:textId="77777777" w:rsidR="00420E29" w:rsidRPr="00066257" w:rsidRDefault="00420E29" w:rsidP="00420E29">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C55DE">
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t>[NAME AND TITLE OF SENIOR EXECUTIVE FROM VENDOR or QHP ISSUER]</w:t>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[NAME AND TITLE OF SENIOR EXECUTIVE FROM VENDOR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> QHP ISSUER]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="604AF70F" w14:textId="77777777" w:rsidR="00420E29" w:rsidRPr="009C55DE" w:rsidRDefault="00420E29" w:rsidP="00934B09">
+    <w:p w14:paraId="604AF70F" w14:textId="77777777" w:rsidR="00420E29" w:rsidRPr="00066257" w:rsidRDefault="00420E29" w:rsidP="00934B09">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C55DE">
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>[VENDOR or QHP ISSUER NAME]</w:t>
+        <w:t xml:space="preserve">[VENDOR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> QHP ISSUER NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD1EB62" w14:textId="3C663CED" w:rsidR="00F13E60" w:rsidRDefault="00F13E60" w:rsidP="008D4EDF">
+    <w:p w14:paraId="6CD1EB62" w14:textId="3C663CED" w:rsidR="00F13E60" w:rsidRPr="00066257" w:rsidRDefault="00F13E60" w:rsidP="008D4EDF">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:t xml:space="preserve">To request an English survey by mail, or to respond to the survey over the phone, call the following number: (XXX) [XXX-XXXX]. To respond to the survey in English via the internet, go to this website: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SURVEY URL</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>] and use this login information: [LOGIN CREDENTIAL(S)].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB8085D" w14:textId="51768C1E" w:rsidR="00C22781" w:rsidRPr="00667349" w:rsidRDefault="00674376" w:rsidP="00A94D5F">
+    <w:p w14:paraId="3FDC5C0D" w14:textId="77777777" w:rsidR="00760122" w:rsidRPr="00066257" w:rsidRDefault="00674376" w:rsidP="00760122">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>[IF OFFERING IN CHINESE]</w:t>
       </w:r>
-      <w:r w:rsidR="001270A6" w:rsidRPr="00F31E79">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Microsoft JhengHei"/>
+      <w:r w:rsidR="001270A6" w:rsidRPr="00066257">
+        <w:rPr>
           <w:color w:val="C00000"/>
-          <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B2969" w:rsidRPr="65699152">
-[...16 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidR="00760122" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如需索取中文版调查问卷，或以中文进行电话调查问卷，请联络</w:t>
+      </w:r>
+      <w:r w:rsidR="00760122" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r>
-[...41 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi" w:hint="eastAsia"/>
+      <w:r w:rsidR="00760122" w:rsidRPr="00066257">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB8085D" w14:textId="6B740B1C" w:rsidR="00C22781" w:rsidRPr="003308AA" w:rsidRDefault="00760122" w:rsidP="00760122">
+      <w:pPr>
+        <w:pStyle w:val="CMSBodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:hAnsi="PMingLiU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(XXX) [XXX-XXXX] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。如需在线参与中文问卷调查，请使用以下登录信息</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: [LOGIN CREDENTIAL(S)] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>访问此网站：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>SURVEY URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
+      <w:r w:rsidRPr="00066257">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C22781" w:rsidRPr="00667349" w:rsidSect="00F673B1">
+    <w:sectPr w:rsidR="00C22781" w:rsidRPr="003308AA" w:rsidSect="00F673B1">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="634" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02E1CDC4" w14:textId="77777777" w:rsidR="00B978AF" w:rsidRDefault="00B978AF" w:rsidP="00330A7C">
+    <w:p w14:paraId="7F553C52" w14:textId="77777777" w:rsidR="004C512C" w:rsidRPr="00066257" w:rsidRDefault="004C512C" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2114F707" w14:textId="77777777" w:rsidR="00B978AF" w:rsidRDefault="00B978AF" w:rsidP="00330A7C">
+    <w:p w14:paraId="5C2928C8" w14:textId="77777777" w:rsidR="004C512C" w:rsidRPr="00066257" w:rsidRDefault="004C512C" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="39290049" w14:textId="77777777" w:rsidR="00B978AF" w:rsidRDefault="00B978AF">
+    <w:p w14:paraId="6EC9083E" w14:textId="77777777" w:rsidR="004C512C" w:rsidRPr="00066257" w:rsidRDefault="004C512C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -1229,492 +1267,605 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Microsoft JhengHei">
-[...13 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="07E31249" w14:textId="5B79610B" w:rsidR="00F673B1" w:rsidRDefault="00F673B1" w:rsidP="4E079392">
+  <w:p w14:paraId="07E31249" w14:textId="5B79610B" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00513660">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0F1089C7">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00575335">
+    <w:r w:rsidR="00575335" w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="0F1089C7">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> Qualified Health Plan Enrollee Experience Survey</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2D413950" w14:textId="1F265B8F" w:rsidR="00F673B1" w:rsidRDefault="00B61224" w:rsidP="4E079392">
+  <w:p w14:paraId="2D413950" w14:textId="1F265B8F" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00B61224" w:rsidP="00513660">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="2D3E18FD">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Prenotification </w:t>
     </w:r>
-    <w:r w:rsidR="00F673B1" w:rsidRPr="4E079392">
+    <w:r w:rsidR="00F673B1" w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-      </w:rPr>
-[...8 lines deleted...]
-      <w:t>Spanish</w:t>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>Letter: Spanish</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3A406DC8" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00483999" w:rsidRDefault="00F673B1" w:rsidP="4E079392">
+  <w:p w14:paraId="3A406DC8" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="00513660">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="200" w:after="200"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>[DO NOT INCLUDE THIS FOOTER IN LETTERS SENT TO ENROLLEES]</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="148542BB" w14:textId="67901ADD" w:rsidR="00483999" w:rsidRDefault="2D3E18FD" w:rsidP="2D3E18FD">
+  <w:p w14:paraId="148542BB" w14:textId="37D73137" w:rsidR="00483999" w:rsidRPr="00066257" w:rsidRDefault="2D3E18FD" w:rsidP="2D3E18FD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="2D3E18FD">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00C16662">
+    <w:r w:rsidR="00C16662" w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="0040213B">
+    <w:r w:rsidR="0040213B" w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="001368AD">
+    <w:r w:rsidR="009747B0" w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="2D3E18FD">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Qualified Health Plan Enrollee Experience Survey</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Qualified</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Health Plan </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Enrollee</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Experience</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Survey</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
-  <w:p w14:paraId="5CCADB63" w14:textId="6D4F3B34" w:rsidR="009C0566" w:rsidRDefault="2D3E18FD" w:rsidP="2D3E18FD">
+  <w:p w14:paraId="5CCADB63" w14:textId="6D4F3B34" w:rsidR="009C0566" w:rsidRPr="00066257" w:rsidRDefault="2D3E18FD" w:rsidP="2D3E18FD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="2D3E18FD">
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">Prenotification Letter: </w:t>
+      <w:t>Prenotification</w:t>
     </w:r>
-    <w:r w:rsidR="009C0566">
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
+      <w:t xml:space="preserve"> Letter: </w:t>
+    </w:r>
+    <w:r w:rsidR="009C0566" w:rsidRPr="00066257">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
       <w:t>Spanish</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="50FE0809" w14:textId="202E6AC9" w:rsidR="00483999" w:rsidRPr="00483999" w:rsidRDefault="2D3E18FD" w:rsidP="2D3E18FD">
+  <w:p w14:paraId="50FE0809" w14:textId="202E6AC9" w:rsidR="00483999" w:rsidRPr="00066257" w:rsidRDefault="2D3E18FD" w:rsidP="2D3E18FD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="200" w:after="200"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="2D3E18FD">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>[DO NOT INCLUDE THIS FOOTER IN LETTERS SENT TO ENROLLEES]</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FF9CE84" w14:textId="77777777" w:rsidR="00B978AF" w:rsidRDefault="00B978AF" w:rsidP="00330A7C">
+    <w:p w14:paraId="4A48AE6E" w14:textId="77777777" w:rsidR="004C512C" w:rsidRPr="00066257" w:rsidRDefault="004C512C" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="050B1C1E" w14:textId="77777777" w:rsidR="00B978AF" w:rsidRDefault="00B978AF" w:rsidP="00330A7C">
+    <w:p w14:paraId="1D066880" w14:textId="77777777" w:rsidR="004C512C" w:rsidRPr="00066257" w:rsidRDefault="004C512C" w:rsidP="00330A7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00066257">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0914B29B" w14:textId="77777777" w:rsidR="00B978AF" w:rsidRDefault="00B978AF">
+    <w:p w14:paraId="5094AF9E" w14:textId="77777777" w:rsidR="004C512C" w:rsidRPr="00066257" w:rsidRDefault="004C512C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="17E985FF" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRDefault="00F673B1" w:rsidP="008D4EDF">
+  <w:p w14:paraId="17E985FF" w14:textId="77777777" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="008D4EDF">
     <w:pPr>
       <w:pStyle w:val="CMSPrivacyOffice"/>
       <w:keepNext w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="3960"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:outlineLvl w:val="9"/>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="es-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="es-US"/>
       </w:rPr>
       <w:t>[VENDOR LOGO]</w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="es-US"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">and/or </w:t>
+      <w:t>and/</w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="es-US"/>
+      </w:rPr>
+      <w:t>or</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="es-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="es-US"/>
       </w:rPr>
       <w:tab/>
       <w:t>[QHP ISSUER LOGO ONLY NO ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="743E148C" w14:textId="4391F526" w:rsidR="00F673B1" w:rsidRDefault="00F673B1" w:rsidP="008D4EDF">
+  <w:p w14:paraId="743E148C" w14:textId="4391F526" w:rsidR="00F673B1" w:rsidRPr="00066257" w:rsidRDefault="00F673B1" w:rsidP="008D4EDF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>[VENDOR ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="67362BFD" w14:textId="77777777" w:rsidR="008D4EDF" w:rsidRPr="00667349" w:rsidRDefault="008D4EDF" w:rsidP="008D4EDF">
+  <w:p w14:paraId="67362BFD" w14:textId="77777777" w:rsidR="008D4EDF" w:rsidRPr="00066257" w:rsidRDefault="008D4EDF" w:rsidP="008D4EDF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="08B99855" w14:textId="3C97CB7D" w:rsidR="00B57C62" w:rsidRDefault="00B57C62" w:rsidP="00C37A30">
+  <w:p w14:paraId="08B99855" w14:textId="3C97CB7D" w:rsidR="00B57C62" w:rsidRPr="00066257" w:rsidRDefault="00B57C62" w:rsidP="00C37A30">
     <w:pPr>
       <w:pStyle w:val="CMSPrivacyOffice"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3306"/>
         <w:tab w:val="center" w:pos="3960"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>[VENDOR LOGO]</w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00C37A30">
-      <w:rPr>
+    <w:r w:rsidR="00C37A30" w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">and/or </w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
       <w:t>[</w:t>
     </w:r>
-    <w:r w:rsidR="00EC7696">
-      <w:rPr>
+    <w:r w:rsidR="00EC7696" w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">QHP </w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00066257">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>ISSUER LOGO ONLY NO ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5315982B" w14:textId="7730A7AF" w:rsidR="00B57C62" w:rsidRDefault="00C16662" w:rsidP="2D3E18FD">
+  <w:p w14:paraId="5315982B" w14:textId="7730A7AF" w:rsidR="00B57C62" w:rsidRPr="00066257" w:rsidRDefault="00C16662" w:rsidP="2D3E18FD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>[</w:t>
     </w:r>
-    <w:r w:rsidR="2D3E18FD" w:rsidRPr="2D3E18FD">
+    <w:r w:rsidR="2D3E18FD" w:rsidRPr="00066257">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>VENDOR ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7E7B98A9" w14:textId="77777777" w:rsidR="00B57C62" w:rsidRDefault="00B57C62" w:rsidP="00B57C62">
+  <w:p w14:paraId="7E7B98A9" w14:textId="77777777" w:rsidR="00B57C62" w:rsidRPr="00066257" w:rsidRDefault="00B57C62" w:rsidP="00B57C62">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="240"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence.xml><?xml version="1.0" encoding="utf-8"?>
 <int:Intelligence xmlns:int="http://schemas.microsoft.com/office/intelligence/2019/intelligence">
   <int:IntelligenceSettings/>
   <int:Manifest>
     <int:ParagraphRange paragraphId="1067461363" textId="1216111013" start="172" length="5" invalidationStart="172" invalidationLength="5" id="aL6FyrKA"/>
     <int:ParagraphRange paragraphId="1067461363" textId="1216111013" start="187" length="5" invalidationStart="187" invalidationLength="5" id="nu+H1Ccb"/>
     <int:WordHash hashCode="4LoUlUhpc63gBp" id="dyAq8MCG"/>
   </int:Manifest>
   <int:Observations>
     <int:Content id="aL6FyrKA">
       <int:Rejection type="LegacyProofing"/>
     </int:Content>
     <int:Content id="nu+H1Ccb">
       <int:Rejection type="LegacyProofing"/>
@@ -2094,475 +2245,508 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="41753583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1335260758">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="618267834">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="198"/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{AEC2E734-B346-4BF0-8264-6CF6CDAB8D85}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="86156544"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="005900A4"/>
     <w:rsid w:val="00012D19"/>
     <w:rsid w:val="00020D76"/>
+    <w:rsid w:val="00021EED"/>
     <w:rsid w:val="00032BA3"/>
     <w:rsid w:val="00036890"/>
     <w:rsid w:val="00037BE0"/>
+    <w:rsid w:val="000415A5"/>
     <w:rsid w:val="00056E97"/>
     <w:rsid w:val="0006129F"/>
     <w:rsid w:val="00064CD0"/>
+    <w:rsid w:val="00066257"/>
     <w:rsid w:val="0006710C"/>
     <w:rsid w:val="000922FA"/>
     <w:rsid w:val="000A3A79"/>
     <w:rsid w:val="000A7594"/>
     <w:rsid w:val="000B60FC"/>
     <w:rsid w:val="000C633D"/>
     <w:rsid w:val="000D0FE4"/>
     <w:rsid w:val="000D18BD"/>
     <w:rsid w:val="000D6185"/>
     <w:rsid w:val="000D675B"/>
     <w:rsid w:val="000E2261"/>
     <w:rsid w:val="000E533C"/>
     <w:rsid w:val="00100D63"/>
     <w:rsid w:val="00102BB0"/>
     <w:rsid w:val="001047BA"/>
     <w:rsid w:val="00112687"/>
     <w:rsid w:val="001176D0"/>
     <w:rsid w:val="00117A71"/>
     <w:rsid w:val="00117B81"/>
+    <w:rsid w:val="00124D4C"/>
     <w:rsid w:val="00125175"/>
     <w:rsid w:val="001270A6"/>
+    <w:rsid w:val="00127479"/>
     <w:rsid w:val="0012763D"/>
+    <w:rsid w:val="001301C7"/>
     <w:rsid w:val="001349EB"/>
     <w:rsid w:val="001368AD"/>
+    <w:rsid w:val="00165F34"/>
     <w:rsid w:val="001675B2"/>
+    <w:rsid w:val="001708A6"/>
+    <w:rsid w:val="00181383"/>
+    <w:rsid w:val="001874C1"/>
     <w:rsid w:val="001925FD"/>
+    <w:rsid w:val="00193329"/>
     <w:rsid w:val="00195151"/>
     <w:rsid w:val="001A1C72"/>
     <w:rsid w:val="001A46C2"/>
     <w:rsid w:val="001B7D40"/>
     <w:rsid w:val="001C0707"/>
     <w:rsid w:val="001C47A9"/>
     <w:rsid w:val="001C7C9C"/>
     <w:rsid w:val="001D5936"/>
     <w:rsid w:val="001E2F36"/>
     <w:rsid w:val="001E60BC"/>
     <w:rsid w:val="001F7098"/>
     <w:rsid w:val="00210DE7"/>
     <w:rsid w:val="00217702"/>
     <w:rsid w:val="00220E77"/>
     <w:rsid w:val="00227AC0"/>
     <w:rsid w:val="00232062"/>
     <w:rsid w:val="0023386C"/>
     <w:rsid w:val="00237BEA"/>
     <w:rsid w:val="002431A3"/>
     <w:rsid w:val="00243E14"/>
     <w:rsid w:val="00246346"/>
     <w:rsid w:val="00253D41"/>
     <w:rsid w:val="002605C6"/>
     <w:rsid w:val="0026166E"/>
     <w:rsid w:val="00271AF5"/>
+    <w:rsid w:val="00271FA8"/>
     <w:rsid w:val="00273671"/>
     <w:rsid w:val="00273E7A"/>
     <w:rsid w:val="00277BC5"/>
     <w:rsid w:val="00280056"/>
     <w:rsid w:val="0029051E"/>
     <w:rsid w:val="002913AB"/>
     <w:rsid w:val="002945F0"/>
     <w:rsid w:val="00297455"/>
     <w:rsid w:val="002B2720"/>
     <w:rsid w:val="002C2ED4"/>
     <w:rsid w:val="002E4D3E"/>
     <w:rsid w:val="002F4393"/>
     <w:rsid w:val="002F47A7"/>
     <w:rsid w:val="002F49EC"/>
     <w:rsid w:val="002F6C73"/>
     <w:rsid w:val="0030465C"/>
     <w:rsid w:val="00305C17"/>
     <w:rsid w:val="00305E80"/>
     <w:rsid w:val="003148D2"/>
     <w:rsid w:val="003204A7"/>
     <w:rsid w:val="00321D33"/>
     <w:rsid w:val="00327516"/>
+    <w:rsid w:val="003308AA"/>
     <w:rsid w:val="00330A7C"/>
     <w:rsid w:val="003336DC"/>
     <w:rsid w:val="00334D94"/>
     <w:rsid w:val="0035214D"/>
     <w:rsid w:val="00353659"/>
     <w:rsid w:val="00356DCD"/>
     <w:rsid w:val="00361DDC"/>
     <w:rsid w:val="00362FCF"/>
     <w:rsid w:val="00365321"/>
     <w:rsid w:val="00370A08"/>
     <w:rsid w:val="00370EE6"/>
     <w:rsid w:val="0037563D"/>
     <w:rsid w:val="00375C4A"/>
     <w:rsid w:val="00376EEC"/>
+    <w:rsid w:val="003950D1"/>
     <w:rsid w:val="003B0DC7"/>
     <w:rsid w:val="003B17C3"/>
     <w:rsid w:val="003B18C6"/>
     <w:rsid w:val="003B33D2"/>
     <w:rsid w:val="003B508E"/>
     <w:rsid w:val="003C1B0B"/>
     <w:rsid w:val="003D1E55"/>
     <w:rsid w:val="003D447E"/>
     <w:rsid w:val="003E4AD4"/>
     <w:rsid w:val="003F1DDB"/>
     <w:rsid w:val="003F6299"/>
     <w:rsid w:val="00401168"/>
     <w:rsid w:val="0040213B"/>
     <w:rsid w:val="004036AC"/>
     <w:rsid w:val="0041384E"/>
     <w:rsid w:val="0041763C"/>
     <w:rsid w:val="00417A53"/>
     <w:rsid w:val="0042098A"/>
     <w:rsid w:val="00420E29"/>
     <w:rsid w:val="0042484F"/>
     <w:rsid w:val="0042790E"/>
     <w:rsid w:val="00430DAC"/>
     <w:rsid w:val="004318C2"/>
     <w:rsid w:val="00434E2F"/>
     <w:rsid w:val="0044194A"/>
     <w:rsid w:val="00445CF1"/>
     <w:rsid w:val="004472B5"/>
     <w:rsid w:val="00450F47"/>
     <w:rsid w:val="00451742"/>
     <w:rsid w:val="00460816"/>
     <w:rsid w:val="00461565"/>
     <w:rsid w:val="00461579"/>
     <w:rsid w:val="00465394"/>
     <w:rsid w:val="00466416"/>
     <w:rsid w:val="00467867"/>
     <w:rsid w:val="00470090"/>
     <w:rsid w:val="00473672"/>
     <w:rsid w:val="00483999"/>
     <w:rsid w:val="00487DFA"/>
     <w:rsid w:val="004918F8"/>
     <w:rsid w:val="004A3EB2"/>
     <w:rsid w:val="004A6F70"/>
     <w:rsid w:val="004B0337"/>
     <w:rsid w:val="004B2969"/>
     <w:rsid w:val="004B45CF"/>
     <w:rsid w:val="004B7536"/>
     <w:rsid w:val="004C18D9"/>
     <w:rsid w:val="004C2E74"/>
     <w:rsid w:val="004C3AEC"/>
+    <w:rsid w:val="004C512C"/>
     <w:rsid w:val="004D1E10"/>
     <w:rsid w:val="004D7023"/>
     <w:rsid w:val="004E4051"/>
     <w:rsid w:val="004E5BF0"/>
     <w:rsid w:val="004F12BE"/>
     <w:rsid w:val="00501D8B"/>
     <w:rsid w:val="005075D7"/>
+    <w:rsid w:val="0051225E"/>
+    <w:rsid w:val="00513660"/>
     <w:rsid w:val="00527252"/>
     <w:rsid w:val="0053431D"/>
     <w:rsid w:val="00536FB2"/>
     <w:rsid w:val="005504B5"/>
     <w:rsid w:val="00557914"/>
     <w:rsid w:val="0056156D"/>
     <w:rsid w:val="00572EAB"/>
     <w:rsid w:val="00575335"/>
     <w:rsid w:val="005778A9"/>
     <w:rsid w:val="00580639"/>
+    <w:rsid w:val="0058168F"/>
     <w:rsid w:val="005900A4"/>
     <w:rsid w:val="005912A5"/>
     <w:rsid w:val="00593D82"/>
     <w:rsid w:val="00596142"/>
     <w:rsid w:val="00596A9E"/>
     <w:rsid w:val="005973AF"/>
     <w:rsid w:val="005A3F66"/>
     <w:rsid w:val="005A4CC6"/>
     <w:rsid w:val="005B4D0D"/>
     <w:rsid w:val="005D346E"/>
     <w:rsid w:val="005E343D"/>
     <w:rsid w:val="005E353C"/>
     <w:rsid w:val="005E47A0"/>
+    <w:rsid w:val="005E61E5"/>
     <w:rsid w:val="005F200C"/>
     <w:rsid w:val="00600945"/>
     <w:rsid w:val="00610C6E"/>
     <w:rsid w:val="00612F3C"/>
     <w:rsid w:val="006135D4"/>
     <w:rsid w:val="00622949"/>
+    <w:rsid w:val="00624429"/>
     <w:rsid w:val="0062716A"/>
     <w:rsid w:val="00637FBF"/>
     <w:rsid w:val="00640145"/>
     <w:rsid w:val="00646EE6"/>
     <w:rsid w:val="0065318F"/>
+    <w:rsid w:val="00654D89"/>
     <w:rsid w:val="00654E5D"/>
     <w:rsid w:val="00656AB6"/>
     <w:rsid w:val="0066355D"/>
     <w:rsid w:val="00665B01"/>
     <w:rsid w:val="00666C88"/>
     <w:rsid w:val="00666F13"/>
     <w:rsid w:val="00667349"/>
     <w:rsid w:val="00674376"/>
     <w:rsid w:val="00675860"/>
     <w:rsid w:val="00691D15"/>
     <w:rsid w:val="006A63A1"/>
     <w:rsid w:val="006B1E06"/>
     <w:rsid w:val="006C74DB"/>
     <w:rsid w:val="006E2054"/>
     <w:rsid w:val="006E246F"/>
     <w:rsid w:val="006E2A1A"/>
     <w:rsid w:val="007165B5"/>
     <w:rsid w:val="007302B1"/>
+    <w:rsid w:val="00743466"/>
     <w:rsid w:val="007462E4"/>
     <w:rsid w:val="00752290"/>
     <w:rsid w:val="00753165"/>
+    <w:rsid w:val="00760122"/>
     <w:rsid w:val="00770EAC"/>
     <w:rsid w:val="00771CB1"/>
     <w:rsid w:val="00781644"/>
     <w:rsid w:val="0078282D"/>
     <w:rsid w:val="00783D56"/>
     <w:rsid w:val="00785352"/>
     <w:rsid w:val="007A0719"/>
     <w:rsid w:val="007A0FD7"/>
     <w:rsid w:val="007A6394"/>
     <w:rsid w:val="007C3EA4"/>
     <w:rsid w:val="007C7E3D"/>
     <w:rsid w:val="007D70AF"/>
     <w:rsid w:val="007E1C47"/>
     <w:rsid w:val="007E1D41"/>
     <w:rsid w:val="007E691E"/>
     <w:rsid w:val="007E6C79"/>
+    <w:rsid w:val="007E6E7E"/>
     <w:rsid w:val="007E7320"/>
     <w:rsid w:val="007F20A2"/>
     <w:rsid w:val="007F2966"/>
     <w:rsid w:val="008012DC"/>
     <w:rsid w:val="00811476"/>
+    <w:rsid w:val="00814596"/>
     <w:rsid w:val="0081776B"/>
     <w:rsid w:val="00820CCE"/>
     <w:rsid w:val="0083068C"/>
     <w:rsid w:val="00834F90"/>
     <w:rsid w:val="00836834"/>
     <w:rsid w:val="00852E0C"/>
     <w:rsid w:val="00857B69"/>
     <w:rsid w:val="00862517"/>
     <w:rsid w:val="008636AB"/>
     <w:rsid w:val="00872C70"/>
     <w:rsid w:val="00874C5E"/>
     <w:rsid w:val="00877D8F"/>
     <w:rsid w:val="00891A72"/>
     <w:rsid w:val="0089337E"/>
     <w:rsid w:val="00894AD4"/>
     <w:rsid w:val="0089556C"/>
     <w:rsid w:val="008A78D3"/>
     <w:rsid w:val="008B5FEB"/>
     <w:rsid w:val="008B64F1"/>
     <w:rsid w:val="008B6814"/>
     <w:rsid w:val="008C258D"/>
     <w:rsid w:val="008D2C87"/>
     <w:rsid w:val="008D4EDF"/>
     <w:rsid w:val="008D617E"/>
     <w:rsid w:val="008D7964"/>
     <w:rsid w:val="008E250D"/>
     <w:rsid w:val="00900564"/>
     <w:rsid w:val="009029C6"/>
     <w:rsid w:val="00905A42"/>
     <w:rsid w:val="00907EF6"/>
+    <w:rsid w:val="00921532"/>
     <w:rsid w:val="009266DA"/>
     <w:rsid w:val="00926FC7"/>
     <w:rsid w:val="00927119"/>
     <w:rsid w:val="009347D1"/>
     <w:rsid w:val="00934B09"/>
     <w:rsid w:val="009362AA"/>
     <w:rsid w:val="00941A4D"/>
     <w:rsid w:val="00946FC7"/>
     <w:rsid w:val="0095751A"/>
     <w:rsid w:val="00957DD0"/>
     <w:rsid w:val="00963BCB"/>
     <w:rsid w:val="00970B7A"/>
+    <w:rsid w:val="009747B0"/>
     <w:rsid w:val="009770DF"/>
     <w:rsid w:val="009823A2"/>
     <w:rsid w:val="00982C9E"/>
     <w:rsid w:val="009832AD"/>
     <w:rsid w:val="00985B20"/>
     <w:rsid w:val="0098672A"/>
     <w:rsid w:val="00994321"/>
     <w:rsid w:val="009A1690"/>
+    <w:rsid w:val="009A2040"/>
     <w:rsid w:val="009A6EC8"/>
     <w:rsid w:val="009A766E"/>
     <w:rsid w:val="009B79AE"/>
     <w:rsid w:val="009C0566"/>
     <w:rsid w:val="009C0EE1"/>
     <w:rsid w:val="009C4BE6"/>
     <w:rsid w:val="009C55DE"/>
     <w:rsid w:val="009C795F"/>
     <w:rsid w:val="009D2BA0"/>
     <w:rsid w:val="009E10AF"/>
     <w:rsid w:val="009F1694"/>
     <w:rsid w:val="00A02939"/>
     <w:rsid w:val="00A04E67"/>
     <w:rsid w:val="00A051F6"/>
     <w:rsid w:val="00A16363"/>
     <w:rsid w:val="00A16BFA"/>
     <w:rsid w:val="00A22D21"/>
     <w:rsid w:val="00A3303A"/>
     <w:rsid w:val="00A36145"/>
     <w:rsid w:val="00A37D5F"/>
     <w:rsid w:val="00A40918"/>
     <w:rsid w:val="00A535FF"/>
     <w:rsid w:val="00A55319"/>
     <w:rsid w:val="00A65711"/>
     <w:rsid w:val="00A73D33"/>
     <w:rsid w:val="00A76D6B"/>
     <w:rsid w:val="00A85A3D"/>
     <w:rsid w:val="00A869D2"/>
     <w:rsid w:val="00A91851"/>
     <w:rsid w:val="00A94D5F"/>
     <w:rsid w:val="00A95B78"/>
     <w:rsid w:val="00AA1EAB"/>
     <w:rsid w:val="00AA4DD6"/>
+    <w:rsid w:val="00AA66C0"/>
     <w:rsid w:val="00AB1ECB"/>
     <w:rsid w:val="00AB4022"/>
     <w:rsid w:val="00AB56D7"/>
     <w:rsid w:val="00AB670C"/>
     <w:rsid w:val="00AC0872"/>
     <w:rsid w:val="00AD0E7A"/>
     <w:rsid w:val="00AD2CD0"/>
     <w:rsid w:val="00AE09A4"/>
     <w:rsid w:val="00AE2E3D"/>
     <w:rsid w:val="00AF6E1C"/>
     <w:rsid w:val="00B0007F"/>
     <w:rsid w:val="00B00BDB"/>
     <w:rsid w:val="00B0368E"/>
     <w:rsid w:val="00B063AA"/>
     <w:rsid w:val="00B15ACC"/>
     <w:rsid w:val="00B230D4"/>
     <w:rsid w:val="00B260F3"/>
     <w:rsid w:val="00B2735C"/>
     <w:rsid w:val="00B27EB7"/>
     <w:rsid w:val="00B3244A"/>
     <w:rsid w:val="00B35899"/>
     <w:rsid w:val="00B36AC5"/>
     <w:rsid w:val="00B41435"/>
     <w:rsid w:val="00B4641B"/>
     <w:rsid w:val="00B46E42"/>
     <w:rsid w:val="00B47692"/>
     <w:rsid w:val="00B53633"/>
     <w:rsid w:val="00B559E9"/>
     <w:rsid w:val="00B57C62"/>
     <w:rsid w:val="00B60A7C"/>
     <w:rsid w:val="00B61224"/>
     <w:rsid w:val="00B65445"/>
     <w:rsid w:val="00B65EA0"/>
+    <w:rsid w:val="00B6765B"/>
     <w:rsid w:val="00B700EF"/>
     <w:rsid w:val="00B71DEE"/>
     <w:rsid w:val="00B75EBD"/>
     <w:rsid w:val="00B93983"/>
     <w:rsid w:val="00B93DCE"/>
     <w:rsid w:val="00B940B1"/>
     <w:rsid w:val="00B978AF"/>
     <w:rsid w:val="00BA28FA"/>
     <w:rsid w:val="00BA3038"/>
     <w:rsid w:val="00BA5323"/>
     <w:rsid w:val="00BA698F"/>
     <w:rsid w:val="00BA7B78"/>
     <w:rsid w:val="00BB2798"/>
     <w:rsid w:val="00BB3A3B"/>
     <w:rsid w:val="00BB7951"/>
     <w:rsid w:val="00BC1253"/>
     <w:rsid w:val="00BC128A"/>
     <w:rsid w:val="00BC51E9"/>
     <w:rsid w:val="00BE6387"/>
     <w:rsid w:val="00BE7C95"/>
     <w:rsid w:val="00BF4E49"/>
     <w:rsid w:val="00BF795E"/>
     <w:rsid w:val="00C00223"/>
     <w:rsid w:val="00C1255B"/>
     <w:rsid w:val="00C15245"/>
     <w:rsid w:val="00C16662"/>
     <w:rsid w:val="00C202B7"/>
     <w:rsid w:val="00C21168"/>
     <w:rsid w:val="00C22781"/>
     <w:rsid w:val="00C264AC"/>
     <w:rsid w:val="00C35A4E"/>
     <w:rsid w:val="00C37A30"/>
+    <w:rsid w:val="00C37F4D"/>
     <w:rsid w:val="00C403D0"/>
     <w:rsid w:val="00C40585"/>
     <w:rsid w:val="00C405C8"/>
     <w:rsid w:val="00C54C69"/>
     <w:rsid w:val="00C63B06"/>
     <w:rsid w:val="00C65379"/>
     <w:rsid w:val="00C65B5E"/>
+    <w:rsid w:val="00C70C6A"/>
     <w:rsid w:val="00C751DE"/>
     <w:rsid w:val="00C76ADD"/>
     <w:rsid w:val="00C82267"/>
     <w:rsid w:val="00C822C4"/>
+    <w:rsid w:val="00C83844"/>
     <w:rsid w:val="00C95441"/>
     <w:rsid w:val="00CA0AD7"/>
     <w:rsid w:val="00CB2D22"/>
     <w:rsid w:val="00CB6DF2"/>
+    <w:rsid w:val="00CC01BB"/>
     <w:rsid w:val="00CC3077"/>
     <w:rsid w:val="00CC69C7"/>
     <w:rsid w:val="00CD0FB8"/>
     <w:rsid w:val="00CD3BA6"/>
     <w:rsid w:val="00CD6BF0"/>
     <w:rsid w:val="00CD70E2"/>
     <w:rsid w:val="00CE1AF9"/>
     <w:rsid w:val="00CE2631"/>
     <w:rsid w:val="00CE75E6"/>
     <w:rsid w:val="00CE794A"/>
     <w:rsid w:val="00CF521F"/>
     <w:rsid w:val="00CF52D2"/>
     <w:rsid w:val="00CF6087"/>
     <w:rsid w:val="00D0630A"/>
     <w:rsid w:val="00D07A82"/>
     <w:rsid w:val="00D12821"/>
     <w:rsid w:val="00D128C5"/>
     <w:rsid w:val="00D14C26"/>
     <w:rsid w:val="00D16513"/>
     <w:rsid w:val="00D21C40"/>
     <w:rsid w:val="00D224F7"/>
     <w:rsid w:val="00D26355"/>
     <w:rsid w:val="00D3086B"/>
     <w:rsid w:val="00D4276B"/>
     <w:rsid w:val="00D42C44"/>
@@ -2601,50 +2785,51 @@
     <w:rsid w:val="00E57354"/>
     <w:rsid w:val="00E7090E"/>
     <w:rsid w:val="00E75167"/>
     <w:rsid w:val="00E92F9B"/>
     <w:rsid w:val="00E9434B"/>
     <w:rsid w:val="00EA509A"/>
     <w:rsid w:val="00EA6F7A"/>
     <w:rsid w:val="00EB4F5B"/>
     <w:rsid w:val="00EB5568"/>
     <w:rsid w:val="00EB6D73"/>
     <w:rsid w:val="00EC7696"/>
     <w:rsid w:val="00ED1D64"/>
     <w:rsid w:val="00EE32FA"/>
     <w:rsid w:val="00EE3D9C"/>
     <w:rsid w:val="00EE5FA7"/>
     <w:rsid w:val="00EE61A9"/>
     <w:rsid w:val="00EE6212"/>
     <w:rsid w:val="00F13E60"/>
     <w:rsid w:val="00F2236D"/>
     <w:rsid w:val="00F25160"/>
     <w:rsid w:val="00F2564A"/>
     <w:rsid w:val="00F30A34"/>
     <w:rsid w:val="00F31E79"/>
     <w:rsid w:val="00F34947"/>
     <w:rsid w:val="00F36A61"/>
+    <w:rsid w:val="00F43EFC"/>
     <w:rsid w:val="00F50CD6"/>
     <w:rsid w:val="00F52BFC"/>
     <w:rsid w:val="00F52EE7"/>
     <w:rsid w:val="00F61607"/>
     <w:rsid w:val="00F673B1"/>
     <w:rsid w:val="00F77EC8"/>
     <w:rsid w:val="00F8139B"/>
     <w:rsid w:val="00F83E76"/>
     <w:rsid w:val="00F86294"/>
     <w:rsid w:val="00F8674E"/>
     <w:rsid w:val="00F90058"/>
     <w:rsid w:val="00F919DB"/>
     <w:rsid w:val="00FA2033"/>
     <w:rsid w:val="00FB3A01"/>
     <w:rsid w:val="00FB705F"/>
     <w:rsid w:val="00FB74CA"/>
     <w:rsid w:val="00FC6EF3"/>
     <w:rsid w:val="00FD2B90"/>
     <w:rsid w:val="00FD6F20"/>
     <w:rsid w:val="00FD758D"/>
     <w:rsid w:val="00FE0029"/>
     <w:rsid w:val="00FE03C1"/>
     <w:rsid w:val="00FE0CFA"/>
     <w:rsid w:val="00FE5D90"/>
     <w:rsid w:val="00FE7180"/>
@@ -2696,51 +2881,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7643C0FC"/>
-  <w15:docId w15:val="{2C19402F-DA2F-4DB0-A2D1-FA9BE1BF5953}"/>
+  <w15:docId w15:val="{82FDCABD-E7BB-41A6-8CB0-01539E6A5BB4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="PMingLiU" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3099,50 +3284,53 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CE1AF9"/>
+    <w:rPr>
+      <w:lang w:val="es-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008D4EDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
@@ -4105,209 +4293,243 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fa2d3107-6ff3-4101-8a67-eedbb21beb10">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b8759a14-0f36-467b-89bb-6221a083b0fc" xsi:nil="true"/>
+    <Date xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="551c3babaceaef7634df3133d627e1dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8053c75-d5b1-4a8f-aa34-83600307078b" xmlns:ns3="fa2d3107-6ff3-4101-8a67-eedbb21beb10" xmlns:ns4="b8759a14-0f36-467b-89bb-6221a083b0fc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e08563acfd55115b262c1055c49ee310" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <xsd:import namespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <xsd:import namespace="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e05a044c-34aa-4a93-b5a8-32d5d7a2c582" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8053c75-d5b1-4a8f-aa34-83600307078b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="08a9bb23-0875-4998-8f1c-70e8d439cd6c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b31da6f4-e52d-49d7-b108-9c7783d77463" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="DateOnly" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12814432-5eb7-4abd-a8c0-bce35b98076f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{33945d5b-0755-4280-ac7d-b84d0a672bc4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="12814432-5eb7-4abd-a8c0-bce35b98076f">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8759a14-0f36-467b-89bb-6221a083b0fc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b0a7f5ae-f627-4195-acdb-56615c0bbd96}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b8759a14-0f36-467b-89bb-6221a083b0fc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4352,159 +4574,168 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5B632C7-FFE0-4514-84FE-B7422017666B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B2536B3-6589-467A-9585-543292881A36}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7FCBC3C-0564-4AA9-848E-E31800B6BF5A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0413BAAB-B84F-4ED7-9C74-81EB62296696}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DB310A2-BC1E-4F6B-A099-BC510CED70DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="e05a044c-34aa-4a93-b5a8-32d5d7a2c582"/>
-    <ds:schemaRef ds:uri="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B2536B3-6589-467A-9585-543292881A36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2035</Characters>
+  <Pages>2</Pages>
+  <Words>423</Words>
+  <Characters>2008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Carta de notificación previa de la Encuesta para la persona inscrita en un Plan de salud autorizado (QHP) 2026: español</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2387</CharactersWithSpaces>
+  <CharactersWithSpaces>2409</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Carta de notificación previa de la Encuesta para la persona inscrita en un Plan de salud autorizado (QHP) 2026: español</dc:title>
   <dc:subject>Encuesta sobre la experiencia de la persona inscrita en un Plan de salud autorizado (Qualified Health Plan, QHP) 2026</dc:subject>
   <dc:creator>Centros de Servicios de Medicare y Medicaid</dc:creator>
   <cp:keywords>encuesta; inscritos; experiencias; plan de salud; URL; proveedor</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100EF4BA34E20C2AF4A838F774B9057FB4A</vt:lpwstr>
+    <vt:lpwstr>0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>60300</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Language">
     <vt:lpwstr>Spanish</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>es</vt:lpwstr>
+  </property>
 </Properties>
 </file>