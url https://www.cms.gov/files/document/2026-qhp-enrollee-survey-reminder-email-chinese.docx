--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -59,117 +59,145 @@
       <w:r w:rsidRPr="003A4B12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003A4B12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reminder Email: Chinese</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F01D29B" w14:textId="77777777" w:rsidR="00E22F71" w:rsidRDefault="009752E1" w:rsidP="0057573E">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D314A2">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t xml:space="preserve">From: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D314A2">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> [VENDOR NAME]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB04D8B" w14:textId="53F9383C" w:rsidR="0057573E" w:rsidRDefault="009752E1" w:rsidP="0057573E">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D314A2">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t>To:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D314A2">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> [ENROLLEE EMAIL ADDRESS]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDB70C9" w14:textId="70A687B0" w:rsidR="009752E1" w:rsidRPr="00E22F71" w:rsidRDefault="009752E1" w:rsidP="00E22F71">
       <w:r w:rsidRPr="00E22F71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Subject:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E22F71">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F7249" w:rsidRPr="00E22F71">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>调查提醒 - 您觉得您的健保计划怎么样</w:t>
       </w:r>
       <w:r w:rsidR="000F7249" w:rsidRPr="00E22F71">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>？</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40648470" w14:textId="5AB928C2" w:rsidR="00C16872" w:rsidRDefault="006F3D5F" w:rsidP="00206FC2">
+    <w:p w14:paraId="40648470" w14:textId="458B19A3" w:rsidR="00C16872" w:rsidRDefault="005613EA" w:rsidP="00206FC2">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk520361864"/>
-      <w:r w:rsidRPr="00FC6856">
+      <w:r w:rsidRPr="005613EA">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>亲爱的</w:t>
+        <w:t>尊敬的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4E079392" w:rsidRPr="009752E1">
         <w:rPr>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[ENROLLEE FIRST AND LAST NAME],</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E086912" w14:textId="1FAFC176" w:rsidR="004B5B4D" w:rsidRPr="008D250E" w:rsidRDefault="005C6C5D" w:rsidP="008D250E">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C6C5D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>最近，我们通过电子邮件向您发送了一项有关您在</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6C5D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
@@ -514,542 +542,528 @@
       <w:r w:rsidRPr="00FC6856">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r w:rsidR="005123A6" w:rsidRPr="005123A6">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>完成此调查大约需要 10 分钟。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D5C9B72" w14:textId="66A55540" w:rsidR="001A0AAD" w:rsidRPr="001A0AAD" w:rsidRDefault="001A0AAD" w:rsidP="001A0AAD">
       <w:pPr>
         <w:spacing w:after="240" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>如果您对本调查有任何疑问，请于周一到周五</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-        <w:t>不包括联邦假期</w:t>
+        </w:rPr>
+        <w:t>不包括联邦假期）</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[VENDOR LOCAL TIME]</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>）</w:t>
+        <w:t>上午</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-        <w:t>[VENDOR LOCAL TIME]</w:t>
+        </w:rPr>
+        <w:t> [XX:XX] </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-        <w:t>上午</w:t>
+        </w:rPr>
+        <w:t>到下午</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t> [XX:XX] </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-        <w:t>到下午</w:t>
+        </w:rPr>
+        <w:t>拨打免付费电话</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-        <w:t> [XX:XX] </w:t>
+        </w:rPr>
+        <w:t> (XXX) [XXX-XXXX] </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-        <w:t>拨打免付费电话</w:t>
+        </w:rPr>
+        <w:t>或寄电子邮件</w:t>
+      </w:r>
+      <w:r w:rsidR="00D812B6">
+        <w:rPr>
+          <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...30 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00E22F71">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="es-US" w:bidi="es-US"/>
+          <w:lang w:bidi="es-US"/>
         </w:rPr>
         <w:t>VENDOR EMAIL</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>] </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-        <w:t>联络</w:t>
+        </w:rPr>
+        <w:t>联络 </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[VENDOR NAME]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0AAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="DengXian" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C9A506" w14:textId="77777777" w:rsidR="00010A98" w:rsidRPr="00FC6856" w:rsidRDefault="00010A98" w:rsidP="00010A98">
+      <w:pPr>
+        <w:pStyle w:val="CMSBodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6856">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>。</w:t>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>谢谢您对改善医疗保健的帮助。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C9A506" w14:textId="77777777" w:rsidR="00010A98" w:rsidRPr="00FC6856" w:rsidRDefault="00010A98" w:rsidP="00010A98">
+    <w:p w14:paraId="6A23248C" w14:textId="77777777" w:rsidR="00C70C51" w:rsidRPr="00FC6856" w:rsidRDefault="00C70C51" w:rsidP="00C70C51">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC6856">
         <w:rPr>
           <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:cs="SimSun" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>谢谢您对改善医疗保健的帮助。</w:t>
-[...26 lines deleted...]
-        <w:t>，</w:t>
+        <w:t>敬祝　安康，</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754007F9" w14:textId="7E1E5B91" w:rsidR="00FE7B70" w:rsidRDefault="4E079392" w:rsidP="00FE7B70">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3EE77479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[NAME</w:t>
       </w:r>
       <w:r w:rsidR="00011F04" w:rsidRPr="3EE77479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> AND</w:t>
       </w:r>
       <w:r w:rsidRPr="3EE77479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> TITLE</w:t>
       </w:r>
       <w:r w:rsidR="008126C2" w:rsidRPr="3EE77479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> OF SENIOR EXECUTIVE FROM VENDOR or </w:t>
       </w:r>
       <w:r w:rsidR="004E3249" w:rsidRPr="3EE77479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">QHP </w:t>
       </w:r>
       <w:r w:rsidRPr="3EE77479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>ISSUER</w:t>
       </w:r>
       <w:r w:rsidR="00FE7B70" w:rsidRPr="3EE77479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424015FB" w14:textId="075D2ED5" w:rsidR="00A65E05" w:rsidRDefault="00FE7B70" w:rsidP="00206FC2">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:spacing w:after="360"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00D03F39">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">VENDOR or </w:t>
       </w:r>
       <w:r w:rsidR="004E3249">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">QHP </w:t>
       </w:r>
       <w:r w:rsidR="00D03F39">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>ISSUER NAME</w:t>
       </w:r>
       <w:r w:rsidR="4E079392" w:rsidRPr="009752E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FE66AC" w14:textId="77777777" w:rsidR="00841613" w:rsidRDefault="00841613" w:rsidP="00841613">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F15A9">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t>To respond to the survey in English via the internet, click here: [</w:t>
       </w:r>
       <w:r w:rsidRPr="00E22F71">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Take Survey Now</w:t>
       </w:r>
       <w:r w:rsidRPr="005F15A9">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t>]. To request an English survey by mail, or to respond to the survey over the phone, call the following number: (XXX) [XXX-XXXX].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB5DBF4" w14:textId="77777777" w:rsidR="00841613" w:rsidRDefault="00841613" w:rsidP="00841613">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3861B567">
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Para responder la encuesta en español por internet, haga clic en: [</w:t>
       </w:r>
       <w:r w:rsidRPr="00E22F71">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:u w:val="single"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Responda la Encuesta Ahora</w:t>
       </w:r>
       <w:r w:rsidRPr="3861B567">
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>]. Para solicitar una encuesta en papel y en español, o para responder la encuesta en español por teléfono, llame al número siguiente: (XXX) [XXX-XXXX].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F11BFB" w14:textId="1B319B69" w:rsidR="001D332F" w:rsidRPr="0057573E" w:rsidRDefault="001375A9" w:rsidP="00AB3D81">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="PMingLiU"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001375A9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>如果上述链接不能用</w:t>
       </w:r>
       <w:r w:rsidRPr="001375A9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidRPr="001375A9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>您可以将以下内容复制并粘贴到您的互联网浏览器中</w:t>
       </w:r>
       <w:r w:rsidRPr="001375A9">
         <w:rPr>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>: [</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E22F71">
+      <w:r w:rsidRPr="00131C99">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:u w:val="single"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>FULL SURVEY URL WITH EMBEDDED LOGIN CREDENTIALS</w:t>
       </w:r>
+      <w:r w:rsidRPr="00131C99">
+        <w:rPr>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
       <w:r w:rsidRPr="001375A9">
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001375A9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>要取消订阅所有未来的电子邮件通信，请单击</w:t>
       </w:r>
       <w:r w:rsidRPr="00E22F71">
         <w:rPr>
           <w:rFonts w:ascii="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>此处</w:t>
       </w:r>
       <w:r w:rsidRPr="001375A9">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001D332F" w:rsidRPr="0057573E" w:rsidSect="00BB253C">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05EB1720" w14:textId="77777777" w:rsidR="00A14B9F" w:rsidRDefault="00A14B9F" w:rsidP="00C16872">
+    <w:p w14:paraId="3A0A3689" w14:textId="77777777" w:rsidR="00C80F7C" w:rsidRDefault="00C80F7C" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6591433D" w14:textId="77777777" w:rsidR="00A14B9F" w:rsidRDefault="00A14B9F" w:rsidP="00C16872">
+    <w:p w14:paraId="4DD534A4" w14:textId="77777777" w:rsidR="00C80F7C" w:rsidRDefault="00C80F7C" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="34368526" w14:textId="77777777" w:rsidR="00A14B9F" w:rsidRDefault="00A14B9F">
+    <w:p w14:paraId="55964894" w14:textId="77777777" w:rsidR="00C80F7C" w:rsidRDefault="00C80F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -1229,130 +1243,142 @@
       <w:t>[DO NOT INCLUDE THIS FOOTER IN</w:t>
     </w:r>
     <w:r w:rsidR="009752E1">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> EMAILS</w:t>
     </w:r>
     <w:r w:rsidRPr="4E079392">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> SENT TO ENROLLEES]</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6670173B" w14:textId="77777777" w:rsidR="00A14B9F" w:rsidRDefault="00A14B9F" w:rsidP="00C16872">
+    <w:p w14:paraId="2AF1C9B9" w14:textId="77777777" w:rsidR="00C80F7C" w:rsidRDefault="00C80F7C" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="073AD18E" w14:textId="77777777" w:rsidR="00A14B9F" w:rsidRDefault="00A14B9F" w:rsidP="00C16872">
+    <w:p w14:paraId="2E4A1C80" w14:textId="77777777" w:rsidR="00C80F7C" w:rsidRDefault="00C80F7C" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B387313" w14:textId="77777777" w:rsidR="00A14B9F" w:rsidRDefault="00A14B9F">
+    <w:p w14:paraId="2619E9B3" w14:textId="77777777" w:rsidR="00C80F7C" w:rsidRDefault="00C80F7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DC4F3C7" w14:textId="7276BA99" w:rsidR="00C81520" w:rsidRDefault="009752E1" w:rsidP="00E22F71">
     <w:pPr>
       <w:pStyle w:val="CMSPrivacyOffice"/>
       <w:keepNext w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="3960"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:outlineLvl w:val="9"/>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t>[VENDOR LOGO]</w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">and/or </w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:tab/>
       <w:t>[</w:t>
     </w:r>
     <w:r w:rsidR="00556640">
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve">QHP </w:t>
     </w:r>
     <w:r w:rsidR="00C81520">
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t>ISSUER LOGO ONLY NO ADDRESS]</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="47C8E5F2" w14:textId="1AE969A3" w:rsidR="00C81520" w:rsidRDefault="009752E1" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>[</w:t>
     </w:r>
     <w:r w:rsidR="4E079392" w:rsidRPr="4E079392">
@@ -1636,242 +1662,250 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="351032926">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="160659807">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="138"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{AD3655FC-B218-409E-AD6D-46D4DAC59291}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="94937136"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00C16872"/>
     <w:rsid w:val="000015B5"/>
     <w:rsid w:val="000047DA"/>
     <w:rsid w:val="00010A98"/>
     <w:rsid w:val="00011F04"/>
+    <w:rsid w:val="00021EED"/>
     <w:rsid w:val="000229F5"/>
     <w:rsid w:val="00023A06"/>
     <w:rsid w:val="0003654E"/>
     <w:rsid w:val="00036691"/>
     <w:rsid w:val="00045ACB"/>
     <w:rsid w:val="00046AA2"/>
     <w:rsid w:val="00051760"/>
     <w:rsid w:val="00075FC8"/>
     <w:rsid w:val="00077CAB"/>
     <w:rsid w:val="00083C4D"/>
     <w:rsid w:val="000A2714"/>
     <w:rsid w:val="000A6A94"/>
     <w:rsid w:val="000A6E26"/>
     <w:rsid w:val="000A70CB"/>
+    <w:rsid w:val="000B1357"/>
     <w:rsid w:val="000B1F85"/>
     <w:rsid w:val="000C6D39"/>
     <w:rsid w:val="000C7519"/>
     <w:rsid w:val="000E17B9"/>
     <w:rsid w:val="000E4900"/>
     <w:rsid w:val="000F5A7E"/>
     <w:rsid w:val="000F6A17"/>
     <w:rsid w:val="000F7249"/>
     <w:rsid w:val="00106763"/>
     <w:rsid w:val="00112519"/>
     <w:rsid w:val="00121BEE"/>
     <w:rsid w:val="00126D88"/>
     <w:rsid w:val="00126E51"/>
+    <w:rsid w:val="00131C99"/>
     <w:rsid w:val="00134AAF"/>
     <w:rsid w:val="00135C91"/>
     <w:rsid w:val="001375A9"/>
     <w:rsid w:val="0015781D"/>
     <w:rsid w:val="00164BB4"/>
     <w:rsid w:val="00184ACB"/>
     <w:rsid w:val="00187AB7"/>
+    <w:rsid w:val="00193329"/>
     <w:rsid w:val="00193401"/>
     <w:rsid w:val="00193628"/>
     <w:rsid w:val="001A0AAD"/>
     <w:rsid w:val="001A445E"/>
     <w:rsid w:val="001D332F"/>
     <w:rsid w:val="001D4792"/>
     <w:rsid w:val="001E18B5"/>
     <w:rsid w:val="001E4CD9"/>
     <w:rsid w:val="001E6ED2"/>
     <w:rsid w:val="001F2187"/>
     <w:rsid w:val="001F4071"/>
     <w:rsid w:val="001F784E"/>
     <w:rsid w:val="00201A21"/>
     <w:rsid w:val="00206FC2"/>
     <w:rsid w:val="00222DC5"/>
     <w:rsid w:val="00224904"/>
     <w:rsid w:val="002260D4"/>
     <w:rsid w:val="002478B9"/>
     <w:rsid w:val="00252157"/>
     <w:rsid w:val="00255091"/>
     <w:rsid w:val="00261276"/>
     <w:rsid w:val="00262200"/>
     <w:rsid w:val="00262E30"/>
     <w:rsid w:val="00266B62"/>
     <w:rsid w:val="00273DAE"/>
     <w:rsid w:val="00282AAF"/>
     <w:rsid w:val="00286EC1"/>
     <w:rsid w:val="00295026"/>
     <w:rsid w:val="002A0F1C"/>
     <w:rsid w:val="002A4D51"/>
     <w:rsid w:val="002A773D"/>
     <w:rsid w:val="002B4A6C"/>
     <w:rsid w:val="002C1BB0"/>
     <w:rsid w:val="002C1F80"/>
     <w:rsid w:val="002C4EED"/>
     <w:rsid w:val="002D696B"/>
     <w:rsid w:val="002E3B1C"/>
     <w:rsid w:val="002F1A9A"/>
     <w:rsid w:val="003055EB"/>
     <w:rsid w:val="00310060"/>
     <w:rsid w:val="00310558"/>
     <w:rsid w:val="00310564"/>
     <w:rsid w:val="00321B16"/>
     <w:rsid w:val="0032537F"/>
     <w:rsid w:val="0033332D"/>
+    <w:rsid w:val="00343F4B"/>
     <w:rsid w:val="0034519A"/>
     <w:rsid w:val="00354763"/>
     <w:rsid w:val="003610E3"/>
     <w:rsid w:val="003628D1"/>
     <w:rsid w:val="00362A62"/>
     <w:rsid w:val="0039010E"/>
     <w:rsid w:val="003A3576"/>
     <w:rsid w:val="003A4B12"/>
     <w:rsid w:val="003A75FE"/>
     <w:rsid w:val="003A7BC1"/>
     <w:rsid w:val="003B027E"/>
     <w:rsid w:val="003B7DC4"/>
     <w:rsid w:val="003C2B88"/>
     <w:rsid w:val="003C682A"/>
     <w:rsid w:val="003D696A"/>
     <w:rsid w:val="003F60E7"/>
     <w:rsid w:val="00401E33"/>
     <w:rsid w:val="00405780"/>
     <w:rsid w:val="00410265"/>
     <w:rsid w:val="00410B6C"/>
     <w:rsid w:val="00410FC7"/>
     <w:rsid w:val="00425265"/>
     <w:rsid w:val="004274CD"/>
     <w:rsid w:val="0042790E"/>
     <w:rsid w:val="0043005E"/>
     <w:rsid w:val="00433824"/>
     <w:rsid w:val="00434B98"/>
     <w:rsid w:val="00442451"/>
     <w:rsid w:val="00446E6C"/>
     <w:rsid w:val="00447B22"/>
     <w:rsid w:val="00454E2E"/>
     <w:rsid w:val="004640C6"/>
     <w:rsid w:val="00467B76"/>
     <w:rsid w:val="00481C2D"/>
     <w:rsid w:val="00494DC7"/>
     <w:rsid w:val="004A1E8A"/>
     <w:rsid w:val="004A2225"/>
     <w:rsid w:val="004A2DEC"/>
     <w:rsid w:val="004A70FD"/>
     <w:rsid w:val="004B2F95"/>
     <w:rsid w:val="004B31CF"/>
     <w:rsid w:val="004B31E5"/>
     <w:rsid w:val="004B3E3C"/>
     <w:rsid w:val="004B426F"/>
     <w:rsid w:val="004B48CB"/>
     <w:rsid w:val="004B5B4D"/>
     <w:rsid w:val="004B744F"/>
     <w:rsid w:val="004E1468"/>
     <w:rsid w:val="004E3249"/>
+    <w:rsid w:val="004E78A4"/>
     <w:rsid w:val="004F30E3"/>
     <w:rsid w:val="004F3E6A"/>
     <w:rsid w:val="0051075B"/>
     <w:rsid w:val="005123A6"/>
     <w:rsid w:val="00513E27"/>
     <w:rsid w:val="00517594"/>
     <w:rsid w:val="005240D1"/>
     <w:rsid w:val="005358D7"/>
     <w:rsid w:val="00535BCD"/>
     <w:rsid w:val="00544602"/>
     <w:rsid w:val="0055270B"/>
     <w:rsid w:val="00556640"/>
+    <w:rsid w:val="005613EA"/>
     <w:rsid w:val="005640B4"/>
     <w:rsid w:val="0057573E"/>
     <w:rsid w:val="005907E8"/>
     <w:rsid w:val="00597126"/>
     <w:rsid w:val="005A67E3"/>
     <w:rsid w:val="005B0DB3"/>
     <w:rsid w:val="005B1964"/>
     <w:rsid w:val="005B21BE"/>
     <w:rsid w:val="005C36D8"/>
     <w:rsid w:val="005C6C5D"/>
     <w:rsid w:val="005E0052"/>
     <w:rsid w:val="005E47F2"/>
     <w:rsid w:val="005F19D4"/>
     <w:rsid w:val="0061691E"/>
     <w:rsid w:val="006178FC"/>
     <w:rsid w:val="006209B0"/>
+    <w:rsid w:val="00624429"/>
     <w:rsid w:val="00627AC9"/>
     <w:rsid w:val="0063217E"/>
     <w:rsid w:val="00643EEC"/>
     <w:rsid w:val="00647125"/>
     <w:rsid w:val="006529EB"/>
     <w:rsid w:val="006550F6"/>
     <w:rsid w:val="00655F73"/>
     <w:rsid w:val="0066255D"/>
     <w:rsid w:val="0066583E"/>
     <w:rsid w:val="00676B90"/>
     <w:rsid w:val="00677D7C"/>
     <w:rsid w:val="00696337"/>
     <w:rsid w:val="006A69FE"/>
     <w:rsid w:val="006C0659"/>
     <w:rsid w:val="006C2E34"/>
     <w:rsid w:val="006C48F2"/>
     <w:rsid w:val="006F3D5F"/>
     <w:rsid w:val="006F559E"/>
     <w:rsid w:val="007063B9"/>
     <w:rsid w:val="00706460"/>
     <w:rsid w:val="00710835"/>
     <w:rsid w:val="0071353D"/>
     <w:rsid w:val="007228B8"/>
     <w:rsid w:val="007242C9"/>
     <w:rsid w:val="00726D3F"/>
@@ -1940,59 +1974,61 @@
     <w:rsid w:val="008F404A"/>
     <w:rsid w:val="009001EB"/>
     <w:rsid w:val="00901043"/>
     <w:rsid w:val="009034F2"/>
     <w:rsid w:val="00906D19"/>
     <w:rsid w:val="00930257"/>
     <w:rsid w:val="009325C5"/>
     <w:rsid w:val="00932E0B"/>
     <w:rsid w:val="00945CAC"/>
     <w:rsid w:val="009535C2"/>
     <w:rsid w:val="00960D41"/>
     <w:rsid w:val="00974AF5"/>
     <w:rsid w:val="009752E1"/>
     <w:rsid w:val="0097707F"/>
     <w:rsid w:val="0099441E"/>
     <w:rsid w:val="009C3629"/>
     <w:rsid w:val="009C3F03"/>
     <w:rsid w:val="009C7513"/>
     <w:rsid w:val="009D4949"/>
     <w:rsid w:val="009D5460"/>
     <w:rsid w:val="009D687D"/>
     <w:rsid w:val="009E7290"/>
     <w:rsid w:val="009F3D86"/>
     <w:rsid w:val="009F43E1"/>
     <w:rsid w:val="009F4F7B"/>
+    <w:rsid w:val="00A02C4A"/>
     <w:rsid w:val="00A03A28"/>
     <w:rsid w:val="00A1095C"/>
     <w:rsid w:val="00A14B9F"/>
     <w:rsid w:val="00A216EB"/>
     <w:rsid w:val="00A26EE2"/>
     <w:rsid w:val="00A30807"/>
     <w:rsid w:val="00A357D4"/>
     <w:rsid w:val="00A37456"/>
     <w:rsid w:val="00A46E73"/>
+    <w:rsid w:val="00A50740"/>
     <w:rsid w:val="00A56DFF"/>
     <w:rsid w:val="00A56E69"/>
     <w:rsid w:val="00A64096"/>
     <w:rsid w:val="00A65696"/>
     <w:rsid w:val="00A65E05"/>
     <w:rsid w:val="00A66753"/>
     <w:rsid w:val="00A66C05"/>
     <w:rsid w:val="00A701A1"/>
     <w:rsid w:val="00A72676"/>
     <w:rsid w:val="00A8537F"/>
     <w:rsid w:val="00AA0DC1"/>
     <w:rsid w:val="00AB3D81"/>
     <w:rsid w:val="00AB4FDC"/>
     <w:rsid w:val="00AC03C1"/>
     <w:rsid w:val="00AD3D16"/>
     <w:rsid w:val="00AF1C03"/>
     <w:rsid w:val="00B04DE9"/>
     <w:rsid w:val="00B128DF"/>
     <w:rsid w:val="00B14BB1"/>
     <w:rsid w:val="00B340C9"/>
     <w:rsid w:val="00B4619F"/>
     <w:rsid w:val="00B51402"/>
     <w:rsid w:val="00B52C80"/>
     <w:rsid w:val="00B62B10"/>
     <w:rsid w:val="00B66107"/>
@@ -2011,63 +2047,65 @@
     <w:rsid w:val="00BC48CE"/>
     <w:rsid w:val="00BD6B74"/>
     <w:rsid w:val="00BE18CB"/>
     <w:rsid w:val="00BE1FDD"/>
     <w:rsid w:val="00BE2E49"/>
     <w:rsid w:val="00BE6CC2"/>
     <w:rsid w:val="00BE6F32"/>
     <w:rsid w:val="00BE705C"/>
     <w:rsid w:val="00BF18F6"/>
     <w:rsid w:val="00BF604E"/>
     <w:rsid w:val="00C01769"/>
     <w:rsid w:val="00C033DD"/>
     <w:rsid w:val="00C12629"/>
     <w:rsid w:val="00C145E9"/>
     <w:rsid w:val="00C16872"/>
     <w:rsid w:val="00C22909"/>
     <w:rsid w:val="00C22C18"/>
     <w:rsid w:val="00C46B9A"/>
     <w:rsid w:val="00C53E7A"/>
     <w:rsid w:val="00C55499"/>
     <w:rsid w:val="00C6739A"/>
     <w:rsid w:val="00C70C51"/>
     <w:rsid w:val="00C70DF6"/>
     <w:rsid w:val="00C73DF2"/>
     <w:rsid w:val="00C7729C"/>
+    <w:rsid w:val="00C80F7C"/>
     <w:rsid w:val="00C81520"/>
     <w:rsid w:val="00C82357"/>
     <w:rsid w:val="00CA1206"/>
     <w:rsid w:val="00CA1DA7"/>
     <w:rsid w:val="00CB0E3C"/>
     <w:rsid w:val="00CB1107"/>
     <w:rsid w:val="00CB3939"/>
     <w:rsid w:val="00CC361B"/>
     <w:rsid w:val="00CD0F1E"/>
     <w:rsid w:val="00CD3156"/>
     <w:rsid w:val="00CD5E7C"/>
     <w:rsid w:val="00CD7F72"/>
     <w:rsid w:val="00CE0168"/>
+    <w:rsid w:val="00CE48C1"/>
     <w:rsid w:val="00CF5F82"/>
     <w:rsid w:val="00D03F39"/>
     <w:rsid w:val="00D106B1"/>
     <w:rsid w:val="00D13FF2"/>
     <w:rsid w:val="00D21F1F"/>
     <w:rsid w:val="00D23D9B"/>
     <w:rsid w:val="00D265CD"/>
     <w:rsid w:val="00D2662E"/>
     <w:rsid w:val="00D36C68"/>
     <w:rsid w:val="00D3770E"/>
     <w:rsid w:val="00D555BE"/>
     <w:rsid w:val="00D576DF"/>
     <w:rsid w:val="00D6460C"/>
     <w:rsid w:val="00D649C9"/>
     <w:rsid w:val="00D71C65"/>
     <w:rsid w:val="00D71D3C"/>
     <w:rsid w:val="00D7597C"/>
     <w:rsid w:val="00D812B6"/>
     <w:rsid w:val="00D81EAF"/>
     <w:rsid w:val="00D86DB8"/>
     <w:rsid w:val="00DA06F1"/>
     <w:rsid w:val="00DA2940"/>
     <w:rsid w:val="00DA2986"/>
     <w:rsid w:val="00DA4216"/>
     <w:rsid w:val="00DA42F6"/>
@@ -2077,50 +2115,51 @@
     <w:rsid w:val="00DD5804"/>
     <w:rsid w:val="00DF13ED"/>
     <w:rsid w:val="00DF659B"/>
     <w:rsid w:val="00E121EB"/>
     <w:rsid w:val="00E203FA"/>
     <w:rsid w:val="00E22F71"/>
     <w:rsid w:val="00E331B1"/>
     <w:rsid w:val="00E375EC"/>
     <w:rsid w:val="00E409AE"/>
     <w:rsid w:val="00E45556"/>
     <w:rsid w:val="00E47114"/>
     <w:rsid w:val="00E51B45"/>
     <w:rsid w:val="00E619EF"/>
     <w:rsid w:val="00E75D6D"/>
     <w:rsid w:val="00E7602A"/>
     <w:rsid w:val="00E81400"/>
     <w:rsid w:val="00E81466"/>
     <w:rsid w:val="00E85BE7"/>
     <w:rsid w:val="00EA07B6"/>
     <w:rsid w:val="00EB0526"/>
     <w:rsid w:val="00EB1FEF"/>
     <w:rsid w:val="00EB2F3B"/>
     <w:rsid w:val="00EB63DF"/>
     <w:rsid w:val="00EE1E61"/>
     <w:rsid w:val="00EE5622"/>
+    <w:rsid w:val="00EF203E"/>
     <w:rsid w:val="00EF2344"/>
     <w:rsid w:val="00F00E89"/>
     <w:rsid w:val="00F05C66"/>
     <w:rsid w:val="00F3216C"/>
     <w:rsid w:val="00F33758"/>
     <w:rsid w:val="00F33D29"/>
     <w:rsid w:val="00F43D51"/>
     <w:rsid w:val="00F522FB"/>
     <w:rsid w:val="00F525B8"/>
     <w:rsid w:val="00F5326B"/>
     <w:rsid w:val="00F54896"/>
     <w:rsid w:val="00F7457E"/>
     <w:rsid w:val="00F82347"/>
     <w:rsid w:val="00F8448C"/>
     <w:rsid w:val="00F93E30"/>
     <w:rsid w:val="00FA1D20"/>
     <w:rsid w:val="00FA270A"/>
     <w:rsid w:val="00FA4439"/>
     <w:rsid w:val="00FB4160"/>
     <w:rsid w:val="00FC6856"/>
     <w:rsid w:val="00FE03C1"/>
     <w:rsid w:val="00FE2670"/>
     <w:rsid w:val="00FE2D4B"/>
     <w:rsid w:val="00FE7B70"/>
     <w:rsid w:val="00FF088E"/>
@@ -2576,50 +2615,53 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C16872"/>
+    <w:rPr>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003A4B12"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
@@ -3493,209 +3535,215 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...33 lines deleted...]
-    <xsd:import namespace="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="551c3babaceaef7634df3133d627e1dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8053c75-d5b1-4a8f-aa34-83600307078b" xmlns:ns3="fa2d3107-6ff3-4101-8a67-eedbb21beb10" xmlns:ns4="b8759a14-0f36-467b-89bb-6221a083b0fc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e08563acfd55115b262c1055c49ee310" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <xsd:import namespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <xsd:import namespace="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e05a044c-34aa-4a93-b5a8-32d5d7a2c582" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8053c75-d5b1-4a8f-aa34-83600307078b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="08a9bb23-0875-4998-8f1c-70e8d439cd6c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b31da6f4-e52d-49d7-b108-9c7783d77463" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="DateOnly" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12814432-5eb7-4abd-a8c0-bce35b98076f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{33945d5b-0755-4280-ac7d-b84d0a672bc4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="12814432-5eb7-4abd-a8c0-bce35b98076f">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8759a14-0f36-467b-89bb-6221a083b0fc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b0a7f5ae-f627-4195-acdb-56615c0bbd96}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b8759a14-0f36-467b-89bb-6221a083b0fc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -3740,140 +3788,174 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fa2d3107-6ff3-4101-8a67-eedbb21beb10">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b8759a14-0f36-467b-89bb-6221a083b0fc" xsi:nil="true"/>
+    <Date xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758913F1-BAA1-481F-95F3-D68E1E71645D}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{347544DB-F26E-45C3-9B0C-58A2829B9CA6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="e05a044c-34aa-4a93-b5a8-32d5d7a2c582"/>
-    <ds:schemaRef ds:uri="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B65B461-E2E9-4759-A0D1-1C5D5C660FF1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{982431B6-A9A1-40B4-9661-F11ECACD20F1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{276EA240-69F6-47D6-BE15-16EB1753CE97}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>541</Words>
-  <Characters>794</Characters>
+  <Characters>795</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026 Qualified Health Plan Enrollee Experience Survey Reminder Email: Chinese</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1333</CharactersWithSpaces>
+  <CharactersWithSpaces>1317</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 Qualified Health Plan Enrollee Experience Survey Reminder Email: Chinese</dc:title>
   <dc:subject>2026 符合资格健保计划投保人体验调查</dc:subject>
   <dc:creator>联邦医疗保险和联邦医疗补助计划服务中心</dc:creator>
   <cp:keywords>网络；调查问卷；投保人；体验；健康保险计划；网址；供应商</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100EF4BA34E20C2AF4A838F774B9057FB4A</vt:lpwstr>
+    <vt:lpwstr>0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>77d6807ffbebc156a4ec95d06895d31ce8316dd52be6103e57965c4a4bb7e647</vt:lpwstr>
   </property>
 </Properties>
 </file>