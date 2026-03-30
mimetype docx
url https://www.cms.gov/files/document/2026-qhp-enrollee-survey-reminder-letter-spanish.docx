--- v0 (2025-12-05)
+++ v1 (2026-03-30)
@@ -13,515 +13,520 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence.xml" ContentType="application/vnd.ms-office.intelligence+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="09025483" w14:textId="00CEED04" w:rsidR="00CA1A9F" w:rsidRPr="00991A7D" w:rsidRDefault="00991A7D" w:rsidP="00991A7D">
+    <w:p w14:paraId="09025483" w14:textId="00CEED04" w:rsidR="00CA1A9F" w:rsidRPr="005A5978" w:rsidRDefault="00991A7D" w:rsidP="00991A7D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00991A7D">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2026 Qualified Health Plan Enrollee Experience Survey</w:t>
       </w:r>
-      <w:r w:rsidRPr="00991A7D">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00991A7D">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Reminder Letter: Spanish</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A5EE74" w14:textId="77777777" w:rsidR="00CA1A9F" w:rsidRDefault="4E079392" w:rsidP="00CA1A9F">
+    <w:p w14:paraId="39A5EE74" w14:textId="77777777" w:rsidR="00CA1A9F" w:rsidRPr="005A5978" w:rsidRDefault="4E079392" w:rsidP="00CA1A9F">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE405F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[FIRST AND LAST NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF8D087" w14:textId="2DB99881" w:rsidR="00C16872" w:rsidRPr="00DE405F" w:rsidRDefault="4E079392" w:rsidP="00346F4D">
+    <w:p w14:paraId="0CF8D087" w14:textId="2DB99881" w:rsidR="00C16872" w:rsidRPr="005A5978" w:rsidRDefault="4E079392" w:rsidP="00346F4D">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE405F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[LINE ONE OF ADDRESS]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE405F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>[LINE TWO OF ADDRESS (IF ANY)]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE405F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>[CITY, STATE ZIP]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E45E13" w14:textId="23258841" w:rsidR="00BF3F4C" w:rsidRPr="00CA1A9F" w:rsidRDefault="00BF3F4C" w:rsidP="00CA1A9F">
+    <w:p w14:paraId="31E45E13" w14:textId="23258841" w:rsidR="00BF3F4C" w:rsidRPr="00D050CB" w:rsidRDefault="00BF3F4C" w:rsidP="00CA1A9F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CA1A9F">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Estimado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA1A9F">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>(a) [ENROLLEE FIRST AND LAST NAME],</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(a) [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ENROLLEE FIRST AND LAST NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>],</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AAF6076" w14:textId="33E66410" w:rsidR="00814294" w:rsidRPr="00D3081F" w:rsidRDefault="00814294" w:rsidP="000C7172">
+    <w:p w14:paraId="7AAF6076" w14:textId="33E66410" w:rsidR="00814294" w:rsidRPr="005A5978" w:rsidRDefault="00814294" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3081F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>Le enviamos por correo recientemente una encuesta para preguntarle sobre sus experiencias con</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D3081F">
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>QHP ISSUER NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>] entre julio y diciembre del 202</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1F44" w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00822D5E" w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F1F8F">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00D3081F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>Si usted ya envió una encuesta completada, gracias por su ayuda y por favor ignore esta carta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29A3520B" w14:textId="1DAF0B4D" w:rsidR="003C682A" w:rsidRPr="00D3081F" w:rsidRDefault="00814294" w:rsidP="000C7172">
+    <w:p w14:paraId="29A3520B" w14:textId="1DAF0B4D" w:rsidR="003C682A" w:rsidRPr="005A5978" w:rsidRDefault="00814294" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">sta encuesta es auspiciada por el Departamento de Salud y Servicios Humanos y debería tomar </w:t>
       </w:r>
-      <w:r w:rsidR="006D2D44" w:rsidRPr="3D057ED8">
+      <w:r w:rsidR="006D2D44" w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">unos </w:t>
       </w:r>
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="4126C892" w:rsidRPr="3D057ED8">
+      <w:r w:rsidR="4126C892" w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="3D057ED8">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minutos para completarla. Su participación es voluntaria y sus respuestas se mantendrán privadas. [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>[QHP ISSUER NAME]</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00183116" w:rsidRPr="3D057ED8">
+        <w:t>QHP ISSUER NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] usará las respuestas combinadas de la encuesta para proporcionar mejores servicios y atención para sus miembros. Los resultados de esta encuesta también se usarán para calcular las calificaciones de calidad de planes </w:t>
+      </w:r>
+      <w:r w:rsidR="00183116" w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>de salud</w:t>
       </w:r>
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. El público puede usar esas calificaciones para comparar </w:t>
       </w:r>
-      <w:r w:rsidR="00822D5E" w:rsidRPr="3D057ED8">
+      <w:r w:rsidR="00822D5E" w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">los </w:t>
       </w:r>
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>planes en CuidadoDeSalud.gov o en las p</w:t>
       </w:r>
-      <w:r w:rsidR="00645476" w:rsidRPr="3D057ED8">
+      <w:r w:rsidR="00645476" w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ginas web de sus </w:t>
       </w:r>
-      <w:r w:rsidR="00822D5E" w:rsidRPr="3D057ED8">
+      <w:r w:rsidR="00822D5E" w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="3D057ED8">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>ercados estatales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FA60988" w14:textId="424F4209" w:rsidR="006E7FCC" w:rsidRPr="00D3081F" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
+    <w:p w14:paraId="6FA60988" w14:textId="424F4209" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3081F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>Para ahorrar tiempo y papel, usted puede completar esta encuesta en línea ahora mismo visitando</w:t>
       </w:r>
-      <w:r w:rsidR="00DE405F" w:rsidRPr="00D3081F">
+      <w:r w:rsidR="00DE405F" w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D3081F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="000F1F8F">
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>SURVEY URL</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F1F8F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] o usando la cámara de su teléfono para escanear el código QR a continuación. </w:t>
+      </w:r>
+      <w:r w:rsidR="005E491F" w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En esta página web se le pedirá la siguiente información privada: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D3081F">
+        <w:t xml:space="preserve">[TYPE OF LOGIN CREDENTIAL(S)]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> o usando la cámara de su teléfono para escanear el código QR a continuación. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E491F" w:rsidRPr="00D3081F">
+        <w:t xml:space="preserve">Es posible que usted haya recibido una invitación a su dirección de correo electrónico. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE405F" w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">En esta página web se le pedirá la siguiente información privada: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F1F8F">
+        <w:t xml:space="preserve">Si </w:t>
+      </w:r>
+      <w:r w:rsidR="2AF6F476" w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D3081F">
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ese </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE405F" w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Es posible que usted haya recibido una invitación a su dirección de correo electrónico. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE405F" w:rsidRPr="00D3081F">
+        <w:t>es el caso,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2AF6F476" w:rsidRPr="00D3081F">
+        <w:t xml:space="preserve"> la invitación</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE405F" w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ese </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE405F" w:rsidRPr="00D3081F">
+        <w:t xml:space="preserve"> le</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t>es el caso,</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> llevará directamente a la misma encuesta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC8A6D5" w14:textId="0991DCDF" w:rsidR="006E7FCC" w:rsidRPr="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="006E7FCC">
+    <w:p w14:paraId="4FC8A6D5" w14:textId="0991DCDF" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="006E7FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="006E7FCC" w:rsidRPr="006E7FCC" w:rsidSect="009375FD">
+        </w:rPr>
+        <w:sectPr w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidSect="009375FD">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="64" w:right="720" w:bottom="720" w:left="540" w:header="275" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BD2FE93" wp14:editId="7B2C2D8A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BD2FE93" wp14:editId="7B2C2D8A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>831215</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-117475</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5431155" cy="1685925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="10" name="Picture 10">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="Picture 10">
@@ -549,544 +554,611 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5431155" cy="1685925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB5201B" w14:textId="5449D7FE" w:rsidR="006E7FCC" w:rsidRPr="000F1F8F" w:rsidRDefault="006E7FCC" w:rsidP="00B66FAF">
+    <w:p w14:paraId="5FB5201B" w14:textId="5449D7FE" w:rsidR="006E7FCC" w:rsidRPr="00D050CB" w:rsidRDefault="006E7FCC" w:rsidP="00B66FAF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent1"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E7FCC">
+      <w:r w:rsidRPr="005A5978">
         <w:t xml:space="preserve">Responda ahora en </w:t>
       </w:r>
-      <w:r w:rsidRPr="00720BD7">
-[...1 lines deleted...]
-          <w:lang w:val="es-GT"/>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00720BD7">
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-GT"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>SURVEY URL</w:t>
       </w:r>
-      <w:r w:rsidRPr="00720BD7">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F1F8F">
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">] </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429D86C6" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRPr="00D3081F" w:rsidRDefault="006E7FCC" w:rsidP="00B66FAF">
+    <w:p w14:paraId="429D86C6" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="00B66FAF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent1"/>
         <w:spacing w:before="240" w:after="120"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D3081F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>[LOGIN CREDENTIAL(S)]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3048210A" w14:textId="2FF016F2" w:rsidR="006E7FCC" w:rsidRPr="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="000F1F8F">
+    <w:p w14:paraId="3048210A" w14:textId="2FF016F2" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="000F1F8F">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="660"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E7FCC">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidRPr="006E7FCC">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A283E92" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="006E7FCC">
+    <w:p w14:paraId="5A283E92" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="006E7FCC">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:ind w:left="1350"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72288347" wp14:editId="174137C7">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72288347" wp14:editId="3F8C401F">
             <wp:extent cx="971550" cy="787400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Picture 3" descr="Scan this QR code for access to the survey. "/>
+            <wp:docPr id="3" name="Picture 3" descr="Escanee este código QR para acceder a la encuesta. "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Picture 3" descr="Scan this QR code for access to the survey. "/>
+                    <pic:cNvPr id="3" name="Picture 3" descr="Escanee este código QR para acceder a la encuesta. "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="8744" t="7651" r="7650" b="9289"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="971550" cy="787400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F53AE2" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="006E7FCC">
+    <w:p w14:paraId="54F53AE2" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="006E7FCC">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:sectPr w:rsidR="006E7FCC" w:rsidSect="000F48A6">
+          <w:lang w:val="es-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidSect="000F48A6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="64" w:right="720" w:bottom="720" w:left="540" w:header="275" w:footer="0" w:gutter="0"/>
           <w:cols w:num="3" w:space="0" w:equalWidth="0">
             <w:col w:w="5134" w:space="0"/>
             <w:col w:w="720" w:space="0"/>
             <w:col w:w="5126"/>
           </w:cols>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AB7EF5A" w14:textId="0835D3E6" w:rsidR="00BF3F4C" w:rsidRPr="00D3081F" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
+    <w:p w14:paraId="5AB7EF5A" w14:textId="0835D3E6" w:rsidR="00BF3F4C" w:rsidRPr="005A5978" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:before="720" w:after="200"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3081F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si usted tiene alguna pregunta sobre la encuesta, llame a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F1F8F">
+        <w:t>Si usted tiene alguna pregunta sobre la encuesta, llame a [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>[VENDOR NAME]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D3081F">
+        <w:t>VENDOR NAME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> al (XXX) [XXX-XXXX], entre [XX:XX] a.m. y [XX:XX] p.m. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F1F8F">
+        <w:t>] al (XXX) [XXX-XXXX], entre [XX:XX] a.m. y [XX:XX] p.m. [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>[VENDOR LOCAL TIME]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D3081F">
+        <w:t>VENDOR LOCAL TIME</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, de lunes a viernes (excluyendo días festivos federales), o comuníquese por correo electrónico al </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F1F8F">
+        <w:t>], de lunes a viernes (excluyendo días festivos federales), o comuníquese por correo electrónico al [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>[VENDOR EMAIL]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D3081F">
+        <w:t>VENDOR EMAIL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-US"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679F198E" w14:textId="4DA3F96D" w:rsidR="00BF3F4C" w:rsidRPr="00D3081F" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
+    <w:p w14:paraId="679F198E" w14:textId="4DA3F96D" w:rsidR="00BF3F4C" w:rsidRPr="005A5978" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3081F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>Le agradecemos mucho su ayuda para mejorar el cuidado de salud.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15EBE6DD" w14:textId="0E2067B7" w:rsidR="00BF3F4C" w:rsidRPr="000F1F8F" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
+    <w:p w14:paraId="15EBE6DD" w14:textId="0E2067B7" w:rsidR="00BF3F4C" w:rsidRPr="005A5978" w:rsidRDefault="00BF3F4C" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1F8F">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Atentamente,</w:t>
+        <w:t>Atentamente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739635C2" w14:textId="79E7F7CE" w:rsidR="00097710" w:rsidRPr="00DE405F" w:rsidRDefault="00097710" w:rsidP="006D2D44">
+    <w:p w14:paraId="739635C2" w14:textId="79E7F7CE" w:rsidR="00097710" w:rsidRPr="005A5978" w:rsidRDefault="00097710" w:rsidP="006D2D44">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="left" w:pos="6228"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE405F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[SIGNATURE]</w:t>
       </w:r>
-      <w:r w:rsidR="006B06DD">
+      <w:r w:rsidR="006B06DD" w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649939D4" w14:textId="03E58824" w:rsidR="00097710" w:rsidRPr="00DE405F" w:rsidRDefault="00097710" w:rsidP="00097710">
+    <w:p w14:paraId="649939D4" w14:textId="03E58824" w:rsidR="00097710" w:rsidRPr="005A5978" w:rsidRDefault="00097710" w:rsidP="00097710">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE405F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[NAME AND TITLE OF SENIOR EXECUTIVE FROM VENDOR or QHP ISSUER]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654C58A6" w14:textId="4EFBE561" w:rsidR="00097710" w:rsidRPr="00DE405F" w:rsidRDefault="00097710" w:rsidP="000C7172">
+    <w:p w14:paraId="654C58A6" w14:textId="4EFBE561" w:rsidR="00097710" w:rsidRPr="005A5978" w:rsidRDefault="00097710" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSSignature"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE405F">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[VENDOR or QHP ISSUER NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AAD309" w14:textId="0811B826" w:rsidR="007B2B79" w:rsidRPr="00A03A5A" w:rsidRDefault="006C74B0" w:rsidP="000C7172">
+    <w:p w14:paraId="63AAD309" w14:textId="0811B826" w:rsidR="007B2B79" w:rsidRPr="005A5978" w:rsidRDefault="006C74B0" w:rsidP="000C7172">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:t>To request an English survey by mail, or to respond to the survey over the phone, call the following number: (XXX) [XXX-XXXX]. To respond to the survey in English via the internet, go to this website: [</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SURVEY URL</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:t>] and use this login information: [LOGIN CREDENTIAL(S)].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C6C698" w14:textId="6179C9F5" w:rsidR="001D0F2A" w:rsidRPr="004E0326" w:rsidRDefault="0000049C" w:rsidP="007153BB">
+    <w:p w14:paraId="54389306" w14:textId="4350F165" w:rsidR="00E003CC" w:rsidRPr="00D050CB" w:rsidRDefault="00315197" w:rsidP="003D628F">
       <w:pPr>
         <w:pStyle w:val="CMSBodyText"/>
       </w:pPr>
-      <w:r w:rsidRPr="0189F2C5">
+      <w:r w:rsidRPr="005A5978">
         <w:rPr>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t xml:space="preserve">[IF OFFERING IN CHINESE] </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="MS Gothic"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">[IF OFFERING IN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>CHINESE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>如需索取中文版调查问卷</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>如需索取中文版</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="Microsoft JhengHei"/>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>或以中文进行电话调查问卷</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>调查问卷，或以中文进行电话调查问卷，请联络</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Microsoft JhengHei" w:eastAsia="Microsoft JhengHei" w:hAnsi="Microsoft JhengHei" w:cs="Microsoft JhengHei"/>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请联络</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
+        <w:t xml:space="preserve">：(XXX) [XXX-XXXX] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。如需在线参与中文问卷调查</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请使用以下登录信息</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+        </w:rPr>
+        <w:t>[LOGIN CREDENTIAL(S)]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:val="es-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>访问此网站</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+        </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>SURVEY URL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D050CB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="PMingLiU"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A5978">
+        <w:rPr>
+          <w:rFonts w:ascii="PMingLiU" w:eastAsia="PMingLiU" w:hAnsi="PMingLiU" w:hint="eastAsia"/>
+          <w:lang w:val="es-US"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
-      <w:r w:rsidR="008C45B6" w:rsidRPr="008B5FEB">
-[...42 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001D0F2A" w:rsidRPr="004E0326" w:rsidSect="006E7FCC">
+    <w:sectPr w:rsidR="00E003CC" w:rsidRPr="00D050CB" w:rsidSect="006E7FCC">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="58" w:right="720" w:bottom="720" w:left="547" w:header="274" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48B19BBD" w14:textId="77777777" w:rsidR="001B7316" w:rsidRDefault="001B7316" w:rsidP="00C16872">
+    <w:p w14:paraId="55467AC9" w14:textId="77777777" w:rsidR="00C945BE" w:rsidRPr="005A5978" w:rsidRDefault="00C945BE" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F505A38" w14:textId="77777777" w:rsidR="001B7316" w:rsidRDefault="001B7316" w:rsidP="00C16872">
+    <w:p w14:paraId="5C5AF318" w14:textId="77777777" w:rsidR="00C945BE" w:rsidRPr="005A5978" w:rsidRDefault="00C945BE" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7AE66605" w14:textId="77777777" w:rsidR="001B7316" w:rsidRDefault="001B7316">
+    <w:p w14:paraId="58196623" w14:textId="77777777" w:rsidR="00C945BE" w:rsidRPr="005A5978" w:rsidRDefault="00C945BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -1124,455 +1196,471 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7B379A19" w14:textId="5131372F" w:rsidR="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="4E079392">
+  <w:p w14:paraId="7B379A19" w14:textId="5131372F" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0F1089C7">
+    <w:r w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="004E1F44">
+    <w:r w:rsidR="004E1F44" w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="0F1089C7">
+    <w:r w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> Qualified Health Plan Enrollee Experience Survey</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1F1FB482" w14:textId="08AEB33B" w:rsidR="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="4E079392">
+  <w:p w14:paraId="1F1FB482" w14:textId="08AEB33B" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Reminder Letter: </w:t>
     </w:r>
-    <w:r w:rsidR="00141A60">
+    <w:r w:rsidR="00141A60" w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Spanish</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1E5CA9C8" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRPr="00483999" w:rsidRDefault="006E7FCC" w:rsidP="4E079392">
+  <w:p w14:paraId="1E5CA9C8" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="200" w:after="200"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>[DO NOT INCLUDE THIS FOOTER IN LETTERS SENT TO ENROLLEES]</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0EBED07C" w14:textId="2607F99E" w:rsidR="00F7457E" w:rsidRDefault="4E079392" w:rsidP="4E079392">
+  <w:p w14:paraId="0EBED07C" w14:textId="1D7DEA7C" w:rsidR="00F7457E" w:rsidRPr="00D050CB" w:rsidRDefault="4E079392" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="00D050CB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
-    <w:r w:rsidR="00DB0470">
+    <w:r w:rsidR="00DB0470" w:rsidRPr="00D050CB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00154B7E">
+    <w:r w:rsidR="00E003CC" w:rsidRPr="00D050CB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-      </w:rPr>
-      <w:t>3</w:t>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="00D050CB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> Qualified Health Plan Enrollee Experience Survey</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5D2FA218" w14:textId="3D29B4B3" w:rsidR="00DB0470" w:rsidRDefault="4E079392" w:rsidP="4E079392">
+  <w:p w14:paraId="5D2FA218" w14:textId="3D29B4B3" w:rsidR="00DB0470" w:rsidRPr="00D050CB" w:rsidRDefault="4E079392" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="00D050CB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Reminder Letter: </w:t>
     </w:r>
-    <w:r w:rsidR="002749FD">
+    <w:r w:rsidR="002749FD" w:rsidRPr="00D050CB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Spanish</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="485A9DE0" w14:textId="77777777" w:rsidR="00F7457E" w:rsidRPr="00483999" w:rsidRDefault="4E079392" w:rsidP="4E079392">
+  <w:p w14:paraId="485A9DE0" w14:textId="77777777" w:rsidR="00F7457E" w:rsidRPr="00D050CB" w:rsidRDefault="4E079392" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:before="200" w:after="200"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="00D050CB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>[DO NOT INCLUDE THIS FOOTER IN LETTERS SENT TO ENROLLEES]</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7621473F" w14:textId="77777777" w:rsidR="001B7316" w:rsidRDefault="001B7316" w:rsidP="00C16872">
+    <w:p w14:paraId="2334DDA9" w14:textId="77777777" w:rsidR="00C945BE" w:rsidRPr="005A5978" w:rsidRDefault="00C945BE" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11C28D85" w14:textId="77777777" w:rsidR="001B7316" w:rsidRDefault="001B7316" w:rsidP="00C16872">
+    <w:p w14:paraId="304FB8DA" w14:textId="77777777" w:rsidR="00C945BE" w:rsidRPr="005A5978" w:rsidRDefault="00C945BE" w:rsidP="00C16872">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005A5978">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14E7EDDE" w14:textId="77777777" w:rsidR="001B7316" w:rsidRDefault="001B7316">
+    <w:p w14:paraId="4A8ED8EE" w14:textId="77777777" w:rsidR="00C945BE" w:rsidRPr="005A5978" w:rsidRDefault="00C945BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3C057FDF" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="00762D6B">
+  <w:p w14:paraId="3C057FDF" w14:textId="77777777" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="00762D6B">
     <w:pPr>
       <w:pStyle w:val="CMSPrivacyOffice"/>
       <w:keepNext w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="3960"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:outlineLvl w:val="9"/>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="005A5978">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>[VENDOR LOGO]</w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="005A5978">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">and/or </w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="005A5978">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
       <w:t>[QHP ISSUER LOGO ONLY NO ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="46E621DD" w14:textId="19D3DC17" w:rsidR="006E7FCC" w:rsidRDefault="006E7FCC" w:rsidP="00762D6B">
+  <w:p w14:paraId="46E621DD" w14:textId="19D3DC17" w:rsidR="006E7FCC" w:rsidRPr="005A5978" w:rsidRDefault="006E7FCC" w:rsidP="00762D6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>[VENDOR ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="318D8E2A" w14:textId="77777777" w:rsidR="00762D6B" w:rsidRDefault="00762D6B" w:rsidP="00762D6B">
+  <w:p w14:paraId="318D8E2A" w14:textId="77777777" w:rsidR="00762D6B" w:rsidRPr="005A5978" w:rsidRDefault="00762D6B" w:rsidP="00762D6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3DC4F3C7" w14:textId="34B8DCE2" w:rsidR="00C81520" w:rsidRDefault="00C81520" w:rsidP="00C81520">
+  <w:p w14:paraId="3DC4F3C7" w14:textId="34B8DCE2" w:rsidR="00C81520" w:rsidRPr="00D050CB" w:rsidRDefault="00C81520" w:rsidP="00C81520">
     <w:pPr>
       <w:pStyle w:val="CMSPrivacyOffice"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="3960"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00D050CB">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>[VENDOR LOGO]</w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00D050CB">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">and/or </w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00D050CB">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
       <w:t>[</w:t>
     </w:r>
-    <w:r w:rsidR="00AA2AAD">
-      <w:rPr>
+    <w:r w:rsidR="00AA2AAD" w:rsidRPr="00D050CB">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">QHP </w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00D050CB">
+      <w:rPr>
+        <w:noProof w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>ISSUER LOGO ONLY NO ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="47C8E5F2" w14:textId="1ED7547E" w:rsidR="00C81520" w:rsidRDefault="4E079392" w:rsidP="4E079392">
+  <w:p w14:paraId="47C8E5F2" w14:textId="1ED7547E" w:rsidR="00C81520" w:rsidRPr="005A5978" w:rsidRDefault="4E079392" w:rsidP="4E079392">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="4E079392">
+    <w:r w:rsidRPr="005A5978">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>[VENDOR ADDRESS]</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="012A47CA" w14:textId="77777777" w:rsidR="00C81520" w:rsidRDefault="00C81520" w:rsidP="00C81520">
+  <w:p w14:paraId="012A47CA" w14:textId="77777777" w:rsidR="00C81520" w:rsidRPr="005A5978" w:rsidRDefault="00C81520" w:rsidP="00C81520">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="240"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence.xml><?xml version="1.0" encoding="utf-8"?>
 <int:Intelligence xmlns:int="http://schemas.microsoft.com/office/intelligence/2019/intelligence">
   <int:IntelligenceSettings/>
   <int:Manifest>
     <int:WordHash hashCode="4LoUlUhpc63gBp" id="AV9G+Zta"/>
     <int:ParagraphRange paragraphId="1522003802" textId="1316581704" start="100" length="5" invalidationStart="100" invalidationLength="5" id="R6WnltW4"/>
   </int:Manifest>
   <int:Observations>
     <int:Content id="AV9G+Zta">
       <int:Rejection type="LegacyProofing"/>
     </int:Content>
     <int:Content id="R6WnltW4">
       <int:Rejection type="LegacyProofing"/>
     </int:Content>
@@ -1948,266 +2036,281 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="861554837">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1780250954">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1953902519">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="198"/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{AD3655FC-B218-409E-AD6D-46D4DAC59291}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="94937136"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00C16872"/>
     <w:rsid w:val="0000049C"/>
     <w:rsid w:val="000007A7"/>
     <w:rsid w:val="00003E34"/>
     <w:rsid w:val="0000674C"/>
     <w:rsid w:val="00010FDD"/>
     <w:rsid w:val="00013DEE"/>
     <w:rsid w:val="00016B0A"/>
     <w:rsid w:val="000202C7"/>
+    <w:rsid w:val="00021EED"/>
     <w:rsid w:val="00025F23"/>
     <w:rsid w:val="00032C9C"/>
     <w:rsid w:val="00032E71"/>
     <w:rsid w:val="00040C72"/>
+    <w:rsid w:val="000415A5"/>
     <w:rsid w:val="000500D7"/>
     <w:rsid w:val="00052435"/>
     <w:rsid w:val="00077B0A"/>
     <w:rsid w:val="00077CAB"/>
+    <w:rsid w:val="00090563"/>
     <w:rsid w:val="000910D4"/>
     <w:rsid w:val="00097710"/>
     <w:rsid w:val="000A09F4"/>
+    <w:rsid w:val="000A5508"/>
     <w:rsid w:val="000A57B1"/>
     <w:rsid w:val="000A67EA"/>
     <w:rsid w:val="000A70CB"/>
     <w:rsid w:val="000B7900"/>
     <w:rsid w:val="000C2D55"/>
     <w:rsid w:val="000C4C39"/>
     <w:rsid w:val="000C7172"/>
     <w:rsid w:val="000C7B76"/>
     <w:rsid w:val="000E2588"/>
     <w:rsid w:val="000E2F93"/>
     <w:rsid w:val="000E5132"/>
     <w:rsid w:val="000F1F8F"/>
     <w:rsid w:val="000F71BB"/>
     <w:rsid w:val="00100E11"/>
     <w:rsid w:val="00103F95"/>
     <w:rsid w:val="00114531"/>
     <w:rsid w:val="00115BF7"/>
     <w:rsid w:val="00126D88"/>
     <w:rsid w:val="001318EE"/>
     <w:rsid w:val="00135C91"/>
     <w:rsid w:val="001367DA"/>
     <w:rsid w:val="001371BB"/>
     <w:rsid w:val="00141A60"/>
     <w:rsid w:val="00143906"/>
     <w:rsid w:val="00150266"/>
     <w:rsid w:val="00150BD3"/>
     <w:rsid w:val="00154B7E"/>
     <w:rsid w:val="0015562E"/>
     <w:rsid w:val="00156080"/>
     <w:rsid w:val="00162BF8"/>
     <w:rsid w:val="00177DDD"/>
     <w:rsid w:val="00183116"/>
     <w:rsid w:val="00183B45"/>
     <w:rsid w:val="00184EC7"/>
+    <w:rsid w:val="00193329"/>
     <w:rsid w:val="00193401"/>
     <w:rsid w:val="0019437B"/>
     <w:rsid w:val="001946B3"/>
     <w:rsid w:val="001960E4"/>
     <w:rsid w:val="001A445E"/>
     <w:rsid w:val="001B7316"/>
     <w:rsid w:val="001D0F2A"/>
     <w:rsid w:val="001D6180"/>
     <w:rsid w:val="001D73DC"/>
+    <w:rsid w:val="001D7F04"/>
     <w:rsid w:val="001E18B5"/>
     <w:rsid w:val="001E2274"/>
     <w:rsid w:val="001E29E1"/>
     <w:rsid w:val="001E420C"/>
     <w:rsid w:val="001E4CD9"/>
     <w:rsid w:val="001E6144"/>
     <w:rsid w:val="001E75F0"/>
     <w:rsid w:val="001F2187"/>
     <w:rsid w:val="00201A21"/>
     <w:rsid w:val="00207719"/>
     <w:rsid w:val="0021066E"/>
     <w:rsid w:val="00211962"/>
     <w:rsid w:val="00214AB7"/>
     <w:rsid w:val="00215524"/>
     <w:rsid w:val="002210D1"/>
     <w:rsid w:val="002260D4"/>
     <w:rsid w:val="002318F8"/>
     <w:rsid w:val="00236A6D"/>
     <w:rsid w:val="00244BDC"/>
     <w:rsid w:val="00246D11"/>
     <w:rsid w:val="00252E5F"/>
     <w:rsid w:val="00257A69"/>
     <w:rsid w:val="0026532C"/>
     <w:rsid w:val="00272139"/>
     <w:rsid w:val="0027213A"/>
     <w:rsid w:val="002733C0"/>
     <w:rsid w:val="00273624"/>
     <w:rsid w:val="002749FD"/>
     <w:rsid w:val="002762CC"/>
+    <w:rsid w:val="00280C97"/>
     <w:rsid w:val="002834F7"/>
     <w:rsid w:val="00286069"/>
     <w:rsid w:val="0029222A"/>
     <w:rsid w:val="00292F22"/>
     <w:rsid w:val="002A01D3"/>
     <w:rsid w:val="002A0F1C"/>
     <w:rsid w:val="002A62D3"/>
     <w:rsid w:val="002C1BB0"/>
     <w:rsid w:val="002C5789"/>
     <w:rsid w:val="002D2ED9"/>
     <w:rsid w:val="002D49EE"/>
     <w:rsid w:val="002D696B"/>
     <w:rsid w:val="002D7D8E"/>
+    <w:rsid w:val="002E0EE3"/>
     <w:rsid w:val="002E2B1F"/>
     <w:rsid w:val="002E6DE3"/>
     <w:rsid w:val="002E7624"/>
     <w:rsid w:val="002F0414"/>
     <w:rsid w:val="002F25FA"/>
     <w:rsid w:val="002F5595"/>
     <w:rsid w:val="00304EAD"/>
     <w:rsid w:val="003064F1"/>
     <w:rsid w:val="00310558"/>
     <w:rsid w:val="00310564"/>
+    <w:rsid w:val="00315197"/>
     <w:rsid w:val="00326EA0"/>
     <w:rsid w:val="0033167D"/>
     <w:rsid w:val="00344878"/>
     <w:rsid w:val="00346F4D"/>
     <w:rsid w:val="00352BA0"/>
     <w:rsid w:val="00352BE7"/>
     <w:rsid w:val="003610E3"/>
+    <w:rsid w:val="003614D9"/>
     <w:rsid w:val="00363611"/>
     <w:rsid w:val="00392804"/>
     <w:rsid w:val="00393EDD"/>
     <w:rsid w:val="003A015E"/>
     <w:rsid w:val="003A1728"/>
     <w:rsid w:val="003A43F5"/>
     <w:rsid w:val="003A7BC1"/>
     <w:rsid w:val="003B069B"/>
     <w:rsid w:val="003B1FBF"/>
     <w:rsid w:val="003B413A"/>
     <w:rsid w:val="003C21DE"/>
     <w:rsid w:val="003C682A"/>
     <w:rsid w:val="003D5528"/>
+    <w:rsid w:val="003D628F"/>
     <w:rsid w:val="003E0D19"/>
     <w:rsid w:val="003E2D5E"/>
     <w:rsid w:val="003E61CC"/>
     <w:rsid w:val="003F4763"/>
     <w:rsid w:val="003F6B36"/>
     <w:rsid w:val="00410FC7"/>
     <w:rsid w:val="0041153F"/>
     <w:rsid w:val="0042401D"/>
     <w:rsid w:val="0042790E"/>
     <w:rsid w:val="00433824"/>
     <w:rsid w:val="00434B98"/>
     <w:rsid w:val="00435463"/>
     <w:rsid w:val="00435806"/>
     <w:rsid w:val="00437309"/>
+    <w:rsid w:val="004401DA"/>
     <w:rsid w:val="004416C6"/>
     <w:rsid w:val="00443E93"/>
     <w:rsid w:val="00445728"/>
     <w:rsid w:val="00445D7E"/>
     <w:rsid w:val="00446E6C"/>
     <w:rsid w:val="0045135C"/>
     <w:rsid w:val="00465D4C"/>
     <w:rsid w:val="004A52F0"/>
     <w:rsid w:val="004B3E3C"/>
     <w:rsid w:val="004B48CB"/>
     <w:rsid w:val="004B56DD"/>
     <w:rsid w:val="004B580C"/>
+    <w:rsid w:val="004B7826"/>
     <w:rsid w:val="004C260D"/>
     <w:rsid w:val="004D11F9"/>
     <w:rsid w:val="004D330D"/>
     <w:rsid w:val="004E0326"/>
     <w:rsid w:val="004E1F44"/>
     <w:rsid w:val="004E2986"/>
     <w:rsid w:val="004E4AD2"/>
     <w:rsid w:val="004F0F05"/>
     <w:rsid w:val="004F3133"/>
+    <w:rsid w:val="00502574"/>
     <w:rsid w:val="005042DE"/>
     <w:rsid w:val="005142F3"/>
     <w:rsid w:val="00517594"/>
     <w:rsid w:val="00521276"/>
     <w:rsid w:val="005266C5"/>
     <w:rsid w:val="00526D01"/>
     <w:rsid w:val="00535BCD"/>
     <w:rsid w:val="00551DED"/>
     <w:rsid w:val="0055270B"/>
     <w:rsid w:val="00553E7C"/>
     <w:rsid w:val="0055457C"/>
     <w:rsid w:val="00576389"/>
     <w:rsid w:val="00580639"/>
     <w:rsid w:val="00592DF2"/>
     <w:rsid w:val="00594210"/>
+    <w:rsid w:val="005979E0"/>
+    <w:rsid w:val="005A5978"/>
     <w:rsid w:val="005A67E3"/>
     <w:rsid w:val="005B51FB"/>
     <w:rsid w:val="005B54D2"/>
     <w:rsid w:val="005C2AD9"/>
     <w:rsid w:val="005C36D8"/>
     <w:rsid w:val="005C55E2"/>
     <w:rsid w:val="005D151A"/>
     <w:rsid w:val="005D20E7"/>
     <w:rsid w:val="005D3F36"/>
     <w:rsid w:val="005E24C4"/>
     <w:rsid w:val="005E491F"/>
     <w:rsid w:val="005F53D0"/>
     <w:rsid w:val="00607286"/>
     <w:rsid w:val="00612ADB"/>
     <w:rsid w:val="0061691E"/>
     <w:rsid w:val="006209B0"/>
     <w:rsid w:val="00623F41"/>
     <w:rsid w:val="00632D1A"/>
     <w:rsid w:val="00640A04"/>
     <w:rsid w:val="006446E0"/>
     <w:rsid w:val="00645269"/>
     <w:rsid w:val="00645476"/>
     <w:rsid w:val="00647125"/>
     <w:rsid w:val="006529EB"/>
     <w:rsid w:val="00676B90"/>
@@ -2221,287 +2324,301 @@
     <w:rsid w:val="006A69FE"/>
     <w:rsid w:val="006B06DD"/>
     <w:rsid w:val="006C04CD"/>
     <w:rsid w:val="006C3718"/>
     <w:rsid w:val="006C4804"/>
     <w:rsid w:val="006C7143"/>
     <w:rsid w:val="006C74B0"/>
     <w:rsid w:val="006D2D44"/>
     <w:rsid w:val="006E7FCC"/>
     <w:rsid w:val="00704AB9"/>
     <w:rsid w:val="007063B9"/>
     <w:rsid w:val="007132DD"/>
     <w:rsid w:val="007153BB"/>
     <w:rsid w:val="00720BD7"/>
     <w:rsid w:val="00721B05"/>
     <w:rsid w:val="00727CE7"/>
     <w:rsid w:val="007302B1"/>
     <w:rsid w:val="0073612D"/>
     <w:rsid w:val="007410B3"/>
     <w:rsid w:val="00744A9A"/>
     <w:rsid w:val="0075038A"/>
     <w:rsid w:val="0075141E"/>
     <w:rsid w:val="00757787"/>
     <w:rsid w:val="00762D6B"/>
     <w:rsid w:val="00770EA4"/>
+    <w:rsid w:val="00772D9A"/>
     <w:rsid w:val="00774D0C"/>
     <w:rsid w:val="007819A5"/>
     <w:rsid w:val="00785352"/>
     <w:rsid w:val="00791171"/>
+    <w:rsid w:val="00791BEC"/>
     <w:rsid w:val="00794863"/>
     <w:rsid w:val="007A279C"/>
     <w:rsid w:val="007A2ABE"/>
     <w:rsid w:val="007A2D93"/>
     <w:rsid w:val="007A5566"/>
     <w:rsid w:val="007B2B79"/>
     <w:rsid w:val="007B7F1D"/>
     <w:rsid w:val="007C1258"/>
     <w:rsid w:val="007C73A1"/>
     <w:rsid w:val="007E21D0"/>
     <w:rsid w:val="007E43BE"/>
+    <w:rsid w:val="007E4902"/>
     <w:rsid w:val="007E4D35"/>
     <w:rsid w:val="007F1A4B"/>
     <w:rsid w:val="007F3714"/>
     <w:rsid w:val="00801E95"/>
     <w:rsid w:val="008027C6"/>
     <w:rsid w:val="00803739"/>
     <w:rsid w:val="0080464C"/>
     <w:rsid w:val="0080759D"/>
     <w:rsid w:val="00812AA0"/>
     <w:rsid w:val="00812ED6"/>
     <w:rsid w:val="00814294"/>
     <w:rsid w:val="00816136"/>
     <w:rsid w:val="00816AC0"/>
     <w:rsid w:val="00822D5E"/>
     <w:rsid w:val="00825A13"/>
     <w:rsid w:val="00827F0F"/>
     <w:rsid w:val="00831F6B"/>
     <w:rsid w:val="008323B3"/>
     <w:rsid w:val="00834FD4"/>
     <w:rsid w:val="00847901"/>
     <w:rsid w:val="0085373D"/>
     <w:rsid w:val="0085709E"/>
     <w:rsid w:val="00862CB6"/>
     <w:rsid w:val="00863280"/>
     <w:rsid w:val="008649BF"/>
     <w:rsid w:val="00877F3C"/>
     <w:rsid w:val="008800CA"/>
     <w:rsid w:val="008829A2"/>
     <w:rsid w:val="0088613E"/>
     <w:rsid w:val="00886500"/>
     <w:rsid w:val="00892A92"/>
     <w:rsid w:val="008A764C"/>
     <w:rsid w:val="008B4C19"/>
     <w:rsid w:val="008C09FE"/>
     <w:rsid w:val="008C19A6"/>
     <w:rsid w:val="008C2897"/>
     <w:rsid w:val="008C28C4"/>
     <w:rsid w:val="008C45B6"/>
     <w:rsid w:val="008C482E"/>
     <w:rsid w:val="008C573A"/>
     <w:rsid w:val="008C5B0E"/>
     <w:rsid w:val="008C78C8"/>
     <w:rsid w:val="008D6D7D"/>
+    <w:rsid w:val="008D700B"/>
     <w:rsid w:val="008D76C9"/>
     <w:rsid w:val="008E04D5"/>
+    <w:rsid w:val="008E0D41"/>
     <w:rsid w:val="008F27D8"/>
     <w:rsid w:val="008F404A"/>
     <w:rsid w:val="008F4379"/>
     <w:rsid w:val="008F65B7"/>
     <w:rsid w:val="008F667B"/>
     <w:rsid w:val="009001EB"/>
     <w:rsid w:val="00901043"/>
     <w:rsid w:val="00901A63"/>
+    <w:rsid w:val="00902EBC"/>
     <w:rsid w:val="00927264"/>
     <w:rsid w:val="00927E54"/>
     <w:rsid w:val="009375FD"/>
     <w:rsid w:val="00956297"/>
     <w:rsid w:val="009736E0"/>
     <w:rsid w:val="0099068B"/>
     <w:rsid w:val="00991A7D"/>
     <w:rsid w:val="00992FCB"/>
     <w:rsid w:val="009A075F"/>
     <w:rsid w:val="009A09D9"/>
     <w:rsid w:val="009A50CB"/>
     <w:rsid w:val="009B198A"/>
     <w:rsid w:val="009B5EC5"/>
     <w:rsid w:val="009D41EE"/>
     <w:rsid w:val="009D4A4E"/>
     <w:rsid w:val="009E1D85"/>
     <w:rsid w:val="009E3670"/>
     <w:rsid w:val="009F43E1"/>
     <w:rsid w:val="00A03A5A"/>
     <w:rsid w:val="00A10FA5"/>
     <w:rsid w:val="00A127D5"/>
     <w:rsid w:val="00A138AB"/>
     <w:rsid w:val="00A25BAD"/>
     <w:rsid w:val="00A423C9"/>
     <w:rsid w:val="00A56DFF"/>
     <w:rsid w:val="00A56E69"/>
     <w:rsid w:val="00A6307C"/>
     <w:rsid w:val="00A63099"/>
     <w:rsid w:val="00A65696"/>
     <w:rsid w:val="00A65E05"/>
     <w:rsid w:val="00A7028C"/>
     <w:rsid w:val="00A72676"/>
     <w:rsid w:val="00A84397"/>
     <w:rsid w:val="00A84DBC"/>
     <w:rsid w:val="00A8537F"/>
     <w:rsid w:val="00A9533F"/>
     <w:rsid w:val="00AA14E2"/>
     <w:rsid w:val="00AA2805"/>
     <w:rsid w:val="00AA2AAD"/>
     <w:rsid w:val="00AA34BB"/>
+    <w:rsid w:val="00AA3DD3"/>
     <w:rsid w:val="00AA4CB6"/>
     <w:rsid w:val="00AB3CA7"/>
     <w:rsid w:val="00AB450D"/>
     <w:rsid w:val="00AB78C8"/>
     <w:rsid w:val="00AC03C1"/>
     <w:rsid w:val="00AD3D16"/>
     <w:rsid w:val="00AD6D1B"/>
     <w:rsid w:val="00AE0464"/>
     <w:rsid w:val="00AE2703"/>
     <w:rsid w:val="00AE6948"/>
     <w:rsid w:val="00AF0588"/>
     <w:rsid w:val="00B018B5"/>
     <w:rsid w:val="00B04DE9"/>
     <w:rsid w:val="00B1694D"/>
     <w:rsid w:val="00B277CF"/>
     <w:rsid w:val="00B334C6"/>
     <w:rsid w:val="00B4619F"/>
     <w:rsid w:val="00B51402"/>
     <w:rsid w:val="00B65445"/>
     <w:rsid w:val="00B669E8"/>
     <w:rsid w:val="00B66FAF"/>
     <w:rsid w:val="00B67655"/>
+    <w:rsid w:val="00B721C1"/>
     <w:rsid w:val="00B77222"/>
     <w:rsid w:val="00B77A41"/>
     <w:rsid w:val="00B80C65"/>
     <w:rsid w:val="00B817A7"/>
     <w:rsid w:val="00B844BC"/>
     <w:rsid w:val="00B86516"/>
     <w:rsid w:val="00B86C40"/>
     <w:rsid w:val="00B91495"/>
     <w:rsid w:val="00B93556"/>
     <w:rsid w:val="00B976B2"/>
     <w:rsid w:val="00BA1E24"/>
     <w:rsid w:val="00BA4039"/>
     <w:rsid w:val="00BA75BD"/>
+    <w:rsid w:val="00BB4CD1"/>
     <w:rsid w:val="00BC4FA6"/>
     <w:rsid w:val="00BD38A4"/>
     <w:rsid w:val="00BE08B2"/>
     <w:rsid w:val="00BF3F4C"/>
     <w:rsid w:val="00BF49D7"/>
     <w:rsid w:val="00BF4B9C"/>
     <w:rsid w:val="00C01769"/>
     <w:rsid w:val="00C04B0F"/>
     <w:rsid w:val="00C06ADC"/>
     <w:rsid w:val="00C145E9"/>
     <w:rsid w:val="00C16872"/>
     <w:rsid w:val="00C365F5"/>
     <w:rsid w:val="00C451A6"/>
     <w:rsid w:val="00C53E7A"/>
     <w:rsid w:val="00C55499"/>
     <w:rsid w:val="00C57EA4"/>
     <w:rsid w:val="00C65B5E"/>
     <w:rsid w:val="00C70DF6"/>
     <w:rsid w:val="00C81520"/>
     <w:rsid w:val="00C829A4"/>
+    <w:rsid w:val="00C945BE"/>
     <w:rsid w:val="00C974D0"/>
     <w:rsid w:val="00CA1A9F"/>
     <w:rsid w:val="00CA1DA7"/>
     <w:rsid w:val="00CA4CBD"/>
     <w:rsid w:val="00CB1107"/>
     <w:rsid w:val="00CB3FF0"/>
     <w:rsid w:val="00CC361B"/>
     <w:rsid w:val="00CD5E7C"/>
     <w:rsid w:val="00CD5EFA"/>
     <w:rsid w:val="00CE1060"/>
+    <w:rsid w:val="00CF63D5"/>
+    <w:rsid w:val="00D050CB"/>
     <w:rsid w:val="00D07E6E"/>
     <w:rsid w:val="00D106B1"/>
     <w:rsid w:val="00D23D9B"/>
     <w:rsid w:val="00D3081F"/>
     <w:rsid w:val="00D325F3"/>
     <w:rsid w:val="00D3443B"/>
     <w:rsid w:val="00D374F7"/>
     <w:rsid w:val="00D3770E"/>
     <w:rsid w:val="00D458D6"/>
     <w:rsid w:val="00D576DF"/>
     <w:rsid w:val="00D6245C"/>
     <w:rsid w:val="00D64065"/>
     <w:rsid w:val="00D6460C"/>
     <w:rsid w:val="00D67793"/>
     <w:rsid w:val="00D70036"/>
     <w:rsid w:val="00D7293F"/>
     <w:rsid w:val="00D7782B"/>
     <w:rsid w:val="00D81EAF"/>
     <w:rsid w:val="00D86D19"/>
     <w:rsid w:val="00D9020F"/>
     <w:rsid w:val="00DA285F"/>
     <w:rsid w:val="00DA40A4"/>
     <w:rsid w:val="00DA60F0"/>
     <w:rsid w:val="00DB0470"/>
     <w:rsid w:val="00DB1BA7"/>
     <w:rsid w:val="00DB27D0"/>
     <w:rsid w:val="00DB2A76"/>
     <w:rsid w:val="00DC5C3D"/>
     <w:rsid w:val="00DE2FAA"/>
     <w:rsid w:val="00DE405F"/>
     <w:rsid w:val="00DE5148"/>
     <w:rsid w:val="00DF11A8"/>
     <w:rsid w:val="00DF3D82"/>
+    <w:rsid w:val="00E003CC"/>
     <w:rsid w:val="00E048AB"/>
     <w:rsid w:val="00E10F94"/>
     <w:rsid w:val="00E16AE5"/>
     <w:rsid w:val="00E22057"/>
     <w:rsid w:val="00E331B1"/>
     <w:rsid w:val="00E35C08"/>
     <w:rsid w:val="00E36103"/>
     <w:rsid w:val="00E37464"/>
     <w:rsid w:val="00E45556"/>
     <w:rsid w:val="00E51B45"/>
     <w:rsid w:val="00E676AE"/>
     <w:rsid w:val="00E7339A"/>
     <w:rsid w:val="00E738F9"/>
     <w:rsid w:val="00E76D82"/>
     <w:rsid w:val="00E81466"/>
     <w:rsid w:val="00E856E4"/>
     <w:rsid w:val="00E965E2"/>
     <w:rsid w:val="00EA086C"/>
     <w:rsid w:val="00EB1FEF"/>
     <w:rsid w:val="00ED2F9E"/>
     <w:rsid w:val="00ED4294"/>
     <w:rsid w:val="00EE5622"/>
     <w:rsid w:val="00EE63A1"/>
     <w:rsid w:val="00EF6FA5"/>
     <w:rsid w:val="00F00E89"/>
     <w:rsid w:val="00F1488C"/>
     <w:rsid w:val="00F3216C"/>
     <w:rsid w:val="00F33758"/>
     <w:rsid w:val="00F3416D"/>
     <w:rsid w:val="00F40CE4"/>
     <w:rsid w:val="00F51575"/>
+    <w:rsid w:val="00F535D0"/>
     <w:rsid w:val="00F54896"/>
     <w:rsid w:val="00F57252"/>
     <w:rsid w:val="00F6418C"/>
     <w:rsid w:val="00F7098F"/>
     <w:rsid w:val="00F70A14"/>
     <w:rsid w:val="00F738FA"/>
     <w:rsid w:val="00F7457E"/>
     <w:rsid w:val="00F82347"/>
     <w:rsid w:val="00FA03F3"/>
     <w:rsid w:val="00FA1D20"/>
     <w:rsid w:val="00FC200B"/>
     <w:rsid w:val="00FC7673"/>
     <w:rsid w:val="00FD3C46"/>
     <w:rsid w:val="00FE03C1"/>
     <w:rsid w:val="00FE2D4B"/>
     <w:rsid w:val="00FF088E"/>
     <w:rsid w:val="0189F2C5"/>
     <w:rsid w:val="01A3B23A"/>
     <w:rsid w:val="02CE7C4E"/>
     <w:rsid w:val="030EF4C7"/>
     <w:rsid w:val="03CFAC9C"/>
     <w:rsid w:val="05C4AE97"/>
     <w:rsid w:val="07D6C45E"/>
     <w:rsid w:val="0A505CC6"/>
     <w:rsid w:val="113AB810"/>
@@ -2944,50 +3061,53 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C16872"/>
+    <w:rPr>
+      <w:lang w:val="es-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00991A7D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
@@ -3328,51 +3448,50 @@
     <w:name w:val="HTML Preformatted Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F51575"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyTextIndent1">
     <w:name w:val="Body Text Indent1"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B66FAF"/>
     <w:pPr>
       <w:spacing w:before="360"/>
       <w:ind w:left="1530"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="es-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="H1">
     <w:name w:val="H1"/>
     <w:basedOn w:val="CMSBodyText"/>
     <w:link w:val="H1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00114531"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CMSBodyTextChar">
     <w:name w:val="CMS.Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CMSBodyText"/>
     <w:rsid w:val="00114531"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
@@ -3895,178 +4014,243 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EF4BA34E20C2AF4A838F774B9057FB4A" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c4b9184118c0bd19a0c8a5b91af0e5f6">
-[...2 lines deleted...]
-    <xsd:import namespace="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fa2d3107-6ff3-4101-8a67-eedbb21beb10">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b8759a14-0f36-467b-89bb-6221a083b0fc" xsi:nil="true"/>
+    <Date xmlns="d8053c75-d5b1-4a8f-aa34-83600307078b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="551c3babaceaef7634df3133d627e1dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8053c75-d5b1-4a8f-aa34-83600307078b" xmlns:ns3="fa2d3107-6ff3-4101-8a67-eedbb21beb10" xmlns:ns4="b8759a14-0f36-467b-89bb-6221a083b0fc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e08563acfd55115b262c1055c49ee310" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <xsd:import namespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <xsd:import namespace="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e05a044c-34aa-4a93-b5a8-32d5d7a2c582" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8053c75-d5b1-4a8f-aa34-83600307078b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="08a9bb23-0875-4998-8f1c-70e8d439cd6c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="14" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b31da6f4-e52d-49d7-b108-9c7783d77463" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="DateOnly" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="12814432-5eb7-4abd-a8c0-bce35b98076f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fa2d3107-6ff3-4101-8a67-eedbb21beb10" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{33945d5b-0755-4280-ac7d-b84d0a672bc4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="12814432-5eb7-4abd-a8c0-bce35b98076f">
-[...10 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b8759a14-0f36-467b-89bb-6221a083b0fc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b0a7f5ae-f627-4195-acdb-56615c0bbd96}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b8759a14-0f36-467b-89bb-6221a083b0fc">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="7" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4111,185 +4295,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC6CCA04-D4F5-49DA-A8D6-CA16C570EAB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FC11CCF-F151-44B0-862E-1CE837224B85}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{276EA240-69F6-47D6-BE15-16EB1753CE97}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="12814432-5eb7-4abd-a8c0-bce35b98076f"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B65B461-E2E9-4759-A0D1-1C5D5C660FF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{276EA240-69F6-47D6-BE15-16EB1753CE97}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DB33728-A362-4926-917B-44B37598716F}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d8053c75-d5b1-4a8f-aa34-83600307078b"/>
+    <ds:schemaRef ds:uri="fa2d3107-6ff3-4101-8a67-eedbb21beb10"/>
+    <ds:schemaRef ds:uri="b8759a14-0f36-467b-89bb-6221a083b0fc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2011</Characters>
+  <Pages>2</Pages>
+  <Words>358</Words>
+  <Characters>2042</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Carta recordatoria de la Encuesta para la persona inscrita en un Plan de salud autorizado (QHP) 2026: español</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2359</CharactersWithSpaces>
+  <CharactersWithSpaces>2396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Carta recordatoria de la Encuesta para la persona inscrita en un Plan de salud autorizado (QHP) 2026: español</dc:title>
   <dc:subject>Encuesta sobre la experiencia de la persona inscrita en un Plan de salud autorizado (Qualified Health Plan, QHP) 2026</dc:subject>
   <dc:creator>Centros de Servicios de Medicare y Medicaid</dc:creator>
   <cp:keywords>encuesta; inscritos; experiencias; plan de salud; URL; proveedor</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100EF4BA34E20C2AF4A838F774B9057FB4A</vt:lpwstr>
+    <vt:lpwstr>0x0101009AF4E8C7DAEE5E4E96BE8345E188BB40</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
     <vt:r8>60400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Language">
     <vt:lpwstr>Spanish</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>