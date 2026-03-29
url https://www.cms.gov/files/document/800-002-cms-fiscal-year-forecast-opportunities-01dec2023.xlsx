--- v0 (2025-12-20)
+++ v1 (2026-03-29)
@@ -1,1469 +1,194 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E8F42DF2-12DB-49D5-BB9B-EC188BDBB261}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <workbookPr/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="980" yWindow="1140" windowWidth="26840" windowHeight="15440" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Page1" sheetId="1" r:id="rId1"/>
+    <sheet name="Page1" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <definedNames/>
+  <calcPr calcId="181029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...1324 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="0"/>
   <fonts count="2">
     <font>
-      <sz val="12"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="12"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
-      <color rgb="FF333333"/>
       <name val="Andale WT"/>
       <family val="2"/>
+      <color rgb="FF333333"/>
+      <sz val="8"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00FFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFC0C0C0"/>
       </left>
       <right style="medium">
         <color rgb="FFC0C0C0"/>
       </right>
       <top style="medium">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1718,3211 +443,5483 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:X48"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A33" workbookViewId="0">
-      <selection activeCell="D37" sqref="D37"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="V3" sqref="V3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15.5"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
-    <col min="1" max="1" width="15" bestFit="1" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="24" max="24" width="15.9140625" bestFit="1" customWidth="1"/>
+    <col width="11" bestFit="1" customWidth="1" min="1" max="1"/>
+    <col width="9.83203125" bestFit="1" customWidth="1" min="2" max="2"/>
+    <col width="8.33203125" bestFit="1" customWidth="1" min="3" max="3"/>
+    <col width="4" bestFit="1" customWidth="1" min="4" max="4"/>
+    <col width="12.83203125" bestFit="1" customWidth="1" min="5" max="5"/>
+    <col width="12.83203125" customWidth="1" min="6" max="6"/>
+    <col width="21.83203125" bestFit="1" customWidth="1" min="7" max="7"/>
+    <col width="12.33203125" bestFit="1" customWidth="1" min="8" max="8"/>
+    <col width="13" bestFit="1" customWidth="1" min="9" max="9"/>
+    <col width="17.5" bestFit="1" customWidth="1" min="10" max="10"/>
+    <col width="18.33203125" bestFit="1" customWidth="1" min="11" max="11"/>
+    <col width="27.83203125" bestFit="1" customWidth="1" min="12" max="12"/>
+    <col width="7.5" bestFit="1" customWidth="1" min="13" max="13"/>
+    <col width="19.6640625" bestFit="1" customWidth="1" min="14" max="14"/>
+    <col width="24.83203125" bestFit="1" customWidth="1" min="15" max="15"/>
+    <col width="11.5" bestFit="1" customWidth="1" min="16" max="16"/>
+    <col width="17.5" bestFit="1" customWidth="1" min="17" max="17"/>
+    <col width="12.83203125" bestFit="1" customWidth="1" min="18" max="18"/>
+    <col width="15.33203125" bestFit="1" customWidth="1" min="19" max="19"/>
+    <col width="13.1640625" bestFit="1" customWidth="1" min="20" max="20"/>
+    <col width="8.1640625" bestFit="1" customWidth="1" min="21" max="21"/>
+    <col width="22.5" bestFit="1" customWidth="1" min="22" max="22"/>
+    <col width="27.6640625" bestFit="1" customWidth="1" min="23" max="23"/>
+    <col width="7.1640625" bestFit="1" customWidth="1" min="24" max="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
-[...70 lines deleted...]
-        <v>23</v>
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Contracting Office</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>OAGM Division</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Center/Office</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>APP#</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Project Title of Action</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Project Description</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Anticipated Solicitation Release Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Planned Award Date</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Anticipated POP Start</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Anticipated Contract Duration</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Estimated Current FY $ Range</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>Estimated Value of Contract Base &amp; All Options</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>Action Type</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Existing Contract # (if applicable)</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Existing Task or BPA Call # (if applicable)</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Acquisition Method</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Contract Type of Base Award</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Associated IDIQ/BPA</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Current Contractor Name</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Product Service Code</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>NAICS Code</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Requiring Office/Program Office POC</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>CO Email</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>OAGM CO</t>
+        </is>
       </c>
     </row>
-    <row r="2" spans="1:24">
-[...55 lines deleted...]
-        <v>41</v>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CMCS - MBHPG</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>260680</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>RECOMPETE - Survey of Retail Prices</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>The purpose is to contract for the performance of a monthly survey of retail community pharmacy covered outpatient drug prices and the generation of resulting publicly available pricing file entitled the National Average Drug Acquisition Cost (NADAC) file.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>03/03/2026</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>07/08/2026</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>07/08/2026</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr"/>
+      <c r="O2" t="inlineStr"/>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr"/>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr"/>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Brown, Thomas</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>jennifer.davis@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Davis, Jennifer</t>
+        </is>
       </c>
     </row>
-    <row r="3" spans="1:24">
-[...64 lines deleted...]
-        <v>58</v>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>ITCG - DDCC</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>OEDA - DIDG</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>270003</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Enterprise Privacy Policy Engine (EPPE) Recompete</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>The purpose of this requirement is to provide a modern system that is easy to support the tracking and release of CMS’ data, while maintaining the highest level of security and privacy for that information required by the Statement of Objectives (SOO) and support the needs of the Data &amp; Information Dissemination Group (DIDG) needs.</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>12/01/2026</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>01/07/2027</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>IDIQ - Competitive</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr"/>
+      <c r="O3" t="inlineStr"/>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R3" t="inlineStr">
+        <is>
+          <t>CMS - Strategic Partners Acquisition Readiness Contract (SPARC) IDIQ</t>
+        </is>
+      </c>
+      <c r="S3" t="inlineStr"/>
+      <c r="T3" t="inlineStr">
+        <is>
+          <t>R617</t>
+        </is>
+      </c>
+      <c r="U3" t="inlineStr">
+        <is>
+          <t>541512</t>
+        </is>
+      </c>
+      <c r="V3" t="inlineStr">
+        <is>
+          <t>Dorman, Rebecca</t>
+        </is>
+      </c>
+      <c r="W3" t="inlineStr">
+        <is>
+          <t>walker.hare@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X3" t="inlineStr">
+        <is>
+          <t>Hare, Walker</t>
+        </is>
       </c>
     </row>
-    <row r="4" spans="1:24">
-[...70 lines deleted...]
-        <v>75</v>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>ITCG - DDCC</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>OIT - AMG</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>270007</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Common Working File (CWF) - Recompete</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Common Working File (CWF) - Recompete</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>07/31/2026</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>12/01/2026</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr"/>
+      <c r="O4" t="inlineStr"/>
+      <c r="P4" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q4" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R4" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S4" t="inlineStr"/>
+      <c r="T4" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U4" t="inlineStr"/>
+      <c r="V4" t="inlineStr">
+        <is>
+          <t>Puepke, Kirk</t>
+        </is>
+      </c>
+      <c r="W4" t="inlineStr">
+        <is>
+          <t>meghan.critzman@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X4" t="inlineStr">
+        <is>
+          <t>Critzman, Meghan</t>
+        </is>
       </c>
     </row>
-    <row r="5" spans="1:24">
-[...64 lines deleted...]
-        <v>58</v>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>CCIIO - PPFMG</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>260038J</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Stakeholder Training and Program Support</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>The purpose of this task order is to ensure continuity of established and proposed issuer training and outreach for issuer-interfacing functions, as well as the training and outreach for other entities that support issuers through the Marketplaces, such as agents and brokers, State not-for- profit reinsurance entities and State-based Marketplaces.</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>02/16/2026</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr"/>
+      <c r="O5" t="inlineStr"/>
+      <c r="P5" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q5" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R5" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S5" t="inlineStr"/>
+      <c r="T5" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U5" t="inlineStr"/>
+      <c r="V5" t="inlineStr">
+        <is>
+          <t>Henderson, Sonia</t>
+        </is>
+      </c>
+      <c r="W5" t="inlineStr">
+        <is>
+          <t>malissa.shin@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X5" t="inlineStr">
+        <is>
+          <t>Shin, Malissa</t>
+        </is>
       </c>
     </row>
-    <row r="6" spans="1:24">
-[...67 lines deleted...]
-        <v>96</v>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>ITCG - DDCC</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>OIT - AMG</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>270020</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>MCADS Recompete</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>MCADS Recompete</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>12/01/2026</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>04/30/2027</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>05/01/2027</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr"/>
+      <c r="O6" t="inlineStr"/>
+      <c r="P6" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q6" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R6" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S6" t="inlineStr"/>
+      <c r="T6" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U6" t="inlineStr"/>
+      <c r="V6" t="inlineStr">
+        <is>
+          <t>Brown, Danielle</t>
+        </is>
+      </c>
+      <c r="W6" t="inlineStr">
+        <is>
+          <t>meghan.critzman@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X6" t="inlineStr">
+        <is>
+          <t>Critzman, Meghan</t>
+        </is>
       </c>
     </row>
-    <row r="7" spans="1:24">
-[...58 lines deleted...]
-        <v>110</v>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>ASG - DPIFMC</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>OFM - PARG</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>260453</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>EIPM SC Recompete 2026</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>To obtain a Review Contractor (SC) to produce an improper payment rate for Benefit Years 2026-2029 for the Federal Exchange Improper Payment Measurement (FEIPM) and State-Based Exchanges Improper Payment Measurement (SEIPM) program. This work continues to be critical to the mission of CMS and compliance with the Federal Statute.</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr"/>
+      <c r="N7" t="inlineStr"/>
+      <c r="O7" t="inlineStr"/>
+      <c r="P7" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q7" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr"/>
+      <c r="S7" t="inlineStr"/>
+      <c r="T7" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U7" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V7" t="inlineStr">
+        <is>
+          <t>Kim, Laurie</t>
+        </is>
+      </c>
+      <c r="W7" t="inlineStr">
+        <is>
+          <t>nicole.hoey@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X7" t="inlineStr">
+        <is>
+          <t>Hoey, Nicole</t>
+        </is>
       </c>
     </row>
-    <row r="8" spans="1:24">
-[...58 lines deleted...]
-        <v>119</v>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>OACT - OACT</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>260737</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Private Marketscan Commercial Health Insurance Claims Database</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>The purpose of this new requirement is to purchase descriptive statistical data from a MarketScan database on private health insurance claims.</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>09/22/2026</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>09/22/2026</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>3 Years</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>&gt;= $150K and &lt; $500K</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>&gt;= $500K and &lt; $1M</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr"/>
+      <c r="O8" t="inlineStr"/>
+      <c r="P8" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q8" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R8" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S8" t="inlineStr"/>
+      <c r="T8" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U8" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V8" t="inlineStr">
+        <is>
+          <t>Dunnigan, Edward</t>
+        </is>
+      </c>
+      <c r="W8" t="inlineStr">
+        <is>
+          <t>elliott.sloan@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X8" t="inlineStr">
+        <is>
+          <t>Sloan, Elliott</t>
+        </is>
       </c>
     </row>
-    <row r="9" spans="1:24">
-[...55 lines deleted...]
-        <v>128</v>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>CCIIO - MPMG</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>260111J</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Marketplace Operations, Communications, and Quality Assurance Support</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>The purpose of this task order is to acquire quality management, strategic communication, and operational support services for the Center for Consumer Information and Insurance Oversight (CCIIO). These services will help direct and control the quality of CCIIO’s efforts with regard to qualified health plans (QHPs).</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>04/17/2026</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>08/15/2026</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>2 Years</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Sole Source</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>GS-00F-221CA</t>
+        </is>
+      </c>
+      <c r="O9" t="inlineStr">
+        <is>
+          <t>75FCMC21F0045</t>
+        </is>
+      </c>
+      <c r="P9" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q9" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R9" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S9" t="inlineStr">
+        <is>
+          <t>Duty First Consulting, LLC</t>
+        </is>
+      </c>
+      <c r="T9" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U9" t="inlineStr"/>
+      <c r="V9" t="inlineStr">
+        <is>
+          <t>Bodrick, Stephanie</t>
+        </is>
+      </c>
+      <c r="W9" t="inlineStr">
+        <is>
+          <t>kelly.housein@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X9" t="inlineStr">
+        <is>
+          <t>Housein, Kelly</t>
+        </is>
       </c>
     </row>
-    <row r="10" spans="1:24">
-[...64 lines deleted...]
-        <v>139</v>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>ITCG - DDCC</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>CCSQ - ISG</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>260100J</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Quality Data and Analytics Services (QDAS) Re-Compete</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>The Quality Data and Analytics Services (QDAS) Performance Work Statement (PWS) Statement addresses operations and maintenance (O&amp;M), as well as continuous technology and business process improvements of the CCSQ’s Enterprise Data and Analytic services, including IT management and governance, business process analysis, Human-Centered Design (HCD), user research, community engagement, training and coaching, agile solution architecture and design, agile application development, configuration and innovation, analytics and reporting, integration with other CMS and CCSQ applications, and DevOps and MLOps.</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>03/20/2026</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>06/11/2026</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>06/20/2026</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>BPA Call - Competitive</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>75FCMC22A0001</t>
+        </is>
+      </c>
+      <c r="O10" t="inlineStr">
+        <is>
+          <t>75FCMC22F0001</t>
+        </is>
+      </c>
+      <c r="P10" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q10" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R10" t="inlineStr">
+        <is>
+          <t>CMS - Data Analytics Supporting Healthcare (DASH) BPA</t>
+        </is>
+      </c>
+      <c r="S10" t="inlineStr">
+        <is>
+          <t>eSimplicity, Inc.</t>
+        </is>
+      </c>
+      <c r="T10" t="inlineStr">
+        <is>
+          <t>DF10</t>
+        </is>
+      </c>
+      <c r="U10" t="inlineStr">
+        <is>
+          <t>541519</t>
+        </is>
+      </c>
+      <c r="V10" t="inlineStr">
+        <is>
+          <t>Brown, Jonathan</t>
+        </is>
+      </c>
+      <c r="W10" t="inlineStr">
+        <is>
+          <t>alex.jarema@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X10" t="inlineStr">
+        <is>
+          <t>Jarema, Alex</t>
+        </is>
       </c>
     </row>
-    <row r="11" spans="1:24">
-[...61 lines deleted...]
-        <v>119</v>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>ITCG - DISC</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>OIT - ESSG</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>260786</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Risk Adjustment Suite of Systems (RASS) Logical Follow-On</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>The Centers for Medicare &amp; Medicaid Services (CMS) seeks contractor support for the continued operations, maintenance, modernization, and enhancement of the Risk Adjustment Suite of Systems (RASS). The purpose of this SOO is to define performance objectives necessary to ensure the effective functioning of RASS while enabling innovation, scalability, and future-readiness aligned with CMS strategic goals.</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>04/22/2026</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>1 Year</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Limited Sources</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>GS-35F-012DA</t>
+        </is>
+      </c>
+      <c r="O11" t="inlineStr">
+        <is>
+          <t>75FCMC21F0037</t>
+        </is>
+      </c>
+      <c r="P11" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q11" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R11" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S11" t="inlineStr">
+        <is>
+          <t>Index Analytics</t>
+        </is>
+      </c>
+      <c r="T11" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U11" t="inlineStr"/>
+      <c r="V11" t="inlineStr">
+        <is>
+          <t>Heard, Nakia</t>
+        </is>
+      </c>
+      <c r="W11" t="inlineStr">
+        <is>
+          <t>yadira.kelly@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X11" t="inlineStr">
+        <is>
+          <t>Kelly, Yadira</t>
+        </is>
       </c>
     </row>
-    <row r="12" spans="1:24">
-[...58 lines deleted...]
-        <v>128</v>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>CM - HAPG</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>260138J</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>OUTPATIENT PROSPECTIVE PAYMENT SYSTEM (OPPS)</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>OUTPATIENT PROSPECTIVE PAYMENT SYSTEM (OPPS)</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>05/17/2026</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>08/13/2026</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>09/17/2026</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>GS10F0133S</t>
+        </is>
+      </c>
+      <c r="O12" t="inlineStr">
+        <is>
+          <t>75FCMC21F0078</t>
+        </is>
+      </c>
+      <c r="P12" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q12" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R12" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S12" t="inlineStr">
+        <is>
+          <t>Acumen</t>
+        </is>
+      </c>
+      <c r="T12" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U12" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V12" t="inlineStr">
+        <is>
+          <t>Washington, AuSha</t>
+        </is>
+      </c>
+      <c r="W12" t="inlineStr">
+        <is>
+          <t>dawn.wilkins@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X12" t="inlineStr">
+        <is>
+          <t>Wilkins, Dawn</t>
+        </is>
       </c>
     </row>
-    <row r="13" spans="1:24">
-[...58 lines deleted...]
-        <v>110</v>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>CM - HAPG</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>260139J</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Inpatient Prospective Payment System (IPPS) wage index cost report audits.</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Inpatient Prospective Payment System (IPPS) wage index cost report audits.</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>05/17/2026</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>08/30/2026</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>09/14/2026</t>
+        </is>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>&gt;= $150K and &lt; $500K</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>&gt;= $1M and &lt; $2M</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>GS23F0002X</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>75FCMC21F0085</t>
+        </is>
+      </c>
+      <c r="P13" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q13" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R13" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S13" t="inlineStr">
+        <is>
+          <t>CAHABA</t>
+        </is>
+      </c>
+      <c r="T13" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U13" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V13" t="inlineStr">
+        <is>
+          <t>Manlove, Noel</t>
+        </is>
+      </c>
+      <c r="W13" t="inlineStr">
+        <is>
+          <t>cathryn.kim@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X13" t="inlineStr">
+        <is>
+          <t>Kim, Cathryn</t>
+        </is>
       </c>
     </row>
-    <row r="14" spans="1:24">
-[...64 lines deleted...]
-        <v>173</v>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>ASG - DQC</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>OSFLO - FLMG</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>260744</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>United Parcel Services, UPS</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>The purpose of this request is to exercise Option Year 3 of the UPS Shipping Contract with a Period of Performance of 01 April 2026 to 31 March 2027.
+HTC711-23-D-C025	75FCMC23F0034</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>&gt;= $150K and &lt; $500K</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>&gt;= $500K and &lt; $1M</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>Modification - Option Exercise</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr"/>
+      <c r="O14" t="inlineStr"/>
+      <c r="P14" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q14" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R14" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S14" t="inlineStr"/>
+      <c r="T14" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U14" t="inlineStr"/>
+      <c r="V14" t="inlineStr">
+        <is>
+          <t>Diggs, Andre</t>
+        </is>
+      </c>
+      <c r="W14" t="inlineStr">
+        <is>
+          <t>heather.parr-stewartlang@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X14" t="inlineStr">
+        <is>
+          <t>Parr-Stewart Lang, Heather</t>
+        </is>
       </c>
     </row>
-    <row r="15" spans="1:24">
-[...64 lines deleted...]
-        <v>185</v>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>ASG - DPIFMC</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>CPI - CMG</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>260861</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Adverse Legal Action</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>In accordance with 42 CFR Section 424.535, CMS revokes providers and suppliers enrolled in the Medicare program for violations of enrollment requirements. The Contractor reviews cases for potential administrative action where a provider or supplier has an HHS OIG exclusion, a felony conviction, a license action, and/or a State Medicaid termination. Providers with an HHS OIG exclusion are statutorily prohibited from receiving federal healthcare payments under the Social Security Act. In addition, the Contractor’s thorough analysis of criminal dockets and licensure cases helps ensure that providers with detrimental felony convictions and/or unlicensed providers are unable to treat Medicare beneficiaries and receive Medicare payment. Also, the Contractor reviews State Medicaid terminations for potential publication in the Data Exchange System and for potential revocation from the Medicare program.</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>04/02/2026</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>07/31/2026</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>07/24/2026</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>75FCMC20D0008</t>
+        </is>
+      </c>
+      <c r="O15" t="inlineStr">
+        <is>
+          <t>75FCMC21F0001</t>
+        </is>
+      </c>
+      <c r="P15" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q15" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R15" t="inlineStr">
+        <is>
+          <t>CMS - Provider Enrollment and Oversight IDIQ</t>
+        </is>
+      </c>
+      <c r="S15" t="inlineStr">
+        <is>
+          <t>A P Ventures, LLC</t>
+        </is>
+      </c>
+      <c r="T15" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U15" t="inlineStr">
+        <is>
+          <t>541990</t>
+        </is>
+      </c>
+      <c r="V15" t="inlineStr">
+        <is>
+          <t>Hrabowski, Abigail</t>
+        </is>
+      </c>
+      <c r="W15" t="inlineStr">
+        <is>
+          <t>david.hochendoner@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X15" t="inlineStr">
+        <is>
+          <t>Hochendoner, David</t>
+        </is>
       </c>
     </row>
-    <row r="16" spans="1:24">
-[...64 lines deleted...]
-        <v>197</v>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>ITCG - DDCC</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>OFM - FMSG</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>270025</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>PSR STAR Recompete</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>PSR STAR Recompete</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>06/30/2026</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>07/01/2027</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>07/01/2027</t>
+        </is>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr"/>
+      <c r="P16" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q16" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R16" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S16" t="inlineStr"/>
+      <c r="T16" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U16" t="inlineStr"/>
+      <c r="V16" t="inlineStr">
+        <is>
+          <t>Vaysman, Olga</t>
+        </is>
+      </c>
+      <c r="W16" t="inlineStr">
+        <is>
+          <t>julie.bebber@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X16" t="inlineStr">
+        <is>
+          <t>Bebber, Julie</t>
+        </is>
       </c>
     </row>
-    <row r="17" spans="1:24">
-[...58 lines deleted...]
-        <v>110</v>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>CCIIO - MITG</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>260144J</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>Agile Usability Experience Analysis Re-compete</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>The purpose of this work is to perform agile user research to understand the needs of the users and systems. The term user includes, and is not limited to, all individuals, entities, and stakeholders who interact with the system both internal and external to CCIIO, and to provide findings and recommendations, translate findings and recommendations into Jira story tickets, track and keep a record of all the work on the designated CMS Confluence repositories, and all necessary user research functions.</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>03/15/2026</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>07/15/2026</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>08/01/2026</t>
+        </is>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>&gt;= $500K and &lt; $1M</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Sole Source</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>75FCMC23C0041</t>
+        </is>
+      </c>
+      <c r="O17" t="inlineStr"/>
+      <c r="P17" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q17" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R17" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S17" t="inlineStr">
+        <is>
+          <t>Tyrula, LLC</t>
+        </is>
+      </c>
+      <c r="T17" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U17" t="inlineStr"/>
+      <c r="V17" t="inlineStr">
+        <is>
+          <t>De Sene, Josefina</t>
+        </is>
+      </c>
+      <c r="W17" t="inlineStr">
+        <is>
+          <t>courtney.garnes@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X17" t="inlineStr">
+        <is>
+          <t>Garnes, Courtney</t>
+        </is>
       </c>
     </row>
-    <row r="18" spans="1:24">
-[...67 lines deleted...]
-        <v>197</v>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>CRG - DFS</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>CMMI - RRCEG</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>260256J</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>MAHA Elevate - Evaluation Contract</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Evaluation of the Make America Healthy Again: Enhancing Lifestyle and Evaluating Value-based Approaches Through Evidence (MAHA-ELEVATE) Model. The evaluation will assess the model's effectiveness in reducing expenditures without reducing the quality of care for Medicare beneficiaries.</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr"/>
+      <c r="O18" t="inlineStr"/>
+      <c r="P18" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q18" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R18" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S18" t="inlineStr"/>
+      <c r="T18" t="inlineStr">
+        <is>
+          <t>AN42</t>
+        </is>
+      </c>
+      <c r="U18" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V18" t="inlineStr">
+        <is>
+          <t>Lloyd, Jennifer</t>
+        </is>
+      </c>
+      <c r="W18" t="inlineStr">
+        <is>
+          <t>jeannine.bohlen@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X18" t="inlineStr">
+        <is>
+          <t>Bohlen, Jeannine</t>
+        </is>
       </c>
     </row>
-    <row r="19" spans="1:24">
-[...67 lines deleted...]
-        <v>110</v>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>CMMI - SCMG</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>260265J</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>GUARD Model - Implementation and Monitoring Contract</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>The Guarding U.S. Medicare Against Rising Drug Costs (GUARD) Model is a proposed mandatory model that would assess rebates for certain drugs payable under Medicare Part D if the prices exceed those paid in economically comparable countries.</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>&gt; 5 Years</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr"/>
+      <c r="O19" t="inlineStr"/>
+      <c r="P19" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q19" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R19" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S19" t="inlineStr"/>
+      <c r="T19" t="inlineStr">
+        <is>
+          <t>AN42</t>
+        </is>
+      </c>
+      <c r="U19" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V19" t="inlineStr">
+        <is>
+          <t>Chu, Steve</t>
+        </is>
+      </c>
+      <c r="W19" t="inlineStr">
+        <is>
+          <t>stefanie.schmitz@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X19" t="inlineStr">
+        <is>
+          <t>Schmitz, Stefanie</t>
+        </is>
       </c>
     </row>
-    <row r="20" spans="1:24">
-[...58 lines deleted...]
-        <v>110</v>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>MSCG - DFSC</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>CM - CCPG</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>260060J</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Recompete, (ESRD PPS) and AKI PS</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Recompete for project "The Analysis, Development of Methods and Special Studies Required for the Modifications to the Fully Bundled Outpatient Case-Mix Adjusted End Stage Renal Disease Prospective Payment System (ESRD PPS) and the Acute Kidney Disease Payment System (AKI PS)".
+The contractor is to provide support in analyzing and implementing changes to the current end stage renal disease (ESRD) prospective payment system (PPS) and the acute kidney disease (AKI) payment system (PS), monitoring the impact of recent and any upcoming payment policy changes and providing support in analyzing other issues related to the ESRD PPS and AKI PS.
+Incumbent is Acumen 75FCMC21F0096; Target Award Date is June 2026 to include Transition-In period to overlap OP4 POP ending 09/25/2026</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>03/06/2026</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>06/19/2026</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>06/26/2026</t>
+        </is>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K20" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr">
+        <is>
+          <t>GS10F0133S</t>
+        </is>
+      </c>
+      <c r="O20" t="inlineStr">
+        <is>
+          <t>75FCMC21F0096</t>
+        </is>
+      </c>
+      <c r="P20" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q20" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R20" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S20" t="inlineStr">
+        <is>
+          <t>Acumen</t>
+        </is>
+      </c>
+      <c r="T20" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U20" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V20" t="inlineStr">
+        <is>
+          <t>Fahrendorf, Sarah</t>
+        </is>
+      </c>
+      <c r="W20" t="inlineStr">
+        <is>
+          <t>amy.duckworth@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X20" t="inlineStr">
+        <is>
+          <t>Duckworth, Amy</t>
+        </is>
       </c>
     </row>
-    <row r="21" spans="1:24">
-[...58 lines deleted...]
-        <v>229</v>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>CCSQ - QSOG</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>260109J</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>ESRD Dialysis/Transplant/OPO Recompete</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>CMS is seeking a contractor to provide detailed data reports about End Stage Renal Disease (ESRD) facilities (commonly referred to as dialysis facilities), Transplant Programs, and Organ Procurement Organizations (OPOs) in formats that are useful to the Centers for Medicare &amp; Medicaid Services (CMS), states, health care providers, and the general public. These reports will include summaries of patient characteristics, facility characteristics, patient outcomes, and facility practice patterns. These reports will include comparative state, network, regional, and national statistics as appropriate. These reports will be used by CMS in overseeing the quality and safety of the ESRD, Transplant and OPO Programs.</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>09/15/2026</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>Contract - Sole Source</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>75FCMC21C0035</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr"/>
+      <c r="P21" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q21" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R21" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S21" t="inlineStr">
+        <is>
+          <t>Regents of the University of Michigan</t>
+        </is>
+      </c>
+      <c r="T21" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U21" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V21" t="inlineStr">
+        <is>
+          <t>Walton, Michele</t>
+        </is>
+      </c>
+      <c r="W21" t="inlineStr">
+        <is>
+          <t>brian.humes@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X21" t="inlineStr">
+        <is>
+          <t>Humes, Brian</t>
+        </is>
       </c>
     </row>
-    <row r="22" spans="1:24">
-[...55 lines deleted...]
-        <v>239</v>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>OC - SMG</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>260832</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>Outreach to Encourage Enrollment in Medicare’s Low-Income Programs</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>This task order will provide a Public Education and Outreach Campaign to reach low income Medicare beneficiaries to raise awareness and encourage enrollment in Federal programs that provide Medicare beneficiaries help paying for Medicare and Medicare Prescription Drug coverage, including deductibles, co-insurance, and copayments. These programs include, but are not limited to, the Medicare Savings Program (MSP) and the Low-Income Subsidy (LIS) program.</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>04/03/2026</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>09/19/2026</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>09/18/2026</t>
+        </is>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr"/>
+      <c r="O22" t="inlineStr"/>
+      <c r="P22" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q22" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R22" t="inlineStr">
+        <is>
+          <t>CMS - National Education Campaign &amp; Outreach (NEC) IDIQ</t>
+        </is>
+      </c>
+      <c r="S22" t="inlineStr"/>
+      <c r="T22" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U22" t="inlineStr"/>
+      <c r="V22" t="inlineStr">
+        <is>
+          <t>Edlavitch, Seth</t>
+        </is>
+      </c>
+      <c r="W22" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X22" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
       </c>
     </row>
-    <row r="23" spans="1:24">
-[...67 lines deleted...]
-        <v>252</v>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>OC - ICMS</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>260201J</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>Integrated Communications Management Operations and Technical</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>New Award to support Integrated Communications Management Operations and Technical Assistance (ICMOTA) . The purpose of this contract is to provide broad operational and technical support to the CMS/Office of Communications/Partner Relations Group related to the objectives, tasks, and goals of the group. This support includes, but is not limited to:
+1. Obtaining strategic development and implementation support for overall relationship management with various internal and external stakeholders and partners;
+2. Support various CMS campaigns and initiatives;
+3. Support various conferences and provide logistics and CMS materials and
+4. Support various other technical and operational functions of the group.</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
+        <is>
+          <t>09/19/2026</t>
+        </is>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>3 Years</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr"/>
+      <c r="O23" t="inlineStr"/>
+      <c r="P23" t="inlineStr">
+        <is>
+          <t>Reserved For Small Business</t>
+        </is>
+      </c>
+      <c r="Q23" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R23" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S23" t="inlineStr">
+        <is>
+          <t>Novak Birch</t>
+        </is>
+      </c>
+      <c r="T23" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U23" t="inlineStr">
+        <is>
+          <t>561920</t>
+        </is>
+      </c>
+      <c r="V23" t="inlineStr">
+        <is>
+          <t>Oguejiofor, Kenny</t>
+        </is>
+      </c>
+      <c r="W23" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X23" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
       </c>
     </row>
-    <row r="24" spans="1:24">
-[...55 lines deleted...]
-        <v>261</v>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>CMMI - RRCEG</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>270037</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>GLOBE Model - Evaluation Contract</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>GLOBE (Global Benchmark for Efficient Drug Pricing) Model. The Global Benchmark for Efficient Drug Pricing (GLOBE) Model is a proposed mandatory model that would assess a rebate for certain drugs payable under Medicare Part B if the prices exceed those paid in economically comparable countries.</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>&gt; 5 Years</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr"/>
+      <c r="O24" t="inlineStr"/>
+      <c r="P24" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R24" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S24" t="inlineStr"/>
+      <c r="T24" t="inlineStr">
+        <is>
+          <t>AN42</t>
+        </is>
+      </c>
+      <c r="U24" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V24" t="inlineStr">
+        <is>
+          <t>Ly, Caroline</t>
+        </is>
+      </c>
+      <c r="W24" t="inlineStr">
+        <is>
+          <t>john.cruse1@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X24" t="inlineStr">
+        <is>
+          <t>Cruse, John</t>
+        </is>
       </c>
     </row>
-    <row r="25" spans="1:24">
-[...55 lines deleted...]
-        <v>261</v>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>CCIIO - MPMG</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>260134J</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>Re-compete of FFE Oversight - 21F0068</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Re-compete of Booz Allen Hamilton task order - GS-00F-008DA/75FCMC21F0068 - Federally Facilitated Exchange Oversight</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>06/15/2026</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>06/25/2026</t>
+        </is>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>GS-00F-008DA</t>
+        </is>
+      </c>
+      <c r="O25" t="inlineStr">
+        <is>
+          <t>75FCMC21F0068</t>
+        </is>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q25" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R25" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S25" t="inlineStr">
+        <is>
+          <t>Booz Allen Hamilton</t>
+        </is>
+      </c>
+      <c r="T25" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U25" t="inlineStr"/>
+      <c r="V25" t="inlineStr">
+        <is>
+          <t>Paige, Lesa</t>
+        </is>
+      </c>
+      <c r="W25" t="inlineStr">
+        <is>
+          <t>amberly.kovalick@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X25" t="inlineStr">
+        <is>
+          <t>Kovalick, Amberly</t>
+        </is>
       </c>
     </row>
-    <row r="26" spans="1:24">
-[...58 lines deleted...]
-        <v>110</v>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>CMCS - FMG</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>260834</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>Medicaid Financial Oversight Analysis Recompete</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>The purpose of this new task order is for the contractor to support CMCS in researching and analyzing data to create recommendations to better manage and oversee the $600 billion in Medicaid funding to increase accountability and improve financial integrity of CMCS and state Medicaid and CHIP programs.</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>07/10/2026</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>07/13/2026</t>
+        </is>
+      </c>
+      <c r="J26" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K26" t="inlineStr">
+        <is>
+          <t>&gt;= $1M and &lt; $2M</t>
+        </is>
+      </c>
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>IDIQ - Competitive</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr">
+        <is>
+          <t>75FCMC19D0092</t>
+        </is>
+      </c>
+      <c r="O26" t="inlineStr">
+        <is>
+          <t>75FCMC21F0003</t>
+        </is>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q26" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R26" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S26" t="inlineStr">
+        <is>
+          <t>National Opinion Research Center (NORC)</t>
+        </is>
+      </c>
+      <c r="T26" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U26" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V26" t="inlineStr">
+        <is>
+          <t>Harrison, Wendy</t>
+        </is>
+      </c>
+      <c r="W26" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X26" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
       </c>
     </row>
-    <row r="27" spans="1:24">
-[...67 lines deleted...]
-        <v>276</v>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>OSPR - OSPR</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>260937</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>Rural Health Transformation</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>08/01/2026</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>08/01/2027</t>
+        </is>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr"/>
+      <c r="O27" t="inlineStr"/>
+      <c r="P27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R27" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S27" t="inlineStr"/>
+      <c r="T27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U27" t="inlineStr"/>
+      <c r="V27" t="inlineStr">
+        <is>
+          <t>Penny, Alexis</t>
+        </is>
+      </c>
+      <c r="W27" t="inlineStr">
+        <is>
+          <t>brian.humes@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X27" t="inlineStr">
+        <is>
+          <t>Humes, Brian</t>
+        </is>
       </c>
     </row>
-    <row r="28" spans="1:24">
-[...61 lines deleted...]
-        <v>285</v>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>CM - MDHPCAG</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>260146J</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>Performance Measurement for MA Program</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>The purpose of this contract is to support CMS in developing and collecting MA HEDIS® measures for MAOs and SNPs; developing and implementing new quantifiable outcome measures that focus on assessing the performance of care coordination in MAOs and to implement the review and approval of SNP models of care as required by Section 1859(f)(7) of the Act.</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>09/15/2026</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>09/29/2026</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Sole Source</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr"/>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R28" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S28" t="inlineStr"/>
+      <c r="T28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U28" t="inlineStr"/>
+      <c r="V28" t="inlineStr">
+        <is>
+          <t>Lehman, Daniel</t>
+        </is>
+      </c>
+      <c r="W28" t="inlineStr">
+        <is>
+          <t>dawn.wilkins@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X28" t="inlineStr">
+        <is>
+          <t>Wilkins, Dawn</t>
+        </is>
       </c>
     </row>
-    <row r="29" spans="1:24">
-[...55 lines deleted...]
-        <v>293</v>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>CMMI - LDG</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>261157</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Strategic Management of the Health Care Payment LAN 4.0</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>The purpose of this task order is to solicit proposals that assist CMMI in operating the LAN and further increase alignment with CMS, private payers, states, providers, and other health care system stakeholders in moving payment away from traditional FFS methods and towards more effective APMs that deliver higher quality to patients at lower cost. By bringing innovators together to share best practices, identify barriers, and develop aligned strategies, CMMI, through its operation of the LAN, intends to increase adoption of more effective and resilient APMs that deliver high-quality, cost-efficient care to make America healthy again.</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>IDIQ - Competitive</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
+      <c r="O29" t="inlineStr"/>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R29" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S29" t="inlineStr"/>
+      <c r="T29" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U29" t="inlineStr"/>
+      <c r="V29" t="inlineStr">
+        <is>
+          <t>Roache, Scott</t>
+        </is>
+      </c>
+      <c r="W29" t="inlineStr">
+        <is>
+          <t>john.cruse1@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X29" t="inlineStr">
+        <is>
+          <t>Cruse, John</t>
+        </is>
       </c>
     </row>
-    <row r="30" spans="1:24">
-[...64 lines deleted...]
-        <v>96</v>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>CMMI - SCMG</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>260264J</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>GLOBE Model - Implementation and Monitoring Contract</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>GLOBE (Global Benchmark for Efficient Drug Pricing) Model. The Global Benchmark for Efficient Drug Pricing (GLOBE) Model is a proposed mandatory model that would assess a rebate for certain drugs payable under Medicare Part B if the prices exceed those paid in economically comparable countries.</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="J30" t="inlineStr">
+        <is>
+          <t>&gt; 5 Years</t>
+        </is>
+      </c>
+      <c r="K30" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr"/>
+      <c r="O30" t="inlineStr"/>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R30" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S30" t="inlineStr"/>
+      <c r="T30" t="inlineStr">
+        <is>
+          <t>AN42</t>
+        </is>
+      </c>
+      <c r="U30" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V30" t="inlineStr">
+        <is>
+          <t>Chu, Steve</t>
+        </is>
+      </c>
+      <c r="W30" t="inlineStr">
+        <is>
+          <t>stefanie.schmitz@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X30" t="inlineStr">
+        <is>
+          <t>Schmitz, Stefanie</t>
+        </is>
       </c>
     </row>
-    <row r="31" spans="1:24">
-[...61 lines deleted...]
-        <v>311</v>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>ITCG - DISC</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>OIT - ESSG</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>261247</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Enterprise Salesforce Services (ESFS)</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>The purpose of this Statement of Objective (SOO) is to acquire Contractor services to provide for the operations and maintenance (O&amp;M) of the Salesforce Enterprise Integration (SEI) platform and Enterprise Salesforce Services (ESFS) within the Centers for Medicare &amp; Medicaid Services (CMS).</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>05/20/2026</t>
+        </is>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>8(a) Contract - Competitive</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr"/>
+      <c r="O31" t="inlineStr"/>
+      <c r="P31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R31" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S31" t="inlineStr"/>
+      <c r="T31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U31" t="inlineStr"/>
+      <c r="V31" t="inlineStr">
+        <is>
+          <t>McMahon, Christopher</t>
+        </is>
+      </c>
+      <c r="W31" t="inlineStr">
+        <is>
+          <t>yadira.kelly@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X31" t="inlineStr">
+        <is>
+          <t>Kelly, Yadira</t>
+        </is>
       </c>
     </row>
-    <row r="32" spans="1:24">
-[...58 lines deleted...]
-        <v>110</v>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>ITCG - DMITSC</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>OC - CCOG</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>260088J</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>Next Generation Desktop (NGD) Operations, Maintenance &amp; Modernization</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>In support of inbound calls, the Next Generation Desktop (NGD) contractor shall integrate NGD with telephony systems to pass information for authentication and self-service, and to ensure screen-pop information and functionality can be transferred to Customer Service Representatives (CSRs), managers, and other personnel.</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>04/23/2026</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>09/15/2026</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>09/15/2026</t>
+        </is>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N32" t="inlineStr"/>
+      <c r="O32" t="inlineStr"/>
+      <c r="P32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R32" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S32" t="inlineStr"/>
+      <c r="T32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U32" t="inlineStr"/>
+      <c r="V32" t="inlineStr">
+        <is>
+          <t>Gewanter, Bonnie</t>
+        </is>
+      </c>
+      <c r="W32" t="inlineStr">
+        <is>
+          <t>donald.bozimski@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X32" t="inlineStr">
+        <is>
+          <t>Bozimski, Donald</t>
+        </is>
       </c>
     </row>
-    <row r="33" spans="1:24">
-[...58 lines deleted...]
-        <v>324</v>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>OC - SMG</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>260700</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>Hispanic Health Insurance Exchange Public Education and Outreach</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Recompete</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>07/10/2026</t>
+        </is>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr"/>
+      <c r="O33" t="inlineStr"/>
+      <c r="P33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R33" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S33" t="inlineStr"/>
+      <c r="T33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U33" t="inlineStr"/>
+      <c r="V33" t="inlineStr">
+        <is>
+          <t>Johanson, Barbara</t>
+        </is>
+      </c>
+      <c r="W33" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X33" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
       </c>
     </row>
-    <row r="34" spans="1:24">
-[...58 lines deleted...]
-        <v>285</v>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>CMCS - MCG</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>260827</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Medicaid Payment Strategies Logical Follow-on</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>The purpose of this requirement is to acquire a qualified vendor to assist The Centers for Medicare &amp; Medicaid Services (CMS) Center for Medicaid and CHIP Services (CMCS) with the organization and analysis of data related to medical loss ratio (MLR), risk mitigation, and state directed payment (SDP) in order to evaluate compliance with Medicaid managed care requirements at 42 C.F.R. § part 438. This is anticipated to be a 2-year logical follow-on to task order 75FCMC19D0091/75FCMC21F0005.</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>05/26/2026</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>09/16/2026</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>09/20/2026</t>
+        </is>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>2 Years</t>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Limited Source</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr">
+        <is>
+          <t>75FCMC19D0091</t>
+        </is>
+      </c>
+      <c r="O34" t="inlineStr">
+        <is>
+          <t>75FCMC21F0005</t>
+        </is>
+      </c>
+      <c r="P34" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R34" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S34" t="inlineStr">
+        <is>
+          <t>Mathematica, Inc.</t>
+        </is>
+      </c>
+      <c r="T34" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U34" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V34" t="inlineStr">
+        <is>
+          <t>Cardin-Kronthal, Noa</t>
+        </is>
+      </c>
+      <c r="W34" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X34" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
       </c>
     </row>
-    <row r="35" spans="1:24">
-[...64 lines deleted...]
-        <v>185</v>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>OSORA - BOS</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>270014</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>CMS FOIA Backlog Reduction Plan Re-Compete</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>The purpose of this project is to review, analyze, and respond to CMS’ Freedom of Information Act (FOIA) cases.</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>12/17/2026</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>12/17/2026</t>
+        </is>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>&gt;= $1M and &lt; $2M</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr"/>
+      <c r="O35" t="inlineStr"/>
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R35" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S35" t="inlineStr"/>
+      <c r="T35" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U35" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V35" t="inlineStr">
+        <is>
+          <t>Merrick, Shanae</t>
+        </is>
+      </c>
+      <c r="W35" t="inlineStr">
+        <is>
+          <t>brian.humes@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X35" t="inlineStr">
+        <is>
+          <t>Humes, Brian</t>
+        </is>
       </c>
     </row>
-    <row r="36" spans="1:24">
-[...67 lines deleted...]
-        <v>110</v>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>ITCG - DDCC</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>OA - OA</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>261007</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>National Provider Directory (NPD)</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>The purpose of this requirement is to obtain professional IT services to develop the National Provider Directory (NPD) which is intended to transition from current state managed directories to a NPD to serve as a critical foundational infrastructure component that enables and supports the entire future health data ecosystem described on CMS.gov.</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>Purchase Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr"/>
+      <c r="O36" t="inlineStr"/>
+      <c r="P36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R36" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S36" t="inlineStr"/>
+      <c r="T36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U36" t="inlineStr"/>
+      <c r="V36" t="inlineStr">
+        <is>
+          <t>DeZalia, Mark</t>
+        </is>
+      </c>
+      <c r="W36" t="inlineStr">
+        <is>
+          <t>alex.jarema@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X36" t="inlineStr">
+        <is>
+          <t>Jarema, Alex</t>
+        </is>
       </c>
     </row>
-    <row r="37" spans="1:24">
-[...67 lines deleted...]
-        <v>119</v>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>CCSQ - QSOG</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>260598</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>Recompete: Long Term Care Survey Process Operational Support &amp; Analysis</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>CMS requires support with the computer-based nursing home survey process; the nursing home survey process needs to be researched, developed, revised and tested due to continuous revisions to Federal regulations and policies.</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>03/20/2026</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>08/21/2026</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K37" t="inlineStr">
+        <is>
+          <t>&gt;= $1M and &lt; $2M</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr"/>
+      <c r="O37" t="inlineStr"/>
+      <c r="P37" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R37" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S37" t="inlineStr"/>
+      <c r="T37" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U37" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V37" t="inlineStr">
+        <is>
+          <t>Tu, Rufina</t>
+        </is>
+      </c>
+      <c r="W37" t="inlineStr">
+        <is>
+          <t>elliott.sloan@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X37" t="inlineStr">
+        <is>
+          <t>Sloan, Elliott</t>
+        </is>
       </c>
     </row>
-    <row r="38" spans="1:24">
-[...61 lines deleted...]
-        <v>370</v>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>MSCG - DFSC</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>CM - MCMG</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>270022</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>Medicare Administrative Contract Jurisdiction 8</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Competition for the J8 MAC jurisdiction.</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>09/01/2027</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>09/01/2027</t>
+        </is>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>&gt; 5 Years</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Contract - Competitive</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>75FCMC19C0002</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr"/>
+      <c r="P38" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>Cost Plus Award Fee</t>
+        </is>
+      </c>
+      <c r="R38" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S38" t="inlineStr">
+        <is>
+          <t>WISCONSIN PHYSICIANS SERVICE INSURANCE CORPORATION</t>
+        </is>
+      </c>
+      <c r="T38" t="inlineStr">
+        <is>
+          <t>G007</t>
+        </is>
+      </c>
+      <c r="U38" t="inlineStr">
+        <is>
+          <t>524114</t>
+        </is>
+      </c>
+      <c r="V38" t="inlineStr">
+        <is>
+          <t>Smith, Phillip</t>
+        </is>
+      </c>
+      <c r="W38" t="inlineStr">
+        <is>
+          <t>mark.smolenski@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X38" t="inlineStr">
+        <is>
+          <t>Smolenski, Mark</t>
+        </is>
       </c>
     </row>
-    <row r="39" spans="1:24">
-[...55 lines deleted...]
-        <v>197</v>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>ITCG - DISC</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>CCIIO - MITG</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>260069J</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>Federally Facilitated Exchange - Recompete</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Federally Facilitated Exchange - Recompete (placeholder requirement)</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>07/14/2026</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>01/11/2027</t>
+        </is>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr"/>
+      <c r="O39" t="inlineStr"/>
+      <c r="P39" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R39" t="inlineStr">
+        <is>
+          <t>External - NITAAC CIO SP3 Unrestricted</t>
+        </is>
+      </c>
+      <c r="S39" t="inlineStr"/>
+      <c r="T39" t="inlineStr">
+        <is>
+          <t>DA01</t>
+        </is>
+      </c>
+      <c r="U39" t="inlineStr">
+        <is>
+          <t>541512</t>
+        </is>
+      </c>
+      <c r="V39" t="inlineStr">
+        <is>
+          <t>Jones, Nalisa</t>
+        </is>
+      </c>
+      <c r="W39" t="inlineStr">
+        <is>
+          <t>jeremy.garvin@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X39" t="inlineStr">
+        <is>
+          <t>Garvin, Jeremy</t>
+        </is>
       </c>
     </row>
-    <row r="40" spans="1:24">
-[...55 lines deleted...]
-        <v>382</v>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>CM - MEAG</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>260025J</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>AdQIC LFO</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Logical Follow On (LFO) of Task Order No. 75FCMC21F0001). The Administrative QIC (AdQIC) provides appeals training and coordination, long term case file storage, referrals to the Medicare Appeals Council within the Departmental Appeals Board (herein Appeals Council), and notifying Medicare Administrative Contractors (MACs) to effectuate Administrative Law Judges (ALJ) and Appeals Council decisions. In addition, the AdQIC will support CMS in making eligibility determinations for retrospective appeals where the contractor shall be known as the “Eligibility Contractor (EC).” The EC shall serve as a single point of contact for incoming retrospective appeal requests submitted by beneficiaries (or their appointed or authorized representatives), or, as applicable, the successors filing on behalf of a deceased beneficiary, under 42 Code of Federal Regulations (CFR) §405.932.</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>09/14/2026</t>
+        </is>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Sole Source</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr"/>
+      <c r="O40" t="inlineStr"/>
+      <c r="P40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R40" t="inlineStr">
+        <is>
+          <t>CMS - Qualified Independent Contractors IDIQ</t>
+        </is>
+      </c>
+      <c r="S40" t="inlineStr"/>
+      <c r="T40" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U40" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V40" t="inlineStr">
+        <is>
+          <t>Torrisi, Michael</t>
+        </is>
+      </c>
+      <c r="W40" t="inlineStr">
+        <is>
+          <t>malissa.shin@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X40" t="inlineStr">
+        <is>
+          <t>Shin, Malissa</t>
+        </is>
       </c>
     </row>
-    <row r="41" spans="1:24">
-[...55 lines deleted...]
-        <v>252</v>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>CM - MDBCDDG</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>260093J</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>Medicare Part D Patient Safety Quality Analysis Support</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>The purpose of this contract is to assist CMS in developing and calculating Part D sponsors’ performance and quality measures. The Contractor will support CMS in its effort to improve the level of accountability for the care beneficiaries receive from Medicare Part D contracts through the Part D Patient Safety measures. Additionally, the Contractor will support CMS efforts to prevent and address opioid overutilization through the OMS, which assists Part D sponsors in administering their DMPs as required by 42 CFR § 423.153(f). The contract also includes tasks associated with the analysis of Patient Safety, quality and medication safety metrics, and the evaluation of the impact of current and proposed future Part D policies on beneficiary health care utilization and outcomes.</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>08/17/2026</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>09/22/2026</t>
+        </is>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K41" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr">
+        <is>
+          <t>GS-10F-0133S</t>
+        </is>
+      </c>
+      <c r="O41" t="inlineStr">
+        <is>
+          <t>75FCMC21F0066</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R41" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S41" t="inlineStr">
+        <is>
+          <t>Acumen</t>
+        </is>
+      </c>
+      <c r="T41" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U41" t="inlineStr"/>
+      <c r="V41" t="inlineStr">
+        <is>
+          <t>Cho, Taemi</t>
+        </is>
+      </c>
+      <c r="W41" t="inlineStr">
+        <is>
+          <t>kelly.housein@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X41" t="inlineStr">
+        <is>
+          <t>Housein, Kelly</t>
+        </is>
       </c>
     </row>
-    <row r="42" spans="1:24">
-[...55 lines deleted...]
-        <v>311</v>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>CCIIO - MEEG</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>260167J</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>Re-compete CCIIO ER&amp;R, Form 1095-A Data Reporting</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>The Contractor performing work under this Statement of Work (SOW) will be responsible for identifying the root cause of enrollment and financial data discrepancies and resolving these discrepancies within the Federally-facilitated Exchange (FFE). For State-based Exchanges (SBEs), the Contractor will coordinate with each SBE to help resolve discrepancies identified through the enrollment reconciliation process.</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>04/13/2026</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>08/15/2026</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>08/29/2026</t>
+        </is>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>47QTCA19D00AJ</t>
+        </is>
+      </c>
+      <c r="O42" t="inlineStr">
+        <is>
+          <t>75FCMC22F0005</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R42" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S42" t="inlineStr">
+        <is>
+          <t>Cognosante</t>
+        </is>
+      </c>
+      <c r="T42" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U42" t="inlineStr"/>
+      <c r="V42" t="inlineStr">
+        <is>
+          <t>Zhuang, Carey</t>
+        </is>
+      </c>
+      <c r="W42" t="inlineStr">
+        <is>
+          <t>amberly.kovalick@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X42" t="inlineStr">
+        <is>
+          <t>Kovalick, Amberly</t>
+        </is>
       </c>
     </row>
-    <row r="43" spans="1:24">
-[...64 lines deleted...]
-        <v>185</v>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>ASG - DQC</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>CCSQ - IIIG</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>260587</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>BFCC SAC</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>BFCC Survey &amp; Audit Center (BFCC-SAC): The contractor shall implement a centralized hub that administers the beneficiary surveys and conducts audit and inter-rater reliability reviews of the BFCC-QIO appeals decisions. The BFCC-SAC shall serve as a source of information for identifying gaps and achievements based on survey and audit findings for continuous improvement, innovation, and collaboration within the BFCC stakeholder community. The contractor will be a CMS partner in continuous quality improvement and work with CMS in efforts to improve the BFCC program.</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>06/15/2026</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>06/15/2026</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Limited Sources</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr"/>
+      <c r="O43" t="inlineStr"/>
+      <c r="P43" t="inlineStr">
+        <is>
+          <t>8(a) Competed</t>
+        </is>
+      </c>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R43" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S43" t="inlineStr"/>
+      <c r="T43" t="inlineStr">
+        <is>
+          <t>R410</t>
+        </is>
+      </c>
+      <c r="U43" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V43" t="inlineStr">
+        <is>
+          <t>Meredith, Kaysha</t>
+        </is>
+      </c>
+      <c r="W43" t="inlineStr">
+        <is>
+          <t>kelley.williams-vollmer@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X43" t="inlineStr">
+        <is>
+          <t>Williams-Vollmer, Kelley</t>
+        </is>
       </c>
     </row>
-    <row r="44" spans="1:24">
-[...61 lines deleted...]
-        <v>382</v>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>ASG - DPIFMC</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>CPI - CMG</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>260656</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>Plan Program Integrity Medicare Drug Integrity Contractor (PPI MEDIC)</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Conducting fraud, waste, and abuse (FWA) detection, deterrence, and prevention activities for Medicare Parts C and D by focusing primarily on data analyses, audits and reviews of Medicare Advantage Organizations (MAOs) and stand-alone Prescription Drug Plan Sponsors (PDPs), outreach and education, and referrals to law enforcement and other appropriate entities.</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>06/28/2026</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>06/29/2026</t>
+        </is>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>Contract - Competitive</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>75FCMC20C0021</t>
+        </is>
+      </c>
+      <c r="O44" t="inlineStr"/>
+      <c r="P44" t="inlineStr">
+        <is>
+          <t>Women Owned Small Business</t>
+        </is>
+      </c>
+      <c r="Q44" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R44" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S44" t="inlineStr">
+        <is>
+          <t>QLARANT INTEGRITY SOLUTIONS LLC</t>
+        </is>
+      </c>
+      <c r="T44" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U44" t="inlineStr">
+        <is>
+          <t>541990</t>
+        </is>
+      </c>
+      <c r="V44" t="inlineStr">
+        <is>
+          <t>Feng, Megan</t>
+        </is>
+      </c>
+      <c r="W44" t="inlineStr">
+        <is>
+          <t>jennifer.kuhn@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X44" t="inlineStr">
+        <is>
+          <t>Kuhn, Jennifer</t>
+        </is>
       </c>
     </row>
-    <row r="45" spans="1:24">
-[...64 lines deleted...]
-        <v>139</v>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>CCSQ - QSOG</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>260681</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>RECOMPETE - Civil Money Penalty App and CMP Reinvestment State Plan Reviews</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Civil Money Penalty (CMP) Application and CMP Reinvestment State Plan Reviews - Recompete</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>08/10/2026</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>08/10/2026</t>
+        </is>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>3 Years</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr"/>
+      <c r="O45" t="inlineStr"/>
+      <c r="P45" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R45" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S45" t="inlineStr"/>
+      <c r="T45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U45" t="inlineStr"/>
+      <c r="V45" t="inlineStr">
+        <is>
+          <t>Kahn, Lorelei</t>
+        </is>
+      </c>
+      <c r="W45" t="inlineStr">
+        <is>
+          <t>jennifer.davis@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X45" t="inlineStr">
+        <is>
+          <t>Davis, Jennifer</t>
+        </is>
       </c>
     </row>
-    <row r="46" spans="1:24">
-[...64 lines deleted...]
-        <v>185</v>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>OSFLO - SMG</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>260783</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>Homeland Security Presidential Directive 12 Support Services Recompete</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>This acquisition involves the continued support for the processing of the vast number of individuals subject to Homeland Security Presidential Directive-12 (HSPD-12) in accordance with the stringent credentialing standards as outlined in Federal Information Processing Standards 201-3 (FIPS 201-3) as well as security requirements defined in Executive Order 13764. This body of work includes the Smart Card Management System (SCMS), HSPD-12 Credentialing, Personnel Security front-end work, MAC remote PIV card issuance facilities (PCIF), Federal Adjudication support, and the credentialing ChatBot to improve customer service This effort ensures uninterrupted services critical to the mission of Centers for Medicare and Medicaid/Security Management Group.</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>04/06/2026</t>
+        </is>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>07/15/2026</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
+        <is>
+          <t>07/16/2026</t>
+        </is>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr">
+        <is>
+          <t>47QRAA18D001P</t>
+        </is>
+      </c>
+      <c r="O46" t="inlineStr">
+        <is>
+          <t>75FCMC25FJ101</t>
+        </is>
+      </c>
+      <c r="P46" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R46" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S46" t="inlineStr">
+        <is>
+          <t>Deloitte Consulting LLP</t>
+        </is>
+      </c>
+      <c r="T46" t="inlineStr">
+        <is>
+          <t>R615</t>
+        </is>
+      </c>
+      <c r="U46" t="inlineStr">
+        <is>
+          <t>541519</t>
+        </is>
+      </c>
+      <c r="V46" t="inlineStr">
+        <is>
+          <t>Redd, Frederick</t>
+        </is>
+      </c>
+      <c r="W46" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X46" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
       </c>
     </row>
-    <row r="47" spans="1:24">
-[...55 lines deleted...]
-        <v>435</v>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>ASG - DPIFMC</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>OFM - PARG</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>260122J</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>EIPM RC Recompete 2026</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>To obtain a Review Contractor (RC) to produce an improper payment rate for Benefit Years 2026-2028 for the Federal Exchange Improper Payment Measurement (FEIPM) and State-Based Exchanges Improper Payment Measurement (SEIPM) program. This work continues to be critical to the mission of CMS and compliance with the Federal Statute.</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K47" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr"/>
+      <c r="N47" t="inlineStr"/>
+      <c r="O47" t="inlineStr"/>
+      <c r="P47" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R47" t="inlineStr"/>
+      <c r="S47" t="inlineStr"/>
+      <c r="T47" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U47" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V47" t="inlineStr">
+        <is>
+          <t>Kim, Laurie</t>
+        </is>
+      </c>
+      <c r="W47" t="inlineStr">
+        <is>
+          <t>nicole.hoey@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X47" t="inlineStr">
+        <is>
+          <t>Hoey, Nicole</t>
+        </is>
       </c>
     </row>
-    <row r="48" spans="1:24">
-[...58 lines deleted...]
-        <v>110</v>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>CCIIO - CSG</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>260191J</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>Independent Dispute Resolution Entity (IDRE) Audit</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>The purpose of the Independent Dispute Resolution Entity (IDRE) Audit Project is to provide the Departments of Health and Human Services, Department of Labor, and Department of the Treasury (Tri-Departments), with critical insights into the overall performance and accountability of certified IDREs with respect to both Eligibility Determination (ED) and Payment Determination (PD) processes and procedures, in relation to the implementation of the Federal independent dispute resolution (IDR) process of the No Surprises Act (NSA).</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>05/15/2026</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P48" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R48" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T48" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U48" t="inlineStr"/>
+      <c r="V48" t="inlineStr">
+        <is>
+          <t>Gray, Jabaar</t>
+        </is>
+      </c>
+      <c r="W48" t="inlineStr">
+        <is>
+          <t>megan.famodu@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X48" t="inlineStr">
+        <is>
+          <t>Famodu, Megan</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...20 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>