--- v0 (2026-01-22)
+++ v1 (2026-03-30)
@@ -448,54 +448,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:X60"/>
+  <dimension ref="A1:X48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="V3" sqref="V3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
     <col width="11" bestFit="1" customWidth="1" min="1" max="1"/>
     <col width="9.83203125" bestFit="1" customWidth="1" min="2" max="2"/>
     <col width="8.33203125" bestFit="1" customWidth="1" min="3" max="3"/>
     <col width="4" bestFit="1" customWidth="1" min="4" max="4"/>
     <col width="12.83203125" bestFit="1" customWidth="1" min="5" max="5"/>
     <col width="12.83203125" customWidth="1" min="6" max="6"/>
     <col width="21.83203125" bestFit="1" customWidth="1" min="7" max="7"/>
     <col width="12.33203125" bestFit="1" customWidth="1" min="8" max="8"/>
     <col width="13" bestFit="1" customWidth="1" min="9" max="9"/>
     <col width="17.5" bestFit="1" customWidth="1" min="10" max="10"/>
     <col width="18.33203125" bestFit="1" customWidth="1" min="11" max="11"/>
     <col width="27.83203125" bestFit="1" customWidth="1" min="12" max="12"/>
     <col width="7.5" bestFit="1" customWidth="1" min="13" max="13"/>
     <col width="19.6640625" bestFit="1" customWidth="1" min="14" max="14"/>
     <col width="24.83203125" bestFit="1" customWidth="1" min="15" max="15"/>
     <col width="11.5" bestFit="1" customWidth="1" min="16" max="16"/>
     <col width="17.5" bestFit="1" customWidth="1" min="17" max="17"/>
     <col width="12.83203125" bestFit="1" customWidth="1" min="18" max="18"/>
     <col width="15.33203125" bestFit="1" customWidth="1" min="19" max="19"/>
     <col width="13.1640625" bestFit="1" customWidth="1" min="20" max="20"/>
     <col width="8.1640625" bestFit="1" customWidth="1" min="21" max="21"/>
@@ -595,6573 +595,5331 @@
           <t>Associated IDIQ/BPA</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>Current Contractor Name</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>Product Service Code</t>
         </is>
       </c>
       <c r="U1" s="1" t="inlineStr">
         <is>
           <t>NAICS Code</t>
         </is>
       </c>
       <c r="V1" s="1" t="inlineStr">
         <is>
           <t>Requiring Office/Program Office POC</t>
         </is>
       </c>
       <c r="W1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Requiring Office/Program Office POC Contact </t>
+          <t>CO Email</t>
         </is>
       </c>
       <c r="X1" s="1" t="inlineStr">
         <is>
           <t>OAGM CO</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>ITCG - DDCC</t>
+          <t>AGG - DBSC</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>OIT - AMG</t>
+          <t>CMCS - MBHPG</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>260099J</t>
+          <t>260680</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>MPSM OSRE re-compete</t>
+          <t>RECOMPETE - Survey of Retail Prices</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>The CMS Operations and System Reliability Engineering (OSRE) will standardize services across product teams working on the Medicare Payment System Modernization (MPSM) platform to support both infrastructure development activities across the MPSM initiative and will define and apply common infrastructure and site reliability practices across multiple development teams ensuring each team has autonomy while maintaining standards.</t>
+          <t>The purpose is to contract for the performance of a monthly survey of retail community pharmacy covered outpatient drug prices and the generation of resulting publicly available pricing file entitled the National Average Drug Acquisition Cost (NADAC) file.</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>03/01/2026</t>
+          <t>03/03/2026</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>09/23/2026</t>
+          <t>07/08/2026</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>09/23/2026</t>
+          <t>07/08/2026</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>5 Years</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>&gt;= $20M and &lt; $50M</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Competitive</t>
-[...11 lines deleted...]
-      </c>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr"/>
+      <c r="O2" t="inlineStr"/>
       <c r="P2" t="inlineStr">
         <is>
-          <t>Reserved For Small Business</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
-          <t>Firm Fixed Price</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="R2" t="inlineStr">
         <is>
-          <t>External - GSA MAS Information Technology</t>
-[...6 lines deleted...]
-      </c>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr"/>
       <c r="T2" t="inlineStr">
         <is>
-          <t>DA01</t>
-[...6 lines deleted...]
-      </c>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr"/>
       <c r="V2" t="inlineStr">
         <is>
-          <t>Berkley, Katrina</t>
-[...2 lines deleted...]
-      <c r="W2" t="inlineStr"/>
+          <t>Brown, Thomas</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>jennifer.davis@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X2" t="inlineStr">
         <is>
-          <t>Bebber, Julie</t>
+          <t>Davis, Jennifer</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>MSCG - DMMC</t>
+          <t>ITCG - DDCC</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>CM - MEAG</t>
+          <t>OEDA - DIDG</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>260135J</t>
+          <t>270003</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Center for Medicare Collaboration Efforts Re-compete</t>
+          <t>Enterprise Privacy Policy Engine (EPPE) Recompete</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>This work supports agency wide initiatives for improvements to the Medicare program and internal/external stakeholder collaboration, and provides CMS with project management and enterprise architecture support for the execution of improvements to Medicare enrollment and beneficiary address data, and to strengthen and streamline cross-agency partnerships with SSA and other Federal partners.</t>
+          <t>The purpose of this requirement is to provide a modern system that is easy to support the tracking and release of CMS’ data, while maintaining the highest level of security and privacy for that information required by the Statement of Objectives (SOO) and support the needs of the Data &amp; Information Dissemination Group (DIDG) needs.</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>01/25/2026</t>
+          <t>08/03/2026</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>05/10/2026</t>
+          <t>12/01/2026</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>05/21/2026</t>
+          <t>01/07/2027</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>5 Years</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
           <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Competitive</t>
-[...11 lines deleted...]
-      </c>
+          <t>IDIQ - Competitive</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr"/>
+      <c r="O3" t="inlineStr"/>
       <c r="P3" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Small Business Set-Aside -- Total</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Firm Fixed Price</t>
         </is>
       </c>
       <c r="R3" t="inlineStr">
         <is>
-          <t>N/A - Not Applicable</t>
-[...6 lines deleted...]
-      </c>
+          <t>CMS - Strategic Partners Acquisition Readiness Contract (SPARC) IDIQ</t>
+        </is>
+      </c>
+      <c r="S3" t="inlineStr"/>
       <c r="T3" t="inlineStr">
         <is>
-          <t>TBD</t>
-[...2 lines deleted...]
-      <c r="U3" t="inlineStr"/>
+          <t>R617</t>
+        </is>
+      </c>
+      <c r="U3" t="inlineStr">
+        <is>
+          <t>541512</t>
+        </is>
+      </c>
       <c r="V3" t="inlineStr">
         <is>
-          <t>Wall, Tammie</t>
-[...2 lines deleted...]
-      <c r="W3" t="inlineStr"/>
+          <t>Dorman, Rebecca</t>
+        </is>
+      </c>
+      <c r="W3" t="inlineStr">
+        <is>
+          <t>walker.hare@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X3" t="inlineStr">
         <is>
-          <t>Wilkins, Dawn</t>
+          <t>Hare, Walker</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>ITCG - DISC</t>
+          <t>ITCG - DDCC</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>CCIIO - MITG</t>
+          <t>OIT - AMG</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>260069J</t>
+          <t>270007</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Federally Facilitated Exchange - Recompete</t>
+          <t>Common Working File (CWF) - Recompete</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Federally Facilitated Exchange - Recompete (placeholder requirement)</t>
+          <t>Common Working File (CWF) - Recompete</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>05/01/2026</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>07/14/2026</t>
+          <t>07/31/2026</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
-          <t>01/11/2027</t>
+          <t>12/01/2026</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>5 Years</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>&gt;= $100M</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>&gt;= $100M</t>
+          <t>&gt;=$50M and &lt;$100M</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>IDIQ/GWAC Order - Competitive</t>
+          <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr"/>
       <c r="P4" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Small Business Set-Aside -- Total</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Time and Materials</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
-          <t>External - NITAAC CIO SP3 Unrestricted</t>
+          <t>External - GSA MAS Information Technology</t>
         </is>
       </c>
       <c r="S4" t="inlineStr"/>
       <c r="T4" t="inlineStr">
         <is>
-          <t>DA01</t>
-[...6 lines deleted...]
-      </c>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U4" t="inlineStr"/>
       <c r="V4" t="inlineStr">
         <is>
-          <t>Jones, Nalisa</t>
-[...2 lines deleted...]
-      <c r="W4" t="inlineStr"/>
+          <t>Puepke, Kirk</t>
+        </is>
+      </c>
+      <c r="W4" t="inlineStr">
+        <is>
+          <t>meghan.critzman@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X4" t="inlineStr">
         <is>
-          <t>Garvin, Jeremy</t>
+          <t>Critzman, Meghan</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>MSCG - DMMC</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>CM - PPPG</t>
+          <t>CCIIO - PPFMG</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>260110J</t>
+          <t>260038J</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>CAHPS Surveys for the Merit-Based Incentive Payment System</t>
+          <t>Stakeholder Training and Program Support</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Implementation of the CAHPS Surveys for the Merit-Based Incentive Payment System and Medicare Shared Savings Program. The Centers for Medicare &amp; Medicaid Services (CMS) makes the Consumer Assessment of Healthcare Providers and Systems (CAHPS) Surveys available to be administered annually by the following CMS and CMS Innovation Center Models: Merit-Based Incentive Payment System (MIPS) Groups and MIPS Virtual Groups, MIPS Alternative Payment Models (APMs), Accountable Care Organizations (ACOs) participating in the Medicare Shared Savings Program (Shared Savings Program) , ACOs participating in the Next Generation ACO Model until the model sunsets after 2021 reporting. Recompete of GS-10F-0275P/75FCMC21F0046.</t>
+          <t>The purpose of this task order is to ensure continuity of established and proposed issuer training and outreach for issuer-interfacing functions, as well as the training and outreach for other entities that support issuers through the Marketplaces, such as agents and brokers, State not-for- profit reinsurance entities and State-based Marketplaces.</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>02/01/2026</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>05/01/2026</t>
+          <t>03/16/2026</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>02/16/2026</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>5 Years</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>&gt;= $2M and &lt; $5M</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>&gt;= $10M and &lt; $20M</t>
+          <t>&gt;= $20M and &lt; $50M</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="N5" t="inlineStr"/>
+      <c r="O5" t="inlineStr"/>
       <c r="P5" t="inlineStr">
         <is>
           <t>Small Business Set-Aside -- Total</t>
         </is>
       </c>
       <c r="Q5" t="inlineStr">
         <is>
-          <t>Firm Fixed Price</t>
+          <t>Time and Materials</t>
         </is>
       </c>
       <c r="R5" t="inlineStr">
         <is>
-          <t>N/A - Not Applicable</t>
-[...6 lines deleted...]
-      </c>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S5" t="inlineStr"/>
       <c r="T5" t="inlineStr">
         <is>
           <t>R499</t>
         </is>
       </c>
-      <c r="U5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="U5" t="inlineStr"/>
       <c r="V5" t="inlineStr">
         <is>
-          <t>Eddins, Theresa</t>
+          <t>Henderson, Sonia</t>
         </is>
       </c>
       <c r="W5" t="inlineStr">
         <is>
-          <t>2126162527</t>
+          <t>malissa.shin@cms.hhs.gov</t>
         </is>
       </c>
       <c r="X5" t="inlineStr">
         <is>
-          <t>Johnson, Rachel</t>
+          <t>Shin, Malissa</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>AGG - DSC</t>
+          <t>ITCG - DDCC</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>CMMI - RRCEG</t>
+          <t>OIT - AMG</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>260258J</t>
+          <t>270020</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>ACCESS - Evaluation Contract</t>
+          <t>MCADS Recompete</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Advancing Chronic Care with Effective, Scalable Solutions (ACCESS) Model valuation contract to be competed under the Research, Measurement, Assessment, Design, and Analysis (RMADA) IDIQ contract</t>
+          <t>MCADS Recompete</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
-          <t>03/01/2026</t>
+          <t>12/01/2026</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>04/30/2027</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>05/01/2027</t>
         </is>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>&gt; 5 Years</t>
+          <t>5 Years</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>&gt;= $10M and &lt; $20M</t>
+          <t>&gt;= $5M and &lt; $10M</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>&gt;= $20M and &lt; $50M</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
-          <t>IDIQ/GWAC Order - Competitive</t>
+          <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr"/>
       <c r="P6" t="inlineStr">
         <is>
-          <t>No Set Aside Used</t>
+          <t>Small Business Set-Aside -- Total</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr">
         <is>
-          <t>Cost Plus Fixed Fee</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="R6" t="inlineStr">
         <is>
-          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+          <t>External - GSA MAS Information Technology</t>
         </is>
       </c>
       <c r="S6" t="inlineStr"/>
       <c r="T6" t="inlineStr">
         <is>
-          <t>AN42</t>
-[...6 lines deleted...]
-      </c>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U6" t="inlineStr"/>
       <c r="V6" t="inlineStr">
         <is>
-          <t>Kahvecioglu, Daver</t>
-[...2 lines deleted...]
-      <c r="W6" t="inlineStr"/>
+          <t>Brown, Danielle</t>
+        </is>
+      </c>
+      <c r="W6" t="inlineStr">
+        <is>
+          <t>meghan.critzman@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X6" t="inlineStr">
         <is>
-          <t>Vollmer, Jason</t>
+          <t>Critzman, Meghan</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>ITCG - DDCC</t>
+          <t>ASG - DPIFMC</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>OIT - AMG</t>
+          <t>OFM - PARG</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>260724</t>
+          <t>260453</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Common Working File (CWF) - Recompete</t>
+          <t>EIPM SC Recompete 2026</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Common Working File (CWF) - Recompete</t>
+          <t>To obtain a Review Contractor (SC) to produce an improper payment rate for Benefit Years 2026-2029 for the Federal Exchange Improper Payment Measurement (FEIPM) and State-Based Exchanges Improper Payment Measurement (SEIPM) program. This work continues to be critical to the mission of CMS and compliance with the Federal Statute.</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>05/01/2026</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>07/31/2026</t>
+          <t>06/01/2026</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>08/01/2026</t>
+          <t>06/01/2026</t>
         </is>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>5 Years</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
           <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="M7" t="inlineStr"/>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr"/>
       <c r="P7" t="inlineStr">
         <is>
-          <t>Small Business Set-Aside -- Total</t>
+          <t>No Set Aside Used</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr">
         <is>
-          <t>Time and Materials</t>
-[...6 lines deleted...]
-      </c>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R7" t="inlineStr"/>
       <c r="S7" t="inlineStr"/>
       <c r="T7" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
-      <c r="U7" t="inlineStr"/>
+      <c r="U7" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
       <c r="V7" t="inlineStr">
         <is>
-          <t>Puepke, Kirk</t>
-[...2 lines deleted...]
-      <c r="W7" t="inlineStr"/>
+          <t>Kim, Laurie</t>
+        </is>
+      </c>
+      <c r="W7" t="inlineStr">
+        <is>
+          <t>nicole.hoey@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X7" t="inlineStr">
         <is>
-          <t>Critzman, Meghan</t>
+          <t>Hoey, Nicole</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>MSCG - DMMC</t>
+          <t>AGG - DBSC</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>CM - MEAG</t>
+          <t>OACT - OACT</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>260025J</t>
+          <t>260737</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>AdQIC LFO</t>
+          <t>Private Marketscan Commercial Health Insurance Claims Database</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>Logical Follow On (LFO) of Task Order No. 75FCMC21F0001). The Administrative QIC (AdQIC) provides appeals training and coordination, long term case file storage, referrals to the Medicare Appeals Council within the Departmental Appeals Board (herein Appeals Council), and notifying Medicare Administrative Contractors (MACs) to effectuate Administrative Law Judges (ALJ) and Appeals Council decisions. In addition, the AdQIC will support CMS in making eligibility determinations for retrospective appeals where the contractor shall be known as the “Eligibility Contractor (EC).” The EC shall serve as a single point of contact for incoming retrospective appeal requests submitted by beneficiaries (or their appointed or authorized representatives), or, as applicable, the successors filing on behalf of a deceased beneficiary, under 42 Code of Federal Regulations (CFR) §405.932.</t>
+          <t>The purpose of this new requirement is to purchase descriptive statistical data from a MarketScan database on private health insurance claims.</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>04/01/2026</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>09/01/2026</t>
+          <t>09/22/2026</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
-          <t>09/14/2026</t>
+          <t>09/22/2026</t>
         </is>
       </c>
       <c r="J8" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>3 Years</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>&gt;= $5M and &lt; $10M</t>
+          <t>&gt;= $150K and &lt; $500K</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
-          <t>&gt;= $20M and &lt; $50M</t>
+          <t>&gt;= $500K and &lt; $1M</t>
         </is>
       </c>
       <c r="M8" t="inlineStr">
         <is>
-          <t>IDIQ/GWAC Order - Sole Source</t>
+          <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr"/>
       <c r="P8" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>No Set Aside Used</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Firm Fixed Price</t>
         </is>
       </c>
       <c r="R8" t="inlineStr">
         <is>
-          <t>CMS - Qualified Independent Contractors IDIQ</t>
+          <t>N/A - Not Applicable</t>
         </is>
       </c>
       <c r="S8" t="inlineStr"/>
       <c r="T8" t="inlineStr">
         <is>
           <t>R499</t>
         </is>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>541611</t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
-          <t>Torrisi, Michael</t>
-[...2 lines deleted...]
-      <c r="W8" t="inlineStr"/>
+          <t>Dunnigan, Edward</t>
+        </is>
+      </c>
+      <c r="W8" t="inlineStr">
+        <is>
+          <t>elliott.sloan@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X8" t="inlineStr">
         <is>
-          <t>Shin, Malissa</t>
+          <t>Sloan, Elliott</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>MSCG - DMMC</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>CCIIO - MPMG</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>260134J</t>
+          <t>260111J</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Re-compete of FFE Oversight - 21F0068</t>
+          <t>Marketplace Operations, Communications, and Quality Assurance Support</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>Re-compete of Booz Allen Hamilton task order - GS-00F-008DA/75FCMC21F0068 - Federally Facilitated Exchange Oversight</t>
+          <t>The purpose of this task order is to acquire quality management, strategic communication, and operational support services for the Center for Consumer Information and Insurance Oversight (CCIIO). These services will help direct and control the quality of CCIIO’s efforts with regard to qualified health plans (QHPs).</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>03/02/2026</t>
+          <t>04/17/2026</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>06/15/2026</t>
+          <t>07/01/2026</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>06/25/2026</t>
+          <t>08/15/2026</t>
         </is>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>2 Years</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>&gt;= $20M and &lt; $50M</t>
+          <t>&gt;= $5M and &lt; $10M</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>&gt;=$50M and &lt;$100M</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Competitive</t>
+          <t>GSA MAS Order - Sole Source</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>GS-00F-008DA</t>
+          <t>GS-00F-221CA</t>
         </is>
       </c>
       <c r="O9" t="inlineStr">
         <is>
-          <t>75FCMC21F0068</t>
+          <t>75FCMC21F0045</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Small Business Set-Aside -- Total</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Time and Materials</t>
         </is>
       </c>
       <c r="R9" t="inlineStr">
         <is>
           <t>External - GSA MAS Professional Services</t>
         </is>
       </c>
       <c r="S9" t="inlineStr">
         <is>
-          <t>Booz Allen Hamilton</t>
+          <t>Duty First Consulting, LLC</t>
         </is>
       </c>
       <c r="T9" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>R499</t>
         </is>
       </c>
       <c r="U9" t="inlineStr"/>
       <c r="V9" t="inlineStr">
         <is>
-          <t>Paige, Lesa</t>
-[...2 lines deleted...]
-      <c r="W9" t="inlineStr"/>
+          <t>Bodrick, Stephanie</t>
+        </is>
+      </c>
+      <c r="W9" t="inlineStr">
+        <is>
+          <t>kelly.housein@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X9" t="inlineStr">
         <is>
-          <t>Kovalick, Amberly</t>
+          <t>Housein, Kelly</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>AGG - DSC</t>
+          <t>ITCG - DDCC</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>CMMI - SCMG</t>
+          <t>CCSQ - ISG</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>260264J</t>
+          <t>260100J</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>GLOBE Model - Implementation and Monitoring Contract</t>
+          <t>Quality Data and Analytics Services (QDAS) Re-Compete</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>GLOBE (Global Benchmark for Efficient Drug Pricing) Model. The Global Benchmark for Efficient Drug Pricing (GLOBE) Model is a proposed mandatory model that would assess a rebate for certain drugs payable under Medicare Part B if the prices exceed those paid in economically comparable countries.</t>
+          <t>The Quality Data and Analytics Services (QDAS) Performance Work Statement (PWS) Statement addresses operations and maintenance (O&amp;M), as well as continuous technology and business process improvements of the CCSQ’s Enterprise Data and Analytic services, including IT management and governance, business process analysis, Human-Centered Design (HCD), user research, community engagement, training and coaching, agile solution architecture and design, agile application development, configuration and innovation, analytics and reporting, integration with other CMS and CCSQ applications, and DevOps and MLOps.</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>04/01/2026</t>
+          <t>03/20/2026</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>06/11/2026</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>06/20/2026</t>
         </is>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>&gt; 5 Years</t>
+          <t>5 Years</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>&gt;= $2M and &lt; $5M</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>&gt;= $20M and &lt; $50M</t>
+          <t>&gt;=$50M and &lt;$100M</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>IDIQ/GWAC Order - Competitive</t>
-[...3 lines deleted...]
-      <c r="O10" t="inlineStr"/>
+          <t>BPA Call - Competitive</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>75FCMC22A0001</t>
+        </is>
+      </c>
+      <c r="O10" t="inlineStr">
+        <is>
+          <t>75FCMC22F0001</t>
+        </is>
+      </c>
       <c r="P10" t="inlineStr">
         <is>
-          <t>No Set Aside Used</t>
+          <t>Small Business Set-Aside -- Total</t>
         </is>
       </c>
       <c r="Q10" t="inlineStr">
         <is>
-          <t>Cost Plus Fixed Fee</t>
+          <t>Firm Fixed Price</t>
         </is>
       </c>
       <c r="R10" t="inlineStr">
         <is>
-          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
-[...2 lines deleted...]
-      <c r="S10" t="inlineStr"/>
+          <t>CMS - Data Analytics Supporting Healthcare (DASH) BPA</t>
+        </is>
+      </c>
+      <c r="S10" t="inlineStr">
+        <is>
+          <t>eSimplicity, Inc.</t>
+        </is>
+      </c>
       <c r="T10" t="inlineStr">
         <is>
-          <t>AN42</t>
+          <t>DF10</t>
         </is>
       </c>
       <c r="U10" t="inlineStr">
         <is>
-          <t>541720</t>
+          <t>541519</t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
-          <t>Chu, Steve</t>
-[...2 lines deleted...]
-      <c r="W10" t="inlineStr"/>
+          <t>Brown, Jonathan</t>
+        </is>
+      </c>
+      <c r="W10" t="inlineStr">
+        <is>
+          <t>alex.jarema@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X10" t="inlineStr">
         <is>
-          <t>Vollmer, Jason</t>
+          <t>Jarema, Alex</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>MSCG - DMMC</t>
+          <t>ITCG - DISC</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>CM - TCPG</t>
+          <t>OIT - ESSG</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>260078J</t>
+          <t>260786</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>BPA DMEPOS CBIC Recompete</t>
+          <t>Risk Adjustment Suite of Systems (RASS) Logical Follow-On</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>Blanket Purchase Agreement (BPA) entitled “Durable Medical Equipment, Prosthetics, Orthotics, and Supplies (DMEPOS) Competitive Bidding Implementation Contractor (CBIC)</t>
+          <t>The Centers for Medicare &amp; Medicaid Services (CMS) seeks contractor support for the continued operations, maintenance, modernization, and enhancement of the Risk Adjustment Suite of Systems (RASS). The purpose of this SOO is to define performance objectives necessary to ensure the effective functioning of RASS while enabling innovation, scalability, and future-readiness aligned with CMS strategic goals.</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>01/20/2026</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>04/27/2026</t>
+          <t>04/22/2026</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>05/01/2026</t>
         </is>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>1 Year</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>&lt;= $25K</t>
+          <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>&lt;= $25K</t>
+          <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Competitive</t>
+          <t>GSA MAS Order - Limited Sources</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>GS-02F-0089U</t>
+          <t>GS-35F-012DA</t>
         </is>
       </c>
       <c r="O11" t="inlineStr">
         <is>
-          <t>75FCMC21A0001</t>
+          <t>75FCMC21F0037</t>
         </is>
       </c>
       <c r="P11" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>No Set Aside Used</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Firm Fixed Price</t>
         </is>
       </c>
       <c r="R11" t="inlineStr">
         <is>
-          <t>CMS - Competitive Bidding Implementation Contractor (CBIC)</t>
+          <t>External - GSA MAS Information Technology</t>
         </is>
       </c>
       <c r="S11" t="inlineStr">
         <is>
-          <t>Palmetto</t>
+          <t>Index Analytics</t>
         </is>
       </c>
       <c r="T11" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
       <c r="U11" t="inlineStr"/>
       <c r="V11" t="inlineStr">
         <is>
-          <t>Gutowski, Austin</t>
-[...2 lines deleted...]
-      <c r="W11" t="inlineStr"/>
+          <t>Heard, Nakia</t>
+        </is>
+      </c>
+      <c r="W11" t="inlineStr">
+        <is>
+          <t>yadira.kelly@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X11" t="inlineStr">
         <is>
-          <t>Kovalick, Amberly</t>
+          <t>Kelly, Yadira</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>MSCG - DMMC</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>CCIIO - MPMG</t>
+          <t>CM - HAPG</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>260111J</t>
+          <t>260138J</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Marketplace Operations, Communications, and Quality Assurance Support</t>
+          <t>OUTPATIENT PROSPECTIVE PAYMENT SYSTEM (OPPS)</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>The purpose of this task order is to acquire quality management, strategic communication, and operational support services for the Center for Consumer Information and Insurance Oversight (CCIIO). These services will help direct and control the quality of CCIIO’s efforts with regard to qualified health plans (QHPs).</t>
+          <t>OUTPATIENT PROSPECTIVE PAYMENT SYSTEM (OPPS)</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>04/17/2026</t>
+          <t>05/17/2026</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>07/01/2026</t>
+          <t>08/13/2026</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>08/15/2026</t>
+          <t>09/17/2026</t>
         </is>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>2 Years</t>
+          <t>5 Years</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>&gt;= $5M and &lt; $10M</t>
+          <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Limited Sources</t>
+          <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>GS-00F-221CA</t>
+          <t>GS10F0133S</t>
         </is>
       </c>
       <c r="O12" t="inlineStr">
         <is>
-          <t>75FCMC21F0045</t>
+          <t>75FCMC21F0078</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
-          <t>Small Business Set-Aside -- Total</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="Q12" t="inlineStr">
         <is>
-          <t>Time and Materials</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="R12" t="inlineStr">
         <is>
           <t>External - GSA MAS Professional Services</t>
         </is>
       </c>
       <c r="S12" t="inlineStr">
         <is>
-          <t>Duty First Consulting, LLC</t>
+          <t>Acumen</t>
         </is>
       </c>
       <c r="T12" t="inlineStr">
         <is>
           <t>R499</t>
         </is>
       </c>
-      <c r="U12" t="inlineStr"/>
+      <c r="U12" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
       <c r="V12" t="inlineStr">
         <is>
-          <t>Bodrick, Stephanie</t>
-[...2 lines deleted...]
-      <c r="W12" t="inlineStr"/>
+          <t>Washington, AuSha</t>
+        </is>
+      </c>
+      <c r="W12" t="inlineStr">
+        <is>
+          <t>dawn.wilkins@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X12" t="inlineStr">
         <is>
-          <t>Housein, Kelly</t>
+          <t>Wilkins, Dawn</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>AGG - DSC</t>
+          <t>MSCG - DMMC</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>CMMI - SCMG</t>
+          <t>CM - HAPG</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>260265J</t>
+          <t>260139J</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>GUARD Model - Implementation and Monitoring Contract</t>
+          <t>Inpatient Prospective Payment System (IPPS) wage index cost report audits.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>The Guarding U.S. Medicare Against Rising Drug Costs (GUARD) Model is a proposed mandatory model that would assess rebates for certain drugs payable under Medicare Part D if the prices exceed those paid in economically comparable countries.</t>
+          <t>Inpatient Prospective Payment System (IPPS) wage index cost report audits.</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>07/01/2026</t>
+          <t>05/17/2026</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>09/01/2026</t>
+          <t>08/30/2026</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>09/01/2026</t>
+          <t>09/14/2026</t>
         </is>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>1 Year</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
+          <t>&gt;= $150K and &lt; $500K</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
           <t>&gt;= $1M and &lt; $2M</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>IDIQ/GWAC Order - Competitive</t>
-[...3 lines deleted...]
-      <c r="O13" t="inlineStr"/>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>GS23F0002X</t>
+        </is>
+      </c>
+      <c r="O13" t="inlineStr">
+        <is>
+          <t>75FCMC21F0085</t>
+        </is>
+      </c>
       <c r="P13" t="inlineStr">
         <is>
-          <t>No Set Aside Used</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="Q13" t="inlineStr">
         <is>
-          <t>Cost Plus Fixed Fee</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="R13" t="inlineStr">
         <is>
-          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
-[...2 lines deleted...]
-      <c r="S13" t="inlineStr"/>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S13" t="inlineStr">
+        <is>
+          <t>CAHABA</t>
+        </is>
+      </c>
       <c r="T13" t="inlineStr">
         <is>
-          <t>AN42</t>
+          <t>R499</t>
         </is>
       </c>
       <c r="U13" t="inlineStr">
         <is>
-          <t>541720</t>
+          <t>541611</t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
-          <t>Goodridge, Diane</t>
-[...2 lines deleted...]
-      <c r="W13" t="inlineStr"/>
+          <t>Manlove, Noel</t>
+        </is>
+      </c>
+      <c r="W13" t="inlineStr">
+        <is>
+          <t>cathryn.kim@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X13" t="inlineStr">
         <is>
-          <t>Vollmer, Jason</t>
+          <t>Kim, Cathryn</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>AGG - DBSC</t>
+          <t>ASG - DQC</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>OSFLO - FLMG</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>260798</t>
+          <t>260744</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Warehouse and Logistics Services</t>
+          <t>United Parcel Services, UPS</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>The Centers for Medicare &amp; Medicaid Services (CMS) is seeking a Contractor to provide comprehensive warehousing, distribution, transportation, and labor support services. Requirements include providing all necessary supervision, personnel, labor, materials, equipment, and vehicles not supplied by the Government. Services will also encompass locksmith support and furniture installation and repair. The Contractor shall supply qualified personnel capable of delivering these services in an orderly, timely, and efficient manner to meet CMS operational needs.</t>
+          <t>The purpose of this request is to exercise Option Year 3 of the UPS Shipping Contract with a Period of Performance of 01 April 2026 to 31 March 2027.
+HTC711-23-D-C025	75FCMC23F0034</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>03/02/2026</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>06/08/2026</t>
+          <t>04/01/2026</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
-          <t>06/08/2026</t>
+          <t>04/01/2026</t>
         </is>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>5 Years</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>&gt;= $1M and &lt; $2M</t>
+          <t>&gt;= $150K and &lt; $500K</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>&gt;= $5M and &lt; $10M</t>
+          <t>&gt;= $500K and &lt; $1M</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>8(a) Order - Competitive</t>
-[...11 lines deleted...]
-      </c>
+          <t>Modification - Option Exercise</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr"/>
+      <c r="O14" t="inlineStr"/>
       <c r="P14" t="inlineStr">
         <is>
-          <t>8(a) Competed</t>
+          <t>No Set Aside Used</t>
         </is>
       </c>
       <c r="Q14" t="inlineStr">
         <is>
           <t>Firm Fixed Price</t>
         </is>
       </c>
       <c r="R14" t="inlineStr">
         <is>
-          <t>External - GSA MAS Transportation and Logistics</t>
-[...6 lines deleted...]
-      </c>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S14" t="inlineStr"/>
       <c r="T14" t="inlineStr">
         <is>
-          <t>R706</t>
-[...6 lines deleted...]
-      </c>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U14" t="inlineStr"/>
       <c r="V14" t="inlineStr">
         <is>
           <t>Diggs, Andre</t>
         </is>
       </c>
-      <c r="W14" t="inlineStr"/>
+      <c r="W14" t="inlineStr">
+        <is>
+          <t>heather.parr-stewartlang@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X14" t="inlineStr">
         <is>
-          <t>Lester, Deborah</t>
+          <t>Parr-Stewart Lang, Heather</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>ITCG - DISC</t>
+          <t>ASG - DPIFMC</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>OIT - ESSG</t>
+          <t>CPI - CMG</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>260786</t>
+          <t>260861</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Risk Adjustment Suite of Systems (RASS) Logical Follow-On</t>
+          <t>Adverse Legal Action</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>The Centers for Medicare &amp; Medicaid Services (CMS) seeks contractor support for the continued operations, maintenance, modernization, and enhancement of the Risk Adjustment Suite of Systems (RASS). The purpose of this SOO is to define performance objectives necessary to ensure the effective functioning of RASS while enabling innovation, scalability, and future-readiness aligned with CMS strategic goals.</t>
+          <t>In accordance with 42 CFR Section 424.535, CMS revokes providers and suppliers enrolled in the Medicare program for violations of enrollment requirements. The Contractor reviews cases for potential administrative action where a provider or supplier has an HHS OIG exclusion, a felony conviction, a license action, and/or a State Medicaid termination. Providers with an HHS OIG exclusion are statutorily prohibited from receiving federal healthcare payments under the Social Security Act. In addition, the Contractor’s thorough analysis of criminal dockets and licensure cases helps ensure that providers with detrimental felony convictions and/or unlicensed providers are unable to treat Medicare beneficiaries and receive Medicare payment. Also, the Contractor reviews State Medicaid terminations for potential publication in the Data Exchange System and for potential revocation from the Medicare program.</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>04/02/2026</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>04/22/2026</t>
+          <t>07/31/2026</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
-          <t>05/01/2026</t>
+          <t>07/24/2026</t>
         </is>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>1 Year</t>
+          <t>5 Years</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
           <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>&gt;= $2M and &lt; $5M</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Limited Sources</t>
+          <t>IDIQ/GWAC Order - Competitive</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>GS-35F-012DA</t>
+          <t>75FCMC20D0008</t>
         </is>
       </c>
       <c r="O15" t="inlineStr">
         <is>
-          <t>75FCMC21F0037</t>
+          <t>75FCMC21F0001</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
-          <t>No Set Aside Used</t>
+          <t>Small Business Set-Aside -- Total</t>
         </is>
       </c>
       <c r="Q15" t="inlineStr">
         <is>
-          <t>Firm Fixed Price</t>
+          <t>Cost Plus Fixed Fee</t>
         </is>
       </c>
       <c r="R15" t="inlineStr">
         <is>
-          <t>External - GSA MAS Information Technology</t>
+          <t>CMS - Provider Enrollment and Oversight IDIQ</t>
         </is>
       </c>
       <c r="S15" t="inlineStr">
         <is>
-          <t>Index Analytics</t>
+          <t>A P Ventures, LLC</t>
         </is>
       </c>
       <c r="T15" t="inlineStr">
         <is>
-          <t>TBD</t>
-[...2 lines deleted...]
-      <c r="U15" t="inlineStr"/>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U15" t="inlineStr">
+        <is>
+          <t>541990</t>
+        </is>
+      </c>
       <c r="V15" t="inlineStr">
         <is>
-          <t>Heard, Nakia</t>
-[...2 lines deleted...]
-      <c r="W15" t="inlineStr"/>
+          <t>Hrabowski, Abigail</t>
+        </is>
+      </c>
+      <c r="W15" t="inlineStr">
+        <is>
+          <t>david.hochendoner@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X15" t="inlineStr">
         <is>
-          <t>Kelly, Yadira</t>
+          <t>Hochendoner, David</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>MSCG - DMMC</t>
+          <t>ITCG - DDCC</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>CCIIO - PPFMG</t>
+          <t>OFM - FMSG</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>260125J</t>
+          <t>270025</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Program Integrity and Financial Oversight</t>
+          <t>PSR STAR Recompete</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>This project supports the financial oversight and program integrity functions that safeguard Exchange and premium stabilization program payments and charges, ensuring that payments are made accurately and on-time and that CMS successfully responds to and passes government audits from the GAO, OIG, and others. The Standard Operating Procedures and internal controls developed under the PIFO contract are the basis of CMS's monthly payment activities and the foundation of the annual CMS A-123 audit and various audits including the OIG, GAO, and the annual financial statement audit. These procedures are captured annually in the Marketplace Cycle Memo, which documents internal controls for groups across the Exchange and premium stabilization programs.
-Recompete of GS-00F-275CA/75FCMC21F0088</t>
+          <t>PSR STAR Recompete</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
-          <t>02/18/2026</t>
+          <t>06/30/2026</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>07/01/2027</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
-          <t>06/29/2026</t>
+          <t>07/01/2027</t>
         </is>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>5 Years</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>&gt;= $5M and &lt; $10M</t>
+          <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>&gt;= $20M and &lt; $50M</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
           <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="N16" t="inlineStr"/>
+      <c r="O16" t="inlineStr"/>
       <c r="P16" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
       <c r="Q16" t="inlineStr">
         <is>
-          <t>Time and Materials</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="R16" t="inlineStr">
         <is>
-          <t>External - GSA MAS Professional Services</t>
-[...6 lines deleted...]
-      </c>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S16" t="inlineStr"/>
       <c r="T16" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
       <c r="U16" t="inlineStr"/>
       <c r="V16" t="inlineStr">
         <is>
-          <t>Elrington, Keshanna</t>
-[...2 lines deleted...]
-      <c r="W16" t="inlineStr"/>
+          <t>Vaysman, Olga</t>
+        </is>
+      </c>
+      <c r="W16" t="inlineStr">
+        <is>
+          <t>julie.bebber@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X16" t="inlineStr">
         <is>
-          <t>Kim, Cathryn</t>
+          <t>Bebber, Julie</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>AGG - DBSC</t>
+          <t>MSCG - DMMC</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>CCSQ - QSOG</t>
+          <t>CCIIO - MITG</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>260236J</t>
+          <t>260144J</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>State Performance Standards Implementation, Reporting</t>
+          <t>Agile Usability Experience Analysis Re-compete</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>The purpose of this requirement is to assist CMS to continue the development and support survey and surveillance and reporting for the SPSS Program. This contract will evaluate and execute new methods for evaluating state performance, collecting and reporting data, and ensuring the completeness and accuracy of data that are used to evaluate State Performance Standards</t>
+          <t>The purpose of this work is to perform agile user research to understand the needs of the users and systems. The term user includes, and is not limited to, all individuals, entities, and stakeholders who interact with the system both internal and external to CCIIO, and to provide findings and recommendations, translate findings and recommendations into Jira story tickets, track and keep a record of all the work on the designated CMS Confluence repositories, and all necessary user research functions.</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>03/15/2026</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>04/01/2026</t>
+          <t>07/15/2026</t>
         </is>
       </c>
       <c r="I17" t="inlineStr">
         <is>
-          <t>04/01/2026</t>
+          <t>08/01/2026</t>
         </is>
       </c>
       <c r="J17" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
           <t>&gt;= $500K and &lt; $1M</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Competitive</t>
-[...2 lines deleted...]
-      <c r="N17" t="inlineStr"/>
+          <t>GSA MAS Order - Sole Source</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>75FCMC23C0041</t>
+        </is>
+      </c>
       <c r="O17" t="inlineStr"/>
       <c r="P17" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
       <c r="R17" t="inlineStr">
         <is>
-          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
-[...2 lines deleted...]
-      <c r="S17" t="inlineStr"/>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S17" t="inlineStr">
+        <is>
+          <t>Tyrula, LLC</t>
+        </is>
+      </c>
       <c r="T17" t="inlineStr">
         <is>
           <t>TBD</t>
         </is>
       </c>
       <c r="U17" t="inlineStr"/>
       <c r="V17" t="inlineStr">
         <is>
-          <t>Anderson, Cyndy</t>
+          <t>De Sene, Josefina</t>
         </is>
       </c>
       <c r="W17" t="inlineStr">
         <is>
-          <t>4107865841</t>
+          <t>courtney.garnes@cms.hhs.gov</t>
         </is>
       </c>
       <c r="X17" t="inlineStr">
         <is>
-          <t>Humes, Brian</t>
+          <t>Garnes, Courtney</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>AGG - DBSC</t>
+          <t>CRG - DFS</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>OSPR - OSPR</t>
+          <t>CMMI - RRCEG</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>260175J</t>
+          <t>260256J</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Enterprise Operations (EO) Blanket Purchase Agreement</t>
+          <t>MAHA Elevate - Evaluation Contract</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>New award to support: Enterprise Operations (EO) Blanket Purchase Agreement (BPA). The services provided under this BPA will focus on supporting the effectiveness and efficiency of operational and administrative functions offered by the Office of Administration (OA) to support the integration of policy objectives with operational service delivery.</t>
+          <t>Evaluation of the Make America Healthy Again: Enhancing Lifestyle and Evaluating Value-based Approaches Through Evidence (MAHA-ELEVATE) Model. The evaluation will assess the model's effectiveness in reducing expenditures without reducing the quality of care for Medicare beneficiaries.</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>09/29/2026</t>
+          <t>05/01/2026</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>09/30/2026</t>
+          <t>07/01/2026</t>
         </is>
       </c>
       <c r="I18" t="inlineStr">
         <is>
-          <t>09/30/2026</t>
+          <t>07/01/2026</t>
         </is>
       </c>
       <c r="J18" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>5 Years</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>&lt;= $25K</t>
+          <t>&gt;= $5M and &lt; $10M</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
-          <t>&lt;= $25K</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
-          <t>BPA - Competitive</t>
+          <t>IDIQ/GWAC Order - Competitive</t>
         </is>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr"/>
       <c r="P18" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>No Set Aside Used</t>
         </is>
       </c>
       <c r="Q18" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Cost Plus Fixed Fee</t>
         </is>
       </c>
       <c r="R18" t="inlineStr">
         <is>
-          <t>External - GSA MAS Professional Services</t>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
         </is>
       </c>
       <c r="S18" t="inlineStr"/>
       <c r="T18" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>AN42</t>
         </is>
       </c>
       <c r="U18" t="inlineStr">
         <is>
-          <t>541611</t>
+          <t>541720</t>
         </is>
       </c>
       <c r="V18" t="inlineStr">
         <is>
-          <t>Penny, Alexis</t>
-[...2 lines deleted...]
-      <c r="W18" t="inlineStr"/>
+          <t>Lloyd, Jennifer</t>
+        </is>
+      </c>
+      <c r="W18" t="inlineStr">
+        <is>
+          <t>jeannine.bohlen@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X18" t="inlineStr">
         <is>
-          <t>Humes, Brian</t>
+          <t>Bohlen, Jeannine</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>MSCG - DMMC</t>
+          <t>AGG - DBSC</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>CM - TCPG</t>
+          <t>CMMI - SCMG</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>260105J</t>
+          <t>260265J</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Datalink Recompete</t>
+          <t>GUARD Model - Implementation and Monitoring Contract</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>The purpose of the DataLink statement of work (SOW) is to detail the tasks and requirements to access, integrate, link, and analyze large and disparate data sources at the payment system, provider, and beneficiary levels to assist CMS with seasonal health care and payment policy rulemaking activities; monitor and assess the impact of policy and payment changes on access to care, beneficiary health outcomes, and Medicare payments; and conduct active surveillance of notable trends in Medicare payment systems. It will also assist CMS in its efforts to identify and assess exposure to fraud, waste, and abuse in the Medicare program; evaluate the impact of initiatives aimed at preventing or recovering improper payments; and conduct numerous and varied ad hoc data analyses. Recompete of GS-10F-0133S 75FCMC21F0067.</t>
+          <t>The Guarding U.S. Medicare Against Rising Drug Costs (GUARD) Model is a proposed mandatory model that would assess rebates for certain drugs payable under Medicare Part D if the prices exceed those paid in economically comparable countries.</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>01/30/2026</t>
+          <t>05/01/2026</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>06/01/2026</t>
+          <t>09/01/2026</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
-          <t>06/30/2026</t>
+          <t>09/30/2026</t>
         </is>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>5 Years</t>
+          <t>&gt; 5 Years</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>&gt;= $10M and &lt; $20M</t>
+          <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>&gt;=$50M and &lt;$100M</t>
+          <t>&gt;= $20M and &lt; $50M</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
-          <t>GSA MAS Order - Competitive</t>
-[...11 lines deleted...]
-      </c>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr"/>
+      <c r="O19" t="inlineStr"/>
       <c r="P19" t="inlineStr">
         <is>
           <t>No Set Aside Used</t>
         </is>
       </c>
       <c r="Q19" t="inlineStr">
         <is>
-          <t>Time and Materials</t>
+          <t>Cost Plus Fixed Fee</t>
         </is>
       </c>
       <c r="R19" t="inlineStr">
         <is>
-          <t>External - GSA MAS Professional Services</t>
-[...6 lines deleted...]
-      </c>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S19" t="inlineStr"/>
       <c r="T19" t="inlineStr">
         <is>
-          <t>R499</t>
-[...2 lines deleted...]
-      <c r="U19" t="inlineStr"/>
+          <t>AN42</t>
+        </is>
+      </c>
+      <c r="U19" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
       <c r="V19" t="inlineStr">
         <is>
-          <t>Brewer, Charles</t>
-[...2 lines deleted...]
-      <c r="W19" t="inlineStr"/>
+          <t>Chu, Steve</t>
+        </is>
+      </c>
+      <c r="W19" t="inlineStr">
+        <is>
+          <t>stefanie.schmitz@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X19" t="inlineStr">
         <is>
-          <t>Housein, Kelly</t>
+          <t>Schmitz, Stefanie</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>MSCG - DMMC</t>
+          <t>MSCG - DFSC</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>CCIIO - MEEG</t>
+          <t>CM - CCPG</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>260167J</t>
+          <t>260060J</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Re-compete CCIIO ER&amp;R, Form 1095-A Data Reporting</t>
+          <t>Recompete, (ESRD PPS) and AKI PS</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>The Contractor performing work under this Statement of Work (SOW) will be responsible for identifying the root cause of enrollment and financial data discrepancies and resolving these discrepancies within the Federally-facilitated Exchange (FFE). For State-based Exchanges (SBEs), the Contractor will coordinate with each SBE to help resolve discrepancies identified through the enrollment reconciliation process.</t>
+          <t>Recompete for project "The Analysis, Development of Methods and Special Studies Required for the Modifications to the Fully Bundled Outpatient Case-Mix Adjusted End Stage Renal Disease Prospective Payment System (ESRD PPS) and the Acute Kidney Disease Payment System (AKI PS)".
+The contractor is to provide support in analyzing and implementing changes to the current end stage renal disease (ESRD) prospective payment system (PPS) and the acute kidney disease (AKI) payment system (PS), monitoring the impact of recent and any upcoming payment policy changes and providing support in analyzing other issues related to the ESRD PPS and AKI PS.
+Incumbent is Acumen 75FCMC21F0096; Target Award Date is June 2026 to include Transition-In period to overlap OP4 POP ending 09/25/2026</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>04/13/2026</t>
+          <t>03/06/2026</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>08/15/2026</t>
+          <t>06/19/2026</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
-          <t>08/29/2026</t>
+          <t>06/26/2026</t>
         </is>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>5 Years</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>&gt;=$50M and &lt;$100M</t>
+          <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>&gt;= $100M</t>
+          <t>&gt;= $10M and &lt; $20M</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
           <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>47QTCA19D00AJ</t>
+          <t>GS10F0133S</t>
         </is>
       </c>
       <c r="O20" t="inlineStr">
         <is>
-          <t>75FCMC22F0005</t>
+          <t>75FCMC21F0096</t>
         </is>
       </c>
       <c r="P20" t="inlineStr">
         <is>
           <t>No Set Aside Used</t>
         </is>
       </c>
       <c r="Q20" t="inlineStr">
         <is>
-          <t>TBD</t>
+          <t>Firm Fixed Price</t>
         </is>
       </c>
       <c r="R20" t="inlineStr">
         <is>
-          <t>External - GSA MAS Professional Services</t>
+          <t>N/A - Not Applicable</t>
         </is>
       </c>
       <c r="S20" t="inlineStr">
         <is>
-          <t>Cognosante</t>
+          <t>Acumen</t>
         </is>
       </c>
       <c r="T20" t="inlineStr">
         <is>
           <t>R499</t>
         </is>
       </c>
-      <c r="U20" t="inlineStr"/>
+      <c r="U20" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
       <c r="V20" t="inlineStr">
         <is>
-          <t>Zhuang, Carey</t>
-[...2 lines deleted...]
-      <c r="W20" t="inlineStr"/>
+          <t>Fahrendorf, Sarah</t>
+        </is>
+      </c>
+      <c r="W20" t="inlineStr">
+        <is>
+          <t>amy.duckworth@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X20" t="inlineStr">
         <is>
-          <t>Kovalick, Amberly</t>
+          <t>Duckworth, Amy</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>AGG - DSC</t>
+          <t>AGG - DBSC</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>CMMI - SPHG</t>
+          <t>CCSQ - QSOG</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>260246J</t>
+          <t>260109J</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Pennsylvania Rural Health Model (PARHM) Multi Payer Operations</t>
+          <t>ESRD Dialysis/Transplant/OPO Recompete</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>Implementation support services for the Pennsylvania Rural Health Model.</t>
+          <t>CMS is seeking a contractor to provide detailed data reports about End Stage Renal Disease (ESRD) facilities (commonly referred to as dialysis facilities), Transplant Programs, and Organ Procurement Organizations (OPOs) in formats that are useful to the Centers for Medicare &amp; Medicaid Services (CMS), states, health care providers, and the general public. These reports will include summaries of patient characteristics, facility characteristics, patient outcomes, and facility practice patterns. These reports will include comparative state, network, regional, and national statistics as appropriate. These reports will be used by CMS in overseeing the quality and safety of the ESRD, Transplant and OPO Programs.</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>07/01/2026</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
-          <t>09/01/2026</t>
+          <t>09/15/2026</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
-          <t>09/01/2026</t>
+          <t>09/30/2026</t>
         </is>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>1 Year</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>&gt;= $500K and &lt; $1M</t>
+          <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>&gt;= $500K and &lt; $1M</t>
+          <t>&gt;= $20M and &lt; $50M</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>IDIQ/GWAC Order - Competitive</t>
+          <t>Contract - Sole Source</t>
         </is>
       </c>
       <c r="N21" t="inlineStr">
         <is>
-          <t>75FCMC19D0096</t>
-[...6 lines deleted...]
-      </c>
+          <t>75FCMC21C0035</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr"/>
       <c r="P21" t="inlineStr">
         <is>
-          <t>No Set Aside Used</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="Q21" t="inlineStr">
         <is>
-          <t>Cost Plus Fixed Fee</t>
+          <t>Firm Fixed Price</t>
         </is>
       </c>
       <c r="R21" t="inlineStr">
         <is>
-          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+          <t>N/A - Not Applicable</t>
         </is>
       </c>
       <c r="S21" t="inlineStr">
         <is>
-          <t>The Lewin Group</t>
+          <t>Regents of the University of Michigan</t>
         </is>
       </c>
       <c r="T21" t="inlineStr">
         <is>
-          <t>AN42</t>
+          <t>R499</t>
         </is>
       </c>
       <c r="U21" t="inlineStr">
         <is>
           <t>541720</t>
         </is>
       </c>
       <c r="V21" t="inlineStr">
         <is>
-          <t>Parker, LeJay</t>
-[...2 lines deleted...]
-      <c r="W21" t="inlineStr"/>
+          <t>Walton, Michele</t>
+        </is>
+      </c>
+      <c r="W21" t="inlineStr">
+        <is>
+          <t>brian.humes@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X21" t="inlineStr">
         <is>
-          <t>Vollmer, Jason</t>
+          <t>Humes, Brian</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>ASG - DPIFMC</t>
+          <t>AGG - DBSC</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>CPI - CMG</t>
+          <t>OC - SMG</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>260656</t>
+          <t>260832</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Plan Program Integrity Medicare Drug Integrity Contractor (PPI MEDIC)</t>
+          <t>Outreach to Encourage Enrollment in Medicare’s Low-Income Programs</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>Conducting fraud, waste, and abuse (FWA) detection, deterrence, and prevention activities for Medicare Parts C and D by focusing primarily on data analyses, audits and reviews of Medicare Advantage Organizations (MAOs) and stand-alone Prescription Drug Plan Sponsors (PDPs), outreach and education, and referrals to law enforcement and other appropriate entities.</t>
+          <t>This task order will provide a Public Education and Outreach Campaign to reach low income Medicare beneficiaries to raise awareness and encourage enrollment in Federal programs that provide Medicare beneficiaries help paying for Medicare and Medicare Prescription Drug coverage, including deductibles, co-insurance, and copayments. These programs include, but are not limited to, the Medicare Savings Program (MSP) and the Low-Income Subsidy (LIS) program.</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>01/30/2026</t>
+          <t>04/03/2026</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>06/28/2026</t>
+          <t>09/19/2026</t>
         </is>
       </c>
       <c r="I22" t="inlineStr">
         <is>
-          <t>06/29/2026</t>
+          <t>09/18/2026</t>
         </is>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>5 Years</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>&gt;= $10M and &lt; $20M</t>
+          <t>&gt;= $20M and &lt; $50M</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>&gt;=$50M and &lt;$100M</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>Contract - Competitive</t>
-[...6 lines deleted...]
-      </c>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr"/>
       <c r="P22" t="inlineStr">
         <is>
-          <t>Women Owned Small Business</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="Q22" t="inlineStr">
         <is>
-          <t>Cost Plus Fixed Fee</t>
+          <t>TBD</t>
         </is>
       </c>
       <c r="R22" t="inlineStr">
         <is>
-          <t>N/A - Not Applicable</t>
-[...6 lines deleted...]
-      </c>
+          <t>CMS - National Education Campaign &amp; Outreach (NEC) IDIQ</t>
+        </is>
+      </c>
+      <c r="S22" t="inlineStr"/>
       <c r="T22" t="inlineStr">
         <is>
-          <t>R499</t>
-[...6 lines deleted...]
-      </c>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U22" t="inlineStr"/>
       <c r="V22" t="inlineStr">
         <is>
-          <t>Feng, Megan</t>
-[...2 lines deleted...]
-      <c r="W22" t="inlineStr"/>
+          <t>Edlavitch, Seth</t>
+        </is>
+      </c>
+      <c r="W22" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
       <c r="X22" t="inlineStr">
         <is>
-          <t>Kuhn, Jennifer</t>
+          <t>Lester, Deborah</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>AGG - DBSC</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>CMCS - MBHPG</t>
+          <t>OC - ICMS</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>260826</t>
+          <t>260201J</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Money Follows the Person Demonstration (MFP) Recompete</t>
+          <t>Integrated Communications Management Operations and Technical</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
-        <is>
-[...2988 lines deleted...]
-      <c r="F50" t="inlineStr">
         <is>
           <t>New Award to support Integrated Communications Management Operations and Technical Assistance (ICMOTA) . The purpose of this contract is to provide broad operational and technical support to the CMS/Office of Communications/Partner Relations Group related to the objectives, tasks, and goals of the group. This support includes, but is not limited to:
 1. Obtaining strategic development and implementation support for overall relationship management with various internal and external stakeholders and partners;
 2. Support various CMS campaigns and initiatives;
 3. Support various conferences and provide logistics and CMS materials and
 4. Support various other technical and operational functions of the group.</t>
         </is>
       </c>
-      <c r="G50" t="inlineStr">
+      <c r="G23" t="inlineStr">
         <is>
           <t>05/01/2026</t>
         </is>
       </c>
-      <c r="H50" t="inlineStr">
+      <c r="H23" t="inlineStr">
         <is>
           <t>09/01/2026</t>
         </is>
       </c>
-      <c r="I50" t="inlineStr">
+      <c r="I23" t="inlineStr">
         <is>
           <t>09/19/2026</t>
         </is>
       </c>
-      <c r="J50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K50" t="inlineStr">
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>3 Years</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr"/>
+      <c r="O23" t="inlineStr"/>
+      <c r="P23" t="inlineStr">
+        <is>
+          <t>Reserved For Small Business</t>
+        </is>
+      </c>
+      <c r="Q23" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R23" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S23" t="inlineStr">
+        <is>
+          <t>Novak Birch</t>
+        </is>
+      </c>
+      <c r="T23" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U23" t="inlineStr">
+        <is>
+          <t>561920</t>
+        </is>
+      </c>
+      <c r="V23" t="inlineStr">
+        <is>
+          <t>Oguejiofor, Kenny</t>
+        </is>
+      </c>
+      <c r="W23" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X23" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>CMMI - RRCEG</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>270037</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>GLOBE Model - Evaluation Contract</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>GLOBE (Global Benchmark for Efficient Drug Pricing) Model. The Global Benchmark for Efficient Drug Pricing (GLOBE) Model is a proposed mandatory model that would assess a rebate for certain drugs payable under Medicare Part B if the prices exceed those paid in economically comparable countries.</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>11/02/2026</t>
+        </is>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>&gt; 5 Years</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr"/>
+      <c r="O24" t="inlineStr"/>
+      <c r="P24" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q24" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R24" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S24" t="inlineStr"/>
+      <c r="T24" t="inlineStr">
+        <is>
+          <t>AN42</t>
+        </is>
+      </c>
+      <c r="U24" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V24" t="inlineStr">
+        <is>
+          <t>Ly, Caroline</t>
+        </is>
+      </c>
+      <c r="W24" t="inlineStr">
+        <is>
+          <t>john.cruse1@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X24" t="inlineStr">
+        <is>
+          <t>Cruse, John</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>CCIIO - MPMG</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>260134J</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>Re-compete of FFE Oversight - 21F0068</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Re-compete of Booz Allen Hamilton task order - GS-00F-008DA/75FCMC21F0068 - Federally Facilitated Exchange Oversight</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>06/15/2026</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>06/25/2026</t>
+        </is>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>GS-00F-008DA</t>
+        </is>
+      </c>
+      <c r="O25" t="inlineStr">
+        <is>
+          <t>75FCMC21F0068</t>
+        </is>
+      </c>
+      <c r="P25" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q25" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R25" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S25" t="inlineStr">
+        <is>
+          <t>Booz Allen Hamilton</t>
+        </is>
+      </c>
+      <c r="T25" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U25" t="inlineStr"/>
+      <c r="V25" t="inlineStr">
+        <is>
+          <t>Paige, Lesa</t>
+        </is>
+      </c>
+      <c r="W25" t="inlineStr">
+        <is>
+          <t>amberly.kovalick@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X25" t="inlineStr">
+        <is>
+          <t>Kovalick, Amberly</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>CMCS - FMG</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>260834</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>Medicaid Financial Oversight Analysis Recompete</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>The purpose of this new task order is for the contractor to support CMCS in researching and analyzing data to create recommendations to better manage and oversee the $600 billion in Medicaid funding to increase accountability and improve financial integrity of CMCS and state Medicaid and CHIP programs.</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>07/10/2026</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>07/13/2026</t>
+        </is>
+      </c>
+      <c r="J26" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K26" t="inlineStr">
         <is>
           <t>&gt;= $1M and &lt; $2M</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L26" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M26" t="inlineStr">
+        <is>
+          <t>IDIQ - Competitive</t>
+        </is>
+      </c>
+      <c r="N26" t="inlineStr">
+        <is>
+          <t>75FCMC19D0092</t>
+        </is>
+      </c>
+      <c r="O26" t="inlineStr">
+        <is>
+          <t>75FCMC21F0003</t>
+        </is>
+      </c>
+      <c r="P26" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q26" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R26" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S26" t="inlineStr">
+        <is>
+          <t>National Opinion Research Center (NORC)</t>
+        </is>
+      </c>
+      <c r="T26" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U26" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V26" t="inlineStr">
+        <is>
+          <t>Harrison, Wendy</t>
+        </is>
+      </c>
+      <c r="W26" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X26" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>OSPR - OSPR</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>260937</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>Rural Health Transformation</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>08/01/2026</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>08/01/2027</t>
+        </is>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr"/>
+      <c r="O27" t="inlineStr"/>
+      <c r="P27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R27" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S27" t="inlineStr"/>
+      <c r="T27" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U27" t="inlineStr"/>
+      <c r="V27" t="inlineStr">
+        <is>
+          <t>Penny, Alexis</t>
+        </is>
+      </c>
+      <c r="W27" t="inlineStr">
+        <is>
+          <t>brian.humes@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X27" t="inlineStr">
+        <is>
+          <t>Humes, Brian</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>CM - MDHPCAG</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>260146J</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>Performance Measurement for MA Program</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>The purpose of this contract is to support CMS in developing and collecting MA HEDIS® measures for MAOs and SNPs; developing and implementing new quantifiable outcome measures that focus on assessing the performance of care coordination in MAOs and to implement the review and approval of SNP models of care as required by Section 1859(f)(7) of the Act.</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>09/15/2026</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>09/29/2026</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
         <is>
           <t>&gt;= $2M and &lt; $5M</t>
         </is>
       </c>
-      <c r="M50" t="inlineStr">
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Sole Source</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr"/>
+      <c r="O28" t="inlineStr"/>
+      <c r="P28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R28" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S28" t="inlineStr"/>
+      <c r="T28" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U28" t="inlineStr"/>
+      <c r="V28" t="inlineStr">
+        <is>
+          <t>Lehman, Daniel</t>
+        </is>
+      </c>
+      <c r="W28" t="inlineStr">
+        <is>
+          <t>dawn.wilkins@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X28" t="inlineStr">
+        <is>
+          <t>Wilkins, Dawn</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>CMMI - LDG</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>261157</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Strategic Management of the Health Care Payment LAN 4.0</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>The purpose of this task order is to solicit proposals that assist CMMI in operating the LAN and further increase alignment with CMS, private payers, states, providers, and other health care system stakeholders in moving payment away from traditional FFS methods and towards more effective APMs that deliver higher quality to patients at lower cost. By bringing innovators together to share best practices, identify barriers, and develop aligned strategies, CMMI, through its operation of the LAN, intends to increase adoption of more effective and resilient APMs that deliver high-quality, cost-efficient care to make America healthy again.</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>IDIQ - Competitive</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr"/>
+      <c r="O29" t="inlineStr"/>
+      <c r="P29" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q29" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R29" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S29" t="inlineStr"/>
+      <c r="T29" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U29" t="inlineStr"/>
+      <c r="V29" t="inlineStr">
+        <is>
+          <t>Roache, Scott</t>
+        </is>
+      </c>
+      <c r="W29" t="inlineStr">
+        <is>
+          <t>john.cruse1@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X29" t="inlineStr">
+        <is>
+          <t>Cruse, John</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>CMMI - SCMG</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>260264J</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>GLOBE Model - Implementation and Monitoring Contract</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>GLOBE (Global Benchmark for Efficient Drug Pricing) Model. The Global Benchmark for Efficient Drug Pricing (GLOBE) Model is a proposed mandatory model that would assess a rebate for certain drugs payable under Medicare Part B if the prices exceed those paid in economically comparable countries.</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="J30" t="inlineStr">
+        <is>
+          <t>&gt; 5 Years</t>
+        </is>
+      </c>
+      <c r="K30" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr"/>
+      <c r="O30" t="inlineStr"/>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R30" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S30" t="inlineStr"/>
+      <c r="T30" t="inlineStr">
+        <is>
+          <t>AN42</t>
+        </is>
+      </c>
+      <c r="U30" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V30" t="inlineStr">
+        <is>
+          <t>Chu, Steve</t>
+        </is>
+      </c>
+      <c r="W30" t="inlineStr">
+        <is>
+          <t>stefanie.schmitz@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X30" t="inlineStr">
+        <is>
+          <t>Schmitz, Stefanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>ITCG - DISC</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>OIT - ESSG</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>261247</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Enterprise Salesforce Services (ESFS)</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>The purpose of this Statement of Objective (SOO) is to acquire Contractor services to provide for the operations and maintenance (O&amp;M) of the Salesforce Enterprise Integration (SEI) platform and Enterprise Salesforce Services (ESFS) within the Centers for Medicare &amp; Medicaid Services (CMS).</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>05/20/2026</t>
+        </is>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L31" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M31" t="inlineStr">
+        <is>
+          <t>8(a) Contract - Competitive</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr"/>
+      <c r="O31" t="inlineStr"/>
+      <c r="P31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R31" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S31" t="inlineStr"/>
+      <c r="T31" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U31" t="inlineStr"/>
+      <c r="V31" t="inlineStr">
+        <is>
+          <t>McMahon, Christopher</t>
+        </is>
+      </c>
+      <c r="W31" t="inlineStr">
+        <is>
+          <t>yadira.kelly@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X31" t="inlineStr">
+        <is>
+          <t>Kelly, Yadira</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>ITCG - DMITSC</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>OC - CCOG</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>260088J</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>Next Generation Desktop (NGD) Operations, Maintenance &amp; Modernization</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>In support of inbound calls, the Next Generation Desktop (NGD) contractor shall integrate NGD with telephony systems to pass information for authentication and self-service, and to ensure screen-pop information and functionality can be transferred to Customer Service Representatives (CSRs), managers, and other personnel.</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>04/23/2026</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>09/15/2026</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>09/15/2026</t>
+        </is>
+      </c>
+      <c r="J32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K32" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L32" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M32" t="inlineStr">
         <is>
           <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
-      <c r="N50" t="inlineStr"/>
-[...11 lines deleted...]
-      <c r="R50" t="inlineStr">
+      <c r="N32" t="inlineStr"/>
+      <c r="O32" t="inlineStr"/>
+      <c r="P32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R32" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S32" t="inlineStr"/>
+      <c r="T32" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U32" t="inlineStr"/>
+      <c r="V32" t="inlineStr">
+        <is>
+          <t>Gewanter, Bonnie</t>
+        </is>
+      </c>
+      <c r="W32" t="inlineStr">
+        <is>
+          <t>donald.bozimski@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X32" t="inlineStr">
+        <is>
+          <t>Bozimski, Donald</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>OC - SMG</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>260700</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>Hispanic Health Insurance Exchange Public Education and Outreach</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Recompete</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>07/01/2026</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>07/10/2026</t>
+        </is>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr"/>
+      <c r="O33" t="inlineStr"/>
+      <c r="P33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R33" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S33" t="inlineStr"/>
+      <c r="T33" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U33" t="inlineStr"/>
+      <c r="V33" t="inlineStr">
+        <is>
+          <t>Johanson, Barbara</t>
+        </is>
+      </c>
+      <c r="W33" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X33" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>CMCS - MCG</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>260827</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Medicaid Payment Strategies Logical Follow-on</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>The purpose of this requirement is to acquire a qualified vendor to assist The Centers for Medicare &amp; Medicaid Services (CMS) Center for Medicaid and CHIP Services (CMCS) with the organization and analysis of data related to medical loss ratio (MLR), risk mitigation, and state directed payment (SDP) in order to evaluate compliance with Medicaid managed care requirements at 42 C.F.R. § part 438. This is anticipated to be a 2-year logical follow-on to task order 75FCMC19D0091/75FCMC21F0005.</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>05/26/2026</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>09/16/2026</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>09/20/2026</t>
+        </is>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>2 Years</t>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Limited Source</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr">
+        <is>
+          <t>75FCMC19D0091</t>
+        </is>
+      </c>
+      <c r="O34" t="inlineStr">
+        <is>
+          <t>75FCMC21F0005</t>
+        </is>
+      </c>
+      <c r="P34" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q34" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R34" t="inlineStr">
+        <is>
+          <t>CMS - Research, Measurement, Assessment, Design and Analysis (RMADA) 2 IDIQ</t>
+        </is>
+      </c>
+      <c r="S34" t="inlineStr">
+        <is>
+          <t>Mathematica, Inc.</t>
+        </is>
+      </c>
+      <c r="T34" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U34" t="inlineStr">
+        <is>
+          <t>541720</t>
+        </is>
+      </c>
+      <c r="V34" t="inlineStr">
+        <is>
+          <t>Cardin-Kronthal, Noa</t>
+        </is>
+      </c>
+      <c r="W34" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X34" t="inlineStr">
+        <is>
+          <t>Lester, Deborah</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>OSORA - BOS</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>270014</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>CMS FOIA Backlog Reduction Plan Re-Compete</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>The purpose of this project is to review, analyze, and respond to CMS’ Freedom of Information Act (FOIA) cases.</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>08/03/2026</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>12/17/2026</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>12/17/2026</t>
+        </is>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>&gt;= $1M and &lt; $2M</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr"/>
+      <c r="O35" t="inlineStr"/>
+      <c r="P35" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R35" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S35" t="inlineStr"/>
+      <c r="T35" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U35" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V35" t="inlineStr">
+        <is>
+          <t>Merrick, Shanae</t>
+        </is>
+      </c>
+      <c r="W35" t="inlineStr">
+        <is>
+          <t>brian.humes@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X35" t="inlineStr">
+        <is>
+          <t>Humes, Brian</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>ITCG - DDCC</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>OA - OA</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>261007</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>National Provider Directory (NPD)</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>The purpose of this requirement is to obtain professional IT services to develop the National Provider Directory (NPD) which is intended to transition from current state managed directories to a NPD to serve as a critical foundational infrastructure component that enables and supports the entire future health data ecosystem described on CMS.gov.</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>05/01/2026</t>
+        </is>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>Purchase Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr"/>
+      <c r="O36" t="inlineStr"/>
+      <c r="P36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R36" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S36" t="inlineStr"/>
+      <c r="T36" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U36" t="inlineStr"/>
+      <c r="V36" t="inlineStr">
+        <is>
+          <t>DeZalia, Mark</t>
+        </is>
+      </c>
+      <c r="W36" t="inlineStr">
+        <is>
+          <t>alex.jarema@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X36" t="inlineStr">
+        <is>
+          <t>Jarema, Alex</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>CCSQ - QSOG</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>260598</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>Recompete: Long Term Care Survey Process Operational Support &amp; Analysis</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>CMS requires support with the computer-based nursing home survey process; the nursing home survey process needs to be researched, developed, revised and tested due to continuous revisions to Federal regulations and policies.</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>03/20/2026</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>08/21/2026</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="J37" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K37" t="inlineStr">
+        <is>
+          <t>&gt;= $1M and &lt; $2M</t>
+        </is>
+      </c>
+      <c r="L37" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M37" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N37" t="inlineStr"/>
+      <c r="O37" t="inlineStr"/>
+      <c r="P37" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q37" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R37" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S37" t="inlineStr"/>
+      <c r="T37" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U37" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V37" t="inlineStr">
+        <is>
+          <t>Tu, Rufina</t>
+        </is>
+      </c>
+      <c r="W37" t="inlineStr">
+        <is>
+          <t>elliott.sloan@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X37" t="inlineStr">
+        <is>
+          <t>Sloan, Elliott</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>MSCG - DFSC</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>CM - MCMG</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>270022</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>Medicare Administrative Contract Jurisdiction 8</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Competition for the J8 MAC jurisdiction.</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>09/01/2027</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>09/01/2027</t>
+        </is>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>&gt; 5 Years</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L38" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M38" t="inlineStr">
+        <is>
+          <t>Contract - Competitive</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>75FCMC19C0002</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr"/>
+      <c r="P38" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>Cost Plus Award Fee</t>
+        </is>
+      </c>
+      <c r="R38" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S38" t="inlineStr">
+        <is>
+          <t>WISCONSIN PHYSICIANS SERVICE INSURANCE CORPORATION</t>
+        </is>
+      </c>
+      <c r="T38" t="inlineStr">
+        <is>
+          <t>G007</t>
+        </is>
+      </c>
+      <c r="U38" t="inlineStr">
+        <is>
+          <t>524114</t>
+        </is>
+      </c>
+      <c r="V38" t="inlineStr">
+        <is>
+          <t>Smith, Phillip</t>
+        </is>
+      </c>
+      <c r="W38" t="inlineStr">
+        <is>
+          <t>mark.smolenski@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X38" t="inlineStr">
+        <is>
+          <t>Smolenski, Mark</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>ITCG - DISC</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>CCIIO - MITG</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>260069J</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>Federally Facilitated Exchange - Recompete</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Federally Facilitated Exchange - Recompete (placeholder requirement)</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>07/14/2026</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>01/11/2027</t>
+        </is>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr"/>
+      <c r="O39" t="inlineStr"/>
+      <c r="P39" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R39" t="inlineStr">
+        <is>
+          <t>External - NITAAC CIO SP3 Unrestricted</t>
+        </is>
+      </c>
+      <c r="S39" t="inlineStr"/>
+      <c r="T39" t="inlineStr">
+        <is>
+          <t>DA01</t>
+        </is>
+      </c>
+      <c r="U39" t="inlineStr">
+        <is>
+          <t>541512</t>
+        </is>
+      </c>
+      <c r="V39" t="inlineStr">
+        <is>
+          <t>Jones, Nalisa</t>
+        </is>
+      </c>
+      <c r="W39" t="inlineStr">
+        <is>
+          <t>jeremy.garvin@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X39" t="inlineStr">
+        <is>
+          <t>Garvin, Jeremy</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>CM - MEAG</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>260025J</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>AdQIC LFO</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Logical Follow On (LFO) of Task Order No. 75FCMC21F0001). The Administrative QIC (AdQIC) provides appeals training and coordination, long term case file storage, referrals to the Medicare Appeals Council within the Departmental Appeals Board (herein Appeals Council), and notifying Medicare Administrative Contractors (MACs) to effectuate Administrative Law Judges (ALJ) and Appeals Council decisions. In addition, the AdQIC will support CMS in making eligibility determinations for retrospective appeals where the contractor shall be known as the “Eligibility Contractor (EC).” The EC shall serve as a single point of contact for incoming retrospective appeal requests submitted by beneficiaries (or their appointed or authorized representatives), or, as applicable, the successors filing on behalf of a deceased beneficiary, under 42 Code of Federal Regulations (CFR) §405.932.</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>09/14/2026</t>
+        </is>
+      </c>
+      <c r="J40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>IDIQ/GWAC Order - Sole Source</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr"/>
+      <c r="O40" t="inlineStr"/>
+      <c r="P40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q40" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R40" t="inlineStr">
+        <is>
+          <t>CMS - Qualified Independent Contractors IDIQ</t>
+        </is>
+      </c>
+      <c r="S40" t="inlineStr"/>
+      <c r="T40" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U40" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V40" t="inlineStr">
+        <is>
+          <t>Torrisi, Michael</t>
+        </is>
+      </c>
+      <c r="W40" t="inlineStr">
+        <is>
+          <t>malissa.shin@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X40" t="inlineStr">
+        <is>
+          <t>Shin, Malissa</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>CM - MDBCDDG</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>260093J</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>Medicare Part D Patient Safety Quality Analysis Support</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>The purpose of this contract is to assist CMS in developing and calculating Part D sponsors’ performance and quality measures. The Contractor will support CMS in its effort to improve the level of accountability for the care beneficiaries receive from Medicare Part D contracts through the Part D Patient Safety measures. Additionally, the Contractor will support CMS efforts to prevent and address opioid overutilization through the OMS, which assists Part D sponsors in administering their DMPs as required by 42 CFR § 423.153(f). The contract also includes tasks associated with the analysis of Patient Safety, quality and medication safety metrics, and the evaluation of the impact of current and proposed future Part D policies on beneficiary health care utilization and outcomes.</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>08/17/2026</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>09/22/2026</t>
+        </is>
+      </c>
+      <c r="J41" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K41" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L41" t="inlineStr">
+        <is>
+          <t>&gt;= $5M and &lt; $10M</t>
+        </is>
+      </c>
+      <c r="M41" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N41" t="inlineStr">
+        <is>
+          <t>GS-10F-0133S</t>
+        </is>
+      </c>
+      <c r="O41" t="inlineStr">
+        <is>
+          <t>75FCMC21F0066</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="Q41" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R41" t="inlineStr">
         <is>
           <t>External - GSA MAS Professional Services</t>
         </is>
       </c>
-      <c r="S50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T50" t="inlineStr">
+      <c r="S41" t="inlineStr">
+        <is>
+          <t>Acumen</t>
+        </is>
+      </c>
+      <c r="T41" t="inlineStr">
         <is>
           <t>R499</t>
         </is>
       </c>
-      <c r="U50" t="inlineStr">
-[...10 lines deleted...]
-      <c r="X50" t="inlineStr">
+      <c r="U41" t="inlineStr"/>
+      <c r="V41" t="inlineStr">
+        <is>
+          <t>Cho, Taemi</t>
+        </is>
+      </c>
+      <c r="W41" t="inlineStr">
+        <is>
+          <t>kelly.housein@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X41" t="inlineStr">
+        <is>
+          <t>Housein, Kelly</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>CCIIO - MEEG</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>260167J</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>Re-compete CCIIO ER&amp;R, Form 1095-A Data Reporting</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>The Contractor performing work under this Statement of Work (SOW) will be responsible for identifying the root cause of enrollment and financial data discrepancies and resolving these discrepancies within the Federally-facilitated Exchange (FFE). For State-based Exchanges (SBEs), the Contractor will coordinate with each SBE to help resolve discrepancies identified through the enrollment reconciliation process.</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>04/13/2026</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>08/15/2026</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>08/29/2026</t>
+        </is>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>47QTCA19D00AJ</t>
+        </is>
+      </c>
+      <c r="O42" t="inlineStr">
+        <is>
+          <t>75FCMC22F0005</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q42" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R42" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S42" t="inlineStr">
+        <is>
+          <t>Cognosante</t>
+        </is>
+      </c>
+      <c r="T42" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U42" t="inlineStr"/>
+      <c r="V42" t="inlineStr">
+        <is>
+          <t>Zhuang, Carey</t>
+        </is>
+      </c>
+      <c r="W42" t="inlineStr">
+        <is>
+          <t>amberly.kovalick@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X42" t="inlineStr">
+        <is>
+          <t>Kovalick, Amberly</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>ASG - DQC</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>CCSQ - IIIG</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>260587</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>BFCC SAC</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>BFCC Survey &amp; Audit Center (BFCC-SAC): The contractor shall implement a centralized hub that administers the beneficiary surveys and conducts audit and inter-rater reliability reviews of the BFCC-QIO appeals decisions. The BFCC-SAC shall serve as a source of information for identifying gaps and achievements based on survey and audit findings for continuous improvement, innovation, and collaboration within the BFCC stakeholder community. The contractor will be a CMS partner in continuous quality improvement and work with CMS in efforts to improve the BFCC program.</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>04/01/2026</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>06/15/2026</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>06/15/2026</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>&gt;= $2M and &lt; $5M</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Limited Sources</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr"/>
+      <c r="O43" t="inlineStr"/>
+      <c r="P43" t="inlineStr">
+        <is>
+          <t>8(a) Competed</t>
+        </is>
+      </c>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R43" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Professional Services</t>
+        </is>
+      </c>
+      <c r="S43" t="inlineStr"/>
+      <c r="T43" t="inlineStr">
+        <is>
+          <t>R410</t>
+        </is>
+      </c>
+      <c r="U43" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V43" t="inlineStr">
+        <is>
+          <t>Meredith, Kaysha</t>
+        </is>
+      </c>
+      <c r="W43" t="inlineStr">
+        <is>
+          <t>kelley.williams-vollmer@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X43" t="inlineStr">
+        <is>
+          <t>Williams-Vollmer, Kelley</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>ASG - DPIFMC</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>CPI - CMG</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>260656</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>Plan Program Integrity Medicare Drug Integrity Contractor (PPI MEDIC)</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Conducting fraud, waste, and abuse (FWA) detection, deterrence, and prevention activities for Medicare Parts C and D by focusing primarily on data analyses, audits and reviews of Medicare Advantage Organizations (MAOs) and stand-alone Prescription Drug Plan Sponsors (PDPs), outreach and education, and referrals to law enforcement and other appropriate entities.</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>03/16/2026</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>06/28/2026</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>06/29/2026</t>
+        </is>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>&gt;= $10M and &lt; $20M</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>Contract - Competitive</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>75FCMC20C0021</t>
+        </is>
+      </c>
+      <c r="O44" t="inlineStr"/>
+      <c r="P44" t="inlineStr">
+        <is>
+          <t>Women Owned Small Business</t>
+        </is>
+      </c>
+      <c r="Q44" t="inlineStr">
+        <is>
+          <t>Cost Plus Fixed Fee</t>
+        </is>
+      </c>
+      <c r="R44" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S44" t="inlineStr">
+        <is>
+          <t>QLARANT INTEGRITY SOLUTIONS LLC</t>
+        </is>
+      </c>
+      <c r="T44" t="inlineStr">
+        <is>
+          <t>R499</t>
+        </is>
+      </c>
+      <c r="U44" t="inlineStr">
+        <is>
+          <t>541990</t>
+        </is>
+      </c>
+      <c r="V44" t="inlineStr">
+        <is>
+          <t>Feng, Megan</t>
+        </is>
+      </c>
+      <c r="W44" t="inlineStr">
+        <is>
+          <t>jennifer.kuhn@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X44" t="inlineStr">
+        <is>
+          <t>Kuhn, Jennifer</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>CCSQ - QSOG</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>260681</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>RECOMPETE - Civil Money Penalty App and CMP Reinvestment State Plan Reviews</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Civil Money Penalty (CMP) Application and CMP Reinvestment State Plan Reviews - Recompete</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>08/10/2026</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>08/10/2026</t>
+        </is>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>3 Years</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>&lt;= $25K</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr"/>
+      <c r="O45" t="inlineStr"/>
+      <c r="P45" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R45" t="inlineStr">
+        <is>
+          <t>N/A - Not Applicable</t>
+        </is>
+      </c>
+      <c r="S45" t="inlineStr"/>
+      <c r="T45" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U45" t="inlineStr"/>
+      <c r="V45" t="inlineStr">
+        <is>
+          <t>Kahn, Lorelei</t>
+        </is>
+      </c>
+      <c r="W45" t="inlineStr">
+        <is>
+          <t>jennifer.davis@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X45" t="inlineStr">
+        <is>
+          <t>Davis, Jennifer</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>AGG - DBSC</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>OSFLO - SMG</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>260783</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>Homeland Security Presidential Directive 12 Support Services Recompete</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>This acquisition involves the continued support for the processing of the vast number of individuals subject to Homeland Security Presidential Directive-12 (HSPD-12) in accordance with the stringent credentialing standards as outlined in Federal Information Processing Standards 201-3 (FIPS 201-3) as well as security requirements defined in Executive Order 13764. This body of work includes the Smart Card Management System (SCMS), HSPD-12 Credentialing, Personnel Security front-end work, MAC remote PIV card issuance facilities (PCIF), Federal Adjudication support, and the credentialing ChatBot to improve customer service This effort ensures uninterrupted services critical to the mission of Centers for Medicare and Medicaid/Security Management Group.</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>04/06/2026</t>
+        </is>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>07/15/2026</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
+        <is>
+          <t>07/16/2026</t>
+        </is>
+      </c>
+      <c r="J46" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K46" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L46" t="inlineStr">
+        <is>
+          <t>&gt;= $100M</t>
+        </is>
+      </c>
+      <c r="M46" t="inlineStr">
+        <is>
+          <t>GSA MAS Order - Competitive</t>
+        </is>
+      </c>
+      <c r="N46" t="inlineStr">
+        <is>
+          <t>47QRAA18D001P</t>
+        </is>
+      </c>
+      <c r="O46" t="inlineStr">
+        <is>
+          <t>75FCMC25FJ101</t>
+        </is>
+      </c>
+      <c r="P46" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q46" t="inlineStr">
+        <is>
+          <t>Time and Materials</t>
+        </is>
+      </c>
+      <c r="R46" t="inlineStr">
+        <is>
+          <t>External - GSA MAS Information Technology</t>
+        </is>
+      </c>
+      <c r="S46" t="inlineStr">
+        <is>
+          <t>Deloitte Consulting LLP</t>
+        </is>
+      </c>
+      <c r="T46" t="inlineStr">
+        <is>
+          <t>R615</t>
+        </is>
+      </c>
+      <c r="U46" t="inlineStr">
+        <is>
+          <t>541519</t>
+        </is>
+      </c>
+      <c r="V46" t="inlineStr">
+        <is>
+          <t>Redd, Frederick</t>
+        </is>
+      </c>
+      <c r="W46" t="inlineStr">
+        <is>
+          <t>deborah.lester@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X46" t="inlineStr">
         <is>
           <t>Lester, Deborah</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="A51" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>7500-7530-00500</t>
         </is>
       </c>
-      <c r="B51" t="inlineStr">
-[...29 lines deleted...]
-      <c r="H51" t="inlineStr">
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>ASG - DPIFMC</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>OFM - PARG</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>260122J</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>EIPM RC Recompete 2026</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>To obtain a Review Contractor (RC) to produce an improper payment rate for Benefit Years 2026-2028 for the Federal Exchange Improper Payment Measurement (FEIPM) and State-Based Exchanges Improper Payment Measurement (SEIPM) program. This work continues to be critical to the mission of CMS and compliance with the Federal Statute.</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="H47" t="inlineStr">
         <is>
           <t>06/01/2026</t>
         </is>
       </c>
-      <c r="I51" t="inlineStr">
+      <c r="I47" t="inlineStr">
         <is>
           <t>06/01/2026</t>
         </is>
       </c>
-      <c r="J51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K51" t="inlineStr">
+      <c r="J47" t="inlineStr">
+        <is>
+          <t>5 Years</t>
+        </is>
+      </c>
+      <c r="K47" t="inlineStr">
+        <is>
+          <t>&gt;= $20M and &lt; $50M</t>
+        </is>
+      </c>
+      <c r="L47" t="inlineStr">
+        <is>
+          <t>&gt;=$50M and &lt;$100M</t>
+        </is>
+      </c>
+      <c r="M47" t="inlineStr"/>
+      <c r="N47" t="inlineStr"/>
+      <c r="O47" t="inlineStr"/>
+      <c r="P47" t="inlineStr">
+        <is>
+          <t>No Set Aside Used</t>
+        </is>
+      </c>
+      <c r="Q47" t="inlineStr">
+        <is>
+          <t>Firm Fixed Price</t>
+        </is>
+      </c>
+      <c r="R47" t="inlineStr"/>
+      <c r="S47" t="inlineStr"/>
+      <c r="T47" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U47" t="inlineStr">
+        <is>
+          <t>541611</t>
+        </is>
+      </c>
+      <c r="V47" t="inlineStr">
+        <is>
+          <t>Kim, Laurie</t>
+        </is>
+      </c>
+      <c r="W47" t="inlineStr">
+        <is>
+          <t>nicole.hoey@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X47" t="inlineStr">
+        <is>
+          <t>Hoey, Nicole</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>7500-7530-00500</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>MSCG - DMMC</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>CCIIO - CSG</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>260191J</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>Independent Dispute Resolution Entity (IDRE) Audit</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>The purpose of the Independent Dispute Resolution Entity (IDRE) Audit Project is to provide the Departments of Health and Human Services, Department of Labor, and Department of the Treasury (Tri-Departments), with critical insights into the overall performance and accountability of certified IDREs with respect to both Eligibility Determination (ED) and Payment Determination (PD) processes and procedures, in relation to the implementation of the Federal independent dispute resolution (IDR) process of the No Surprises Act (NSA).</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>05/15/2026</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>09/30/2026</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
+        <is>
+          <t>09/01/2026</t>
+        </is>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
         <is>
           <t>&gt;= $5M and &lt; $10M</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>&gt;= $20M and &lt; $50M</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr">
-[...309 lines deleted...]
-      <c r="M54" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>GSA MAS Order - Competitive</t>
         </is>
       </c>
-      <c r="N54" t="inlineStr">
-[...19 lines deleted...]
-      <c r="R54" t="inlineStr">
+      <c r="N48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P48" t="inlineStr">
+        <is>
+          <t>Small Business Set-Aside -- Total</t>
+        </is>
+      </c>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="R48" t="inlineStr">
         <is>
           <t>External - GSA MAS Professional Services</t>
         </is>
       </c>
-      <c r="S54" t="inlineStr">
-[...662 lines deleted...]
-          <t>Vollmer, Jason</t>
+      <c r="S48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T48" t="inlineStr">
+        <is>
+          <t>TBD</t>
+        </is>
+      </c>
+      <c r="U48" t="inlineStr"/>
+      <c r="V48" t="inlineStr">
+        <is>
+          <t>Gray, Jabaar</t>
+        </is>
+      </c>
+      <c r="W48" t="inlineStr">
+        <is>
+          <t>megan.famodu@cms.hhs.gov</t>
+        </is>
+      </c>
+      <c r="X48" t="inlineStr">
+        <is>
+          <t>Famodu, Megan</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>