--- v0 (2025-12-16)
+++ v1 (2026-03-27)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B73FBC9A-C6E7-4DEE-BE48-02F48631238A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{046FB5FE-0F3B-4A26-A134-B70265753F44}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30570" yWindow="1410" windowWidth="25860" windowHeight="13200" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CE_Service_Line_Group_List" sheetId="1" r:id="rId1"/>
     <sheet name="Clinical_Episode_List" sheetId="2" r:id="rId2"/>
     <sheet name="TAVR_Procedure_Codes" sheetId="3" r:id="rId3"/>
     <sheet name="MJRUE_Trigger_Procedure_Codes" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Clinical_Episode_List!$A$2:$E$150</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Clinical_Episode_List!$A$2:$E$153</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">CE_Service_Line_Group_List!$A$1:$D$37</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">Clinical_Episode_List!$A$1:$E$150</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">MJRUE_Trigger_Procedure_Codes!$A$1:$B$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">Clinical_Episode_List!$A$1:$E$153</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">MJRUE_Trigger_Procedure_Codes!$A$1:$B$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">TAVR_Procedure_Codes!$A$1:$C$15</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="925" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="948" uniqueCount="255">
   <si>
     <t>Clinical Episode Service Line Group</t>
   </si>
   <si>
     <t>Clinical Episode Category</t>
   </si>
   <si>
     <t>Setting</t>
   </si>
   <si>
     <t>Medical/Surgical</t>
   </si>
   <si>
     <t>Cardiac Care</t>
   </si>
   <si>
     <t>Acute myocardial infarction</t>
   </si>
   <si>
     <t>Inpatient</t>
   </si>
   <si>
     <t>Medical</t>
   </si>
   <si>
@@ -777,50 +777,83 @@
     <t>Reattachment of Left Upper Arm, Open Approach</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>BPCI Advanced Model Year 8 Clinical Episode Service Line Group List</t>
   </si>
   <si>
     <t>BPCI Advanced Model Year 8 Clinical Episode List</t>
   </si>
   <si>
     <t>BPCI Advanced Model Year 8 TAVR Procedure Codes</t>
   </si>
   <si>
     <t>BPCI Advanced Model Year 8 MJRUE Trigger Procedure Codes</t>
   </si>
   <si>
     <t>065</t>
   </si>
   <si>
     <t>066</t>
   </si>
   <si>
     <t>Spinal Fusion</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>0RRJ008</t>
+  </si>
+  <si>
+    <t>0RRJ0J8</t>
+  </si>
+  <si>
+    <t>0RRK008</t>
+  </si>
+  <si>
+    <t>0RRK0J8</t>
+  </si>
+  <si>
+    <t>Replacement of Left Shoulder Joint with Reverse Ball and Socket Synthetic Substitute, Subscapularis-sparing Technique, Open Approach</t>
+  </si>
+  <si>
+    <t>Replacement of Right Shoulder Joint with Reverse Ball and Socket Synthetic Substitute, Subscapularis-sparing Technique, Open Approach</t>
+  </si>
+  <si>
+    <t>Replacement of Right Shoulder Joint with Synthetic Substitute, Subscapularis-sparing Technique, Open Approach</t>
+  </si>
+  <si>
+    <t>Replacement of Left Shoulder Joint with Synthetic Substitute, Subscapularis-sparing Technique, Open Approach</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1195,51 +1228,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="57">
+  <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1248,53 +1281,50 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1319,50 +1349,59 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
@@ -1668,56 +1707,56 @@
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="8" tint="-0.499984740745262"/>
   </sheetPr>
   <dimension ref="A1:J37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="38.54296875" customWidth="1"/>
     <col min="2" max="2" width="70.7265625" customWidth="1"/>
     <col min="3" max="4" width="23.7265625" customWidth="1"/>
     <col min="5" max="11" width="9.1796875" hidden="1" customWidth="1"/>
     <col min="12" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="20" x14ac:dyDescent="0.35">
-      <c r="A1" s="50" t="s">
+      <c r="A1" s="52" t="s">
         <v>237</v>
       </c>
-      <c r="B1" s="51"/>
-[...1 lines deleted...]
-      <c r="D1" s="51"/>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="7"/>
     </row>
     <row r="2" spans="1:10" ht="25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="8" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="10" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
@@ -2382,3278 +2421,3341 @@
       <c r="H35" s="5"/>
       <c r="I35" s="5"/>
       <c r="J35" s="5"/>
     </row>
     <row r="36" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A36" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="G36" s="5"/>
       <c r="H36" s="5"/>
       <c r="I36" s="5"/>
       <c r="J36" s="5"/>
     </row>
     <row r="37" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A37" s="48" t="s">
+      <c r="A37" s="50" t="s">
         <v>48</v>
       </c>
-      <c r="B37" s="48"/>
-[...1 lines deleted...]
-      <c r="D37" s="49"/>
+      <c r="B37" s="50"/>
+      <c r="C37" s="50"/>
+      <c r="D37" s="51"/>
       <c r="E37" s="5"/>
       <c r="F37" s="5"/>
       <c r="G37" s="5"/>
       <c r="H37" s="5"/>
       <c r="I37" s="5"/>
       <c r="J37" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9783637B-279F-439A-826D-9744CB8F0C75}">
   <sheetPr>
     <tabColor theme="8" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="A1:J154"/>
+  <dimension ref="A1:J157"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="66.26953125" style="16" customWidth="1"/>
     <col min="2" max="3" width="22.26953125" style="16" customWidth="1"/>
     <col min="4" max="4" width="16.7265625" style="16" customWidth="1"/>
-    <col min="5" max="5" width="15.7265625" style="40" customWidth="1"/>
+    <col min="5" max="5" width="15.7265625" style="39" customWidth="1"/>
     <col min="6" max="9" width="15.7265625" style="14" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="15.7265625" hidden="1" customWidth="1"/>
     <col min="11" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="20.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="54" t="s">
+      <c r="A1" s="56" t="s">
         <v>238</v>
       </c>
-      <c r="B1" s="54"/>
-[...2 lines deleted...]
-      <c r="E1" s="54"/>
+      <c r="B1" s="56"/>
+      <c r="C1" s="56"/>
+      <c r="D1" s="56"/>
+      <c r="E1" s="56"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
     </row>
     <row r="2" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="39" t="s">
+      <c r="A2" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="28" t="s">
+      <c r="B2" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="29" t="s">
+      <c r="C2" s="28" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="28" t="s">
+      <c r="D2" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="E2" s="41" t="s">
+      <c r="E2" s="40" t="s">
         <v>236</v>
       </c>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
     </row>
     <row r="3" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A3" s="32" t="s">
+      <c r="A3" s="31" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E3" s="42">
+      <c r="E3" s="41">
         <v>280</v>
       </c>
       <c r="F3" s="12"/>
       <c r="G3" s="12"/>
       <c r="H3" s="12"/>
       <c r="I3" s="12"/>
     </row>
     <row r="4" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A4" s="32" t="s">
+      <c r="A4" s="31" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E4" s="42">
+      <c r="E4" s="41">
         <v>281</v>
       </c>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
       <c r="H4" s="12"/>
       <c r="I4" s="12"/>
     </row>
     <row r="5" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="32" t="s">
+      <c r="A5" s="31" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E5" s="42">
+      <c r="E5" s="41">
         <v>282</v>
       </c>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
       <c r="I5" s="12"/>
     </row>
     <row r="6" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A6" s="32" t="s">
+      <c r="A6" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E6" s="42">
+      <c r="E6" s="41">
         <v>518</v>
       </c>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
     </row>
     <row r="7" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A7" s="32" t="s">
+      <c r="A7" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E7" s="42">
+      <c r="E7" s="41">
         <v>519</v>
       </c>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
     </row>
     <row r="8" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A8" s="32" t="s">
+      <c r="A8" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E8" s="42">
+      <c r="E8" s="41">
         <v>520</v>
       </c>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="12"/>
     </row>
     <row r="9" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A9" s="32" t="s">
+      <c r="A9" s="31" t="s">
         <v>51</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E9" s="43">
+      <c r="E9" s="42">
         <v>619</v>
       </c>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
     </row>
     <row r="10" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A10" s="32" t="s">
+      <c r="A10" s="31" t="s">
         <v>51</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E10" s="43">
+      <c r="E10" s="42">
         <v>620</v>
       </c>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
     </row>
     <row r="11" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="32" t="s">
+      <c r="A11" s="31" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E11" s="43">
+      <c r="E11" s="42">
         <v>621</v>
       </c>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
     </row>
     <row r="12" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A12" s="32" t="s">
+      <c r="A12" s="31" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E12" s="42">
+      <c r="E12" s="41">
         <v>308</v>
       </c>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
       <c r="H12" s="12"/>
       <c r="I12" s="12"/>
     </row>
     <row r="13" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A13" s="32" t="s">
+      <c r="A13" s="31" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E13" s="42">
+      <c r="E13" s="41">
         <v>309</v>
       </c>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="I13" s="12"/>
     </row>
     <row r="14" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A14" s="32" t="s">
+      <c r="A14" s="31" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E14" s="42">
+      <c r="E14" s="41">
         <v>310</v>
       </c>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
     </row>
-    <row r="15" spans="1:9" s="38" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A15" s="32" t="s">
+    <row r="15" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="31" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E15" s="42">
+      <c r="E15" s="41">
         <v>275</v>
       </c>
-      <c r="F15" s="37"/>
-[...5 lines deleted...]
-      <c r="A16" s="32" t="s">
+      <c r="F15" s="36"/>
+      <c r="G15" s="36"/>
+      <c r="H15" s="36"/>
+      <c r="I15" s="36"/>
+    </row>
+    <row r="16" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="31" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D16" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E16" s="42">
+      <c r="E16" s="41">
         <v>276</v>
       </c>
-      <c r="F16" s="37"/>
-[...5 lines deleted...]
-      <c r="A17" s="32" t="s">
+      <c r="F16" s="36"/>
+      <c r="G16" s="36"/>
+      <c r="H16" s="36"/>
+      <c r="I16" s="36"/>
+    </row>
+    <row r="17" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="31" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E17" s="42">
+      <c r="E17" s="41">
         <v>277</v>
       </c>
-      <c r="F17" s="37"/>
-[...5 lines deleted...]
-      <c r="A18" s="32" t="s">
+      <c r="F17" s="36"/>
+      <c r="G17" s="36"/>
+      <c r="H17" s="36"/>
+      <c r="I17" s="36"/>
+    </row>
+    <row r="18" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="31" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C18" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D18" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E18" s="42">
+      <c r="E18" s="41">
         <v>212</v>
       </c>
-      <c r="F18" s="37"/>
-[...2 lines deleted...]
-      <c r="I18" s="37"/>
+      <c r="F18" s="36"/>
+      <c r="G18" s="36"/>
+      <c r="H18" s="36"/>
+      <c r="I18" s="36"/>
     </row>
     <row r="19" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="32" t="s">
+      <c r="A19" s="31" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E19" s="42" t="s">
+      <c r="E19" s="41" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="12"/>
       <c r="G19" s="12"/>
       <c r="H19" s="12"/>
       <c r="I19" s="12"/>
     </row>
     <row r="20" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A20" s="32" t="s">
+      <c r="A20" s="31" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D20" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E20" s="42" t="s">
+      <c r="E20" s="41" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="12"/>
       <c r="G20" s="12"/>
       <c r="H20" s="12"/>
       <c r="I20" s="12"/>
     </row>
     <row r="21" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A21" s="32" t="s">
+      <c r="A21" s="31" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C21" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D21" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E21" s="42" t="s">
+      <c r="E21" s="41" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="12"/>
       <c r="G21" s="12"/>
       <c r="H21" s="12"/>
       <c r="I21" s="12"/>
     </row>
     <row r="22" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A22" s="32" t="s">
+      <c r="A22" s="31" t="s">
         <v>13</v>
       </c>
       <c r="B22" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C22" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D22" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E22" s="42" t="s">
+      <c r="E22" s="41" t="s">
         <v>55</v>
       </c>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="I22" s="12"/>
     </row>
     <row r="23" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A23" s="32" t="s">
+      <c r="A23" s="31" t="s">
         <v>13</v>
       </c>
       <c r="B23" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E23" s="42" t="s">
+      <c r="E23" s="41" t="s">
         <v>56</v>
       </c>
       <c r="F23" s="12"/>
       <c r="G23" s="12"/>
       <c r="H23" s="12"/>
       <c r="I23" s="12"/>
     </row>
     <row r="24" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A24" s="32" t="s">
+      <c r="A24" s="31" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C24" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D24" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E24" s="42">
+      <c r="E24" s="41">
         <v>221</v>
       </c>
       <c r="F24" s="12"/>
       <c r="G24" s="12"/>
       <c r="H24" s="12"/>
       <c r="I24" s="12"/>
     </row>
     <row r="25" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A25" s="32" t="s">
+      <c r="A25" s="31" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E25" s="42" t="s">
+      <c r="E25" s="41" t="s">
         <v>57</v>
       </c>
       <c r="F25" s="12"/>
       <c r="G25" s="12"/>
       <c r="H25" s="12"/>
       <c r="I25" s="12"/>
     </row>
     <row r="26" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A26" s="32" t="s">
+      <c r="A26" s="31" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C26" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E26" s="42" t="s">
+      <c r="E26" s="41" t="s">
         <v>58</v>
       </c>
       <c r="F26" s="12"/>
       <c r="G26" s="12"/>
       <c r="H26" s="12"/>
       <c r="I26" s="12"/>
     </row>
     <row r="27" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A27" s="32" t="s">
+      <c r="A27" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B27" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C27" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E27" s="42" t="s">
+      <c r="E27" s="41" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="12"/>
       <c r="G27" s="12"/>
       <c r="H27" s="12"/>
       <c r="I27" s="12"/>
     </row>
     <row r="28" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A28" s="32" t="s">
+      <c r="A28" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B28" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E28" s="42" t="s">
+      <c r="E28" s="41" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="12"/>
       <c r="G28" s="12"/>
       <c r="H28" s="12"/>
       <c r="I28" s="12"/>
     </row>
     <row r="29" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A29" s="32" t="s">
+      <c r="A29" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E29" s="42" t="s">
+      <c r="E29" s="41" t="s">
         <v>61</v>
       </c>
       <c r="F29" s="12"/>
       <c r="G29" s="12"/>
       <c r="H29" s="12"/>
       <c r="I29" s="12"/>
     </row>
     <row r="30" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A30" s="32" t="s">
+      <c r="A30" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E30" s="42" t="s">
+      <c r="E30" s="41" t="s">
         <v>62</v>
       </c>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="12"/>
       <c r="I30" s="12"/>
     </row>
     <row r="31" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A31" s="32" t="s">
+      <c r="A31" s="31" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C31" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E31" s="42" t="s">
+      <c r="E31" s="41" t="s">
         <v>63</v>
       </c>
       <c r="F31" s="12"/>
       <c r="G31" s="12"/>
       <c r="H31" s="12"/>
       <c r="I31" s="12"/>
     </row>
     <row r="32" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A32" s="32" t="s">
+      <c r="A32" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C32" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E32" s="42" t="s">
+      <c r="E32" s="41" t="s">
         <v>64</v>
       </c>
       <c r="F32" s="12"/>
       <c r="G32" s="12"/>
       <c r="H32" s="12"/>
       <c r="I32" s="12"/>
     </row>
     <row r="33" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A33" s="32" t="s">
+      <c r="A33" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E33" s="42" t="s">
+      <c r="E33" s="41" t="s">
         <v>65</v>
       </c>
       <c r="F33" s="12"/>
       <c r="G33" s="12"/>
       <c r="H33" s="12"/>
       <c r="I33" s="12"/>
     </row>
     <row r="34" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A34" s="32" t="s">
+      <c r="A34" s="31" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E34" s="42" t="s">
+      <c r="E34" s="41" t="s">
         <v>66</v>
       </c>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
     </row>
     <row r="35" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A35" s="32" t="s">
+      <c r="A35" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B35" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C35" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E35" s="42" t="s">
+      <c r="E35" s="41" t="s">
         <v>67</v>
       </c>
       <c r="F35" s="12"/>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="I35" s="12"/>
     </row>
     <row r="36" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A36" s="32" t="s">
+      <c r="A36" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B36" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D36" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E36" s="42" t="s">
+      <c r="E36" s="41" t="s">
         <v>68</v>
       </c>
       <c r="F36" s="12"/>
       <c r="G36" s="12"/>
       <c r="H36" s="12"/>
       <c r="I36" s="12"/>
     </row>
     <row r="37" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A37" s="32" t="s">
+      <c r="A37" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B37" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C37" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D37" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E37" s="42" t="s">
+      <c r="E37" s="41" t="s">
         <v>69</v>
       </c>
       <c r="F37" s="12"/>
       <c r="G37" s="12"/>
       <c r="H37" s="12"/>
       <c r="I37" s="12"/>
     </row>
     <row r="38" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A38" s="32" t="s">
+      <c r="A38" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B38" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C38" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D38" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E38" s="42" t="s">
+      <c r="E38" s="41" t="s">
         <v>70</v>
       </c>
       <c r="F38" s="12"/>
       <c r="G38" s="12"/>
       <c r="H38" s="12"/>
       <c r="I38" s="12"/>
     </row>
     <row r="39" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A39" s="32" t="s">
+      <c r="A39" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B39" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C39" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E39" s="42" t="s">
+      <c r="E39" s="41" t="s">
         <v>71</v>
       </c>
       <c r="F39" s="12"/>
       <c r="G39" s="12"/>
       <c r="H39" s="12"/>
       <c r="I39" s="12"/>
     </row>
     <row r="40" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A40" s="32" t="s">
+      <c r="A40" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C40" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E40" s="42" t="s">
+      <c r="E40" s="41" t="s">
         <v>72</v>
       </c>
       <c r="F40" s="12"/>
       <c r="G40" s="12"/>
       <c r="H40" s="12"/>
       <c r="I40" s="12"/>
     </row>
     <row r="41" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A41" s="32" t="s">
+      <c r="A41" s="31" t="s">
         <v>20</v>
       </c>
       <c r="B41" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C41" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E41" s="42" t="s">
+      <c r="E41" s="41" t="s">
         <v>73</v>
       </c>
       <c r="F41" s="12"/>
       <c r="G41" s="12"/>
       <c r="H41" s="12"/>
       <c r="I41" s="12"/>
     </row>
     <row r="42" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A42" s="32" t="s">
+      <c r="A42" s="31" t="s">
         <v>20</v>
       </c>
       <c r="B42" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C42" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E42" s="42" t="s">
+      <c r="E42" s="41" t="s">
         <v>74</v>
       </c>
       <c r="F42" s="12"/>
       <c r="G42" s="12"/>
       <c r="H42" s="12"/>
       <c r="I42" s="12"/>
     </row>
     <row r="43" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A43" s="32" t="s">
+      <c r="A43" s="31" t="s">
         <v>20</v>
       </c>
       <c r="B43" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C43" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E43" s="42" t="s">
+      <c r="E43" s="41" t="s">
         <v>75</v>
       </c>
       <c r="F43" s="12"/>
       <c r="G43" s="12"/>
       <c r="H43" s="12"/>
       <c r="I43" s="12"/>
     </row>
     <row r="44" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A44" s="32" t="s">
+      <c r="A44" s="31" t="s">
         <v>38</v>
       </c>
       <c r="B44" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C44" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D44" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E44" s="42" t="s">
+      <c r="E44" s="41" t="s">
         <v>76</v>
       </c>
       <c r="F44" s="12"/>
       <c r="G44" s="12"/>
       <c r="H44" s="12"/>
       <c r="I44" s="12"/>
     </row>
     <row r="45" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A45" s="32" t="s">
+      <c r="A45" s="31" t="s">
         <v>38</v>
       </c>
       <c r="B45" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C45" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D45" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E45" s="42" t="s">
+      <c r="E45" s="41" t="s">
         <v>77</v>
       </c>
       <c r="F45" s="12"/>
       <c r="G45" s="12"/>
       <c r="H45" s="12"/>
       <c r="I45" s="12"/>
     </row>
     <row r="46" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A46" s="32" t="s">
+      <c r="A46" s="31" t="s">
         <v>39</v>
       </c>
       <c r="B46" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C46" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E46" s="42" t="s">
+      <c r="E46" s="41" t="s">
         <v>78</v>
       </c>
       <c r="F46" s="12"/>
       <c r="G46" s="12"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
     </row>
     <row r="47" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A47" s="32" t="s">
+      <c r="A47" s="31" t="s">
         <v>39</v>
       </c>
       <c r="B47" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E47" s="42" t="s">
+      <c r="E47" s="41" t="s">
         <v>79</v>
       </c>
       <c r="F47" s="12"/>
       <c r="G47" s="12"/>
       <c r="H47" s="12"/>
       <c r="I47" s="12"/>
     </row>
     <row r="48" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A48" s="32" t="s">
+      <c r="A48" s="31" t="s">
         <v>39</v>
       </c>
       <c r="B48" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E48" s="42" t="s">
+      <c r="E48" s="41" t="s">
         <v>80</v>
       </c>
       <c r="F48" s="12"/>
       <c r="G48" s="12"/>
       <c r="H48" s="12"/>
       <c r="I48" s="12"/>
     </row>
     <row r="49" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A49" s="32" t="s">
+      <c r="A49" s="31" t="s">
         <v>39</v>
       </c>
       <c r="B49" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C49" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E49" s="42" t="s">
+      <c r="E49" s="41" t="s">
         <v>81</v>
       </c>
       <c r="F49" s="12"/>
       <c r="G49" s="12"/>
       <c r="H49" s="12"/>
       <c r="I49" s="12"/>
     </row>
     <row r="50" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A50" s="32" t="s">
+      <c r="A50" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B50" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C50" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E50" s="42" t="s">
+      <c r="E50" s="41" t="s">
         <v>82</v>
       </c>
       <c r="F50" s="12"/>
       <c r="G50" s="12"/>
       <c r="H50" s="12"/>
       <c r="I50" s="12"/>
     </row>
     <row r="51" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A51" s="32" t="s">
+      <c r="A51" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B51" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C51" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E51" s="42" t="s">
+      <c r="E51" s="41" t="s">
         <v>83</v>
       </c>
       <c r="F51" s="12"/>
       <c r="G51" s="12"/>
       <c r="H51" s="12"/>
       <c r="I51" s="12"/>
     </row>
     <row r="52" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A52" s="32" t="s">
+      <c r="A52" s="31" t="s">
         <v>21</v>
       </c>
       <c r="B52" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C52" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E52" s="42" t="s">
+      <c r="E52" s="41" t="s">
         <v>84</v>
       </c>
       <c r="F52" s="12"/>
       <c r="G52" s="12"/>
       <c r="H52" s="12"/>
       <c r="I52" s="12"/>
     </row>
     <row r="53" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A53" s="33" t="s">
+      <c r="A53" s="32" t="s">
         <v>22</v>
       </c>
-      <c r="B53" s="30" t="s">
+      <c r="B53" s="29" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="D53" s="30" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="44" t="s">
+      <c r="D53" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="E53" s="43" t="s">
         <v>85</v>
       </c>
       <c r="F53" s="12"/>
       <c r="G53" s="12"/>
       <c r="H53" s="12"/>
       <c r="I53" s="12"/>
     </row>
     <row r="54" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A54" s="33" t="s">
+      <c r="A54" s="32" t="s">
         <v>22</v>
       </c>
-      <c r="B54" s="30" t="s">
+      <c r="B54" s="29" t="s">
         <v>6</v>
       </c>
       <c r="C54" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="D54" s="30" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="44" t="s">
+      <c r="D54" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="E54" s="43" t="s">
         <v>86</v>
       </c>
       <c r="F54" s="12"/>
       <c r="G54" s="12"/>
       <c r="H54" s="12"/>
       <c r="I54" s="12"/>
     </row>
     <row r="55" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A55" s="33" t="s">
+      <c r="A55" s="32" t="s">
         <v>22</v>
       </c>
-      <c r="B55" s="30" t="s">
+      <c r="B55" s="29" t="s">
         <v>6</v>
       </c>
       <c r="C55" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="D55" s="30" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="44" t="s">
+      <c r="D55" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="E55" s="43" t="s">
         <v>87</v>
       </c>
       <c r="F55" s="12"/>
       <c r="G55" s="12"/>
       <c r="H55" s="12"/>
       <c r="I55" s="12"/>
     </row>
     <row r="56" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A56" s="32" t="s">
+      <c r="A56" s="31" t="s">
         <v>40</v>
       </c>
       <c r="B56" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C56" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D56" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E56" s="42" t="s">
+      <c r="E56" s="41" t="s">
         <v>88</v>
       </c>
       <c r="F56" s="12"/>
       <c r="G56" s="12"/>
       <c r="H56" s="12"/>
       <c r="I56" s="12"/>
     </row>
     <row r="57" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A57" s="32" t="s">
+      <c r="A57" s="31" t="s">
         <v>40</v>
       </c>
       <c r="B57" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C57" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D57" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E57" s="42" t="s">
+      <c r="E57" s="41" t="s">
         <v>89</v>
       </c>
       <c r="F57" s="12"/>
       <c r="G57" s="12"/>
       <c r="H57" s="12"/>
       <c r="I57" s="12"/>
     </row>
     <row r="58" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A58" s="32" t="s">
+      <c r="A58" s="31" t="s">
         <v>40</v>
       </c>
       <c r="B58" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C58" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E58" s="42" t="s">
+      <c r="E58" s="41" t="s">
         <v>90</v>
       </c>
       <c r="F58" s="12"/>
       <c r="G58" s="12"/>
       <c r="H58" s="12"/>
       <c r="I58" s="12"/>
     </row>
     <row r="59" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A59" s="32" t="s">
+      <c r="A59" s="31" t="s">
         <v>91</v>
       </c>
       <c r="B59" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C59" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E59" s="42" t="s">
+      <c r="E59" s="41" t="s">
         <v>92</v>
       </c>
       <c r="F59" s="12"/>
       <c r="G59" s="12"/>
       <c r="H59" s="12"/>
       <c r="I59" s="12"/>
     </row>
     <row r="60" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A60" s="32" t="s">
+      <c r="A60" s="31" t="s">
         <v>91</v>
       </c>
       <c r="B60" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C60" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E60" s="42" t="s">
+      <c r="E60" s="41" t="s">
         <v>93</v>
       </c>
       <c r="F60" s="12"/>
       <c r="G60" s="12"/>
       <c r="H60" s="12"/>
       <c r="I60" s="12"/>
     </row>
     <row r="61" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A61" s="32" t="s">
+      <c r="A61" s="31" t="s">
         <v>91</v>
       </c>
       <c r="B61" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C61" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E61" s="42" t="s">
+      <c r="E61" s="41" t="s">
         <v>94</v>
       </c>
       <c r="F61" s="12"/>
       <c r="G61" s="12"/>
       <c r="H61" s="12"/>
       <c r="I61" s="12"/>
     </row>
     <row r="62" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A62" s="32" t="s">
+      <c r="A62" s="31" t="s">
         <v>41</v>
       </c>
       <c r="B62" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C62" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D62" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E62" s="42" t="s">
+      <c r="E62" s="41" t="s">
         <v>95</v>
       </c>
       <c r="F62" s="12"/>
       <c r="G62" s="12"/>
       <c r="H62" s="12"/>
       <c r="I62" s="12"/>
     </row>
     <row r="63" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A63" s="32" t="s">
+      <c r="A63" s="31" t="s">
         <v>41</v>
       </c>
       <c r="B63" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C63" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D63" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E63" s="42" t="s">
+      <c r="E63" s="41" t="s">
         <v>96</v>
       </c>
       <c r="F63" s="12"/>
       <c r="G63" s="12"/>
       <c r="H63" s="12"/>
       <c r="I63" s="12"/>
     </row>
     <row r="64" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A64" s="32" t="s">
+      <c r="A64" s="31" t="s">
         <v>41</v>
       </c>
       <c r="B64" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C64" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D64" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E64" s="42" t="s">
+      <c r="E64" s="41" t="s">
         <v>97</v>
       </c>
       <c r="F64" s="12"/>
       <c r="G64" s="12"/>
       <c r="H64" s="12"/>
       <c r="I64" s="12"/>
     </row>
     <row r="65" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A65" s="32" t="s">
+      <c r="A65" s="31" t="s">
         <v>26</v>
       </c>
       <c r="B65" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C65" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D65" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E65" s="42" t="s">
+      <c r="E65" s="41" t="s">
         <v>98</v>
       </c>
       <c r="F65" s="12"/>
       <c r="G65" s="12"/>
       <c r="H65" s="12"/>
       <c r="I65" s="12"/>
     </row>
     <row r="66" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A66" s="32" t="s">
+      <c r="A66" s="31" t="s">
         <v>26</v>
       </c>
       <c r="B66" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C66" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D66" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E66" s="42" t="s">
+      <c r="E66" s="41" t="s">
         <v>99</v>
       </c>
       <c r="F66" s="12"/>
       <c r="G66" s="12"/>
       <c r="H66" s="12"/>
       <c r="I66" s="12"/>
     </row>
     <row r="67" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A67" s="32" t="s">
+      <c r="A67" s="31" t="s">
         <v>26</v>
       </c>
       <c r="B67" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C67" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D67" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E67" s="42" t="s">
+      <c r="E67" s="41" t="s">
         <v>100</v>
       </c>
       <c r="F67" s="12"/>
       <c r="G67" s="12"/>
       <c r="H67" s="12"/>
       <c r="I67" s="12"/>
     </row>
     <row r="68" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A68" s="32" t="s">
+      <c r="A68" s="31" t="s">
         <v>101</v>
       </c>
-      <c r="B68" s="31" t="s">
+      <c r="B68" s="30" t="s">
         <v>43</v>
       </c>
       <c r="C68" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D68" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E68" s="42" t="s">
+      <c r="E68" s="41" t="s">
         <v>102</v>
       </c>
       <c r="F68" s="12"/>
       <c r="G68" s="12"/>
       <c r="H68" s="12"/>
       <c r="I68" s="12"/>
     </row>
     <row r="69" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A69" s="32" t="s">
+      <c r="A69" s="31" t="s">
         <v>101</v>
       </c>
-      <c r="B69" s="31" t="s">
+      <c r="B69" s="30" t="s">
         <v>43</v>
       </c>
       <c r="C69" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D69" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E69" s="42" t="s">
+      <c r="E69" s="41" t="s">
         <v>104</v>
       </c>
       <c r="F69" s="12"/>
       <c r="G69" s="12"/>
       <c r="H69" s="12"/>
       <c r="I69" s="12"/>
     </row>
     <row r="70" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A70" s="32" t="s">
+      <c r="A70" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B70" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C70" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D70" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E70" s="42" t="s">
+      <c r="E70" s="41" t="s">
         <v>105</v>
       </c>
       <c r="F70" s="12"/>
       <c r="G70" s="12"/>
       <c r="H70" s="12"/>
       <c r="I70" s="12"/>
     </row>
     <row r="71" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A71" s="32" t="s">
+      <c r="A71" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B71" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C71" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D71" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E71" s="42" t="s">
+      <c r="E71" s="41" t="s">
         <v>106</v>
       </c>
       <c r="F71" s="12"/>
       <c r="G71" s="12"/>
       <c r="H71" s="12"/>
       <c r="I71" s="12"/>
     </row>
     <row r="72" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A72" s="32" t="s">
+      <c r="A72" s="31" t="s">
         <v>16</v>
       </c>
       <c r="B72" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C72" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D72" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E72" s="42" t="s">
+      <c r="E72" s="41" t="s">
         <v>107</v>
       </c>
       <c r="F72" s="12"/>
       <c r="G72" s="12"/>
       <c r="H72" s="12"/>
       <c r="I72" s="12"/>
     </row>
     <row r="73" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A73" s="34" t="s">
+      <c r="A73" s="33" t="s">
         <v>17</v>
       </c>
       <c r="B73" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C73" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D73" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E73" s="43" t="s">
+      <c r="E73" s="42" t="s">
         <v>108</v>
       </c>
       <c r="F73" s="12"/>
       <c r="G73" s="12"/>
       <c r="H73" s="12"/>
       <c r="I73" s="12"/>
     </row>
     <row r="74" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A74" s="34" t="s">
+      <c r="A74" s="33" t="s">
         <v>17</v>
       </c>
       <c r="B74" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C74" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D74" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E74" s="43" t="s">
+      <c r="E74" s="42" t="s">
         <v>109</v>
       </c>
       <c r="F74" s="12"/>
       <c r="G74" s="12"/>
       <c r="H74" s="12"/>
       <c r="I74" s="12"/>
     </row>
-    <row r="75" spans="1:9" s="38" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A75" s="32" t="s">
+    <row r="75" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A75" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="B75" s="19" t="s">
+      <c r="B75" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C75" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D75" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="45">
+      <c r="D75" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E75" s="42" t="s">
+        <v>244</v>
+      </c>
+      <c r="F75" s="12"/>
+      <c r="G75" s="12"/>
+      <c r="H75" s="12"/>
+      <c r="I75" s="12"/>
+    </row>
+    <row r="76" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A76" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="B76" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C76" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E76" s="44">
         <v>321</v>
       </c>
-      <c r="F75" s="37"/>
-[...5 lines deleted...]
-      <c r="A76" s="32" t="s">
+      <c r="F76" s="36"/>
+      <c r="G76" s="36"/>
+      <c r="H76" s="36"/>
+      <c r="I76" s="36"/>
+    </row>
+    <row r="77" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="B76" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E76" s="45">
+      <c r="B77" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C77" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E77" s="44">
         <v>322</v>
       </c>
-      <c r="F76" s="37"/>
-[...5 lines deleted...]
-      <c r="A77" s="34" t="s">
+      <c r="F77" s="36"/>
+      <c r="G77" s="36"/>
+      <c r="H77" s="36"/>
+      <c r="I77" s="36"/>
+    </row>
+    <row r="78" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="B78" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C78" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E78" s="44" t="s">
+        <v>245</v>
+      </c>
+      <c r="F78" s="36"/>
+      <c r="G78" s="36"/>
+      <c r="H78" s="36"/>
+      <c r="I78" s="36"/>
+    </row>
+    <row r="79" spans="1:9" s="37" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="B79" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C79" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E79" s="44" t="s">
+        <v>246</v>
+      </c>
+      <c r="F79" s="36"/>
+      <c r="G79" s="36"/>
+      <c r="H79" s="36"/>
+      <c r="I79" s="36"/>
+    </row>
+    <row r="80" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="33" t="s">
         <v>30</v>
       </c>
-      <c r="B77" s="18" t="s">
-[...8 lines deleted...]
-      <c r="E77" s="43" t="s">
+      <c r="B80" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C80" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E80" s="42" t="s">
         <v>110</v>
-      </c>
-[...61 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F80" s="12"/>
       <c r="G80" s="12"/>
       <c r="H80" s="12"/>
       <c r="I80" s="12"/>
     </row>
     <row r="81" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A81" s="34" t="s">
-        <v>35</v>
+      <c r="A81" s="33" t="s">
+        <v>30</v>
       </c>
       <c r="B81" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C81" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D81" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E81" s="43" t="s">
-        <v>114</v>
+      <c r="E81" s="42" t="s">
+        <v>111</v>
       </c>
       <c r="F81" s="12"/>
       <c r="G81" s="12"/>
       <c r="H81" s="12"/>
       <c r="I81" s="12"/>
     </row>
     <row r="82" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A82" s="34" t="s">
-        <v>31</v>
+      <c r="A82" s="33" t="s">
+        <v>30</v>
       </c>
       <c r="B82" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C82" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E82" s="43" t="s">
-        <v>115</v>
+      <c r="E82" s="42" t="s">
+        <v>112</v>
       </c>
       <c r="F82" s="12"/>
       <c r="G82" s="12"/>
       <c r="H82" s="12"/>
       <c r="I82" s="12"/>
     </row>
     <row r="83" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A83" s="34" t="s">
-        <v>31</v>
+      <c r="A83" s="33" t="s">
+        <v>35</v>
       </c>
       <c r="B83" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C83" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E83" s="43" t="s">
-        <v>116</v>
+      <c r="E83" s="42" t="s">
+        <v>113</v>
       </c>
       <c r="F83" s="12"/>
       <c r="G83" s="12"/>
       <c r="H83" s="12"/>
       <c r="I83" s="12"/>
     </row>
     <row r="84" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A84" s="34" t="s">
-        <v>31</v>
+      <c r="A84" s="33" t="s">
+        <v>35</v>
       </c>
       <c r="B84" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C84" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E84" s="43" t="s">
-        <v>117</v>
+      <c r="E84" s="42" t="s">
+        <v>114</v>
       </c>
       <c r="F84" s="12"/>
       <c r="G84" s="12"/>
       <c r="H84" s="12"/>
       <c r="I84" s="12"/>
     </row>
     <row r="85" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A85" s="34" t="s">
-        <v>32</v>
+      <c r="A85" s="33" t="s">
+        <v>31</v>
       </c>
       <c r="B85" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C85" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E85" s="43" t="s">
-        <v>118</v>
+      <c r="E85" s="42" t="s">
+        <v>115</v>
       </c>
       <c r="F85" s="12"/>
       <c r="G85" s="12"/>
       <c r="H85" s="12"/>
       <c r="I85" s="12"/>
     </row>
     <row r="86" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A86" s="34" t="s">
-        <v>32</v>
+      <c r="A86" s="33" t="s">
+        <v>31</v>
       </c>
       <c r="B86" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C86" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E86" s="43" t="s">
-        <v>119</v>
+      <c r="E86" s="42" t="s">
+        <v>116</v>
       </c>
       <c r="F86" s="12"/>
       <c r="G86" s="12"/>
       <c r="H86" s="12"/>
       <c r="I86" s="12"/>
     </row>
     <row r="87" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A87" s="34" t="s">
-        <v>32</v>
+      <c r="A87" s="33" t="s">
+        <v>31</v>
       </c>
       <c r="B87" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C87" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E87" s="43" t="s">
-        <v>120</v>
+      <c r="E87" s="42" t="s">
+        <v>117</v>
       </c>
       <c r="F87" s="12"/>
       <c r="G87" s="12"/>
       <c r="H87" s="12"/>
       <c r="I87" s="12"/>
     </row>
     <row r="88" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A88" s="34" t="s">
+      <c r="A88" s="33" t="s">
         <v>32</v>
       </c>
       <c r="B88" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C88" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E88" s="43" t="s">
-        <v>121</v>
+      <c r="E88" s="42" t="s">
+        <v>118</v>
       </c>
       <c r="F88" s="12"/>
       <c r="G88" s="12"/>
       <c r="H88" s="12"/>
       <c r="I88" s="12"/>
     </row>
     <row r="89" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A89" s="32" t="s">
+      <c r="A89" s="33" t="s">
         <v>32</v>
       </c>
-      <c r="B89" s="19" t="s">
+      <c r="B89" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C89" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="D89" s="19" t="s">
-[...3 lines deleted...]
-        <v>122</v>
+      <c r="D89" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E89" s="42" t="s">
+        <v>119</v>
       </c>
       <c r="F89" s="12"/>
       <c r="G89" s="12"/>
       <c r="H89" s="12"/>
       <c r="I89" s="12"/>
     </row>
     <row r="90" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A90" s="32" t="s">
+      <c r="A90" s="33" t="s">
         <v>32</v>
       </c>
-      <c r="B90" s="19" t="s">
+      <c r="B90" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C90" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="D90" s="19" t="s">
-[...3 lines deleted...]
-        <v>123</v>
+      <c r="D90" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E90" s="42" t="s">
+        <v>120</v>
       </c>
       <c r="F90" s="12"/>
       <c r="G90" s="12"/>
       <c r="H90" s="12"/>
       <c r="I90" s="12"/>
     </row>
     <row r="91" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A91" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B91" s="19" t="s">
+      <c r="A91" s="33" t="s">
+        <v>32</v>
+      </c>
+      <c r="B91" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C91" s="19" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-        <v>402</v>
+        <v>7</v>
+      </c>
+      <c r="D91" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E91" s="42" t="s">
+        <v>121</v>
       </c>
       <c r="F91" s="12"/>
       <c r="G91" s="12"/>
       <c r="H91" s="12"/>
       <c r="I91" s="12"/>
     </row>
     <row r="92" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A92" s="32" t="s">
-        <v>243</v>
+      <c r="A92" s="31" t="s">
+        <v>32</v>
       </c>
       <c r="B92" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C92" s="19" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D92" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E92" s="45">
-        <v>426</v>
+      <c r="E92" s="44" t="s">
+        <v>122</v>
       </c>
       <c r="F92" s="12"/>
       <c r="G92" s="12"/>
       <c r="H92" s="12"/>
       <c r="I92" s="12"/>
     </row>
     <row r="93" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A93" s="32" t="s">
-        <v>243</v>
+      <c r="A93" s="31" t="s">
+        <v>32</v>
       </c>
       <c r="B93" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C93" s="19" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D93" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E93" s="45">
-        <v>427</v>
+      <c r="E93" s="44" t="s">
+        <v>123</v>
       </c>
       <c r="F93" s="12"/>
       <c r="G93" s="12"/>
       <c r="H93" s="12"/>
       <c r="I93" s="12"/>
     </row>
     <row r="94" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A94" s="32" t="s">
+      <c r="A94" s="31" t="s">
         <v>243</v>
       </c>
       <c r="B94" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C94" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D94" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E94" s="45">
-        <v>428</v>
+      <c r="E94" s="44">
+        <v>402</v>
       </c>
       <c r="F94" s="12"/>
       <c r="G94" s="12"/>
       <c r="H94" s="12"/>
       <c r="I94" s="12"/>
     </row>
     <row r="95" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A95" s="32" t="s">
+      <c r="A95" s="31" t="s">
         <v>243</v>
       </c>
       <c r="B95" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C95" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D95" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E95" s="45">
-        <v>429</v>
+      <c r="E95" s="44">
+        <v>426</v>
       </c>
       <c r="F95" s="12"/>
       <c r="G95" s="12"/>
       <c r="H95" s="12"/>
       <c r="I95" s="12"/>
     </row>
     <row r="96" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A96" s="32" t="s">
+      <c r="A96" s="31" t="s">
         <v>243</v>
       </c>
       <c r="B96" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C96" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D96" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E96" s="45">
-        <v>430</v>
+      <c r="E96" s="44">
+        <v>427</v>
       </c>
       <c r="F96" s="12"/>
       <c r="G96" s="12"/>
       <c r="H96" s="12"/>
       <c r="I96" s="12"/>
     </row>
     <row r="97" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A97" s="32" t="s">
+      <c r="A97" s="31" t="s">
         <v>243</v>
       </c>
       <c r="B97" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C97" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D97" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E97" s="45">
-        <v>447</v>
+      <c r="E97" s="44">
+        <v>428</v>
       </c>
       <c r="F97" s="12"/>
       <c r="G97" s="12"/>
       <c r="H97" s="12"/>
       <c r="I97" s="12"/>
     </row>
     <row r="98" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A98" s="32" t="s">
+      <c r="A98" s="31" t="s">
         <v>243</v>
       </c>
       <c r="B98" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C98" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D98" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E98" s="45">
-        <v>448</v>
+      <c r="E98" s="44">
+        <v>429</v>
       </c>
       <c r="F98" s="12"/>
       <c r="G98" s="12"/>
       <c r="H98" s="12"/>
       <c r="I98" s="12"/>
     </row>
     <row r="99" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A99" s="32" t="s">
+      <c r="A99" s="31" t="s">
         <v>243</v>
       </c>
       <c r="B99" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C99" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D99" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E99" s="45">
-        <v>450</v>
+      <c r="E99" s="44">
+        <v>430</v>
       </c>
       <c r="F99" s="12"/>
       <c r="G99" s="12"/>
       <c r="H99" s="12"/>
       <c r="I99" s="12"/>
     </row>
     <row r="100" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A100" s="32" t="s">
+      <c r="A100" s="31" t="s">
         <v>243</v>
       </c>
       <c r="B100" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C100" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D100" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E100" s="45">
-        <v>451</v>
+      <c r="E100" s="44">
+        <v>447</v>
       </c>
       <c r="F100" s="12"/>
       <c r="G100" s="12"/>
       <c r="H100" s="12"/>
       <c r="I100" s="12"/>
     </row>
     <row r="101" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A101" s="32" t="s">
-        <v>47</v>
+      <c r="A101" s="31" t="s">
+        <v>243</v>
       </c>
       <c r="B101" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C101" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D101" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="E101" s="42" t="s">
-        <v>124</v>
+      <c r="E101" s="44">
+        <v>448</v>
       </c>
       <c r="F101" s="12"/>
       <c r="G101" s="12"/>
       <c r="H101" s="12"/>
       <c r="I101" s="12"/>
     </row>
     <row r="102" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A102" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B102" s="18" t="s">
+      <c r="A102" s="31" t="s">
+        <v>243</v>
+      </c>
+      <c r="B102" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C102" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D102" s="18" t="s">
-[...3 lines deleted...]
-        <v>125</v>
+      <c r="D102" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E102" s="44">
+        <v>450</v>
       </c>
       <c r="F102" s="12"/>
       <c r="G102" s="12"/>
       <c r="H102" s="12"/>
       <c r="I102" s="12"/>
     </row>
     <row r="103" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A103" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B103" s="18" t="s">
+      <c r="A103" s="31" t="s">
+        <v>243</v>
+      </c>
+      <c r="B103" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C103" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D103" s="18" t="s">
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="D103" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E103" s="44">
+        <v>451</v>
       </c>
       <c r="F103" s="12"/>
       <c r="G103" s="12"/>
       <c r="H103" s="12"/>
       <c r="I103" s="12"/>
     </row>
     <row r="104" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A104" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B104" s="18" t="s">
+      <c r="A104" s="31" t="s">
+        <v>47</v>
+      </c>
+      <c r="B104" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C104" s="19" t="s">
-        <v>7</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>12</v>
+      </c>
+      <c r="D104" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="E104" s="41" t="s">
+        <v>124</v>
       </c>
       <c r="F104" s="12"/>
       <c r="G104" s="12"/>
       <c r="H104" s="12"/>
       <c r="I104" s="12"/>
     </row>
     <row r="105" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A105" s="34" t="s">
-        <v>36</v>
+      <c r="A105" s="31" t="s">
+        <v>47</v>
       </c>
       <c r="B105" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C105" s="19" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D105" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E105" s="43" t="s">
-        <v>128</v>
+      <c r="E105" s="41" t="s">
+        <v>125</v>
       </c>
       <c r="F105" s="12"/>
       <c r="G105" s="12"/>
       <c r="H105" s="12"/>
       <c r="I105" s="12"/>
     </row>
     <row r="106" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A106" s="34" t="s">
-        <v>36</v>
+      <c r="A106" s="31" t="s">
+        <v>47</v>
       </c>
       <c r="B106" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C106" s="19" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D106" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E106" s="43" t="s">
-        <v>129</v>
+      <c r="E106" s="41" t="s">
+        <v>126</v>
       </c>
       <c r="F106" s="12"/>
       <c r="G106" s="12"/>
       <c r="H106" s="12"/>
       <c r="I106" s="12"/>
     </row>
     <row r="107" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A107" s="34" t="s">
+      <c r="A107" s="33" t="s">
         <v>36</v>
       </c>
       <c r="B107" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C107" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E107" s="43" t="s">
-        <v>130</v>
+      <c r="E107" s="42" t="s">
+        <v>127</v>
       </c>
       <c r="F107" s="12"/>
       <c r="G107" s="12"/>
       <c r="H107" s="12"/>
       <c r="I107" s="12"/>
     </row>
     <row r="108" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A108" s="34" t="s">
+      <c r="A108" s="33" t="s">
         <v>36</v>
       </c>
       <c r="B108" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C108" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E108" s="43" t="s">
-        <v>241</v>
+      <c r="E108" s="42" t="s">
+        <v>128</v>
       </c>
       <c r="F108" s="12"/>
       <c r="G108" s="12"/>
       <c r="H108" s="12"/>
       <c r="I108" s="12"/>
     </row>
     <row r="109" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A109" s="34" t="s">
+      <c r="A109" s="33" t="s">
         <v>36</v>
       </c>
       <c r="B109" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C109" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E109" s="43" t="s">
-        <v>242</v>
+      <c r="E109" s="42" t="s">
+        <v>129</v>
       </c>
       <c r="F109" s="12"/>
       <c r="G109" s="12"/>
       <c r="H109" s="12"/>
       <c r="I109" s="12"/>
     </row>
     <row r="110" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A110" s="32" t="s">
-        <v>131</v>
+      <c r="A110" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="B110" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C110" s="19" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D110" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E110" s="43">
-        <v>266</v>
+      <c r="E110" s="42" t="s">
+        <v>130</v>
       </c>
       <c r="F110" s="12"/>
       <c r="G110" s="12"/>
       <c r="H110" s="12"/>
       <c r="I110" s="12"/>
     </row>
     <row r="111" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A111" s="32" t="s">
-        <v>131</v>
+      <c r="A111" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="B111" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C111" s="19" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D111" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E111" s="43">
-        <v>267</v>
+      <c r="E111" s="42" t="s">
+        <v>241</v>
       </c>
       <c r="F111" s="12"/>
       <c r="G111" s="12"/>
       <c r="H111" s="12"/>
       <c r="I111" s="12"/>
     </row>
     <row r="112" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A112" s="34" t="s">
-        <v>33</v>
+      <c r="A112" s="33" t="s">
+        <v>36</v>
       </c>
       <c r="B112" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C112" s="19" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E112" s="43">
-        <v>689</v>
+      <c r="E112" s="42" t="s">
+        <v>242</v>
       </c>
       <c r="F112" s="12"/>
       <c r="G112" s="12"/>
       <c r="H112" s="12"/>
       <c r="I112" s="12"/>
     </row>
     <row r="113" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A113" s="34" t="s">
-        <v>33</v>
+      <c r="A113" s="31" t="s">
+        <v>131</v>
       </c>
       <c r="B113" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C113" s="19" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D113" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E113" s="43">
-        <v>690</v>
+      <c r="E113" s="42">
+        <v>266</v>
       </c>
       <c r="F113" s="12"/>
       <c r="G113" s="12"/>
       <c r="H113" s="12"/>
       <c r="I113" s="12"/>
     </row>
     <row r="114" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A114" s="32" t="s">
-        <v>46</v>
+      <c r="A114" s="31" t="s">
+        <v>131</v>
       </c>
       <c r="B114" s="18" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="C114" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D114" s="19" t="s">
-        <v>103</v>
+      <c r="D114" s="18" t="s">
+        <v>50</v>
       </c>
       <c r="E114" s="42">
-        <v>62287</v>
+        <v>267</v>
       </c>
       <c r="F114" s="12"/>
       <c r="G114" s="12"/>
       <c r="H114" s="12"/>
       <c r="I114" s="12"/>
     </row>
     <row r="115" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A115" s="32" t="s">
-        <v>46</v>
+      <c r="A115" s="33" t="s">
+        <v>33</v>
       </c>
       <c r="B115" s="18" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="C115" s="19" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>7</v>
+      </c>
+      <c r="D115" s="18" t="s">
+        <v>50</v>
       </c>
       <c r="E115" s="42">
-        <v>63005</v>
+        <v>689</v>
       </c>
       <c r="F115" s="12"/>
       <c r="G115" s="12"/>
       <c r="H115" s="12"/>
       <c r="I115" s="12"/>
     </row>
     <row r="116" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A116" s="32" t="s">
-        <v>46</v>
+      <c r="A116" s="33" t="s">
+        <v>33</v>
       </c>
       <c r="B116" s="18" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="C116" s="19" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>7</v>
+      </c>
+      <c r="D116" s="18" t="s">
+        <v>50</v>
       </c>
       <c r="E116" s="42">
-        <v>63011</v>
+        <v>690</v>
       </c>
       <c r="F116" s="12"/>
       <c r="G116" s="12"/>
       <c r="H116" s="12"/>
       <c r="I116" s="12"/>
     </row>
     <row r="117" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A117" s="32" t="s">
+      <c r="A117" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B117" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C117" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D117" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E117" s="42">
-        <v>63012</v>
+      <c r="E117" s="41">
+        <v>62287</v>
       </c>
       <c r="F117" s="12"/>
       <c r="G117" s="12"/>
       <c r="H117" s="12"/>
       <c r="I117" s="12"/>
     </row>
     <row r="118" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A118" s="32" t="s">
+      <c r="A118" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B118" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C118" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D118" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E118" s="42">
-        <v>63017</v>
+      <c r="E118" s="41">
+        <v>63005</v>
       </c>
       <c r="F118" s="12"/>
       <c r="G118" s="12"/>
       <c r="H118" s="12"/>
       <c r="I118" s="12"/>
     </row>
     <row r="119" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A119" s="32" t="s">
+      <c r="A119" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B119" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C119" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D119" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E119" s="42">
-        <v>63030</v>
+      <c r="E119" s="41">
+        <v>63011</v>
       </c>
       <c r="F119" s="12"/>
       <c r="G119" s="12"/>
       <c r="H119" s="12"/>
       <c r="I119" s="12"/>
     </row>
     <row r="120" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A120" s="32" t="s">
+      <c r="A120" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B120" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C120" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D120" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E120" s="42">
-        <v>63040</v>
+      <c r="E120" s="41">
+        <v>63012</v>
       </c>
       <c r="F120" s="12"/>
       <c r="G120" s="12"/>
       <c r="H120" s="12"/>
       <c r="I120" s="12"/>
     </row>
     <row r="121" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A121" s="32" t="s">
+      <c r="A121" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B121" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C121" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D121" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E121" s="42">
-        <v>63042</v>
+      <c r="E121" s="41">
+        <v>63017</v>
       </c>
       <c r="F121" s="12"/>
       <c r="G121" s="12"/>
       <c r="H121" s="12"/>
       <c r="I121" s="12"/>
     </row>
     <row r="122" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A122" s="32" t="s">
+      <c r="A122" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B122" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C122" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D122" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E122" s="42">
-        <v>63045</v>
+      <c r="E122" s="41">
+        <v>63030</v>
       </c>
       <c r="F122" s="12"/>
       <c r="G122" s="12"/>
       <c r="H122" s="12"/>
       <c r="I122" s="12"/>
     </row>
     <row r="123" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A123" s="32" t="s">
+      <c r="A123" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B123" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C123" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D123" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E123" s="42">
-        <v>63046</v>
+      <c r="E123" s="41">
+        <v>63040</v>
       </c>
       <c r="F123" s="12"/>
       <c r="G123" s="12"/>
       <c r="H123" s="12"/>
       <c r="I123" s="12"/>
     </row>
     <row r="124" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A124" s="32" t="s">
+      <c r="A124" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B124" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C124" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D124" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E124" s="42">
-        <v>63047</v>
+      <c r="E124" s="41">
+        <v>63042</v>
       </c>
       <c r="F124" s="12"/>
       <c r="G124" s="12"/>
       <c r="H124" s="12"/>
       <c r="I124" s="12"/>
     </row>
     <row r="125" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A125" s="32" t="s">
+      <c r="A125" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B125" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C125" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D125" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E125" s="42">
-        <v>63056</v>
+      <c r="E125" s="41">
+        <v>63045</v>
       </c>
       <c r="F125" s="12"/>
       <c r="G125" s="12"/>
       <c r="H125" s="12"/>
       <c r="I125" s="12"/>
     </row>
     <row r="126" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A126" s="32" t="s">
+      <c r="A126" s="31" t="s">
         <v>46</v>
       </c>
       <c r="B126" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C126" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D126" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E126" s="42">
-        <v>63075</v>
+      <c r="E126" s="41">
+        <v>63046</v>
       </c>
       <c r="F126" s="12"/>
       <c r="G126" s="12"/>
       <c r="H126" s="12"/>
       <c r="I126" s="12"/>
     </row>
     <row r="127" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A127" s="32" t="s">
-        <v>11</v>
+      <c r="A127" s="31" t="s">
+        <v>46</v>
       </c>
       <c r="B127" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C127" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D127" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E127" s="42" t="s">
-        <v>132</v>
+      <c r="E127" s="41">
+        <v>63047</v>
       </c>
       <c r="F127" s="12"/>
       <c r="G127" s="12"/>
       <c r="H127" s="12"/>
       <c r="I127" s="12"/>
     </row>
     <row r="128" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A128" s="32" t="s">
-        <v>11</v>
+      <c r="A128" s="31" t="s">
+        <v>46</v>
       </c>
       <c r="B128" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C128" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D128" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E128" s="42">
-        <v>33262</v>
+      <c r="E128" s="41">
+        <v>63056</v>
       </c>
       <c r="F128" s="12"/>
       <c r="G128" s="12"/>
       <c r="H128" s="12"/>
       <c r="I128" s="12"/>
     </row>
     <row r="129" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A129" s="32" t="s">
-        <v>11</v>
+      <c r="A129" s="31" t="s">
+        <v>46</v>
       </c>
       <c r="B129" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C129" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D129" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E129" s="42">
-        <v>33263</v>
+      <c r="E129" s="41">
+        <v>63075</v>
       </c>
       <c r="F129" s="12"/>
       <c r="G129" s="12"/>
       <c r="H129" s="12"/>
       <c r="I129" s="12"/>
     </row>
     <row r="130" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A130" s="32" t="s">
+      <c r="A130" s="31" t="s">
         <v>11</v>
       </c>
       <c r="B130" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C130" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D130" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E130" s="42">
-        <v>33264</v>
+      <c r="E130" s="41" t="s">
+        <v>132</v>
       </c>
       <c r="F130" s="12"/>
       <c r="G130" s="12"/>
       <c r="H130" s="12"/>
       <c r="I130" s="12"/>
     </row>
     <row r="131" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A131" s="32" t="s">
+      <c r="A131" s="31" t="s">
         <v>11</v>
       </c>
       <c r="B131" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C131" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D131" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E131" s="42">
-        <v>33270</v>
+      <c r="E131" s="41">
+        <v>33262</v>
       </c>
       <c r="F131" s="12"/>
       <c r="G131" s="12"/>
       <c r="H131" s="12"/>
       <c r="I131" s="12"/>
     </row>
     <row r="132" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A132" s="32" t="s">
-        <v>17</v>
+      <c r="A132" s="31" t="s">
+        <v>11</v>
       </c>
       <c r="B132" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C132" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D132" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E132" s="42">
-        <v>92920</v>
+      <c r="E132" s="41">
+        <v>33263</v>
       </c>
       <c r="F132" s="12"/>
       <c r="G132" s="12"/>
       <c r="H132" s="12"/>
       <c r="I132" s="12"/>
     </row>
     <row r="133" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A133" s="32" t="s">
-        <v>17</v>
+      <c r="A133" s="31" t="s">
+        <v>11</v>
       </c>
       <c r="B133" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C133" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D133" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E133" s="42">
-        <v>92924</v>
+      <c r="E133" s="41">
+        <v>33264</v>
       </c>
       <c r="F133" s="12"/>
       <c r="G133" s="12"/>
       <c r="H133" s="12"/>
       <c r="I133" s="12"/>
     </row>
     <row r="134" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A134" s="32" t="s">
-        <v>17</v>
+      <c r="A134" s="31" t="s">
+        <v>11</v>
       </c>
       <c r="B134" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C134" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D134" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E134" s="42">
-        <v>92928</v>
+      <c r="E134" s="41">
+        <v>33270</v>
       </c>
       <c r="F134" s="12"/>
       <c r="G134" s="12"/>
       <c r="H134" s="12"/>
       <c r="I134" s="12"/>
     </row>
     <row r="135" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A135" s="32" t="s">
+      <c r="A135" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B135" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C135" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D135" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E135" s="42">
-        <v>92933</v>
+      <c r="E135" s="41">
+        <v>92920</v>
       </c>
       <c r="F135" s="12"/>
       <c r="G135" s="12"/>
       <c r="H135" s="12"/>
       <c r="I135" s="12"/>
     </row>
     <row r="136" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A136" s="32" t="s">
+      <c r="A136" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C136" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D136" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E136" s="42">
-        <v>92937</v>
+      <c r="E136" s="41">
+        <v>92924</v>
       </c>
       <c r="F136" s="12"/>
       <c r="G136" s="12"/>
       <c r="H136" s="12"/>
       <c r="I136" s="12"/>
     </row>
     <row r="137" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A137" s="32" t="s">
+      <c r="A137" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B137" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C137" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D137" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E137" s="42">
-        <v>92943</v>
+      <c r="E137" s="41">
+        <v>92928</v>
       </c>
       <c r="F137" s="12"/>
       <c r="G137" s="12"/>
       <c r="H137" s="12"/>
       <c r="I137" s="12"/>
     </row>
     <row r="138" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A138" s="32" t="s">
+      <c r="A138" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B138" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C138" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D138" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E138" s="42" t="s">
-        <v>133</v>
+      <c r="E138" s="41">
+        <v>92933</v>
       </c>
       <c r="F138" s="12"/>
       <c r="G138" s="12"/>
       <c r="H138" s="12"/>
       <c r="I138" s="12"/>
     </row>
     <row r="139" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A139" s="32" t="s">
+      <c r="A139" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B139" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C139" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D139" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E139" s="42" t="s">
-        <v>134</v>
+      <c r="E139" s="41">
+        <v>92937</v>
       </c>
       <c r="F139" s="12"/>
       <c r="G139" s="12"/>
       <c r="H139" s="12"/>
       <c r="I139" s="12"/>
     </row>
     <row r="140" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A140" s="32" t="s">
+      <c r="A140" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B140" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C140" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D140" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E140" s="42" t="s">
-        <v>135</v>
+      <c r="E140" s="41">
+        <v>92943</v>
       </c>
       <c r="F140" s="12"/>
       <c r="G140" s="12"/>
       <c r="H140" s="12"/>
       <c r="I140" s="12"/>
     </row>
     <row r="141" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A141" s="32" t="s">
+      <c r="A141" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B141" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C141" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D141" s="19" t="s">
         <v>103</v>
       </c>
-      <c r="E141" s="42" t="s">
-        <v>136</v>
+      <c r="E141" s="41" t="s">
+        <v>133</v>
       </c>
       <c r="F141" s="12"/>
       <c r="G141" s="12"/>
       <c r="H141" s="12"/>
       <c r="I141" s="12"/>
     </row>
     <row r="142" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A142" s="32" t="s">
-        <v>137</v>
+      <c r="A142" s="31" t="s">
+        <v>17</v>
       </c>
       <c r="B142" s="18" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="C142" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D142" s="18" t="s">
-[...3 lines deleted...]
-        <v>469</v>
+      <c r="D142" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="E142" s="41" t="s">
+        <v>134</v>
       </c>
       <c r="F142" s="12"/>
       <c r="G142" s="12"/>
       <c r="H142" s="12"/>
       <c r="I142" s="12"/>
     </row>
     <row r="143" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A143" s="32" t="s">
-        <v>137</v>
+      <c r="A143" s="31" t="s">
+        <v>17</v>
       </c>
       <c r="B143" s="18" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="C143" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D143" s="18" t="s">
-[...3 lines deleted...]
-        <v>470</v>
+      <c r="D143" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="E143" s="41" t="s">
+        <v>135</v>
       </c>
       <c r="F143" s="12"/>
       <c r="G143" s="12"/>
       <c r="H143" s="12"/>
       <c r="I143" s="12"/>
     </row>
     <row r="144" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A144" s="32" t="s">
-[...3 lines deleted...]
-        <v>138</v>
+      <c r="A144" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="B144" s="18" t="s">
+        <v>18</v>
       </c>
       <c r="C144" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D144" s="18" t="s">
-[...3 lines deleted...]
-        <v>521</v>
+      <c r="D144" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="E144" s="41" t="s">
+        <v>136</v>
       </c>
       <c r="F144" s="12"/>
       <c r="G144" s="12"/>
       <c r="H144" s="12"/>
       <c r="I144" s="12"/>
     </row>
     <row r="145" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A145" s="32" t="s">
+      <c r="A145" s="31" t="s">
         <v>137</v>
       </c>
-      <c r="B145" s="19" t="s">
+      <c r="B145" s="18" t="s">
         <v>138</v>
       </c>
       <c r="C145" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D145" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="E145" s="46">
-        <v>522</v>
+      <c r="E145" s="41">
+        <v>469</v>
       </c>
       <c r="F145" s="12"/>
       <c r="G145" s="12"/>
       <c r="H145" s="12"/>
       <c r="I145" s="12"/>
     </row>
     <row r="146" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A146" s="32" t="s">
+      <c r="A146" s="31" t="s">
         <v>137</v>
       </c>
       <c r="B146" s="18" t="s">
         <v>138</v>
       </c>
       <c r="C146" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="D146" s="19" t="s">
-[...3 lines deleted...]
-        <v>27447</v>
+      <c r="D146" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E146" s="41">
+        <v>470</v>
       </c>
       <c r="F146" s="12"/>
       <c r="G146" s="12"/>
       <c r="H146" s="12"/>
       <c r="I146" s="12"/>
     </row>
-    <row r="147" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A147" s="35" t="s">
+    <row r="147" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A147" s="31" t="s">
         <v>137</v>
       </c>
-      <c r="B147" s="36" t="s">
+      <c r="B147" s="19" t="s">
         <v>138</v>
       </c>
-      <c r="C147" s="36" t="s">
-[...11 lines deleted...]
-      <c r="I147" s="13"/>
+      <c r="C147" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D147" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E147" s="45">
+        <v>521</v>
+      </c>
+      <c r="F147" s="12"/>
+      <c r="G147" s="12"/>
+      <c r="H147" s="12"/>
+      <c r="I147" s="12"/>
     </row>
     <row r="148" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A148" s="52" t="s">
-[...5 lines deleted...]
-      <c r="E148" s="52"/>
+      <c r="A148" s="31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B148" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C148" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D148" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="E148" s="45">
+        <v>522</v>
+      </c>
       <c r="F148" s="12"/>
       <c r="G148" s="12"/>
       <c r="H148" s="12"/>
       <c r="I148" s="12"/>
     </row>
     <row r="149" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A149" s="52" t="s">
-[...5 lines deleted...]
-      <c r="E149" s="52"/>
+      <c r="A149" s="31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B149" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C149" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D149" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="E149" s="42">
+        <v>27447</v>
+      </c>
       <c r="F149" s="12"/>
       <c r="G149" s="12"/>
       <c r="H149" s="12"/>
       <c r="I149" s="12"/>
     </row>
-    <row r="150" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A150" s="53" t="s">
+    <row r="150" spans="1:9" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A150" s="34" t="s">
+        <v>137</v>
+      </c>
+      <c r="B150" s="35" t="s">
+        <v>138</v>
+      </c>
+      <c r="C150" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D150" s="35" t="s">
+        <v>103</v>
+      </c>
+      <c r="E150" s="46">
+        <v>27130</v>
+      </c>
+      <c r="F150" s="13"/>
+      <c r="G150" s="13"/>
+      <c r="H150" s="13"/>
+      <c r="I150" s="13"/>
+    </row>
+    <row r="151" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A151" s="54" t="s">
+        <v>139</v>
+      </c>
+      <c r="B151" s="54"/>
+      <c r="C151" s="54"/>
+      <c r="D151" s="54"/>
+      <c r="E151" s="54"/>
+      <c r="F151" s="12"/>
+      <c r="G151" s="12"/>
+      <c r="H151" s="12"/>
+      <c r="I151" s="12"/>
+    </row>
+    <row r="152" spans="1:9" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A152" s="54" t="s">
+        <v>140</v>
+      </c>
+      <c r="B152" s="54"/>
+      <c r="C152" s="54"/>
+      <c r="D152" s="54"/>
+      <c r="E152" s="54"/>
+      <c r="F152" s="12"/>
+      <c r="G152" s="12"/>
+      <c r="H152" s="12"/>
+      <c r="I152" s="12"/>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A153" s="55" t="s">
         <v>48</v>
       </c>
-      <c r="B150" s="53"/>
-[...24 lines deleted...]
-      <c r="I153" s="15"/>
+      <c r="B153" s="55"/>
+      <c r="C153" s="55"/>
+      <c r="D153" s="55"/>
+      <c r="E153" s="55"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="5"/>
+      <c r="H153" s="5"/>
+      <c r="I153" s="5"/>
     </row>
     <row r="154" spans="1:9" hidden="1" x14ac:dyDescent="0.35">
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15"/>
       <c r="I154" s="15"/>
     </row>
+    <row r="155" spans="1:9" hidden="1" x14ac:dyDescent="0.35">
+      <c r="F155" s="15"/>
+      <c r="G155" s="15"/>
+      <c r="H155" s="15"/>
+      <c r="I155" s="15"/>
+    </row>
+    <row r="156" spans="1:9" hidden="1" x14ac:dyDescent="0.35">
+      <c r="F156" s="15"/>
+      <c r="G156" s="15"/>
+      <c r="H156" s="15"/>
+      <c r="I156" s="15"/>
+    </row>
+    <row r="157" spans="1:9" hidden="1" x14ac:dyDescent="0.35">
+      <c r="F157" s="15"/>
+      <c r="G157" s="15"/>
+      <c r="H157" s="15"/>
+      <c r="I157" s="15"/>
+    </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A148:E148"/>
-[...1 lines deleted...]
-    <mergeCell ref="A150:E150"/>
+    <mergeCell ref="A151:E151"/>
+    <mergeCell ref="A152:E152"/>
+    <mergeCell ref="A153:E153"/>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="E101:E103 E19:E23 E25:E74 E110:E147 E77:E90 E104:E107" numberStoredAsText="1"/>
+    <ignoredError sqref="E104:E106 E19:E23 E25:E74 E113:E150 E80:E93 E107:E110" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ADF1D498-1C1F-4283-809D-92D9BE8E2612}">
   <sheetPr>
     <tabColor theme="8" tint="-0.499984740745262"/>
   </sheetPr>
   <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="128.453125" customWidth="1"/>
     <col min="2" max="2" width="20.7265625" customWidth="1"/>
     <col min="3" max="3" width="15.7265625" customWidth="1"/>
     <col min="4" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="20" x14ac:dyDescent="0.4">
-      <c r="A1" s="55" t="s">
+      <c r="A1" s="57" t="s">
         <v>239</v>
       </c>
-      <c r="B1" s="55"/>
-      <c r="C1" s="55"/>
+      <c r="B1" s="57"/>
+      <c r="C1" s="57"/>
     </row>
     <row r="2" spans="1:3" ht="25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="20" t="s">
         <v>141</v>
       </c>
       <c r="B2" s="21" t="s">
         <v>142</v>
       </c>
       <c r="C2" s="22" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" s="17" t="s">
         <v>144</v>
       </c>
       <c r="B3" s="18">
         <v>3505</v>
       </c>
       <c r="C3" s="18" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" s="17" t="s">
@@ -5755,500 +5857,553 @@
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13" s="17" t="s">
         <v>164</v>
       </c>
       <c r="B13" s="18" t="s">
         <v>165</v>
       </c>
       <c r="C13" s="18" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14" s="17" t="s">
         <v>166</v>
       </c>
       <c r="B14" s="18" t="s">
         <v>167</v>
       </c>
       <c r="C14" s="18" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A15" s="48" t="s">
+      <c r="A15" s="50" t="s">
         <v>48</v>
       </c>
-      <c r="B15" s="48"/>
-      <c r="C15" s="48"/>
+      <c r="B15" s="50"/>
+      <c r="C15" s="50"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A15:C15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B16A0B59-6908-4D77-A74E-B993F53D9EDA}">
   <sheetPr>
     <tabColor theme="8" tint="-0.499984740745262"/>
   </sheetPr>
-  <dimension ref="A1:B37"/>
+  <dimension ref="A1:B41"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.7265625" customWidth="1"/>
-    <col min="2" max="2" width="100.453125" customWidth="1"/>
+    <col min="2" max="2" width="100.453125" style="49" customWidth="1"/>
     <col min="3" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="20" x14ac:dyDescent="0.4">
-      <c r="A1" s="56" t="s">
+      <c r="A1" s="58" t="s">
         <v>240</v>
       </c>
-      <c r="B1" s="56"/>
+      <c r="B1" s="58"/>
     </row>
     <row r="2" spans="1:2" ht="25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="26" t="s">
+      <c r="A2" s="25" t="s">
         <v>142</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="B2" s="26" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A3" s="24" t="s">
+      <c r="A3" s="23" t="s">
         <v>168</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="47" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A4" s="24" t="s">
+      <c r="A4" s="23" t="s">
         <v>170</v>
       </c>
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="47" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A5" s="24" t="s">
+      <c r="A5" s="23" t="s">
         <v>172</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="47" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A6" s="24" t="s">
+      <c r="A6" s="23" t="s">
         <v>174</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" s="47" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A7" s="24" t="s">
+      <c r="A7" s="23" t="s">
         <v>176</v>
       </c>
-      <c r="B7" s="6" t="s">
+      <c r="B7" s="47" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A8" s="24" t="s">
+      <c r="A8" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B8" s="47" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A9" s="24" t="s">
+      <c r="A9" s="23" t="s">
         <v>180</v>
       </c>
-      <c r="B9" s="6" t="s">
+      <c r="B9" s="47" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A10" s="24" t="s">
+      <c r="A10" s="23" t="s">
         <v>182</v>
       </c>
-      <c r="B10" s="6" t="s">
+      <c r="B10" s="47" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A11" s="24" t="s">
+      <c r="A11" s="23" t="s">
         <v>184</v>
       </c>
-      <c r="B11" s="6" t="s">
+      <c r="B11" s="47" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A12" s="24" t="s">
+      <c r="A12" s="23" t="s">
         <v>186</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" s="47" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A13" s="24" t="s">
+      <c r="A13" s="23" t="s">
         <v>188</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="B13" s="47" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A14" s="24" t="s">
+      <c r="A14" s="23" t="s">
         <v>190</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="B14" s="47" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A15" s="24" t="s">
+      <c r="A15" s="23" t="s">
         <v>192</v>
       </c>
-      <c r="B15" s="6" t="s">
+      <c r="B15" s="47" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A16" s="24" t="s">
+      <c r="A16" s="23" t="s">
         <v>194</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="B16" s="47" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A17" s="24" t="s">
+      <c r="A17" s="23" t="s">
         <v>196</v>
       </c>
-      <c r="B17" s="6" t="s">
+      <c r="B17" s="47" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A18" s="24" t="s">
+      <c r="A18" s="23" t="s">
         <v>198</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" s="47" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A19" s="24" t="s">
+      <c r="A19" s="23" t="s">
         <v>200</v>
       </c>
-      <c r="B19" s="6" t="s">
+      <c r="B19" s="47" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A20" s="24" t="s">
+      <c r="A20" s="23" t="s">
         <v>202</v>
       </c>
-      <c r="B20" s="6" t="s">
+      <c r="B20" s="47" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A21" s="24" t="s">
+      <c r="A21" s="23" t="s">
         <v>204</v>
       </c>
-      <c r="B21" s="6" t="s">
+      <c r="B21" s="47" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A22" s="24" t="s">
+      <c r="A22" s="23" t="s">
         <v>206</v>
       </c>
-      <c r="B22" s="6" t="s">
+      <c r="B22" s="47" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A23" s="25" t="s">
+      <c r="A23" s="24" t="s">
         <v>208</v>
       </c>
-      <c r="B23" s="23" t="s">
+      <c r="B23" s="48" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A24" s="25" t="s">
+      <c r="A24" s="24" t="s">
         <v>210</v>
       </c>
-      <c r="B24" s="23" t="s">
+      <c r="B24" s="48" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A25" s="25" t="s">
+      <c r="A25" s="24" t="s">
         <v>212</v>
       </c>
-      <c r="B25" s="23" t="s">
+      <c r="B25" s="48" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A26" s="25" t="s">
+      <c r="A26" s="24" t="s">
         <v>214</v>
       </c>
-      <c r="B26" s="23" t="s">
+      <c r="B26" s="48" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A27" s="25" t="s">
+      <c r="A27" s="24" t="s">
         <v>216</v>
       </c>
-      <c r="B27" s="23" t="s">
+      <c r="B27" s="48" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A28" s="24" t="s">
+      <c r="A28" s="23" t="s">
         <v>218</v>
       </c>
-      <c r="B28" s="6" t="s">
+      <c r="B28" s="47" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A29" s="24" t="s">
+      <c r="A29" s="23" t="s">
         <v>220</v>
       </c>
-      <c r="B29" s="6" t="s">
+      <c r="B29" s="47" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A30" s="24" t="s">
+      <c r="A30" s="23" t="s">
         <v>222</v>
       </c>
-      <c r="B30" s="6" t="s">
+      <c r="B30" s="47" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A31" s="24" t="s">
+      <c r="A31" s="23" t="s">
         <v>224</v>
       </c>
-      <c r="B31" s="6" t="s">
+      <c r="B31" s="47" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A32" s="24" t="s">
+      <c r="A32" s="23" t="s">
         <v>226</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="B32" s="47" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A33" s="24" t="s">
+      <c r="A33" s="23" t="s">
         <v>228</v>
       </c>
-      <c r="B33" s="6" t="s">
+      <c r="B33" s="47" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A34" s="24" t="s">
+      <c r="A34" s="23" t="s">
         <v>230</v>
       </c>
-      <c r="B34" s="6" t="s">
+      <c r="B34" s="47" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A35" s="24" t="s">
+      <c r="A35" s="23" t="s">
         <v>232</v>
       </c>
-      <c r="B35" s="6" t="s">
+      <c r="B35" s="47" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A36" s="24" t="s">
+      <c r="A36" s="23" t="s">
         <v>234</v>
       </c>
-      <c r="B36" s="6" t="s">
+      <c r="B36" s="47" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.35">
-      <c r="A37" s="48" t="s">
+    <row r="37" spans="1:2" ht="28" x14ac:dyDescent="0.35">
+      <c r="A37" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" s="47" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" ht="28" x14ac:dyDescent="0.35">
+      <c r="A38" s="23" t="s">
+        <v>248</v>
+      </c>
+      <c r="B38" s="47" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" ht="28" x14ac:dyDescent="0.35">
+      <c r="A39" s="23" t="s">
+        <v>249</v>
+      </c>
+      <c r="B39" s="47" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" ht="28" x14ac:dyDescent="0.35">
+      <c r="A40" s="23" t="s">
+        <v>250</v>
+      </c>
+      <c r="B40" s="47" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A41" s="50" t="s">
         <v>48</v>
       </c>
-      <c r="B37" s="48"/>
+      <c r="B41" s="50"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
-    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="A41:B41"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="3935f982-d2dc-4d24-875a-0d8a29e5bb99">
-      <Value>2</Value>
+    <TaxCatchAll xmlns="65ad3471-a69f-43d8-9fac-5fd890be0774">
+      <Value>4</Value>
     </TaxCatchAll>
-    <nf226d7b84ec406b865cfdbee0a534a1 xmlns="d536a60b-1fc4-4993-97f7-5bafe5cff0cf">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ab73b2eb-f56b-4db7-8497-49c013bcee61">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <nf226d7b84ec406b865cfdbee0a534a1 xmlns="65ad3471-a69f-43d8-9fac-5fd890be0774">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">PII/PHI</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">80f75e40-8dda-405d-afb8-e77b374dfc2b</TermId>
         </TermInfo>
       </Terms>
     </nf226d7b84ec406b865cfdbee0a534a1>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010005D6CE241E92184FBED13C3AF4E4E43C" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e8ce8047cc326e046cebd99471a5d150">
-[...2 lines deleted...]
-    <xsd:import namespace="3935f982-d2dc-4d24-875a-0d8a29e5bb99"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100286825540D90F64386AC33F758F9C3B5" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="42e41d064f5721d91bb26fe66ef0394e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="65ad3471-a69f-43d8-9fac-5fd890be0774" xmlns:ns3="ab73b2eb-f56b-4db7-8497-49c013bcee61" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3fa8dd9a62676904b014205323dfaa9c" ns2:_="" ns3:_="">
+    <xsd:import namespace="65ad3471-a69f-43d8-9fac-5fd890be0774"/>
+    <xsd:import namespace="ab73b2eb-f56b-4db7-8497-49c013bcee61"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:nf226d7b84ec406b865cfdbee0a534a1" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d536a60b-1fc4-4993-97f7-5bafe5cff0cf" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="65ad3471-a69f-43d8-9fac-5fd890be0774" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
-[...29 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{bf194822-2557-4698-9caf-f43c695fff7b}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="d536a60b-1fc4-4993-97f7-5bafe5cff0cf">
+    <xsd:element name="TaxCatchAll" ma:index="8" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1530123e-93ce-4298-b76f-0d0781a47a30}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="65ad3471-a69f-43d8-9fac-5fd890be0774">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAllLabel" ma:index="11" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{bf194822-2557-4698-9caf-f43c695fff7b}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="d536a60b-1fc4-4993-97f7-5bafe5cff0cf">
+    <xsd:element name="nf226d7b84ec406b865cfdbee0a534a1" ma:index="10" nillable="true" ma:taxonomy="true" ma:internalName="nf226d7b84ec406b865cfdbee0a534a1" ma:taxonomyFieldName="PII_x002F_PHI" ma:displayName="PII/PHI" ma:readOnly="false" ma:default="4;#PII/PHI|80f75e40-8dda-405d-afb8-e77b374dfc2b" ma:fieldId="{7f226d7b-84ec-406b-865c-fdbee0a534a1}" ma:sspId="db3e285b-e0ca-4a5b-a5c0-efc06264a33b" ma:termSetId="419caf65-58be-4b8b-a28d-4b6604d88073" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
-        <xsd:complexContent>
-[...5 lines deleted...]
-        </xsd:complexContent>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ab73b2eb-f56b-4db7-8497-49c013bcee61" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="db3e285b-e0ca-4a5b-a5c0-efc06264a33b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -6308,77 +6463,77 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64B710FC-2F66-4BD7-AB39-E12A9C0ED80B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{041E3F18-5940-4D2A-9B8F-9CFB9352B628}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="3935f982-d2dc-4d24-875a-0d8a29e5bb99"/>
-    <ds:schemaRef ds:uri="d536a60b-1fc4-4993-97f7-5bafe5cff0cf"/>
+    <ds:schemaRef ds:uri="65ad3471-a69f-43d8-9fac-5fd890be0774"/>
+    <ds:schemaRef ds:uri="ab73b2eb-f56b-4db7-8497-49c013bcee61"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1A5FE15-2410-4A25-8947-57A8F3682B0F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FEF677E-979D-4D61-AD03-799FC7CF07F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{859A3F05-9596-4B76-B84F-66AD7F29D793}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A19F782-274B-4D13-8ED7-AAC071D36D8D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d536a60b-1fc4-4993-97f7-5bafe5cff0cf"/>
-    <ds:schemaRef ds:uri="3935f982-d2dc-4d24-875a-0d8a29e5bb99"/>
+    <ds:schemaRef ds:uri="65ad3471-a69f-43d8-9fac-5fd890be0774"/>
+    <ds:schemaRef ds:uri="ab73b2eb-f56b-4db7-8497-49c013bcee61"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
@@ -6406,32 +6561,29 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>BPCI Advanced Model Year 8 Clinical Episode Lists</dc:title>
   <dc:subject>BPCI Advanced Model Year 8 Clinical Episode Lists</dc:subject>
   <dc:creator/>
   <cp:keywords>BPCI Advanced; Model Year 8; MY8; Clinical Episode Lists</cp:keywords>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>BPCI Advanced, Model Year, MY8</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x01010005D6CE241E92184FBED13C3AF4E4E43C</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr>2;#PII/PHI|80f75e40-8dda-405d-afb8-e77b374dfc2b</vt:lpwstr>
+    <vt:lpwstr>0x010100286825540D90F64386AC33F758F9C3B5</vt:lpwstr>
   </property>
 </Properties>
 </file>