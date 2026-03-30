--- v0 (2025-12-27)
+++ v1 (2026-03-30)
@@ -5,93 +5,93 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Box\Box\RY9G\Compliant 508 documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\RTPNHIP02\0217152.003.000.001.007_EnhancingOncologyModel-HIPAA\Task 4 Analytic and Op Support\Drug Lists\Novel Therapies\2026\v1.28_January_2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A2E6139-22F8-4D90-8353-A8DD6718FE89}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6BD2137-92C8-4774-AC71-53805B17F806}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31290" yWindow="1770" windowWidth="23070" windowHeight="12285" tabRatio="475" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="19090" yWindow="1050" windowWidth="19420" windowHeight="10300" tabRatio="475" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Novel Therapies" sheetId="7" r:id="rId1"/>
     <sheet name="Change Log" sheetId="9" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Novel Therapies'!$A$1:$K$114</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Novel Therapies'!$A$1:$K$119</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Change_Log[#All]</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Change Log'!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191028" refMode="R1C1"/>
+  <calcPr calcId="191029" refMode="R1C1"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2095" uniqueCount="591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2405" uniqueCount="628">
   <si>
     <t>Generic Drug Name</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Part B/D</t>
   </si>
   <si>
     <t>NDC</t>
   </si>
   <si>
     <t>HCPCS</t>
   </si>
   <si>
     <t>Combination (HCPCS or NDC)
 Note: ';' indicates multiple combinations. 'OR' indicates only one required combination.</t>
   </si>
   <si>
     <t>Cancer Type</t>
   </si>
   <si>
     <t>Approval Date</t>
   </si>
@@ -1391,54 +1391,50 @@
   <si>
     <t>JEMPERLI</t>
   </si>
   <si>
     <t>001730898</t>
   </si>
   <si>
     <t>C9082, J9272</t>
   </si>
   <si>
     <t>https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-dostarlimab-gxly-dmmr-advanced-solid-tumors</t>
   </si>
   <si>
     <t>https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-high-risk-early-stage-triple-negative-breast-cancer</t>
   </si>
   <si>
     <t>https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-daratumumab-and-hyaluronidase-fihj-pomalidomide-and-dexamethasone-multiple-myeloma</t>
   </si>
   <si>
     <t>Note: An asterisk indicates that the drug is a bispecific antibody. Episodes including bispecific antibody treatments have been excluded from EOM as of Performance Period 2. Bispecific antibodies on the list of novel therapies will be included in the calculation of novel therapy adjustments for Performance Period 1.</t>
   </si>
   <si>
     <t>Release Date</t>
   </si>
   <si>
-    <t>Combination (HCPCS)
-[...2 lines deleted...]
-  <si>
     <t>Type of Change</t>
   </si>
   <si>
     <t>bortezomib (J9041, J9044, J9046, J9048, J9049, J9051); dexamethasone (J1094)</t>
   </si>
   <si>
     <t>New combination</t>
   </si>
   <si>
     <t>NIVOLUMAB HYALURONIDASE-NVHY</t>
   </si>
   <si>
     <t xml:space="preserve">New indication </t>
   </si>
   <si>
     <t>pemetrexed (J9324, J9304, J9314, J9296, J9322, J9294, J9297, J9292);  carboplatin (J9045) OR cisplatin (J9060) OR oxaliplatin (J9263); paclitaxel (J9265, J9267)</t>
   </si>
   <si>
     <t>Updating NDCs for combination drugs</t>
   </si>
   <si>
     <t>lenalidomide (003781935, 003781936, 003781937, 003781940, 003781941, 003781942, 004801241, 004801242, 004801243, 004801244, 004801245, 004801246, 317220257, 317220258, 317220259, 317220260, 317220261, 317220262, 435980511, 435980512, 435980513, 435980514, 435980515, 435980516, 477810483, 477810484, 477810485, 477810486, 477810487, 477810488, 595720402, 595720405, 595720410, 595720415, 595720420, 595720425, 596510342, 596510343, 596510344, 596510345, 596510346, 596510347, 605054532, 605054533, 605054534, 605054535, 605054536, 605054537, 633040041, 633040042, 633040043, 633040044, 633040045, 633040046, 690970381, 690970382, 690970383, 690970384, 690970385, 690970604, 707101030, 707101031, 707101032, 707101033, 707101034, 707101035, 707711676, 707711677, 707711678, 707711679, 707711680, 707711681, 762820696, 762820697, 762820698, 762820699, 762820700, 762820701, 602191714, 602191715, 602191716, 602191717, 602191718, 602191719, 703770049, 703770050, 703770051, 703770052, 703770053, 703770054); rituximab (C9467, J9310, J9311, J9312, Q5115, Q5119, Q5123)</t>
   </si>
   <si>
     <t>panitumumab (555130954, 555130956, J9303)</t>
@@ -1577,396 +1573,502 @@
   </si>
   <si>
     <t>004091293, 004091295, 004091298</t>
   </si>
   <si>
     <t>Removing since marketing is discontinued
 Source: https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=211530</t>
   </si>
   <si>
     <t>palbociclib (000690688, 000690486, 000690248); fulvestrant (J9393, J9394, J9395)</t>
   </si>
   <si>
     <t>bortezomib (J9041, J9044, J9046, J9048, J9049, J9051); dexamethasone (J1094); lenalidomide (003781935, 003781936, 003781937, 003781940, 003781941, 003781942, 004801241, 004801242, 004801243, 004801244, 004801245, 004801246, 317220257, 317220258, 317220259, 317220260, 317220261, 317220262, 435980511, 435980512, 435980513, 435980514, 435980515, 435980516, 477810483, 477810484, 477810485, 477810486, 477810487, 477810488, 595720402, 595720405, 595720410, 595720415, 595720420, 595720425, 596510342, 596510343, 596510344, 596510345, 596510346, 596510347, 605054532, 605054533, 605054534, 605054535, 605054536, 605054537, 633040041, 633040042, 633040043, 633040044, 633040045, 633040046, 690970381, 690970382, 690970383, 690970384, 690970385, 690970604, 707101030, 707101031, 707101032, 707101033, 707101034, 707101035, 707711676, 707711677, 707711678, 707711679, 707711680, 707711681, 762820696, 762820697, 762820698, 762820699, 762820700, 762820701)</t>
   </si>
   <si>
     <t>Correcting End date of adjustment from 6/29/2024 to 6/29/2027</t>
   </si>
   <si>
     <t>anastrozole(000540164, 000937536, 001151261, 001790068, 003100201, 003786034, 007815356, 009046195, 009046229, 163640035, 165710421, 167290035, 216950990, 420430180, 422540161, 422910085, 422910105 ,430630383, 458650909, 500901193, 500901918, 500902005, 500902118, 500902453, 500905002, 502680075, 510790323, 516550638, 519910620, 545696198, 548685000, 548686130, 551110647, 596510236, 602580866, 604290286, 605052985, 606870112, 607630376, 620330376, 621750710, 625590670, 627560250, 631870080, 633230129, 636295269, 636720015, 638500010, 658410743, 663360533, 664350415, 678770171, 680010155, 680711682, 680714038, 680715203, 680840448, 683820209, 687886774, 691170003, 691890035, 705182420, 705182484, 709340488, 713350023, 727890008, 764200004, 765191224) OR exemestane(000097663, 000540080, 003785001, 008320595, 108292858, 108297663, 442780025, 477810108, 500905193, 519910005, 548685261, 582430036, 597622858, 606870132, 636292056, 651620240, 683820383, 690970316, 707711374, 719210190) OR letrozole(000540269, 000780249, 000937620, 001790169, 003782071, 004807620, 005271712, 006034180, 153380356, 163640034, 167290034, 178560032, 245350801, 247240030, 422540243, 422910373, 422910374, 500903474, 502680476, 519910759, 548684151, 548686252, 551110646, 578842021, 596510180, 605053255, 621470237, 621750888, 627560511, 633230772, 636297819, 638500025, 658410744, 680715264, 680840803, 683820363, 691170004, 691897620, 705181869, 705182020, 713351526)</t>
   </si>
   <si>
     <t>C9170</t>
   </si>
   <si>
     <t>Adding HCPCS code</t>
+  </si>
+  <si>
+    <t>anastrozole (S0170) OR exemestane (S0156) OR letrozole (000780249, 000937620, 167290034, 231550875, 422910374, 500903474, 502680476, 519910759, 551110646, 596510180, 621350491, 636297819, 638500025, 691170004, 712050587, 713351526))</t>
+  </si>
+  <si>
+    <t>Correcting Cancer Type to include 'Multiple Myeloma'</t>
+  </si>
+  <si>
+    <t>New combination for new patient population</t>
+  </si>
+  <si>
+    <t>Adding NDC: 837030533</t>
+  </si>
+  <si>
+    <t>Adding HCPCS: J1323</t>
+  </si>
+  <si>
+    <t>New indication
+Adding HCPCS: J9321</t>
+  </si>
+  <si>
+    <t>Adding HCPCS: J9321</t>
+  </si>
+  <si>
+    <t>Adding NDC: 000034160</t>
+  </si>
+  <si>
+    <t>Adding HCPCS: J3055</t>
+  </si>
+  <si>
+    <t>Adding NDC: 000781196</t>
+  </si>
+  <si>
+    <t>Removing HCPCS: C9027 (discontinued in 2015)</t>
+  </si>
+  <si>
+    <t>carboplatin (J9045);  cyclophosphamide (C9087, J9070, J9071, J9072); (doxorubicin (J9000) OR epirubicin (J9178)); paclitaxel (J9265, J9267)</t>
+  </si>
+  <si>
+    <t>Adding NDCs: 000025340, 000026082, 000026120, 000025562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">000691031, 000690296, 000691235, 000691501, 000691751, 000691195, 000690252, 000690353, 000690454, 000690546, 000690655, 000690757, 635390051, 635390295, </t>
+  </si>
+  <si>
+    <t>Adding NDCs: 000690252, 000690353, 000690454, 000690546, 000690655, 000690757</t>
+  </si>
+  <si>
+    <t>Adding combination NDC: 000781161</t>
+  </si>
+  <si>
+    <t>Updating HCPCS: J9305 to J9324</t>
+  </si>
+  <si>
+    <t>Adding NDC: 000781161</t>
+  </si>
+  <si>
+    <t>725790011</t>
+  </si>
+  <si>
+    <t>obinutuzumab (C9021, J9301)</t>
+  </si>
+  <si>
+    <t>trametinib (000780666, 000780668, 000781105, 000781112)</t>
+  </si>
+  <si>
+    <t>Adding NDC: 000781154</t>
+  </si>
+  <si>
+    <t>Updating HCPCS: J9999 to J9249
+Updating approval date to 8/18/2023</t>
+  </si>
+  <si>
+    <t>000691031, 000690296, 000691235, 000691501, 000691751, 000691195, 635390051, 635390295</t>
+  </si>
+  <si>
+    <t>Adding NDC: 635390051, 635390295</t>
+  </si>
+  <si>
+    <t>000780666, 000780668, 000781105, 000781112</t>
+  </si>
+  <si>
+    <t>Adding combination NDC: 000781154</t>
+  </si>
+  <si>
+    <t>000780681, 000780682</t>
+  </si>
+  <si>
+    <t>pomalidomide (595720501, 595720502, 595720503, 595720504); dexamethasone (J1094)</t>
+  </si>
+  <si>
+    <t>docetaxel (J9171, J9172)</t>
+  </si>
+  <si>
+    <t>C9165</t>
+  </si>
+  <si>
+    <t>Updating HCPCS: J9999 to C9165</t>
+  </si>
+  <si>
+    <t>Updating HCPCS: J9999 to J9286</t>
+  </si>
+  <si>
+    <t>prednisone (J7512)</t>
+  </si>
+  <si>
+    <t>C9027, J9271</t>
+  </si>
+  <si>
+    <t>000226902, 000027026</t>
+  </si>
+  <si>
+    <t>000691031, 000690296, 000691235, 000691501, 000691751, 000691195</t>
+  </si>
+  <si>
+    <t>C9163</t>
+  </si>
+  <si>
+    <t>Updating HCPCS: J9999 to C9163</t>
+  </si>
+  <si>
+    <t>dabrafenib (000780681, 000780682)</t>
+  </si>
+  <si>
+    <t>000034040</t>
+  </si>
+  <si>
+    <t>Correcting end date of adjustment from 6/29/2024 to 6/29/2025; Correcting Final Performance Period of Adjustment from PP1 to PP3.</t>
+  </si>
+  <si>
+    <t>tamoxifen (S0187) OR anastrozole (S0170) OR exemestane (S0156) OR letrozole (0078-0249, 0093-7620, 16729-034, 23155-875, 42291-374, 50090-3474, 50268-476, 51991-759, 55111-646, 59651-180, 62135-491, 63629-7819, 63850-0025, 69117-0004, 71205-587, 71335-1526))</t>
+  </si>
+  <si>
+    <t>Correcting to add combination drugs: tamoxifen (S0187) OR anastrozole (S0170) OR exemestane (S0156) OR letrozole (0078-0249, 0093-7620, 16729-034, 23155-875, 42291-374, 50090-3474, 50268-476, 51991-759, 55111-646, 59651-180, 62135-491, 63629-7819, 63850-0025, 69117-0004, 71205-587, 71335-1526))</t>
+  </si>
+  <si>
+    <t xml:space="preserve">New combination </t>
+  </si>
+  <si>
+    <t>Replacing 'platinum-based chemotherapy' in Combinations column to carboplatin (J9045) OR cisplatin (J9060) OR oxaliplatin (J9263)</t>
+  </si>
+  <si>
+    <t>J9999</t>
+  </si>
+  <si>
+    <t>End date of adjustment has been updated to 6/29/2024; Final Performance Period of Adjustment has been updated to PP1.</t>
+  </si>
+  <si>
+    <t>C9155</t>
+  </si>
+  <si>
+    <t>Correcting to add combination drugs: carboplatin (J9045) OR cisplatin (J9060) OR oxaliplatin (J9263)</t>
+  </si>
+  <si>
+    <t>000063026,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">cabroplatin (J9045); paclitaxel (J9259, J9264, J9265, J9267) OR pemetrexed (J9294, J9296, J9297, J9304, J9305, J9314, J9322, J9323) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Breast Cancer, Lung cancer, Lymphoma, </t>
+  </si>
+  <si>
+    <t>000023977, 000022980</t>
+  </si>
+  <si>
+    <t>Correcting Cancer Types from 'Colorectal Cancer' to 'Breast Cancer, Lung Cancer, Prostate Cancer, Small Intestine/Colorectal Cancer'</t>
+  </si>
+  <si>
+    <t>ELRANATAMAB-BCMM</t>
+  </si>
+  <si>
+    <t>EPCORITAMAB-BYSP</t>
+  </si>
+  <si>
+    <t>EPKINL</t>
+  </si>
+  <si>
+    <t>Updating HCPCS: J9999 to C9155</t>
+  </si>
+  <si>
+    <t>TALQUETAMAB-TGVS</t>
+  </si>
+  <si>
+    <t>578940469; 578940470</t>
+  </si>
+  <si>
+    <t>Correcting HCPCS from J9046 to J9049</t>
+  </si>
+  <si>
+    <t>platinum-based chemotherapy</t>
+  </si>
+  <si>
+    <t>Changing combination from 'cisplatin (J9060) OR oxaliplatin (J9263)' to 'platinum-based chemotherapy'</t>
+  </si>
+  <si>
+    <t>tremelimumab-actl (C9147, J9347); platinum-based chemotherapy</t>
+  </si>
+  <si>
+    <t>Updating combination HCPCS: 'tremelimumab-actl (J9999)' to 'tremelimumab-actl (C9147, J9347)'
+Changing combination from 'cisplatin (J9060) OR oxaliplatin (J9263)' to 'platinum-based chemotherapy'</t>
+  </si>
+  <si>
+    <t>GLOFITAMAB-GXBM</t>
+  </si>
+  <si>
+    <t>J9305</t>
+  </si>
+  <si>
+    <t>Adding NDC: 701212453, 701212461, 701212462
+Updating HCPCS: J9305</t>
+  </si>
+  <si>
+    <t>pembrolizumab (C9027, J9271); platinum-based chemotherapy</t>
+  </si>
+  <si>
+    <t>507420340, 507420341, 671840503, 671840504, 680010538, 680010539</t>
+  </si>
+  <si>
+    <t>Adding NDC: 507420340, 507420341, 671840503, 671840504</t>
+  </si>
+  <si>
+    <t>Adding NDC: 004090004, 004090020, 004090021</t>
+  </si>
+  <si>
+    <t>durvalumab (C9492, J9173); platinum-based chemotherapy</t>
+  </si>
+  <si>
+    <t>bortezomib (J9041, J9044, J9046, J9048, J9049, J9051, J9054); dexamethasone (J1094)</t>
+  </si>
+  <si>
+    <t>anastrozole(000540164, 000937536, 001151261, 001790068, 003100201, 003786034, 007815356, 009046195, 009046229, 163640035, 165710421, 167290035, 216950990, 420430180, 422540161, 422910085, 422910105 ,430630383, 458650909, 500901193, 500901918, 500902005, 500902118, 500902453, 500905002, 502680075, 510790323, 516550638, 519910620, 545696198, 548685000, 548686130, 551110647, 596510236, 602580866, 604290286, 605052985, 606870112, 607630376, 620330376, 621750710, 625590670, 627560250, 631870080, 633230129, 636295269, 636720015, 638500010, 658410743, 663360533, 664350415, 678770171, 680010155, 680711682, 680714038, 680715203, 680840448, 683820209, 687886774, 691170003, 691890035, 705182420, 705182484, 709340488, 713350023, 727890008, 764200004, 765191224, 231550857, 249790725, 422910016, 621350490, 680711543, 680712791, 680713838, 680713853, 705184195, 713351879, 721890415, 727890342, 828040162) OR exemestane(000097663, 000540080, 003785001, 008320595, 108292858, 108297663, 442780025, 477810108, 500905193, 519910005, 548685261, 582430036, 597622858, 606870132, 636292056, 651620240, 683820383, 690970316, 707711374, 719210190, 596510516, 726030329) OR letrozole(000540269, 000780249, 000937620, 001790169, 003782071, 004807620, 005271712, 006034180, 153380356, 163640034, 167290034, 178560032, 245350801, 247240030, 422540243, 422910373, 422910374, 500903474, 502680476, 519910759, 548684151, 548686252, 551110646, 578842021, 596510180, 605053255, 621470237, 621750888, 627560511, 633230772, 636297819, 638500025, 658410744, 680715264, 680840803, 683820363, 691170004, 691897620, 705181869, 705182020, 713351526, 231550875, 249790726, 514070986, 621350491, 680712167, 712050587, 713352396)</t>
+  </si>
+  <si>
+    <t>anastrozole(000540164, 000937536, 001151261, 001790068, 003100201, 003786034, 007815356, 009046195, 009046229, 163640035, 165710421, 167290035, 216950990, 420430180, 422540161, 422910085, 422910105 ,430630383, 458650909, 500901193, 500901918, 500902005, 500902118, 500902453, 500905002, 502680075, 510790323, 516550638, 519910620, 545696198, 548685000, 548686130, 551110647, 596510236, 602580866, 604290286, 605052985, 606870112, 607630376, 620330376, 621750710, 625590670, 627560250, 631870080, 633230129, 636295269, 636720015, 638500010, 658410743, 663360533, 664350415, 678770171, 680010155, 680711682, 680714038, 680715203, 680840448, 683820209, 687886774, 691170003, 691890035, 705182420, 705182484, 709340488, 713350023, 727890008, 764200004, 765191224, 231550857, 249790725, 422910016, 621350490, 680711543, 680712791, 680713838, 680713853, 705184195, 713351879, 721890415, 727890342, 828040162) OR exemestane(000097663, 000540080, 003785001, 008320595, 108292858, 108297663, 442780025, 477810108, 500905193, 519910005, 548685261, 582430036, 597622858, 606870132, 636292056, 651620240, 683820383, 690970316, 707711374, 719210190,596510516, 726030329) OR letrozole(000540269, 000780249, 000937620, 001790169, 003782071, 004807620, 005271712, 006034180, 153380356, 163640034, 167290034, 178560032, 245350801, 247240030, 422540243, 422910373, 422910374, 500903474, 502680476, 519910759, 548684151, 548686252, 551110646, 578842021, 596510180, 605053255, 621470237, 621750888, 627560511, 633230772, 636297819, 638500025, 658410744, 680715264, 680840803, 683820363, 691170004, 691897620, 705181869, 705182020, 713351526, 231550875, 249790726, 514070986, 621350491, 680712167, 712050587, 713352396)</t>
+  </si>
+  <si>
+    <t>tamoxifen(000930782, 000930784, 001790224, 001791952, 003780144, 003780274, 005912233, 005912472, 005912473, 136320123, 500900485, 500900942, 518620446, 518620447, 518620449, 518620450, 548683004, 548684287, 596510299, 596510300, 604290909, 604290910, 631870976, 636294413, 637390269, 650840269, 680715005, 680715254, 680840924, 680840935, 683820826, 683820827, 705181881, 705182721, 707711184, 707711185, 713350237, 713350662, 713350893, 713351424, 891410123, 518620642, 518620643, 721622208, 721622209, 721622225, 759070058, 759070059) OR anastrozole(000540164, 000937536, 001151261, 001790068, 003100201, 003786034, 007815356, 009046195, 009046229, 163640035, 165710421, 167290035, 216950990, 420430180, 422540161, 422910085, 422910105 ,430630383, 458650909, 500901193, 500901918, 500902005, 500902118, 500902453, 500905002, 502680075, 510790323, 516550638, 519910620, 545696198, 548685000, 548686130, 551110647, 596510236, 602580866, 604290286, 605052985, 606870112, 607630376, 620330376, 621750710, 625590670, 627560250, 631870080, 633230129, 636295269, 636720015, 638500010, 658410743, 663360533, 664350415, 678770171, 680010155, 680711682, 680714038, 680715203, 680840448, 683820209, 687886774, 691170003, 691890035, 705182420, 705182484, 709340488, 713350023, 727890008, 764200004, 765191224, 231550857, 249790725, 422910016, 621350490, 680711543, 680712791, 680713838, 680713853, 705184195, 713351879, 721890415, 727890342, 828040162) OR exemestane(000097663, 000540080, 003785001, 008320595, 108292858, 108297663, 442780025, 477810108, 500905193, 519910005, 548685261, 582430036, 597622858, 606870132, 636292056, 651620240, 683820383, 690970316, 707711374, 719210190) OR letrozole(000540269, 000780249, 000937620, 001790169, 003782071, 004807620, 005271712, 006034180, 153380356, 163640034, 167290034, 178560032, 245350801, 247240030, 422540243, 422910373, 422910374, 500903474, 502680476, 519910759, 548684151, 548686252, 551110646, 578842021, 596510180, 605053255, 621470237, 621750888, 627560511, 633230772, 636297819, 638500025, 658410744, 680715264, 680840803, 683820363, 691170004, 691897620, 705181869, 705182020, 713351526, 231550875, 249790726, 514070986, 621350491, 680712167, 712050587, 713352396)</t>
+  </si>
+  <si>
+    <t>Updating NDC/HCPCS for combination drugs</t>
+  </si>
+  <si>
+    <t>Updating NDC/HCPCS  for combination drugs</t>
+  </si>
+  <si>
+    <t>687270712</t>
+  </si>
+  <si>
+    <t>FDA approves daratumumab and hyaluronidase-fihj for high-risk smoldering multiple myeloma | FDA</t>
+  </si>
+  <si>
+    <t>SEVABERTINIB</t>
+  </si>
+  <si>
+    <t>HYRNUO</t>
+  </si>
+  <si>
+    <t>FDA grants accelerated approval to sevabertinib for non-squamous non-small cell lung cancer | FDA</t>
+  </si>
+  <si>
+    <t>504190397</t>
+  </si>
+  <si>
+    <t>pemetrexed (J9294, J9296, J9297, J9304, J9305, J9314, J9322, J9323, J9292); carboplatin (J9045, C9308)</t>
+  </si>
+  <si>
+    <t>carboplatin (J9045, C9308) OR cisplatin (J9060) OR oxaliplatin (J9263)</t>
+  </si>
+  <si>
+    <t>bortezomib (J9041, J9044, J9046, J9048, J9049, J9051, J9054); dexamethasone (J1094, J1100, 727890534, 728880240, 828040254, 000544184, 000544186, 000548175, 000548183, 009047266, 009047267, 422910155, 477810914, 477810916, 500906151, 500906152, 514070361, 516550012, 551544315, 551544901, 552890582, 602192043, 602192044, 605056254, 605056255, 606870718, 606870729, 631870561, 636293742, 636297806, 669930730, 672960326, 672961413, 672961496, 672961837, 680713588, 680713603, 687888293, 687888467, 687888765, 687888824, 693060114, 694520277, 694520278, 705181534, 705184320, 707711699, 707711700, 709540403, 709540404, 712050703, 713352108, 713352227, 725780172, 726030188, 726030189, 726030190, 804250328, 804250515, 828040157); lenalidomide (003781935, 003781936, 003781937, 003781940, 003781941, 003781942, 004801241, 004801242, 004801243, 004801244, 004801245, 004801246, 317220257, 317220258, 317220259, 317220260, 317220261, 317220262, 435980511, 435980512, 435980513, 435980514, 435980515, 435980516, 477810483, 477810484, 477810485, 477810486, 477810487, 477810488, 595720402, 595720405, 595720410, 595720415, 595720420, 595720425, 596510342, 596510343, 596510344, 596510345, 596510346, 596510347, 605054532, 605054533, 605054534, 605054535, 605054536, 605054537, 633040041, 633040042, 633040043, 633040044, 633040045, 633040046, 690970381, 690970382, 690970383, 690970384, 690970385, 690970604, 707101030, 707101031, 707101032, 707101033, 707101034, 707101035, 707711676, 707711677, 707711678, 707711679, 707711680, 707711681, 762820696, 762820697, 762820698, 762820699, 762820700, 762820701, 602191714, 602191715, 602191716, 602191717, 602191718, 602191719, 703770049, 703770050, 703770051, 703770052, 703770053, 703770054)</t>
+  </si>
+  <si>
+    <t>carfilzomib (J9047); dexamethasone (J1094, J1100, 727890534, 728880240, 828040254, 000544184, 000544186, 000548175, 000548183, 009047266, 009047267, 422910155, 477810914, 477810916, 500906151, 500906152, 514070361, 516550012, 551544315, 551544901, 552890582, 602192043, 602192044, 605056254, 605056255, 606870718, 606870729, 631870561, 636293742, 636297806, 669930730, 672960326, 672961413, 672961496, 672961837, 680713588, 680713603, 687888293, 687888467, 687888765, 687888824, 693060114, 694520277, 694520278, 705181534, 705184320, 707711699, 707711700, 709540403, 709540404, 712050703, 713352108, 713352227, 725780172, 726030188, 726030189, 726030190, 804250328, 804250515, 828040157)</t>
+  </si>
+  <si>
+    <t>pomalidomide (595720501, 595720502, 595720503, 595720504, 519910342, 519910343, 519910344, 519910346, 638500131, 638500132, 638500133, 638500134); dexamethasone (J1094, J1100, 727890534, 728880240, 828040254, 000544184, 000544186, 000548175, 000548183, 009047266, 009047267, 422910155, 477810914, 477810916, 500906151, 500906152, 514070361, 516550012, 551544315, 551544901, 552890582, 602192043, 602192044, 605056254, 605056255, 606870718, 606870729, 631870561, 636293742, 636297806, 669930730, 672960326, 672961413, 672961496, 672961837, 680713588, 680713603, 687888293, 687888467, 687888765, 687888824, 693060114, 694520277, 694520278, 705181534, 705184320, 707711699, 707711700, 709540403, 709540404, 712050703, 713352108, 713352227, 725780172, 726030188, 726030189, 726030190, 804250328, 804250515, 828040157)</t>
+  </si>
+  <si>
+    <t>tremelimumab-actl (C9147, J9347); carboplatin (J9045, C9308) OR cisplatin (J9060) OR oxaliplatin (J9263)</t>
+  </si>
+  <si>
+    <t>atezolizumab (C9483, J9022) OR atezolizumab and hyaluronidase-tqjs (J9024)</t>
+  </si>
+  <si>
+    <t>prednisone (J7512, 500907684, 500907686, 500907688, 705180305, 713352753, 713352752, 721890646, 000540017, 000549817, 003780641, 005915442, 006035338, 006158440, 009046923, 101350777, 427080045, 427080115, 427080166, 430630866, 500901001, 500901002, 500903137, 500905202, 500907023, 500907024, 500907025, 500907218, 500907219, 500907369, 500907371, 514070358, 514070922, 516550410, 516550416, 516550493, 516550726, 516550935, 516550972, 543480506, 551543564, 552890330, 596510487, 597460173, 602191707, 606870134, 607600179, 631870037, 631870300, 636292257, 636297917, 643800784, 662670171, 662670812, 670461579, 672960140, 672961065, 680712661, 680713641, 680713746, 680713821, 687888166, 705180307, 705183476, 705184038, 705184191, 705184354, 709540059, 712050362, 712050421, 712050729, 712050818, 713350335, 713352051, 713352069, 713352122, 721890589, 727890401, 764200068, 764200375, 764200412, 804250193, 804250484, 804250485, 804250491, 857660001, 635610121, 713352736, 721622485, 727890475, 727890513, 000543722, 000544728, 000544741, 000544742, 000548724, 000548739, 000548740, 000549828, 003780640, 005915052, 006035335, 006035336, 006035337, 006158438, 006158439, 101350774, 101350775, 101350776, 178563722, 427080114, 427080136, 427080186, 430630968, 500900439, 500903354, 500903361, 500905814, 500906619, 500906621, 500906623, 500907124, 500907235, 500907505, 514070356, 514070357, 514070921, 516550068, 516550197, 516550355, 516550763, 516550765, 516550988, 551542146, 596510484, 596510485, 596510486, 597460171, 597460172, 597460782, 602191705, 602191706, 606870122, 607600255, 607600796, 621350470, 621350471, 631870020, 631870066, 631870997, 636291605, 636292254, 636292260, 636292261, 636292264, 643800782, 643800783, 643800835, 662670172, 670461019, 670461448, 672961183, 672961203, 672961331, 675440399, 680713581, 680713729, 680713742, 687888184, 687888579, 687888858, 687889551, 705182486, 705183142, 705183537, 705183539, 705184271, 708820117, 709540056, 709540057, 709540058, 712050089, 713350508, 713351780, 713352088, 713352134, 713352153, 713352273, 713352356, 716100641, 716100721, 716100834, 721621169, 721621170, 721621691, 721622149, 721890593, 727890235, 727890413, 764200067, 804250068, 804250069, 804250106, 804250479, 804250480, 804250481, 804250482, 828040223, 635610120, 721622484, 727890474, 727890498, 857660002, 000543721)</t>
+  </si>
+  <si>
+    <t>pemetrexed (J9294, J9296, J9297, J9304, J9305, J9314, J9322, J9323, J9292); carboplatin (J9045, C9308) OR cisplatin (J9060) OR oxaliplatin (J9263)</t>
+  </si>
+  <si>
+    <t>pemetrexed (J9324, J9304, J9314, J9296, J9322, J9294, J9297, J9292);  carboplatin (J9045, C9308) OR cisplatin (J9060) OR oxaliplatin (J9263); paclitaxel (J9265, J9267)</t>
+  </si>
+  <si>
+    <t>pembrolizumab (C9027, J9271); carboplatin (J9045, C9308) OR cisplatin (J9060) OR oxaliplatin (J9263)</t>
+  </si>
+  <si>
+    <t>rituximab (J9310, J9312, Q5115, Q5119, Q5123); cyclophosphamide (C9087, J8530, J9070, J9071, J9073, J9074, J9075, J9076); doxorubicin (J9000, Q2049, Q2050); prednisone (J7512, 607600840, 670461610, 705180948, 713352754, 713352895, 713352938, 857660086, 713352752, 721890646, 000540017, 000549817, 003780641, 005915442, 006035338, 006158440, 009046923, 101350777, 427080045, 427080115, 427080166, 430630866, 500901001, 500901002, 500903137, 500905202, 500907023, 500907024, 500907025, 500907218, 500907219, 500907369, 500907371, 514070358, 514070922, 516550410, 516550416, 516550493, 516550726, 516550935, 516550972, 543480506, 551543564, 552890330, 596510487, 597460173, 602191707, 606870134, 607600179, 631870037, 631870300, 636292257, 636297917, 643800784, 662670171, 662670812, 670461579, 672960140, 672961065, 680712661, 680713641, 680713746, 680713821, 687888166, 705180307, 705183476, 705184038, 705184191, 705184354, 709540059, 712050362, 712050421, 712050729, 712050818, 713350335, 713352051, 713352069, 713352122, 721890589, 727890401, 764200068, 764200375, 764200412, 804250193, 804250484, 804250485, 804250491, 857660001, 635610121, 713352736, 721622485, 727890475, 727890513, 857660002, 000543721, 000540018, 000540019, 000549818, 003780642, 005915443, 006035339, 006158441, 009047127, 101350778, 101350779, 427080105, 427080167, 430630703, 430630911, 458650884, 500906122, 500906123, 500906225, 500906259, 500906376, 500907441, 514070923, 516550208, 516550242, 516550349, 516550359, 516550541, 516550701, 516550939, 551542147, 551544310, 596510488, 596510489, 597460175, 597460783, 602191708, 606870145, 606870854, 607600790, 607600797, 621350553, 631870243, 631870807, 643800785, 643800949, 662670860, 670461280, 672960138, 672960247, 672961083, 672961194, 672961419, 672961444, 672961446, 672961455, 672961457, 672962081, 680713143, 680713617, 680713637, 680713721, 680713738, 680714685, 687888663, 687888819, 687888898, 705183401, 705183540, 705183555, 705184243, 705184293, 709540060, 709540061, 712050239, 712050407, 712050665, 712050741, 712050755, 712050797, 713350623, 713352079, 713352149, 713352160, 713352389, 713359715, 721890430, 721890489, 727890393, 727890426, 727890448, 764200069, 764200376, 764200413, 764200414, 804250105, 804250486, 804250487, 635610122, 13352737, 721622486, 727890473, 727890500, 727890509)</t>
+  </si>
+  <si>
+    <t>durvalumab (C9492, J9173); carboplatin (J9045, C9308) OR cisplatin (J9060) OR oxaliplatin (J9263)</t>
+  </si>
+  <si>
+    <t>bevacizumab (J9035, Q5129, Q5107, Q5118, Q5126, Q5160)</t>
+  </si>
+  <si>
+    <t>FDA grants traditional approval to pirtobrutinib for chronic lymphocytic leukemia and small lymphocytic lymphoma | FDA</t>
+  </si>
+  <si>
+    <t>NIRAPARIB AND ABIRATERONE ACETATE</t>
+  </si>
+  <si>
+    <t>FDA approves niraparib and abiraterone acetate plus prednisone for BRCA2-mutated metastatic castration-sensitive prostate cancer | FDA</t>
+  </si>
+  <si>
+    <t>FDA approves fam-trastuzumab deruxtecan-nxki with pertuzumab for unresectable or metastatic HER2-positive breast cancer | FDA</t>
+  </si>
+  <si>
+    <t>RUCAPARIB</t>
+  </si>
+  <si>
+    <t>RUBRACA</t>
+  </si>
+  <si>
+    <t>FDA grants regular approval to rucaparib for metastatic castration-resistant prostate cancer | FDA</t>
+  </si>
+  <si>
+    <t>New Combination</t>
+  </si>
+  <si>
+    <t>C9306, J9326</t>
+  </si>
+  <si>
+    <t>Adding HCPCS: J9326</t>
+  </si>
+  <si>
+    <t>000036120, 000033120</t>
+  </si>
+  <si>
+    <t>Adding NDC: 000033120</t>
+  </si>
+  <si>
+    <t>821540783, 821540784, 821540785</t>
+  </si>
+  <si>
+    <t>pertuzumab (J9306)</t>
+  </si>
+  <si>
+    <t>prednisone (J7512, 606870903, 606870914, 713353042, 713353043, 713353044, 713353045, 870630043, 870630044, 500907684, 500907686, 500907688, 705180305, 713352753, 713352752, 721890646, 000540017, 000549817, 003780641, 005915442, 006035338, 006158440, 009046923, 101350777, 427080045, 427080115, 427080166, 430630866, 500901001, 500901002, 500903137, 500905202, 500907023, 500907024, 500907025, 500907218, 500907219, 500907369, 500907371, 514070358, 514070922, 516550410, 516550416, 516550493, 516550726, 516550935, 516550972, 543480506, 551543564, 552890330, 596510487, 597460173, 602191707, 606870134, 607600179, 631870037, 631870300, 636292257, 636297917, 643800784, 662670171, 662670812, 670461579, 672960140, 672961065, 680712661, 680713641, 680713746, 680713821, 687888166, 705180307, 705183476, 705184038, 705184191, 705184354, 709540059, 712050362, 712050421, 712050729, 712050818, 713350335, 713352051, 713352069, 713352122, 721890589, 727890401, 764200068, 764200375, 764200412, 804250193, 804250484, 804250485, 804250491, 857660001, 635610121, 713352736, 721622485, 727890475, 727890513, 000543722, 000544728, 000544741, 000544742, 000548724, 000548739, 000548740, 000549828, 003780640, 005915052, 006035335, 006035336, 006035337, 006158438, 006158439, 101350774, 101350775, 101350776, 178563722, 427080114, 427080136, 427080186, 430630968, 500900439, 500903354, 500903361, 500905814, 500906619, 500906621, 500906623, 500907124, 500907235, 500907505, 514070356, 514070357, 514070921, 516550068, 516550197, 516550355, 516550763, 516550765, 516550988, 551542146, 596510484, 596510485, 596510486, 597460171, 597460172, 597460782, 602191705, 602191706, 606870122, 607600255, 607600796, 621350470, 621350471, 631870020, 631870066, 631870997, 636291605, 636292254, 636292260, 636292261, 636292264, 643800782, 643800783, 643800835, 662670172, 670461019, 670461448, 672961183, 672961203, 672961331, 675440399, 680713581, 680713729, 680713742, 687888184, 687888579, 687888858, 687889551, 705182486, 705183142, 705183537, 705183539, 705184271, 708820117, 709540056, 709540057, 709540058, 712050089, 713350508, 713351780, 713352088, 713352134, 713352153, 713352273, 713352356, 716100641, 716100721, 716100834, 721621169, 721621170, 721621691, 721622149, 721890593, 727890235, 727890413, 764200067, 804250068, 804250069, 804250106, 804250479, 804250480, 804250481, 804250482, 828040223, 635610120, 721622484, 727890474, 727890498, 857660002, 000543721)</t>
+  </si>
+  <si>
+    <t>lenalidomide (822930006, 822930007, 822930008, 822930009, 822930010, 822930011, 003781935, 003781936, 003781937, 003781940, 003781941, 003781942, 004801241, 004801242, 004801243, 004801244, 004801245, 004801246, 317220257, 317220258, 317220259, 317220260, 317220261, 317220262, 435980511, 435980512, 435980513, 435980514, 435980515, 435980516, 477810483, 477810484, 477810485, 477810486, 477810487, 477810488, 595720402, 595720405, 595720410, 595720415, 595720420, 595720425, 596510342, 596510343, 596510344, 596510345, 596510346, 596510347, 605054532, 605054533, 605054534, 605054535, 605054536, 605054537, 633040041, 633040042, 633040043, 633040044, 633040045, 633040046, 690970381, 690970382, 690970383, 690970384, 690970385, 690970604, 707101030, 707101031, 707101032, 707101033, 707101034, 707101035, 707711676, 707711677, 707711678, 707711679, 707711680, 707711681, 762820696, 762820697, 762820698, 762820699, 762820700, 762820701, 602191714, 602191715, 602191716, 602191717, 602191718, 602191719, 703770049, 703770050, 703770051, 703770052, 703770053, 703770054); rituximab (C9467, J9310, J9311, J9312, Q5115, Q5119, Q5123)</t>
+  </si>
+  <si>
+    <t>bortezomib (J9041, J9044, J9046, J9048, J9049, J9051, J9054); dexamethasone (J1094); lenalidomide (822930006, 822930007, 822930008, 822930009, 822930010, 822930011, 003781935, 003781936, 003781937, 003781940, 003781941, 003781942, 004801241, 004801242, 004801243, 004801244, 004801245, 004801246, 317220257, 317220258, 317220259, 317220260, 317220261, 317220262, 435980511, 435980512, 435980513, 435980514, 435980515, 435980516, 477810483, 477810484, 477810485, 477810486, 477810487, 477810488, 595720402, 595720405, 595720410, 595720415, 595720420, 595720425, 596510342, 596510343, 596510344, 596510345, 596510346, 596510347, 605054532, 605054533, 605054534, 605054535, 605054536, 605054537, 633040041, 633040042, 633040043, 633040044, 633040045, 633040046, 690970381, 690970382, 690970383, 690970384, 690970385, 690970604, 707101030, 707101031, 707101032, 707101033, 707101034, 707101035, 707711676, 707711677, 707711678, 707711679, 707711680, 707711681, 762820696, 762820697, 762820698, 762820699, 762820700, 762820701, 602191714, 602191715, 602191716, 602191717, 602191718, 602191719, 703770049, 703770050, 703770051, 703770052, 703770053, 703770054)</t>
+  </si>
+  <si>
+    <t>bortezomib (J9041, J9044, J9046, J9048, J9049, J9051, J9054); dexamethasone (J1094, J1100, 727890534, 728880240, 828040254, 000544184, 000544186, 000548175, 000548183, 009047266, 009047267, 422910155, 477810914, 477810916, 500906151, 500906152, 514070361, 516550012, 551544315, 551544901, 552890582, 602192043, 602192044, 605056254, 605056255, 606870718, 606870729, 631870561, 636293742, 636297806, 669930730, 672960326, 672961413, 672961496, 672961837, 680713588, 680713603, 687888293, 687888467, 687888765, 687888824, 693060114, 694520277, 694520278, 705181534, 705184320, 707711699, 707711700, 709540403, 709540404, 712050703, 713352108, 713352227, 725780172, 726030188, 726030189, 726030190, 804250328, 804250515, 828040157); lenalidomide (822930006, 822930007, 822930008, 822930009, 822930010, 822930011, 003781935, 003781936, 003781937, 003781940, 003781941, 003781942, 004801241, 004801242, 004801243, 004801244, 004801245, 004801246, 317220257, 317220258, 317220259, 317220260, 317220261, 317220262, 435980511, 435980512, 435980513, 435980514, 435980515, 435980516, 477810483, 477810484, 477810485, 477810486, 477810487, 477810488, 595720402, 595720405, 595720410, 595720415, 595720420, 595720425, 596510342, 596510343, 596510344, 596510345, 596510346, 596510347, 605054532, 605054533, 605054534, 605054535, 605054536, 605054537, 633040041, 633040042, 633040043, 633040044, 633040045, 633040046, 690970381, 690970382, 690970383, 690970384, 690970385, 690970604, 707101030, 707101031, 707101032, 707101033, 707101034, 707101035, 707711676, 707711677, 707711678, 707711679, 707711680, 707711681, 762820696, 762820697, 762820698, 762820699, 762820700, 762820701, 602191714, 602191715, 602191716, 602191717, 602191718, 602191719, 703770049, 703770050, 703770051, 703770052, 703770053, 703770054)</t>
+  </si>
+  <si>
+    <t>rituximab (J9310, J9312, Q5115, Q5119, Q5123); cyclophosphamide (C9087, J8530, J9070, J9071, J9072, J9073, J9074, J9075, J9076); doxorubicin (J9000, Q2049, Q2050); prednisone (J7512, 606870925, 672962182, 713353046, 713353047, 870630045, 870630048, 607600840, 670461610, 705180948, 713352754, 713352895, 713352938, 857660086, 713352752, 721890646, 000540017, 000549817, 003780641, 005915442, 006035338, 006158440, 009046923, 101350777, 427080045, 427080115, 427080166, 430630866, 500901001, 500901002, 500903137, 500905202, 500907023, 500907024, 500907025, 500907218, 500907219, 500907369, 500907371, 514070358, 514070922, 516550410, 516550416, 516550493, 516550726, 516550935, 516550972, 543480506, 551543564, 552890330, 596510487, 597460173, 602191707, 606870134, 607600179, 631870037, 631870300, 636292257, 636297917, 643800784, 662670171, 662670812, 670461579, 672960140, 672961065, 680712661, 680713641, 680713746, 680713821, 687888166, 705180307, 705183476, 705184038, 705184191, 705184354, 709540059, 712050362, 712050421, 712050729, 712050818, 713350335, 713352051, 713352069, 713352122, 721890589, 727890401, 764200068, 764200375, 764200412, 804250193, 804250484, 804250485, 804250491, 857660001, 635610121, 713352736, 721622485, 727890475, 727890513, 857660002, 000543721, 000540018, 000540019, 000549818, 003780642, 005915443, 006035339, 006158441, 009047127, 101350778, 101350779, 427080105, 427080167, 430630703, 430630911, 458650884, 500906122, 500906123, 500906225, 500906259, 500906376, 500907441, 514070923, 516550208, 516550242, 516550349, 516550359, 516550541, 516550701, 516550939, 551542147, 551544310, 596510488, 596510489, 597460175, 597460783, 602191708, 606870145, 606870854, 607600790, 607600797, 621350553, 631870243, 631870807, 643800785, 643800949, 662670860, 670461280, 672960138, 672960247, 672961083, 672961194, 672961419, 672961444, 672961446, 672961455, 672961457, 672962081, 680713143, 680713617, 680713637, 680713721, 680713738, 680714685, 687888663, 687888819, 687888898, 705183401, 705183540, 705183555, 705184243, 705184293, 709540060, 709540061, 712050239, 712050407, 712050665, 712050741, 712050755, 712050797, 713350623, 713352079, 713352149, 713352160, 713352389, 713359715, 721890430, 721890489, 727890393, 727890426, 727890448, 764200069, 764200376, 764200413, 764200414, 804250105, 804250486, 804250487, 635610122, 13352737, 721622486, 727890473, 727890500, 727890509)</t>
   </si>
   <si>
     <r>
       <t>Correcting Approval date to 8/15/202</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
-  <si>
-[...245 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF1F419A"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...12 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
-      <color rgb="FF2F75B5"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
@@ -2044,749 +2146,779 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="61">
+  <cellXfs count="55">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Accent1" xfId="2" builtinId="29"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="28">
-    <dxf>
-[...21 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <numFmt numFmtId="165" formatCode="m/d/yyyy"/>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <border>
-[...19 lines deleted...]
-      </border>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
+        <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
-        <color auto="1"/>
+        <color theme="0"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <fill>
-[...12 lines deleted...]
-      </border>
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </font>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...11 lines deleted...]
-    <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="165" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="165" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-      <numFmt numFmtId="165" formatCode="m/d/yyyy"/>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left/>
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
@@ -2814,51 +2946,53 @@
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right/>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
@@ -2965,156 +3099,175 @@
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <border outline="0">
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <fill>
-[...5 lines deleted...]
-      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b/>
-        <i val="0"/>
-[...10 lines deleted...]
-        <scheme val="minor"/>
       </font>
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF2F75B5"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FF1F419A"/>
       <color rgb="FF0000FF"/>
       <color rgb="FF3333FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Novel_Therapies" displayName="Novel_Therapies" ref="A1:K114" totalsRowShown="0" headerRowDxfId="27" dataDxfId="26" tableBorderDxfId="25" headerRowCellStyle="Accent1">
-  <autoFilter ref="A1:K114" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Novel_Therapies" displayName="Novel_Therapies" ref="A1:K119" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10" tableBorderDxfId="27" headerRowCellStyle="Accent1">
+  <autoFilter ref="A1:K119" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
   <tableColumns count="11">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Generic Drug Name" dataDxfId="24"/>
-[...9 lines deleted...]
-    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Indication Link to FDA Approval" dataDxfId="14" dataCellStyle="Hyperlink"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Generic Drug Name" dataDxfId="22"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Brand Name" dataDxfId="21"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Part B/D" dataDxfId="20"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="NDC" dataDxfId="19"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="HCPCS" dataDxfId="18"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Combination (HCPCS or NDC)_x000a_Note: ';' indicates multiple combinations. 'OR' indicates only one required combination." dataDxfId="17"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Cancer Type" dataDxfId="16"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Approval Date" dataDxfId="15"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="End Date of Adjustment" dataDxfId="14"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Final Performance Period of Adjustment" dataDxfId="13"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Indication Link to FDA Approval" dataDxfId="12" dataCellStyle="Hyperlink"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
-      <x14:table altText="Novel Therapies " altTextSummary="Novel Therapies; 11 columns and 113 rows including header row; Header row from left to right: Generic Drug Name, Brand Name, Part B/D, NDC, HCPCS, Combination (HCPCS) [AND (;), OR], Cancer Type, Approval Date, End Date of Adjustment, Final Performance Period of Adjustment, Indication Link to FDA Approval"/>
+      <x14:table altText="Novel Therapies " altTextSummary="Novel Therapies; 11 columns and 119 rows including header row; Header row from left to right: Generic Drug Name, Brand Name, Part B/D, NDC, HCPCS, Combination (HCPCS) [AND (;), OR], Cancer Type, Approval Date, End Date of Adjustment, Final Performance Period of Adjustment, Indication Link to FDA Approval"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Change_Log" displayName="Change_Log" ref="A1:I162" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9" headerRowCellStyle="Accent1">
-[...3 lines deleted...]
-    <sortCondition ref="B26:B162"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Change_Log" displayName="Change_Log" ref="A1:I197" totalsRowShown="0" headerRowDxfId="26" dataDxfId="0" headerRowBorderDxfId="25" tableBorderDxfId="24" totalsRowBorderDxfId="23" headerRowCellStyle="Accent1">
+  <autoFilter ref="A1:I197" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I197">
+    <sortCondition descending="1" ref="A2:A197"/>
+    <sortCondition ref="B2:B197"/>
   </sortState>
   <tableColumns count="9">
-    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Release Date" dataDxfId="8"/>
-[...7 lines deleted...]
-    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name="Type of Change" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Release Date" dataDxfId="9"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Generic Drug Name" dataDxfId="8"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0100-000009000000}" name="Brand Name" dataDxfId="7"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Part B/D" dataDxfId="6"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="NDC" dataDxfId="5"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="HCPCS" dataDxfId="4"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Combination (HCPCS or NDC)_x000a_Note: ';' indicates multiple combinations. 'OR' indicates only one required combination." dataDxfId="3"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="Cancer Type" dataDxfId="2"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name="Type of Change" dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
-      <x14:table altText="Change Log" altTextSummary="Change Log; 9 columns, 162 rows including Header row; from left to right: Release Date; Generic Drug Name, Brand Name, Part B/D, NDC, HCPCS, Combination (HCPCS) [AND (;), OR], Cancer Type, Type of Change"/>
+      <x14:table altText="Change Log" altTextSummary="Change Log; 9 columns, 197 rows including Header row; from left to right: Release Date; Generic Drug Name, Brand Name, Part B/D, NDC, HCPCS, Combination (HCPCS) [AND (;), OR], Cancer Type, Type of Change"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="RTI-Brand">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="D7D7D7"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="0A357E"/>
       </a:accent1>
       <a:accent2>
@@ -3372,8491 +3525,9693 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-selpercatinib-locally-advanced-or-metastatic-ret-fusion-positive-solid-tumors" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-tremelimumab-combination-durvalumab-and-platinum-based-chemotherapy-metastatic-non" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-daratumumab-and-hyaluronidase-fihj-pomalidomide-and-dexamethasone-multiple-myeloma" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-elranatamab-bcmm-multiple-myeloma" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-encorafenib-binimetinib-metastatic-non-small-cell-lung-cancer-braf-v600e-mutation" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-amivantamab-vmjw-egfr-exon-20-insertion-mutated-non-small-cell-lung-cancer-indications" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-ribociclib-aromatase-inhibitor-and-ribociclib-and-letrozole-co-pack-early-high-risk-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-ensartinib-alk-positive-locally-advanced-or-metastatic-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=761381" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-pirtobrutinib-relapsed-or-refractory-mantle-cell-lymphoma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-zongertinib-non-squamous-nsclc-her2-tkd-activating-mutations" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-adjuvant-treatment-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-olaparib-adjuvant-treatment-high-risk-early-breast-cancer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-abemaciclib-endocrine-therapy-early-breast-cancer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-capivasertib-fulvestrant-breast-cancer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-dostarlimab-gxly-dmmr-advanced-solid-tumors" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-tarlatamab-dlle-extensive-stage-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=761312" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-darolutamide-metastatic-castration-sensitive-prostate-cancer" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=214657" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-durvalumab-limited-stage-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-fam-trastuzumab-deruxtecan-nxki-unresectable-or-metastatic-hr-positive-her2-low-or-her2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-tremelimumab-combination-durvalumab-and-platinum-based-chemotherapy-metastatic-non" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-fam-trastuzumab-deruxtecan-nxki-her2-mutant-non-small-cell-lung" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209472" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-grants-accelerated-approval-glofitamab-gxbm-selected-relapsed-or-refractory-large-b-cell" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-encorafenib-binimetinib-metastatic-non-small-cell-lung-cancer-braf-v600e-mutation" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-alectinib-adjuvant-treatment-alk-positive-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-ribociclib-aromatase-inhibitor-and-ribociclib-and-letrozole-co-pack-early-high-risk-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-inavolisib-palbociclib-and-fulvestrant-endocrine-resistant-pik3ca-mutated-hr-positive" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-tucatinib-trastuzumab-colorectal-cancer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-adagrasib-kras-g12c-mutated-nsclc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvant-nivolumab-and-platinum-doublet-chemotherapy-early-stage-non-small-cell-lung" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-atezolizumab-adjuvant-treatment-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-dabrafenib-combination-trametinib-unresectable-or-metastatic-solid" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-taletrectinib-ros1-positive-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-and-berahyaluronidase-alfa-pmph-subcutaneous-injection" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-enzalutamide-non-metastatic-castration-sensitive-prostate-cancer-biochemical-recurrence" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-fam-trastuzumab-deruxtecan-nxki-unresectable-or-metastatic-her2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209092" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-asciminib-newly-diagnosed-chronic-myeloid-leukemia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-brentuximab-vedotin-lenalidomide-and-rituximab-relapsed-or-refractory-large-b-cell" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=208746" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=214408" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-mosunetuzumab-axgb-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-cemiplimab-rwlc-combination-platinum-based-chemotherapy-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-capmatinib-metastatic-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-asciminib-philadelphia-chromosome-positive-chronic-myeloid-leukemia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=217110" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-niraparib-and-abiraterone-acetate-plus-prednisone-brca-mutated-metastatic-castration" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-sunvozertinib-metastatic-non-small-cell-lung-cancer-egfr-exon-20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-sacituzumab-govitecan-hziy-hr-positive-breast-cancer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pluvicto-metastatic-castration-resistant-prostate-cancer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-elacestrant-er-positive-her2-negative-esr1-mutated-advanced-or-metastatic-breast-cancer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-repotrectinib-ros1-positive-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-dabrafenib-combination-trametinib-unresectable-or-metastatic-solid" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=212526" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-epcoritamab-bysp-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvantadjuvant-durvalumab-resectable-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-osimertinib-locally-advanced-unresectable-stage-iii-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvantadjuvant-nivolumab-resectable-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-sotorasib-panitumumab-kras-g12c-mutated-colorectal-cancer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-nivolumab-ipilimumab-unresectable-or-metastatic-msi-h-or-dmmr-colorectal-cancer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-telisotuzumab-vedotin-tllv-nsclc-high-c-met-protein-overexpression" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=214218" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-polatuzumab-vedotin-piiq-previously-untreated-diffuse-large-b-cell-lymphoma-not" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-zanubrutinib-chronic-lymphocytic-leukemia-or-small-lymphocytic-lymphoma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209191" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-mobocertinib-metastatic-non-small-cell-lung-cancer-egfr-exon-20" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-imlunestrant-er-positive-her2-negative-esr1-mutated-advanced-or-metastatic-breast" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-darzalex-faspro-kyprolis-and-dexamethasone-multiple-myeloma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvant-adjuvant-pembrolizumab-resectable-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-pirtobrutinib-chronic-lymphocytic-leukemia-and-small-lymphocytic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-daratumumab-and-hyaluronidase-fihj-bortezomib-lenalidomide-and-dexamethasone-multiple" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-expands-pluvictos-metastatic-castration-resistant-prostate-cancer-indication" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-tafasitamab-cxix-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=215179" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-repotrectinib-adult-and-pediatric-patients-ntrk-gene-fusion-positive" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-acalabrutinib-bendamustine-and-rituximab-previously-untreated-mantle-cell-lymphoma" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=208419" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-fam-trastuzumab-deruxtecan-nxki-her2-low-breast-cancer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-teclistamab-cqyv-relapsed-or-refractory-multiple-myeloma" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-zanubrutinib-marginal-zone-lymphoma" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-approves-trifluridine-and-tipiracil-bevacizumab-previously-treated-metastatic-colorectal-cancer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-osimertinib-chemotherapy-egfr-mutated-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-nivolumab-and-hyaluronidase-nvhy-subcutaneous-injection" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-lurbinectedin-combination-atezolizumab-or-atezolizumab-and-hyaluronidase-tqjs-extensive" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-approves-talazoparib-enzalutamide-hrr-gene-mutated-metastatic-castration-resistant-prostate" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-isatuximab-irfc-bortezomib-lenalidomide-and-dexamethasone-newly-diagnosed-multiple" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=212209" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=216078" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-regular-approval-fam-trastuzumab-deruxtecan-nxki-breast-cancer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-darzalex-faspro-kyprolis-and-dexamethasone-multiple-myeloma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-pembrolizumab-locally-recurrent-unresectable-or-metastatic-triple" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209092" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=207103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-datopotamab-deruxtecan-dlnk-egfr-mutated-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-grants-accelerated-approval-epcoritamab-bysp-relapsed-or-refractory-diffuse-large-b-cell" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-fruquintinib-refractory-metastatic-colorectal-cancer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-adagrasib-cetuximab-kras-g12c-mutated-colorectal-cancer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-datopotamab-deruxtecan-dlnk-unresectable-or-metastatic-hr-positive-her2-negative-breast" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-nivolumab-ipilimumab-unresectable-or-metastatic-msi-h-or-dmmr-colorectal-cancer" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=204890" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-selpercatinib-locally-advanced-or-metastatic-ret-fusion-positive-non-small-cell-lung" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-talquetamab-tgvs-relapsed-or-refractory-multiple-myeloma" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-zanubrutinib-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=215033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-zanubrutinib-waldenstroms-macroglobulinemia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-high-risk-early-stage-triple-negative-breast-cancer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-chemotherapy-unresectable-advanced-or-metastatic-malignant-pleural" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-encorafenib-cetuximab-and-mfolfox6-metastatic-colorectal-cancer-braf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-belantamab-mafodotin-blmf-relapsed-or-refractory-multiple-myeloma" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-selpercatinib-locally-advanced-or-metastatic-ret-fusion-positive-solid-tumors" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-approves-fam-trastuzumab-deruxtecan-nxki-pertuzumab-unresectable-or-metastatic-her2-positive" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-tremelimumab-combination-durvalumab-and-platinum-based-chemotherapy-metastatic-non" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-daratumumab-and-hyaluronidase-fihj-pomalidomide-and-dexamethasone-multiple-myeloma" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-elranatamab-bcmm-multiple-myeloma" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-encorafenib-binimetinib-metastatic-non-small-cell-lung-cancer-braf-v600e-mutation" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-amivantamab-vmjw-egfr-exon-20-insertion-mutated-non-small-cell-lung-cancer-indications" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-ribociclib-aromatase-inhibitor-and-ribociclib-and-letrozole-co-pack-early-high-risk-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-ensartinib-alk-positive-locally-advanced-or-metastatic-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=761381" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-pirtobrutinib-relapsed-or-refractory-mantle-cell-lymphoma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-zongertinib-non-squamous-nsclc-her2-tkd-activating-mutations" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-adjuvant-treatment-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-teclistamab-cqyv-relapsed-or-refractory-multiple-myeloma" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-olaparib-adjuvant-treatment-high-risk-early-breast-cancer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-abemaciclib-endocrine-therapy-early-breast-cancer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-zanubrutinib-marginal-zone-lymphoma" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-approves-trifluridine-and-tipiracil-bevacizumab-previously-treated-metastatic-colorectal-cancer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-capivasertib-fulvestrant-breast-cancer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-dostarlimab-gxly-dmmr-advanced-solid-tumors" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-osimertinib-chemotherapy-egfr-mutated-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-tarlatamab-dlle-extensive-stage-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=761312" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-nivolumab-and-hyaluronidase-nvhy-subcutaneous-injection" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-darolutamide-metastatic-castration-sensitive-prostate-cancer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-lurbinectedin-combination-atezolizumab-or-atezolizumab-and-hyaluronidase-tqjs-extensive" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-traditional-approval-pirtobrutinib-chronic-lymphocytic-leukemia-and-small-lymphocytic" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=214657" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-approves-talazoparib-enzalutamide-hrr-gene-mutated-metastatic-castration-resistant-prostate" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-isatuximab-irfc-bortezomib-lenalidomide-and-dexamethasone-newly-diagnosed-multiple" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-durvalumab-limited-stage-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-fam-trastuzumab-deruxtecan-nxki-unresectable-or-metastatic-hr-positive-her2-low-or-her2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=212209" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=216078" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-tremelimumab-combination-durvalumab-and-platinum-based-chemotherapy-metastatic-non" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-fam-trastuzumab-deruxtecan-nxki-her2-mutant-non-small-cell-lung" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-regular-approval-fam-trastuzumab-deruxtecan-nxki-breast-cancer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-darzalex-faspro-kyprolis-and-dexamethasone-multiple-myeloma" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209472" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-grants-accelerated-approval-glofitamab-gxbm-selected-relapsed-or-refractory-large-b-cell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-pembrolizumab-locally-recurrent-unresectable-or-metastatic-triple" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-encorafenib-binimetinib-metastatic-non-small-cell-lung-cancer-braf-v600e-mutation" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-alectinib-adjuvant-treatment-alk-positive-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209092" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=207103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-datopotamab-deruxtecan-dlnk-egfr-mutated-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-daratumumab-and-hyaluronidase-fihj-high-risk-smoldering-multiple-myeloma" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-regular-approval-rucaparib-metastatic-castration-resistant-prostate-cancer" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/drug-approvals-and-databases/fda-grants-accelerated-approval-epcoritamab-bysp-relapsed-or-refractory-diffuse-large-b-cell" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-fruquintinib-refractory-metastatic-colorectal-cancer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-adagrasib-cetuximab-kras-g12c-mutated-colorectal-cancer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-ribociclib-aromatase-inhibitor-and-ribociclib-and-letrozole-co-pack-early-high-risk-0" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-inavolisib-palbociclib-and-fulvestrant-endocrine-resistant-pik3ca-mutated-hr-positive" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-datopotamab-deruxtecan-dlnk-unresectable-or-metastatic-hr-positive-her2-negative-breast" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-nivolumab-ipilimumab-unresectable-or-metastatic-msi-h-or-dmmr-colorectal-cancer" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=204890" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-tucatinib-trastuzumab-colorectal-cancer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-adagrasib-kras-g12c-mutated-nsclc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-selpercatinib-locally-advanced-or-metastatic-ret-fusion-positive-non-small-cell-lung" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvant-nivolumab-and-platinum-doublet-chemotherapy-early-stage-non-small-cell-lung" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-atezolizumab-adjuvant-treatment-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-talquetamab-tgvs-relapsed-or-refractory-multiple-myeloma" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-dabrafenib-combination-trametinib-unresectable-or-metastatic-solid" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-zanubrutinib-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-taletrectinib-ros1-positive-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-and-berahyaluronidase-alfa-pmph-subcutaneous-injection" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-niraparib-and-abiraterone-acetate-plus-prednisone-brca2-mutated-metastatic-castration" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=215033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-zanubrutinib-waldenstroms-macroglobulinemia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-enzalutamide-non-metastatic-castration-sensitive-prostate-cancer-biochemical-recurrence" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-high-risk-early-stage-triple-negative-breast-cancer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-fam-trastuzumab-deruxtecan-nxki-unresectable-or-metastatic-her2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209092" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pembrolizumab-chemotherapy-unresectable-advanced-or-metastatic-malignant-pleural" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-encorafenib-cetuximab-and-mfolfox6-metastatic-colorectal-cancer-braf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-asciminib-newly-diagnosed-chronic-myeloid-leukemia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-brentuximab-vedotin-lenalidomide-and-rituximab-relapsed-or-refractory-large-b-cell" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-belantamab-mafodotin-blmf-relapsed-or-refractory-multiple-myeloma" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=208746" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=214408" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-mosunetuzumab-axgb-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-cemiplimab-rwlc-combination-platinum-based-chemotherapy-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-capmatinib-metastatic-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-asciminib-philadelphia-chromosome-positive-chronic-myeloid-leukemia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=217110" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-niraparib-and-abiraterone-acetate-plus-prednisone-brca-mutated-metastatic-castration" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-sunvozertinib-metastatic-non-small-cell-lung-cancer-egfr-exon-20" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-sevabertinib-non-squamous-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-sacituzumab-govitecan-hziy-hr-positive-breast-cancer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-pluvicto-metastatic-castration-resistant-prostate-cancer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-elacestrant-er-positive-her2-negative-esr1-mutated-advanced-or-metastatic-breast-cancer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-repotrectinib-ros1-positive-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-dabrafenib-combination-trametinib-unresectable-or-metastatic-solid" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=212526" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-epcoritamab-bysp-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvantadjuvant-durvalumab-resectable-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-osimertinib-locally-advanced-unresectable-stage-iii-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvantadjuvant-nivolumab-resectable-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-sotorasib-panitumumab-kras-g12c-mutated-colorectal-cancer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-nivolumab-ipilimumab-unresectable-or-metastatic-msi-h-or-dmmr-colorectal-cancer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-telisotuzumab-vedotin-tllv-nsclc-high-c-met-protein-overexpression" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=214218" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-polatuzumab-vedotin-piiq-previously-untreated-diffuse-large-b-cell-lymphoma-not" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-zanubrutinib-chronic-lymphocytic-leukemia-or-small-lymphocytic-lymphoma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=209191" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-mobocertinib-metastatic-non-small-cell-lung-cancer-egfr-exon-20" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-imlunestrant-er-positive-her2-negative-esr1-mutated-advanced-or-metastatic-breast" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-darzalex-faspro-kyprolis-and-dexamethasone-multiple-myeloma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-neoadjuvant-adjuvant-pembrolizumab-resectable-non-small-cell-lung-cancer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-pirtobrutinib-chronic-lymphocytic-leukemia-and-small-lymphocytic" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-daratumumab-and-hyaluronidase-fihj-bortezomib-lenalidomide-and-dexamethasone-multiple" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-expands-pluvictos-metastatic-castration-resistant-prostate-cancer-indication" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-tafasitamab-cxix-relapsed-or-refractory-follicular-lymphoma" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=215179" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-grants-accelerated-approval-repotrectinib-adult-and-pediatric-patients-ntrk-gene-fusion-positive" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-acalabrutinib-bendamustine-and-rituximab-previously-untreated-mantle-cell-lymphoma" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accessdata.fda.gov/scripts/cder/daf/index.cfm?event=overview.process&amp;ApplNo=208419" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/resources-information-approved-drugs/fda-approves-fam-trastuzumab-deruxtecan-nxki-her2-low-breast-cancer" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:K121"/>
+  <dimension ref="A1:K120"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A87" sqref="A87"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="32.81640625" style="22" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="9.453125" style="22"/>
+    <col min="1" max="1" width="32.81640625" style="10" customWidth="1"/>
+    <col min="2" max="2" width="16.453125" style="10" customWidth="1"/>
+    <col min="3" max="3" width="14.1796875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="20.453125" style="11" customWidth="1"/>
+    <col min="5" max="5" width="10.1796875" style="10" customWidth="1"/>
+    <col min="6" max="6" width="78.08984375" style="10" customWidth="1"/>
+    <col min="7" max="7" width="22.6328125" style="10" customWidth="1"/>
+    <col min="8" max="9" width="13.1796875" style="10" customWidth="1"/>
+    <col min="10" max="10" width="19" style="10" customWidth="1"/>
+    <col min="11" max="11" width="46.08984375" style="10" customWidth="1"/>
+    <col min="12" max="16384" width="9.453125" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="27" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:11" s="4" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="53" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="14" t="s">
+      <c r="B1" s="53" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="14" t="s">
+      <c r="C1" s="53" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="15" t="s">
+      <c r="D1" s="54" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="14" t="s">
+      <c r="E1" s="53" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="14" t="s">
+      <c r="F1" s="53" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="14" t="s">
+      <c r="G1" s="53" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="14" t="s">
+      <c r="H1" s="53" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="14" t="s">
+      <c r="I1" s="53" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="14" t="s">
+      <c r="J1" s="53" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="14" t="s">
+      <c r="K1" s="53" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="2" spans="1:11" s="27" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A2" s="31" t="s">
+    <row r="2" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="B2" s="15" t="s">
+        <v>613</v>
+      </c>
+      <c r="C2" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" s="16" t="s">
+        <v>620</v>
+      </c>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+      <c r="G2" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" s="17">
+        <v>46008</v>
+      </c>
+      <c r="I2" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J2" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K2" s="12" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" s="19" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E3" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F3" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="G3" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3" s="17">
+        <v>46006</v>
+      </c>
+      <c r="I3" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J3" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K3" s="12" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" s="19" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="E4" s="15"/>
+      <c r="F4" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="G4" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H4" s="17">
+        <v>46003</v>
+      </c>
+      <c r="I4" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J4" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K4" s="12" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" s="19" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="E5" s="15"/>
+      <c r="F5" s="15"/>
+      <c r="G5" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" s="17">
+        <v>45994</v>
+      </c>
+      <c r="I5" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J5" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K5" s="12" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" s="19" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A6" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="B6" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>593</v>
+      </c>
+      <c r="E6" s="15"/>
+      <c r="F6" s="15"/>
+      <c r="G6" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6" s="17">
+        <v>45980</v>
+      </c>
+      <c r="I6" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J6" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K6" s="12" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" s="19" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A7" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="E7" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F7" s="15"/>
+      <c r="G7" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7" s="17">
+        <v>45967</v>
+      </c>
+      <c r="I7" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J7" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K7" s="12" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="19" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="31" t="s">
+      <c r="B8" s="21" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="1" t="s">
+      <c r="C8" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="16" t="s">
+        <v>618</v>
+      </c>
+      <c r="E8" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="F2" s="1"/>
-      <c r="G2" s="1" t="s">
+      <c r="F8" s="15"/>
+      <c r="G8" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="H2" s="3">
+      <c r="H8" s="17">
         <v>45957</v>
       </c>
-      <c r="I2" s="3">
+      <c r="I8" s="17">
         <v>46933</v>
       </c>
-      <c r="J2" s="3" t="s">
+      <c r="J8" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="K2" s="18" t="s">
+      <c r="K8" s="12" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="3" spans="1:11" s="27" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A3" s="31" t="s">
+    <row r="9" spans="1:11" s="19" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A9" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="B3" s="31" t="s">
+      <c r="B9" s="21" t="s">
         <v>20</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="5" t="s">
+      <c r="C9" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="E3" s="1"/>
-      <c r="F3" s="1" t="s">
+      <c r="E9" s="15"/>
+      <c r="F9" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="G9" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9" s="17">
+        <v>45953</v>
+      </c>
+      <c r="I9" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J9" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K9" s="12" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="19" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A10" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F10" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="G10" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H10" s="17">
+        <v>45932</v>
+      </c>
+      <c r="I10" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J10" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K10" s="12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="19" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A11" s="21" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="21" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" s="15"/>
+      <c r="F11" s="15"/>
+      <c r="G11" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11" s="17">
+        <v>45925</v>
+      </c>
+      <c r="I11" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J11" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K11" s="12" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="19" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A12" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" s="15"/>
+      <c r="F12" s="15" t="s">
+        <v>603</v>
+      </c>
+      <c r="G12" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H12" s="17">
+        <v>45919</v>
+      </c>
+      <c r="I12" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J12" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K12" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A13" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H13" s="17">
+        <v>45877</v>
+      </c>
+      <c r="I13" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J13" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K13" s="12" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A14" s="21" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" s="15"/>
+      <c r="F14" s="15"/>
+      <c r="G14" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H14" s="17">
+        <v>45840</v>
+      </c>
+      <c r="I14" s="17">
+        <v>46933</v>
+      </c>
+      <c r="J14" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K14" s="12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A15" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="15"/>
+      <c r="G15" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H15" s="17">
+        <v>45831</v>
+      </c>
+      <c r="I15" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J15" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K15" s="12" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="18" customFormat="1" ht="217.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="21" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="G16" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H16" s="17">
+        <v>45826</v>
+      </c>
+      <c r="I16" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J16" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K16" s="12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E17" s="15"/>
+      <c r="F17" s="15"/>
+      <c r="G17" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H17" s="17">
+        <v>45819</v>
+      </c>
+      <c r="I17" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J17" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K17" s="12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" s="15"/>
+      <c r="F18" s="15"/>
+      <c r="G18" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H18" s="17">
+        <v>45811</v>
+      </c>
+      <c r="I18" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J18" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K18" s="12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A19" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="F19" s="15"/>
+      <c r="G19" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" s="17">
+        <v>45791</v>
+      </c>
+      <c r="I19" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J19" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K19" s="12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="18" customFormat="1" ht="159.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="E20" s="15"/>
+      <c r="F20" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="G20" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20" s="17">
+        <v>45770</v>
+      </c>
+      <c r="I20" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J20" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K20" s="12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F21" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="G21" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="H21" s="17">
+        <v>45755</v>
+      </c>
+      <c r="I21" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J21" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K21" s="12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A22" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="F22" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="G22" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" s="17">
+        <v>45755</v>
+      </c>
+      <c r="I22" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J22" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K22" s="12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="B23" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E23" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" s="15"/>
+      <c r="G23" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H23" s="17">
+        <v>45744</v>
+      </c>
+      <c r="I23" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J23" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K23" s="12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="18" customFormat="1" ht="217.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E24" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F24" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="G24" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H24" s="17">
+        <v>45699</v>
+      </c>
+      <c r="I24" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J24" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K24" s="12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F25" s="15"/>
+      <c r="G25" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25" s="17">
+        <v>45684</v>
+      </c>
+      <c r="I25" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J25" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K25" s="12" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="F26" s="15"/>
+      <c r="G26" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26" s="17">
+        <v>45674</v>
+      </c>
+      <c r="I26" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J26" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K26" s="12" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="E27" s="15"/>
+      <c r="F27" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="G27" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H27" s="17">
+        <v>45673</v>
+      </c>
+      <c r="I27" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J27" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K27" s="12" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" s="15"/>
+      <c r="F28" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="G28" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="H28" s="17">
+        <v>45673</v>
+      </c>
+      <c r="I28" s="17">
+        <v>46750</v>
+      </c>
+      <c r="J28" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K28" s="12" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A29" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="C29" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="E29" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="G29" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H29" s="17">
+        <v>45653</v>
+      </c>
+      <c r="I29" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J29" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K29" s="12" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B30" s="21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="E30" s="21"/>
+      <c r="F30" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="G30" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="H30" s="17">
+        <v>45646</v>
+      </c>
+      <c r="I30" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J30" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K30" s="12" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="B31" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="C31" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E31" s="21"/>
+      <c r="F31" s="15"/>
+      <c r="G31" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H31" s="17">
+        <v>45644</v>
+      </c>
+      <c r="I31" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J31" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K31" s="12" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A32" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B32" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C32" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="E32" s="21" t="s">
+        <v>146</v>
+      </c>
+      <c r="F32" s="15"/>
+      <c r="G32" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" s="17">
+        <v>45630</v>
+      </c>
+      <c r="I32" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J32" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K32" s="12" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A33" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B33" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C33" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="E33" s="21"/>
+      <c r="F33" s="15"/>
+      <c r="G33" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="H33" s="17">
+        <v>45594</v>
+      </c>
+      <c r="I33" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J33" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K33" s="12" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A34" s="21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B34" s="21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C34" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="E34" s="21"/>
+      <c r="F34" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="G34" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34" s="17">
+        <v>45575</v>
+      </c>
+      <c r="I34" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J34" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K34" s="12" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C35" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="E35" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="F35" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="G35" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H35" s="17">
+        <v>45568</v>
+      </c>
+      <c r="I35" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J35" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K35" s="12" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A36" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B36" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C36" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" s="24" t="s">
+        <v>163</v>
+      </c>
+      <c r="E36" s="21"/>
+      <c r="F36" s="15"/>
+      <c r="G36" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H36" s="17">
+        <v>45560</v>
+      </c>
+      <c r="I36" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J36" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="12" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" s="18" customFormat="1" ht="217.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B37" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C37" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E37" s="21" t="s">
+        <v>168</v>
+      </c>
+      <c r="F37" s="15" t="s">
+        <v>624</v>
+      </c>
+      <c r="G37" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37" s="17">
+        <v>45555</v>
+      </c>
+      <c r="I37" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J37" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K37" s="12" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A38" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="B38" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E38" s="21"/>
+      <c r="F38" s="15"/>
+      <c r="G38" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="17">
+        <v>45552</v>
+      </c>
+      <c r="I38" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J38" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K38" s="12" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A39" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B39" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C39" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="E39" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="F39" s="21" t="s">
+        <v>602</v>
+      </c>
+      <c r="G39" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H39" s="17">
+        <v>45552</v>
+      </c>
+      <c r="I39" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J39" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K39" s="12" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" s="18" customFormat="1" ht="319" x14ac:dyDescent="0.35">
+      <c r="A40" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="B40" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="C40" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="E40" s="21"/>
+      <c r="F40" s="21" t="s">
+        <v>583</v>
+      </c>
+      <c r="G40" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40" s="17">
+        <v>45552</v>
+      </c>
+      <c r="I40" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J40" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K40" s="12" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B41" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C41" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="E41" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="F41" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="G41" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H41" s="17">
+        <v>45519</v>
+      </c>
+      <c r="I41" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J41" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K41" s="12" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A42" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="B42" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="C42" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" s="24" t="s">
+        <v>186</v>
+      </c>
+      <c r="E42" s="21" t="s">
+        <v>187</v>
+      </c>
+      <c r="F42" s="15"/>
+      <c r="G42" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H42" s="17">
+        <v>45511</v>
+      </c>
+      <c r="I42" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J42" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K42" s="12" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" s="18" customFormat="1" ht="348" x14ac:dyDescent="0.35">
+      <c r="A43" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="B43" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="C43" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="E43" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="F43" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="G43" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43" s="17">
+        <v>45503</v>
+      </c>
+      <c r="I43" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J43" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K43" s="12" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" s="18" customFormat="1" ht="319" x14ac:dyDescent="0.35">
+      <c r="A44" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="C44" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D44" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="E44" s="21"/>
+      <c r="F44" s="21" t="s">
         <v>584</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="G44" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44" s="17">
+        <v>45495</v>
+      </c>
+      <c r="I44" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J44" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K44" s="12" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A45" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D45" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="E45" s="21"/>
+      <c r="F45" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="G45" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45" s="17">
+        <v>45495</v>
+      </c>
+      <c r="I45" s="17">
+        <v>46567</v>
+      </c>
+      <c r="J45" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K45" s="12" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A46" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="C46" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="24" t="s">
+        <v>198</v>
+      </c>
+      <c r="E46" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="F46" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G46" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H46" s="17">
+        <v>45469</v>
+      </c>
+      <c r="I46" s="17">
+        <v>45472</v>
+      </c>
+      <c r="J46" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="K46" s="12" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A47" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="C47" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="E47" s="21"/>
+      <c r="F47" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="G47" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="H47" s="17">
+        <v>45464</v>
+      </c>
+      <c r="I47" s="17">
+        <v>46385</v>
+      </c>
+      <c r="J47" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K47" s="12" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="21" t="s">
+        <v>206</v>
+      </c>
+      <c r="B48" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="E48" s="21"/>
+      <c r="F48" s="15"/>
+      <c r="G48" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="H48" s="17">
+        <v>45456</v>
+      </c>
+      <c r="I48" s="17">
+        <v>46385</v>
+      </c>
+      <c r="J48" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K48" s="12" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A49" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="B49" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="C49" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="E49" s="21" t="s">
+        <v>214</v>
+      </c>
+      <c r="F49" s="15"/>
+      <c r="G49" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H49" s="17">
+        <v>45426</v>
+      </c>
+      <c r="I49" s="17">
+        <v>45472</v>
+      </c>
+      <c r="J49" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="K49" s="12" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="21" t="s">
+        <v>216</v>
+      </c>
+      <c r="B50" s="21" t="s">
+        <v>217</v>
+      </c>
+      <c r="C50" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D50" s="24" t="s">
+        <v>218</v>
+      </c>
+      <c r="E50" s="21"/>
+      <c r="F50" s="15"/>
+      <c r="G50" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H50" s="17">
+        <v>45400</v>
+      </c>
+      <c r="I50" s="17">
+        <v>46385</v>
+      </c>
+      <c r="J50" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K50" s="12" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B51" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C51" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E51" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F51" s="15"/>
+      <c r="G51" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="H51" s="17">
+        <v>45387</v>
+      </c>
+      <c r="I51" s="17">
+        <v>46385</v>
+      </c>
+      <c r="J51" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K51" s="12" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A52" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B52" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C52" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D52" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E52" s="15"/>
+      <c r="F52" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="G52" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H52" s="17">
+        <v>45358</v>
+      </c>
+      <c r="I52" s="17">
+        <v>46385</v>
+      </c>
+      <c r="J52" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K52" s="12" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A53" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="F53" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="G53" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H53" s="17">
+        <v>45352</v>
+      </c>
+      <c r="I53" s="17">
+        <v>45472</v>
+      </c>
+      <c r="J53" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="K53" s="12" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A54" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B54" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C54" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D54" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="E54" s="21"/>
+      <c r="F54" s="21" t="s">
+        <v>602</v>
+      </c>
+      <c r="G54" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H54" s="25">
+        <v>45338</v>
+      </c>
+      <c r="I54" s="17">
+        <v>46385</v>
+      </c>
+      <c r="J54" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K54" s="12" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A55" s="21" t="s">
+        <v>228</v>
+      </c>
+      <c r="B55" s="21" t="s">
+        <v>229</v>
+      </c>
+      <c r="C55" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D55" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="E55" s="21"/>
+      <c r="F55" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="G55" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H55" s="25">
+        <v>45309</v>
+      </c>
+      <c r="I55" s="17">
+        <v>46385</v>
+      </c>
+      <c r="J55" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K55" s="12" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A56" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" s="21" t="s">
+        <v>233</v>
+      </c>
+      <c r="C56" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D56" s="20" t="s">
+        <v>234</v>
+      </c>
+      <c r="E56" s="21"/>
+      <c r="F56" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G56" s="21" t="s">
+        <v>235</v>
+      </c>
+      <c r="H56" s="25">
+        <v>45261</v>
+      </c>
+      <c r="I56" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J56" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K56" s="12" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="B57" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="C57" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D57" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="E57" s="15"/>
+      <c r="F57" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="G57" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H57" s="17">
+        <v>45246</v>
+      </c>
+      <c r="I57" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J57" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K57" s="12" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A58" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>244</v>
+      </c>
+      <c r="E58" s="15"/>
+      <c r="F58" s="15"/>
+      <c r="G58" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H58" s="17">
+        <v>45246</v>
+      </c>
+      <c r="I58" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J58" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K58" s="12" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="B59" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D59" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="E59" s="15"/>
+      <c r="F59" s="15"/>
+      <c r="G59" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H59" s="17">
+        <v>45245</v>
+      </c>
+      <c r="I59" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J59" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K59" s="12" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D60" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="E60" s="15"/>
+      <c r="F60" s="15"/>
+      <c r="G60" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="H60" s="17">
+        <v>45238</v>
+      </c>
+      <c r="I60" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J60" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K60" s="12" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A61" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="B61" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="F61" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="G61" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H61" s="17">
+        <v>45215</v>
+      </c>
+      <c r="I61" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J61" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K61" s="12" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A62" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D62" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="E62" s="15"/>
+      <c r="F62" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="G62" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H62" s="17">
+        <v>45210</v>
+      </c>
+      <c r="I62" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J62" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K62" s="12" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A63" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="B63" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D63" s="22" t="s">
+        <v>136</v>
+      </c>
+      <c r="E63" s="15"/>
+      <c r="F63" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="G63" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="H63" s="17">
+        <v>45210</v>
+      </c>
+      <c r="I63" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J63" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K63" s="12" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A64" s="21" t="s">
+        <v>258</v>
+      </c>
+      <c r="B64" s="21" t="s">
+        <v>259</v>
+      </c>
+      <c r="C64" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" s="24" t="s">
+        <v>260</v>
+      </c>
+      <c r="E64" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="F64" s="21"/>
+      <c r="G64" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="H3" s="3">
-[...31 lines deleted...]
-      <c r="G4" s="1" t="s">
+      <c r="H64" s="25">
+        <v>45156</v>
+      </c>
+      <c r="I64" s="25">
+        <v>46202</v>
+      </c>
+      <c r="J64" s="25" t="s">
+        <v>236</v>
+      </c>
+      <c r="K64" s="12" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="21" t="s">
+        <v>263</v>
+      </c>
+      <c r="B65" s="21" t="s">
+        <v>264</v>
+      </c>
+      <c r="C65" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" s="20" t="s">
+        <v>265</v>
+      </c>
+      <c r="E65" s="21" t="s">
+        <v>266</v>
+      </c>
+      <c r="F65" s="21"/>
+      <c r="G65" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65" s="25">
+        <v>45152</v>
+      </c>
+      <c r="I65" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J65" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K65" s="12" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" s="18" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="B66" s="21" t="s">
+        <v>269</v>
+      </c>
+      <c r="C66" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D66" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="E66" s="21"/>
+      <c r="F66" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="G66" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H66" s="25">
+        <v>45149</v>
+      </c>
+      <c r="I66" s="17">
+        <v>46202</v>
+      </c>
+      <c r="J66" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K66" s="12" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A67" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="B67" s="21" t="s">
+        <v>273</v>
+      </c>
+      <c r="C67" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" s="20" t="s">
+        <v>274</v>
+      </c>
+      <c r="E67" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="F67" s="21"/>
+      <c r="G67" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67" s="25">
+        <v>45147</v>
+      </c>
+      <c r="I67" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J67" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K67" s="12" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A68" s="21" t="s">
+        <v>277</v>
+      </c>
+      <c r="B68" s="21" t="s">
+        <v>278</v>
+      </c>
+      <c r="C68" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D68" s="20" t="s">
+        <v>279</v>
+      </c>
+      <c r="E68" s="21"/>
+      <c r="F68" s="21" t="s">
+        <v>607</v>
+      </c>
+      <c r="G68" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" s="25">
+        <v>45140</v>
+      </c>
+      <c r="I68" s="25">
+        <v>46202</v>
+      </c>
+      <c r="J68" s="25" t="s">
+        <v>236</v>
+      </c>
+      <c r="K68" s="12" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" s="18" customFormat="1" ht="188.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="21" t="s">
+        <v>282</v>
+      </c>
+      <c r="B69" s="21" t="s">
+        <v>283</v>
+      </c>
+      <c r="C69" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D69" s="21" t="s">
+        <v>284</v>
+      </c>
+      <c r="E69" s="21"/>
+      <c r="F69" s="21" t="s">
+        <v>285</v>
+      </c>
+      <c r="G69" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H69" s="25">
+        <v>45097</v>
+      </c>
+      <c r="I69" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J69" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K69" s="12" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A70" s="21" t="s">
+        <v>287</v>
+      </c>
+      <c r="B70" s="21" t="s">
+        <v>288</v>
+      </c>
+      <c r="C70" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="E70" s="21" t="s">
+        <v>290</v>
+      </c>
+      <c r="F70" s="21"/>
+      <c r="G70" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H70" s="25">
+        <v>45093</v>
+      </c>
+      <c r="I70" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J70" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K70" s="12" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B71" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C71" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="20" t="s">
+        <v>294</v>
+      </c>
+      <c r="E71" s="21" t="s">
+        <v>295</v>
+      </c>
+      <c r="F71" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G71" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="H4" s="3">
-[...19 lines deleted...]
-      <c r="C5" s="1" t="s">
+      <c r="H71" s="25">
+        <v>45068</v>
+      </c>
+      <c r="I71" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J71" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K71" s="12" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A72" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="B72" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="C72" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" s="20" t="s">
+        <v>198</v>
+      </c>
+      <c r="E72" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="F72" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G72" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H72" s="25">
+        <v>45065</v>
+      </c>
+      <c r="I72" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J72" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K72" s="12" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" s="18" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="21" t="s">
+        <v>298</v>
+      </c>
+      <c r="B73" s="21" t="s">
+        <v>299</v>
+      </c>
+      <c r="C73" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" s="20" t="s">
+        <v>300</v>
+      </c>
+      <c r="E73" s="21" t="s">
+        <v>301</v>
+      </c>
+      <c r="F73" s="21" t="s">
+        <v>626</v>
+      </c>
+      <c r="G73" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H73" s="25">
+        <v>45035</v>
+      </c>
+      <c r="I73" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J73" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K73" s="12" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="21" t="s">
+        <v>303</v>
+      </c>
+      <c r="B74" s="21" t="s">
+        <v>304</v>
+      </c>
+      <c r="C74" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="20" t="s">
+        <v>305</v>
+      </c>
+      <c r="E74" s="21" t="s">
+        <v>306</v>
+      </c>
+      <c r="F74" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G74" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H74" s="25">
+        <v>44960</v>
+      </c>
+      <c r="I74" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J74" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K74" s="12" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A75" s="21" t="s">
+        <v>308</v>
+      </c>
+      <c r="B75" s="21" t="s">
+        <v>309</v>
+      </c>
+      <c r="C75" s="21" t="s">
         <v>32</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...4 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="D75" s="20" t="s">
+        <v>310</v>
+      </c>
+      <c r="E75" s="21"/>
+      <c r="F75" s="21"/>
+      <c r="G75" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="H5" s="3">
-[...29 lines deleted...]
-      <c r="G6" s="1" t="s">
+      <c r="H75" s="25">
+        <v>44953</v>
+      </c>
+      <c r="I75" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J75" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K75" s="12" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A76" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="B76" s="21" t="s">
+        <v>233</v>
+      </c>
+      <c r="C76" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D76" s="20" t="s">
+        <v>234</v>
+      </c>
+      <c r="E76" s="21"/>
+      <c r="F76" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G76" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H76" s="25">
+        <v>44953</v>
+      </c>
+      <c r="I76" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J76" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K76" s="12" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A77" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B77" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C77" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" s="20" t="s">
+        <v>313</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="F77" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G77" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="H6" s="3">
-[...19 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="H77" s="25">
+        <v>44952</v>
+      </c>
+      <c r="I77" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J77" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K77" s="12" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="21" t="s">
+        <v>315</v>
+      </c>
+      <c r="B78" s="21" t="s">
+        <v>316</v>
+      </c>
+      <c r="C78" s="21" t="s">
         <v>32</v>
       </c>
-      <c r="D7" s="10" t="s">
-[...4 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="D78" s="20" t="s">
+        <v>317</v>
+      </c>
+      <c r="E78" s="21"/>
+      <c r="F78" s="21" t="s">
+        <v>464</v>
+      </c>
+      <c r="G78" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" s="25">
+        <v>44945</v>
+      </c>
+      <c r="I78" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J78" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K78" s="12" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A79" s="21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B79" s="21" t="s">
+        <v>46</v>
+      </c>
+      <c r="C79" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D79" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E79" s="21"/>
+      <c r="F79" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G79" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H79" s="25">
+        <v>44945</v>
+      </c>
+      <c r="I79" s="25">
+        <v>46020</v>
+      </c>
+      <c r="J79" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K79" s="12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A80" s="21" t="s">
+        <v>319</v>
+      </c>
+      <c r="B80" s="21" t="s">
+        <v>320</v>
+      </c>
+      <c r="C80" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" s="20" t="s">
+        <v>321</v>
+      </c>
+      <c r="E80" s="21" t="s">
+        <v>322</v>
+      </c>
+      <c r="F80" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G80" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H80" s="25">
+        <v>44917</v>
+      </c>
+      <c r="I80" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J80" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K80" s="12" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="21" t="s">
+        <v>324</v>
+      </c>
+      <c r="B81" s="21" t="s">
+        <v>325</v>
+      </c>
+      <c r="C81" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" s="20" t="s">
+        <v>326</v>
+      </c>
+      <c r="E81" s="21" t="s">
+        <v>327</v>
+      </c>
+      <c r="F81" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G81" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H81" s="25">
+        <v>44910</v>
+      </c>
+      <c r="I81" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J81" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K81" s="12" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A82" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B82" s="21" t="s">
+        <v>330</v>
+      </c>
+      <c r="C82" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" s="24" t="s">
+        <v>331</v>
+      </c>
+      <c r="E82" s="21" t="s">
+        <v>332</v>
+      </c>
+      <c r="F82" s="21" t="s">
+        <v>604</v>
+      </c>
+      <c r="G82" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="H7" s="3">
-[...13 lines deleted...]
-      <c r="A8" s="1" t="s">
+      <c r="H82" s="25">
+        <v>44909</v>
+      </c>
+      <c r="I82" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J82" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K82" s="12" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A83" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="B83" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="C83" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D83" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="E83" s="21"/>
+      <c r="F83" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G83" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H83" s="25">
+        <v>44907</v>
+      </c>
+      <c r="I83" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J83" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K83" s="12" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A84" s="21" t="s">
+        <v>336</v>
+      </c>
+      <c r="B84" s="21" t="s">
+        <v>337</v>
+      </c>
+      <c r="C84" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" s="20" t="s">
+        <v>338</v>
+      </c>
+      <c r="E84" s="21" t="s">
+        <v>339</v>
+      </c>
+      <c r="F84" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G84" s="21" t="s">
+        <v>340</v>
+      </c>
+      <c r="H84" s="25">
+        <v>44904</v>
+      </c>
+      <c r="I84" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J84" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K84" s="12" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A85" s="21" t="s">
+        <v>324</v>
+      </c>
+      <c r="B85" s="21" t="s">
+        <v>342</v>
+      </c>
+      <c r="C85" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" s="20" t="s">
+        <v>343</v>
+      </c>
+      <c r="E85" s="21" t="s">
+        <v>344</v>
+      </c>
+      <c r="F85" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G85" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H85" s="25">
+        <v>44902</v>
+      </c>
+      <c r="I85" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J85" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K85" s="12" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A86" s="21" t="s">
+        <v>324</v>
+      </c>
+      <c r="B86" s="21" t="s">
+        <v>325</v>
+      </c>
+      <c r="C86" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" s="20" t="s">
+        <v>346</v>
+      </c>
+      <c r="E86" s="21" t="s">
+        <v>347</v>
+      </c>
+      <c r="F86" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G86" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H86" s="25">
+        <v>44902</v>
+      </c>
+      <c r="I86" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J86" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K86" s="12" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A87" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B87" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C87" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" s="20" t="s">
+        <v>349</v>
+      </c>
+      <c r="E87" s="21" t="s">
+        <v>350</v>
+      </c>
+      <c r="F87" s="21"/>
+      <c r="G87" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H87" s="25">
+        <v>44887</v>
+      </c>
+      <c r="I87" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J87" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K87" s="12" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A88" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B88" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C88" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="E88" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="F88" s="21" t="s">
+        <v>599</v>
+      </c>
+      <c r="G88" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H88" s="25">
+        <v>44875</v>
+      </c>
+      <c r="I88" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J88" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K88" s="12" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A89" s="21" t="s">
+        <v>354</v>
+      </c>
+      <c r="B89" s="21" t="s">
+        <v>355</v>
+      </c>
+      <c r="C89" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" s="20" t="s">
+        <v>356</v>
+      </c>
+      <c r="E89" s="21" t="s">
+        <v>357</v>
+      </c>
+      <c r="F89" s="21" t="s">
+        <v>606</v>
+      </c>
+      <c r="G89" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H89" s="25">
+        <v>44875</v>
+      </c>
+      <c r="I89" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J89" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K89" s="12" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A90" s="21" t="s">
+        <v>359</v>
+      </c>
+      <c r="B90" s="21" t="s">
+        <v>360</v>
+      </c>
+      <c r="C90" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" s="20" t="s">
+        <v>361</v>
+      </c>
+      <c r="E90" s="21" t="s">
+        <v>362</v>
+      </c>
+      <c r="F90" s="21" t="s">
+        <v>595</v>
+      </c>
+      <c r="G90" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H90" s="25">
+        <v>44873</v>
+      </c>
+      <c r="I90" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J90" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K90" s="12" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A91" s="21" t="s">
+        <v>364</v>
+      </c>
+      <c r="B91" s="21" t="s">
+        <v>365</v>
+      </c>
+      <c r="C91" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" s="20" t="s">
+        <v>366</v>
+      </c>
+      <c r="E91" s="21" t="s">
+        <v>367</v>
+      </c>
+      <c r="F91" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G91" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91" s="25">
+        <v>44859</v>
+      </c>
+      <c r="I91" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J91" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K91" s="12" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A92" s="21" t="s">
+        <v>369</v>
+      </c>
+      <c r="B92" s="21" t="s">
+        <v>370</v>
+      </c>
+      <c r="C92" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D92" s="20" t="s">
+        <v>371</v>
+      </c>
+      <c r="E92" s="21"/>
+      <c r="F92" s="21"/>
+      <c r="G92" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="H92" s="25">
+        <v>44825</v>
+      </c>
+      <c r="I92" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J92" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K92" s="12" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A93" s="21" t="s">
+        <v>369</v>
+      </c>
+      <c r="B93" s="21" t="s">
+        <v>370</v>
+      </c>
+      <c r="C93" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D93" s="20" t="s">
+        <v>371</v>
+      </c>
+      <c r="E93" s="21"/>
+      <c r="F93" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G93" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H93" s="25">
+        <v>44825</v>
+      </c>
+      <c r="I93" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J93" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K93" s="12" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A94" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B94" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C94" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" s="24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E94" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F94" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G94" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H94" s="25">
+        <v>44784</v>
+      </c>
+      <c r="I94" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J94" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K94" s="12" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="21" t="s">
+        <v>375</v>
+      </c>
+      <c r="B95" s="21" t="s">
+        <v>376</v>
+      </c>
+      <c r="C95" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D95" s="20" t="s">
+        <v>377</v>
+      </c>
+      <c r="E95" s="21"/>
+      <c r="F95" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G95" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H95" s="25">
+        <v>44783</v>
+      </c>
+      <c r="I95" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J95" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K95" s="12" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A96" s="21" t="s">
+        <v>379</v>
+      </c>
+      <c r="B96" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="C96" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D96" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="E96" s="21"/>
+      <c r="F96" s="21" t="s">
+        <v>465</v>
+      </c>
+      <c r="G96" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H96" s="25">
+        <v>44778</v>
+      </c>
+      <c r="I96" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J96" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K96" s="12" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B97" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C97" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="E97" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F97" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G97" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H97" s="25">
+        <v>44778</v>
+      </c>
+      <c r="I97" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J97" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K97" s="12" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A98" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B98" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C98" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" s="24" t="s">
+        <v>382</v>
+      </c>
+      <c r="E98" s="21" t="s">
+        <v>383</v>
+      </c>
+      <c r="F98" s="21"/>
+      <c r="G98" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H98" s="25">
+        <v>44761</v>
+      </c>
+      <c r="I98" s="25">
+        <v>45837</v>
+      </c>
+      <c r="J98" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="K98" s="12" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" s="18" customFormat="1" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="A99" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B99" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C99" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" s="20" t="s">
+        <v>385</v>
+      </c>
+      <c r="E99" s="21" t="s">
+        <v>386</v>
+      </c>
+      <c r="F99" s="21"/>
+      <c r="G99" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H99" s="25">
+        <v>44736</v>
+      </c>
+      <c r="I99" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J99" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K99" s="12" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A100" s="21" t="s">
+        <v>392</v>
+      </c>
+      <c r="B100" s="21" t="s">
+        <v>393</v>
+      </c>
+      <c r="C100" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D100" s="20" t="s">
+        <v>394</v>
+      </c>
+      <c r="E100" s="21"/>
+      <c r="F100" s="21" t="s">
+        <v>395</v>
+      </c>
+      <c r="G100" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="H100" s="25">
+        <v>44734</v>
+      </c>
+      <c r="I100" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J100" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K100" s="12" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B101" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C101" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" s="24" t="s">
+        <v>389</v>
+      </c>
+      <c r="E101" s="21" t="s">
+        <v>390</v>
+      </c>
+      <c r="F101" s="21"/>
+      <c r="G101" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H101" s="25">
+        <v>44734</v>
+      </c>
+      <c r="I101" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J101" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K101" s="12" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A102" s="21" t="s">
+        <v>398</v>
+      </c>
+      <c r="B102" s="21" t="s">
+        <v>399</v>
+      </c>
+      <c r="C102" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D102" s="20" t="s">
+        <v>400</v>
+      </c>
+      <c r="E102" s="21"/>
+      <c r="F102" s="21" t="s">
+        <v>401</v>
+      </c>
+      <c r="G102" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="H102" s="25">
+        <v>44734</v>
+      </c>
+      <c r="I102" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J102" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K102" s="12" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A103" s="21" t="s">
+        <v>402</v>
+      </c>
+      <c r="B103" s="21" t="s">
+        <v>403</v>
+      </c>
+      <c r="C103" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" s="20" t="s">
+        <v>404</v>
+      </c>
+      <c r="E103" s="21" t="s">
+        <v>405</v>
+      </c>
+      <c r="F103" s="21"/>
+      <c r="G103" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H103" s="25">
+        <v>44722</v>
+      </c>
+      <c r="I103" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J103" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K103" s="12" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" s="18" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A104" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B104" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C104" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" s="20" t="s">
+        <v>407</v>
+      </c>
+      <c r="E104" s="21" t="s">
+        <v>408</v>
+      </c>
+      <c r="F104" s="21"/>
+      <c r="G104" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H104" s="25">
+        <v>44707</v>
+      </c>
+      <c r="I104" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J104" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K104" s="12" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A105" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B105" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C105" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="E105" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F105" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G105" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H105" s="25">
+        <v>44685</v>
+      </c>
+      <c r="I105" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J105" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K105" s="12" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A106" s="21" t="s">
+        <v>107</v>
+      </c>
+      <c r="B106" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C106" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="E106" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F106" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G106" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H106" s="25">
+        <v>44643</v>
+      </c>
+      <c r="I106" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J106" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K106" s="12" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A107" s="21" t="s">
+        <v>412</v>
+      </c>
+      <c r="B107" s="21" t="s">
+        <v>413</v>
+      </c>
+      <c r="C107" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D107" s="16" t="s">
+        <v>414</v>
+      </c>
+      <c r="E107" s="21"/>
+      <c r="F107" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G107" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H107" s="25">
+        <v>44631</v>
+      </c>
+      <c r="I107" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J107" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K107" s="12" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A108" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B108" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C108" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" s="20" t="s">
+        <v>416</v>
+      </c>
+      <c r="E108" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="F108" s="21" t="s">
+        <v>595</v>
+      </c>
+      <c r="G108" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H108" s="25">
+        <v>44624</v>
+      </c>
+      <c r="I108" s="25">
+        <v>45655</v>
+      </c>
+      <c r="J108" s="25" t="s">
+        <v>387</v>
+      </c>
+      <c r="K108" s="12" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A109" s="21" t="s">
+        <v>418</v>
+      </c>
+      <c r="B109" s="21" t="s">
+        <v>419</v>
+      </c>
+      <c r="C109" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" s="20" t="s">
+        <v>420</v>
+      </c>
+      <c r="E109" s="21" t="s">
+        <v>421</v>
+      </c>
+      <c r="F109" s="21" t="s">
+        <v>422</v>
+      </c>
+      <c r="G109" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109" s="25">
+        <v>44530</v>
+      </c>
+      <c r="I109" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J109" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K109" s="12" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" s="18" customFormat="1" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A110" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="B110" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="C110" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="E110" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="F110" s="21" t="s">
+        <v>597</v>
+      </c>
+      <c r="G110" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110" s="25">
+        <v>44530</v>
+      </c>
+      <c r="I110" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J110" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K110" s="12" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A111" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B111" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C111" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D111" s="20" t="s">
+        <v>150</v>
+      </c>
+      <c r="E111" s="21"/>
+      <c r="F111" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G111" s="21" t="s">
+        <v>235</v>
+      </c>
+      <c r="H111" s="25">
+        <v>44498</v>
+      </c>
+      <c r="I111" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J111" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K111" s="12" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" s="18" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A112" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="B112" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="C112" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D112" s="20" t="s">
+        <v>427</v>
+      </c>
+      <c r="E112" s="21"/>
+      <c r="F112" s="21" t="s">
+        <v>585</v>
+      </c>
+      <c r="G112" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H112" s="25">
+        <v>44490</v>
+      </c>
+      <c r="I112" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J112" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K112" s="12" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A113" s="21" t="s">
+        <v>429</v>
+      </c>
+      <c r="B113" s="21" t="s">
+        <v>430</v>
+      </c>
+      <c r="C113" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" s="20" t="s">
+        <v>431</v>
+      </c>
+      <c r="E113" s="21" t="s">
+        <v>432</v>
+      </c>
+      <c r="F113" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G113" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H113" s="25">
+        <v>44484</v>
+      </c>
+      <c r="I113" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J113" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K113" s="12" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" s="18" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A114" s="21" t="s">
+        <v>434</v>
+      </c>
+      <c r="B114" s="21" t="s">
+        <v>435</v>
+      </c>
+      <c r="C114" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D114" s="20" t="s">
+        <v>436</v>
+      </c>
+      <c r="E114" s="21"/>
+      <c r="F114" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G114" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="H114" s="25">
+        <v>44454</v>
+      </c>
+      <c r="I114" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J114" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K114" s="12" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A115" s="21" t="s">
         <v>45</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="B115" s="21" t="s">
         <v>46</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="C115" s="21" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...6 lines deleted...]
-      <c r="G8" s="1" t="s">
+      <c r="D115" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E115" s="21"/>
+      <c r="F115" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G115" s="21" t="s">
         <v>49</v>
       </c>
-      <c r="H8" s="3">
-[...13 lines deleted...]
-      <c r="A9" s="31" t="s">
+      <c r="H115" s="25">
+        <v>44453</v>
+      </c>
+      <c r="I115" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J115" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K115" s="12" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" s="19" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A116" s="21" t="s">
         <v>45</v>
       </c>
-      <c r="B9" s="31" t="s">
+      <c r="B116" s="21" t="s">
         <v>46</v>
       </c>
-      <c r="C9" s="31" t="s">
+      <c r="C116" s="21" t="s">
         <v>32</v>
       </c>
-      <c r="D9" s="33" t="s">
+      <c r="D116" s="20" t="s">
         <v>52</v>
       </c>
-      <c r="E9" s="31"/>
-      <c r="F9" s="31" t="s">
+      <c r="E116" s="21"/>
+      <c r="F116" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="G9" s="31" t="s">
-[...29 lines deleted...]
-      <c r="F10" s="31" t="s">
+      <c r="G116" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H116" s="25">
+        <v>44439</v>
+      </c>
+      <c r="I116" s="25">
+        <v>45472</v>
+      </c>
+      <c r="J116" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K116" s="12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" s="18" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A117" s="21" t="s">
+        <v>438</v>
+      </c>
+      <c r="B117" s="21" t="s">
+        <v>439</v>
+      </c>
+      <c r="C117" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" s="20" t="s">
+        <v>440</v>
+      </c>
+      <c r="E117" s="21" t="s">
+        <v>441</v>
+      </c>
+      <c r="F117" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="G10" s="31" t="s">
-[...5 lines deleted...]
-      <c r="I10" s="32">
+      <c r="G117" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="H117" s="25">
+        <v>44426</v>
+      </c>
+      <c r="I117" s="25">
         <v>45472</v>
       </c>
-      <c r="J10" s="32" t="s">
+      <c r="J117" s="25" t="s">
         <v>57</v>
       </c>
-      <c r="K10" s="18" t="s">
-[...26 lines deleted...]
-      <c r="I11" s="32">
+      <c r="K117" s="12" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" s="18" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A118" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="B118" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="C118" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="E118" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="F118" s="21" t="s">
+        <v>468</v>
+      </c>
+      <c r="G118" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H118" s="25">
+        <v>44403</v>
+      </c>
+      <c r="I118" s="25">
         <v>45472</v>
       </c>
-      <c r="J11" s="32" t="s">
+      <c r="J118" s="25" t="s">
         <v>57</v>
       </c>
-      <c r="K11" s="18" t="s">
-[...781 lines deleted...]
-      <c r="G35" s="31" t="s">
+      <c r="K118" s="12" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" s="18" customFormat="1" ht="159.5" x14ac:dyDescent="0.35">
+      <c r="A119" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="B119" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="C119" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="E119" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="F119" s="21" t="s">
+        <v>598</v>
+      </c>
+      <c r="G119" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="H35" s="3">
-[...305 lines deleted...]
-      <c r="I44" s="3">
+      <c r="H119" s="25">
+        <v>44386</v>
+      </c>
+      <c r="I119" s="25">
         <v>45472</v>
       </c>
-      <c r="J44" s="3" t="s">
+      <c r="J119" s="25" t="s">
         <v>57</v>
       </c>
-      <c r="K44" s="18" t="s">
-[...2318 lines deleted...]
-      <c r="K113" s="18" t="s">
+      <c r="K119" s="12" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="114" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="A114" s="19" t="s">
+    <row r="120" spans="1:11" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="26" t="s">
         <v>445</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="K121" s="22"/>
+      <c r="B120" s="21"/>
+      <c r="C120" s="21"/>
+      <c r="D120" s="20"/>
+      <c r="E120" s="21"/>
+      <c r="F120" s="21"/>
+      <c r="G120" s="21"/>
+      <c r="H120" s="21"/>
+      <c r="I120" s="21"/>
+      <c r="J120" s="21"/>
+      <c r="K120" s="21"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="K99" r:id="rId1" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...77 lines deleted...]
-    <hyperlink ref="K40" r:id="rId79" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{19987CD7-5B69-4F7E-A383-3BF462EE0AAB}"/>
+    <hyperlink ref="K103" r:id="rId1" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="K87" r:id="rId2" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="K99" r:id="rId3" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="K101" r:id="rId4" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="K104" r:id="rId5" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="K98" r:id="rId6" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="K71" r:id="rId7" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="K72" r:id="rId8" tooltip="FDA grants accelerated approval to epcoritamab-bysp for relapsed or refractory diffuse large B-cell lymphoma and high-grade B-cell lymphoma" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="K73" r:id="rId9" tooltip="FDA approves polatuzumab vedotin-piiq for previously untreated diffuse large B-cell lymphoma, not otherwise specified, and high-grade B-cell lymphoma" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="K74" r:id="rId10" tooltip="FDA approves sacituzumab govitecan-hziy for HR-positive breast cancer" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="K77" r:id="rId11" tooltip="FDA approves pembrolizumab as adjuvant treatment for non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="K78" r:id="rId12" tooltip="FDA grants accelerated approval to tucatinib with trastuzumab for colorectal cancer" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="K79" r:id="rId13" tooltip="FDA approves zanubrutinib for chronic lymphocytic leukemia or small lymphocytic lymphoma" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="K81" r:id="rId14" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="K80" r:id="rId15" tooltip="FDA grants accelerated approval to mosunetuzumab-axgb for relapsed or refractory follicular lymphoma" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="K76" r:id="rId16" tooltip="FDA grants accelerated approval to pirtobrutinib for relapsed or refractory mantle cell lymphoma" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="K83" r:id="rId17" tooltip="FDA grants accelerated approval to adagrasib for KRAS G12C-mutated NSCLC" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="K84" r:id="rId18" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="K85" r:id="rId19" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
+    <hyperlink ref="K86" r:id="rId20" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="K89" r:id="rId21" tooltip="FDA approves tremelimumab in combination with durvalumab and platinum-based chemotherapy for metastatic non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="K88" r:id="rId22" tooltip="FDA approves tremelimumab in combination with durvalumab and platinum-based chemotherapy for metastatic non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="K90" r:id="rId23" tooltip="FDA approves cemiplimab-rwlc in combination with platinum-based chemotherapy for non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="K91" r:id="rId24" tooltip="FDA approves teclistamab-cqyv for relapsed or refractory multiple myeloma" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="K93" r:id="rId25" tooltip="FDA approves selpercatinib for locally advanced or metastatic RET fusion-positive non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="K92" r:id="rId26" tooltip="FDA approves selpercatinib for locally advanced or metastatic RET fusion-positive solid tumors" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="K94" r:id="rId27" tooltip="FDA grants accelerated approval to fam-trastuzumab deruxtecan-nxki for HER2-mutant non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="K95" r:id="rId28" tooltip="FDA approves capmatinib for metastatic non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="K97" r:id="rId29" tooltip="FDA approves fam-trastuzumab deruxtecan-nxki for HER2-low breast cancer" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="K105" r:id="rId30" tooltip="FDA grants regular approval to fam-trastuzumab deruxtecan-nxki for breast cancer" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="K106" r:id="rId31" tooltip="FDA approves Pluvicto for metastatic castration-resistant prostate cancer" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="K107" r:id="rId32" tooltip="FDA approves olaparib for adjuvant treatment of high-risk early breast cancer" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="K108" r:id="rId33" tooltip="FDA approves neoadjuvant nivolumab and platinum-doublet chemotherapy for early-stage non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="K110" r:id="rId34" tooltip="FDA approves Darzalex Faspro, Kyprolis, and Dexamethasone for Multiple Myeloma" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="K109" r:id="rId35" tooltip="FDA approves Darzalex Faspro, Kyprolis, and Dexamethasone for Multiple Myeloma" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="K111" r:id="rId36" tooltip="FDA approves asciminib for Philadelphia chromosome-positive chronic myeloid leukemia " xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="K112" r:id="rId37" tooltip="FDA approves abemaciclib with endocrine therapy for early breast cancer" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="K113" r:id="rId38" tooltip="FDA approves atezolizumab as adjuvant treatment for non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="K114" r:id="rId39" tooltip="FDA grants accelerated approval to mobocertinib for metastatic non-small cell lung cancer with EGFR exon 20 insertion mutations" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="K115" r:id="rId40" tooltip="FDA grants accelerated approval to zanubrutinib for marginal zone lymphoma" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="K116" r:id="rId41" tooltip="FDA approves zanubrutinib for Waldenström’s macroglobulinemia" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="K119" r:id="rId42" tooltip="FDA approves daratumumab and hyaluronidase-fihj with pomalidomide and dexamethasone for multiple myeloma" xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="K82" r:id="rId43" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="K75" r:id="rId44" tooltip="FDA approves elacestrant for ER-positive, HER2-negative, ESR1-mutated advanced or metastatic breast cancer" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="K68" r:id="rId45" tooltip="FDA approves trifluridine and tipiracil with bevacizumab for previously treated metastatic colorectal cancer" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="K67" r:id="rId46" tooltip="FDA grants accelerated approval to talquetamab-tgvs for relapsed or refractory multiple myeloma" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="K65" r:id="rId47" tooltip="FDA grants accelerated approval to elranatamab-bcmm for multiple myeloma" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="K70" r:id="rId48" tooltip="FDA grants accelerated approval to glofitamab-gxbm for selected relapsed or refractory large B-cell lymphomas" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="K64" r:id="rId49" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="K61" r:id="rId50" tooltip="FDA approves neoadjuvant/ adjuvant pembrolizumab for resectable non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="K60" r:id="rId51" tooltip="FDA approves fruquintinib in refractory metastatic colorectal cancer" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="K59" r:id="rId52" tooltip="FDA approves repotrectinib for ROS1-positive non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="K57" r:id="rId53" tooltip="FDA approves capivasertib with fulvestrant for breast cancer" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="K58" r:id="rId54" tooltip="FDA approves enzalutamide for non-metastatic castration-sensitive prostate cancer with biochemical recurrence" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="K56" r:id="rId55" tooltip="FDA grants accelerated approval to pirtobrutinib for chronic lymphocytic leukemia and small lymphocytic lymphoma" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="K96" r:id="rId56" tooltip="FDA grants accelerated approval to pembrolizumab for locally recurrent unresectable or metastatic triple negative breast cancer" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="K66" r:id="rId57" tooltip="FDA approves niraparib and abiraterone acetate plus prednisone for BRCA-mutated metastatic castration-resistant prostate cancer" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="K117" r:id="rId58" tooltip="FDA grants accelerated approval to dostarlimab-gxly for dMMR advanced solid tumors" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="K100" r:id="rId59" tooltip="FDA grants accelerated approval to dabrafenib in combination with trametinib for unresectable or metastatic solid tumors with BRAF V600E mutation" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="K102" r:id="rId60" tooltip="FDA grants accelerated approval to dabrafenib in combination with trametinib for unresectable or metastatic solid tumors with BRAF V600E mutation" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="K69" r:id="rId61" tooltip="FDA approves talazoparib with enzalutamide for HRR gene-mutated metastatic castration-resistant prostate cancer" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="K118" r:id="rId62" tooltip="FDA approves pembrolizumab for high-risk early-stage triple-negative breast cancer" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="K62" r:id="rId63" tooltip="FDA approves encorafenib with binimetinib for metastatic non-small cell lung cancer with a BRAF V600E mutation" xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="K63" r:id="rId64" tooltip="FDA approves encorafenib with binimetinib for metastatic non-small cell lung cancer with a BRAF V600E mutation" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="K55" r:id="rId65" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="K54" r:id="rId66" tooltip="FDA approves osimertinib with chemotherapy for EGFR-mutated non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="K52" r:id="rId67" tooltip="FDA grants accelerated approval to zanubrutinib for relapsed or refractory follicular lymphoma" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="K53" r:id="rId68" tooltip="FDA approves amivantamab-vmjw for EGFR exon 20 insertion-mutated non-small cell lung cancer indications" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="K50" r:id="rId69" tooltip="FDA approves alectinib as adjuvant treaFDA approves alectinib as adjuvant treatment for ALK-positive non-small cell lung cancertment for ALK-positive non-small cell lung cancer" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="K51" r:id="rId70" tooltip="FDA grants accelerated approval to fam-trastuzumab deruxtecan-nxki for unresectable or metastatic HER2-positive solid tumors" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="K48" r:id="rId71" tooltip="FDA grants accelerated approval to repotrectinib for adult and pediatric patients with NTRK gene fusion-positive solid tumors" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="K47" r:id="rId72" tooltip="FDA grants accelerated approval to adagrasib with cetuximab for KRAS G12C-mutated colorectal cancer" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="K46" r:id="rId73" tooltip="FDA grants accelerated approval to epcoritamab-bysp for relapsed or refractory follicular lymphoma" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="K49" r:id="rId74" tooltip="FDA grants accelerated approval to tarlatamab-dlle for extensive stage small cell lung cancer" xr:uid="{24FB892E-7F2F-44EA-ACCB-78EEFEBC093D}"/>
+    <hyperlink ref="K45" r:id="rId75" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{E0B5CD0F-14FA-4923-A223-E9D291BB8691}"/>
+    <hyperlink ref="K43" r:id="rId76" tooltip="FDA approves daratumumab and hyaluronidase-fihj with bortezomib, lenalidomide, and dexamethasone for multiple myeloma" xr:uid="{3F44BFA8-2E49-4E66-A5AA-A38F13A72262}"/>
+    <hyperlink ref="K44" r:id="rId77" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{9DED3B4E-AEC8-4845-9758-9CB903CBD448}"/>
+    <hyperlink ref="K41" r:id="rId78" tooltip="FDA approves neoadjuvant/adjuvant durvalumab for resectable non-small cell lung cancer" xr:uid="{13809E70-5F67-46B3-A0E7-3AFBABF7B192}"/>
+    <hyperlink ref="K42" r:id="rId79" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{19987CD7-5B69-4F7E-A383-3BF462EE0AAB}"/>
     <hyperlink ref="K38" r:id="rId80" tooltip="FDA approves ribociclib with an aromatase inhibitor and ribociclib and letrozole co-pack for early high-risk breast cancer" xr:uid="{06AA3577-E9FB-4839-819F-CCAAEB9B0939}"/>
-    <hyperlink ref="K34" r:id="rId81" tooltip="FDA approves osimertinib for locally advanced, unresectable (stage III) non-small cell lung cancer following chemoradiation therapy" xr:uid="{225C2760-9E64-4D15-8710-C598BB8BEEF4}"/>
-[...30 lines deleted...]
-    <hyperlink ref="K2" r:id="rId112" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{3B4A0E35-592A-4B5F-9A14-BF206708A361}"/>
+    <hyperlink ref="K36" r:id="rId81" tooltip="FDA approves osimertinib for locally advanced, unresectable (stage III) non-small cell lung cancer following chemoradiation therapy" xr:uid="{225C2760-9E64-4D15-8710-C598BB8BEEF4}"/>
+    <hyperlink ref="K37" r:id="rId82" tooltip="FDA approves isatuximab-irfc with bortezomib, lenalidomide, and dexamethasone for newly diagnosed multiple myeloma" xr:uid="{265BCBB3-2322-4E36-9F42-CACAA1167D34}"/>
+    <hyperlink ref="K39" r:id="rId83" tooltip="FDA approves pembrolizumab with chemotherapy for unresectable advanced or metastatic malignant pleural mesothelioma" xr:uid="{206A7A72-B10F-4A82-990A-883C0BC7EBFA}"/>
+    <hyperlink ref="K40" r:id="rId84" tooltip="FDA approves ribociclib with an aromatase inhibitor and ribociclib and letrozole co-pack for early high-risk breast cancer" xr:uid="{FA784242-AF5E-41B8-9D90-1552A10F9B22}"/>
+    <hyperlink ref="K34" r:id="rId85" tooltip="FDA approves inavolisib with palbociclib and fulvestrant for endocrine-resistant, PIK3CA-mutated, HR-positive, HER2-negative, advanced breast cancer" xr:uid="{D1515744-314E-4DF1-9B9A-E9CB53095D5A}"/>
+    <hyperlink ref="K35" r:id="rId86" tooltip="FDA approves neoadjuvant/adjuvant nivolumab for resectable non-small cell lung cancer" xr:uid="{64692327-8010-44AE-993F-CDEBA855D357}"/>
+    <hyperlink ref="K29" r:id="rId87" tooltip="FDA approves nivolumab and hyaluronidase-nvhy for subcutaneous injection" xr:uid="{E2327AEC-A896-4415-89A8-9F3411B70BA4}"/>
+    <hyperlink ref="K30" r:id="rId88" tooltip="FDA grants accelerated approval to encorafenib with cetuximab and mFOLFOX6 for metastatic colorectal cancer with a BRAF V600E mutation" xr:uid="{7AEAA353-6827-4BEA-8136-AFB8459A2FB1}"/>
+    <hyperlink ref="K31" r:id="rId89" tooltip="FDA approves ensartinib for ALK-positive locally advanced or metastatic non-small cell lung cancer" xr:uid="{EB9A1655-2504-4671-A457-25AD46D6CF37}"/>
+    <hyperlink ref="K32" r:id="rId90" tooltip="FDA approves durvalumab for limited-stage small cell lung cancer" xr:uid="{FF449F2D-FE5C-4B09-81B8-E4DEAB74121D}"/>
+    <hyperlink ref="K33" r:id="rId91" tooltip="FDA grants accelerated approval to asciminib for newly diagnosed chronic myeloid leukemia" xr:uid="{FD8ECA99-2AC3-4586-ADD4-EF7F6EAA4503}"/>
+    <hyperlink ref="K27" r:id="rId92" tooltip="FDA approves acalabrutinib with bendamustine and rituximab for previously untreated mantle cell lymphoma" xr:uid="{17DEE195-84A7-4933-ABBD-685AA6A55427}"/>
+    <hyperlink ref="K26" r:id="rId93" tooltip="FDA approves datopotamab deruxtecan-dlnk for unresectable or metastatic, HR-positive, HER2-negative breast cancer" xr:uid="{06F388AC-28C5-406D-A60F-CC34AA9EBDB3}"/>
+    <hyperlink ref="K28" r:id="rId94" tooltip="FDA approves sotorasib with panitumumab for KRAS G12C-mutated colorectal cancer" xr:uid="{3E210037-1719-4451-9938-6324CFC16C95}"/>
+    <hyperlink ref="K25" r:id="rId95" tooltip="FDA approves fam-trastuzumab deruxtecan-nxki for unresectable or metastatic HR-positive, HER2-low or HER2-ultralow breast cancer" xr:uid="{37760D1D-D6A8-444D-B2E4-A8B456E49B60}"/>
+    <hyperlink ref="K24" r:id="rId96" tooltip="FDA approves brentuximab vedotin with lenalidomide and rituximab for relapsed or refractory large B-cell lymphoma" xr:uid="{99DA5281-CF53-46A5-AF5A-02CF114C09B8}"/>
+    <hyperlink ref="K23" r:id="rId97" tooltip="FDA expands Pluvicto’s metastatic castration-resistant prostate cancer indication" xr:uid="{AA340BD5-8E4E-AF4A-853C-462F1376F521}"/>
+    <hyperlink ref="K22" r:id="rId98" tooltip="FDA approves nivolumab with ipilimumab for unresectable or metastatic MSI-H or dMMR colorectal cancer" xr:uid="{1D37B34F-88BA-436D-98A6-360A19E84507}"/>
+    <hyperlink ref="K21" r:id="rId99" tooltip="FDA approves nivolumab with ipilimumab for unresectable or metastatic MSI-H or dMMR colorectal cancer" xr:uid="{0B2BA9FF-84EB-49BF-A06F-02177A27D839}"/>
+    <hyperlink ref="K20" r:id="rId100" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{D60458D7-C903-41BF-88DF-66E51550608F}"/>
+    <hyperlink ref="K19" r:id="rId101" tooltip="FDA grants accelerated approval to telisotuzumab vedotin-tllv for NSCLC with high c-Met protein overexpression" xr:uid="{25563B68-D78B-4801-8D37-B5CC565A747E}"/>
+    <hyperlink ref="K18" r:id="rId102" tooltip="FDA approves darolutamide for metastatic castration-sensitive prostate cancer" xr:uid="{F818FBE7-DA91-48AD-A15F-CF44BF40F79B}"/>
+    <hyperlink ref="K17" r:id="rId103" tooltip="FDA approves taletrectinib for ROS1-positive non-small cell lung cancer" xr:uid="{907C7395-E87A-44EE-97BB-E29DB85BA9C2}"/>
+    <hyperlink ref="K16" r:id="rId104" tooltip="FDA approves tafasitamab-cxix for relapsed or refractory follicular lymphoma" xr:uid="{8D9F0124-8494-4EB3-959C-3028BB8A6147}"/>
+    <hyperlink ref="K15" r:id="rId105" tooltip="FDA grants accelerated approval to datopotamab deruxtecan-dlnk for EGFR-mutated non-small cell lung cancer" xr:uid="{0E385094-F449-41F7-B3F2-6ED204C8D666}"/>
+    <hyperlink ref="K14" r:id="rId106" tooltip="FDA grants accelerated approval to sunvozertinib for metastatic non-small cell lung cancer with EGFR exon 20 insertion mutations" xr:uid="{375B9430-5477-4D60-82D8-0C8F1F90870A}"/>
+    <hyperlink ref="K13" r:id="rId107" tooltip="FDA grants accelerated approval to zongertinib for non-squamous NSCLC with HER2 TKD activating mutations" xr:uid="{6C5C6CEE-213F-4DDC-92F8-43662EA266B4}"/>
+    <hyperlink ref="K12" r:id="rId108" tooltip="FDA approves pembrolizumab and berahyaluronidase alfa-pmph for subcutaneous injection" xr:uid="{A18BA337-4CB5-46C8-AA8A-8CB0A26D186C}"/>
+    <hyperlink ref="K11" r:id="rId109" tooltip="FDA approves imlunestrant for ER-positive, HER2-negative, ESR1-mutated advanced or metastatic breast cancer" xr:uid="{25EC2F1F-C7D0-427B-B808-948CDA9B8EE3}"/>
+    <hyperlink ref="K10" r:id="rId110" tooltip="FDA approves lurbinectedin in combination with atezolizumab or atezolizumab and hyaluronidase-tqjs for extensive-stage small cell lung cancer" xr:uid="{CF24CC58-731D-4D2A-95CD-2DC6E2108DD6}"/>
+    <hyperlink ref="K9" r:id="rId111" tooltip="FDA approves belantamab mafodotin-blmf for relapsed or refractory multiple myeloma" xr:uid="{3A594EEB-FAA9-4510-B6EE-3C29DC585C8F}"/>
+    <hyperlink ref="K8" r:id="rId112" tooltip="Drugs@FDA: FDA-Approved Drugs" xr:uid="{3B4A0E35-592A-4B5F-9A14-BF206708A361}"/>
+    <hyperlink ref="K7" r:id="rId113" tooltip="FDA approves daratumumab and hyaluronidase-fihj for high-risk smoldering multiple myeloma" xr:uid="{EBD664B2-9752-4028-A3CD-E3A5F9E690ED}"/>
+    <hyperlink ref="K6" r:id="rId114" tooltip="FDA grants accelerated approval to sevabertinib for non-squamous non-small cell lung cancer" xr:uid="{F8E6FBCB-7DF7-4362-847D-4D630D5D90F1}"/>
+    <hyperlink ref="K5" r:id="rId115" tooltip="FDA grants traditional approval to pirtobrutinib for chronic lymphocytic leukemia and small lymphocytic lymphoma" xr:uid="{26B3C329-7030-4EF1-AF02-BF02397120D7}"/>
+    <hyperlink ref="K4" r:id="rId116" tooltip="FDA approves niraparib and abiraterone acetate plus prednisone for BRCA2-mutated metastatic castration-sensitive prostate cancer" xr:uid="{FD266FB0-75EC-4FED-92A2-20086D09757A}"/>
+    <hyperlink ref="K3" r:id="rId117" tooltip="FDA approves fam-trastuzumab deruxtecan-nxki with pertuzumab for unresectable or metastatic HER2-positive breast cancer" xr:uid="{F1CDA466-F541-49F6-8689-D6B3AFAF3599}"/>
+    <hyperlink ref="K2" r:id="rId118" tooltip="FDA grants regular approval to rucaparib for metastatic castration-resistant prostate cancer" xr:uid="{F1AA64E4-BEDB-4561-90E9-5D6EBEBF69A4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="landscape" r:id="rId113"/>
+  <pageSetup orientation="landscape" r:id="rId119"/>
   <tableParts count="1">
-    <tablePart r:id="rId114"/>
+    <tablePart r:id="rId120"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I162"/>
+  <dimension ref="A1:I197"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.453125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="17.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="27.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="34.453125" customWidth="1"/>
     <col min="6" max="6" width="15" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="59.81640625" customWidth="1"/>
+    <col min="7" max="7" width="64.453125" customWidth="1"/>
     <col min="8" max="8" width="39.453125" customWidth="1"/>
     <col min="9" max="9" width="47.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="60" customFormat="1" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="58" t="s">
+    <row r="1" spans="1:9" s="9" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="13" t="s">
         <v>446</v>
       </c>
-      <c r="B1" s="59" t="s">
+      <c r="B1" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="59" t="s">
+      <c r="C1" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="59" t="s">
+      <c r="D1" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="59" t="s">
+      <c r="E1" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="59" t="s">
+      <c r="F1" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="59" t="s">
+      <c r="G1" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="14" t="s">
         <v>447</v>
       </c>
-      <c r="H1" s="59" t="s">
-[...2 lines deleted...]
-      <c r="I1" s="59" t="s">
+    </row>
+    <row r="2" spans="1:9" s="7" customFormat="1" ht="246.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B2" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C2" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D2" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" s="28" t="s">
+        <v>115</v>
+      </c>
+      <c r="G2" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="H2" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" s="30" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" s="7" customFormat="1" ht="406" x14ac:dyDescent="0.35">
+      <c r="A3" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B3" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C3" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D3" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="F3" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="G3" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="H3" s="31" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" s="30" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A4" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="F4" s="28" t="s">
+        <v>120</v>
+      </c>
+      <c r="G4" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="H4" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="30" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" s="7" customFormat="1" ht="261" x14ac:dyDescent="0.35">
+      <c r="A5" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B5" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C5" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="D5" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" s="32" t="s">
+        <v>168</v>
+      </c>
+      <c r="G5" s="15" t="s">
+        <v>624</v>
+      </c>
+      <c r="H5" s="31" t="s">
+        <v>22</v>
+      </c>
+      <c r="I5" s="30" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" s="7" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B6" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="C6" s="21" t="s">
+        <v>269</v>
+      </c>
+      <c r="D6" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="F6" s="21"/>
+      <c r="G6" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="H6" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I6" s="33" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" s="7" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="D7" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="F7" s="15"/>
+      <c r="G7" s="21" t="s">
+        <v>622</v>
+      </c>
+      <c r="H7" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I7" s="30" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A8" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B8" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="16" t="s">
+        <v>618</v>
+      </c>
+      <c r="F8" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" s="15"/>
+      <c r="H8" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" s="30" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A9" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B9" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="F9" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="H9" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D10" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="F10" s="15"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" s="7" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B11" s="21" t="s">
+        <v>298</v>
+      </c>
+      <c r="C11" s="21" t="s">
+        <v>299</v>
+      </c>
+      <c r="D11" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>300</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>301</v>
+      </c>
+      <c r="G11" s="21" t="s">
+        <v>626</v>
+      </c>
+      <c r="H11" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I11" s="33" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>613</v>
+      </c>
+      <c r="D12" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" s="16" t="s">
+        <v>620</v>
+      </c>
+      <c r="F12" s="15"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I12" s="30" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" s="7" customFormat="1" ht="246.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="F13" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="G13" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="H13" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I13" s="30" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="27">
+        <v>46045</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F14" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="G14" s="15"/>
+      <c r="H14" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="I14" s="30" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A15" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B15" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D15" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="G15" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="H15" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I15" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B16" s="21" t="s">
+        <v>359</v>
+      </c>
+      <c r="C16" s="21" t="s">
+        <v>360</v>
+      </c>
+      <c r="D16" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="20" t="s">
+        <v>361</v>
+      </c>
+      <c r="F16" s="21" t="s">
+        <v>362</v>
+      </c>
+      <c r="G16" s="21" t="s">
+        <v>595</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I16" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A17" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="16">
+        <v>578940503</v>
+      </c>
+      <c r="F17" s="28" t="s">
+        <v>192</v>
+      </c>
+      <c r="G17" s="15"/>
+      <c r="H17" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="I17" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" s="7" customFormat="1" ht="391.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C18" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D18" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="F18" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="G18" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="H18" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I18" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" s="7" customFormat="1" ht="159.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B19" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C19" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D19" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="F19" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="G19" s="21" t="s">
+        <v>597</v>
+      </c>
+      <c r="H19" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I19" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="7" customFormat="1" ht="188.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B20" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C20" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D20" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="F20" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="G20" s="21" t="s">
+        <v>598</v>
+      </c>
+      <c r="H20" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I20" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D21" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="F21" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="G21" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="H21" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I21" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A22" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B22" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D22" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="F22" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="G22" s="21" t="s">
+        <v>599</v>
+      </c>
+      <c r="H22" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I22" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A23" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B23" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="16" t="s">
+        <v>588</v>
+      </c>
+      <c r="F23" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="G23" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="H23" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I23" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="7" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B24" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="C24" s="21" t="s">
+        <v>269</v>
+      </c>
+      <c r="D24" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="F24" s="21"/>
+      <c r="G24" s="21" t="s">
+        <v>601</v>
+      </c>
+      <c r="H24" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I24" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B25" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D25" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="G25" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="H25" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I25" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A26" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B26" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C26" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D26" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="20" t="s">
+        <v>416</v>
+      </c>
+      <c r="F26" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="G26" s="21" t="s">
+        <v>595</v>
+      </c>
+      <c r="H26" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I26" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A27" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B27" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="H27" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I27" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A28" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B28" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D28" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="F28" s="21"/>
+      <c r="G28" s="21" t="s">
+        <v>602</v>
+      </c>
+      <c r="H28" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I28" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" s="5" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A29" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B29" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D29" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G29" s="21" t="s">
+        <v>602</v>
+      </c>
+      <c r="H29" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I29" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" s="5" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B30" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="F30" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G30" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="H30" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I30" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B31" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D31" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" s="15"/>
+      <c r="G31" s="15" t="s">
+        <v>603</v>
+      </c>
+      <c r="H31" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I31" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A32" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B32" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C32" s="21" t="s">
+        <v>330</v>
+      </c>
+      <c r="D32" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="24" t="s">
+        <v>331</v>
+      </c>
+      <c r="F32" s="21" t="s">
+        <v>332</v>
+      </c>
+      <c r="G32" s="21" t="s">
+        <v>604</v>
+      </c>
+      <c r="H32" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I32" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B33" s="21" t="s">
+        <v>298</v>
+      </c>
+      <c r="C33" s="21" t="s">
+        <v>299</v>
+      </c>
+      <c r="D33" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="20" t="s">
+        <v>300</v>
+      </c>
+      <c r="F33" s="21" t="s">
+        <v>301</v>
+      </c>
+      <c r="G33" s="21" t="s">
+        <v>605</v>
+      </c>
+      <c r="H33" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I33" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="D34" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" s="16" t="s">
+        <v>593</v>
+      </c>
+      <c r="F34" s="34"/>
+      <c r="G34" s="34"/>
+      <c r="H34" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="I34" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A35" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B35" s="21" t="s">
+        <v>354</v>
+      </c>
+      <c r="C35" s="21" t="s">
+        <v>355</v>
+      </c>
+      <c r="D35" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="20" t="s">
+        <v>356</v>
+      </c>
+      <c r="F35" s="21" t="s">
+        <v>357</v>
+      </c>
+      <c r="G35" s="21" t="s">
+        <v>606</v>
+      </c>
+      <c r="H35" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I35" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="27">
+        <v>46010</v>
+      </c>
+      <c r="B36" s="21" t="s">
+        <v>277</v>
+      </c>
+      <c r="C36" s="21" t="s">
+        <v>278</v>
+      </c>
+      <c r="D36" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" s="20" t="s">
+        <v>279</v>
+      </c>
+      <c r="F36" s="21"/>
+      <c r="G36" s="21" t="s">
+        <v>607</v>
+      </c>
+      <c r="H36" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="I36" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" s="6" customFormat="1" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B37" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="C37" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="D37" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" s="34" t="s">
+        <v>427</v>
+      </c>
+      <c r="F37" s="15"/>
+      <c r="G37" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="H37" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I37" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A38" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B38" s="21" t="s">
+        <v>221</v>
+      </c>
+      <c r="C38" s="21" t="s">
+        <v>222</v>
+      </c>
+      <c r="D38" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="34" t="s">
+        <v>223</v>
+      </c>
+      <c r="F38" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="G38" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="H38" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I38" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A39" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B39" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="34">
+        <v>1730913</v>
+      </c>
+      <c r="F39" s="15"/>
+      <c r="G39" s="15" t="s">
         <v>448</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="52">
+      <c r="H39" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="I39" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" s="3" customFormat="1" ht="232" x14ac:dyDescent="0.35">
+      <c r="A40" s="27">
         <v>45982</v>
       </c>
-      <c r="B2" s="31" t="s">
-[...12 lines deleted...]
-      <c r="G2" s="1" t="s">
+      <c r="B40" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="C40" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D40" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="F40" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="G40" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="H40" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I40" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" s="2" customFormat="1" ht="377" x14ac:dyDescent="0.35">
+      <c r="A41" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B41" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C41" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D41" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="34" t="s">
+        <v>191</v>
+      </c>
+      <c r="F41" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="G41" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="H41" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="I41" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" s="2" customFormat="1" ht="145" x14ac:dyDescent="0.35">
+      <c r="A42" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B42" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C42" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D42" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="34" t="s">
+        <v>191</v>
+      </c>
+      <c r="F42" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="G42" s="15" t="s">
+        <v>466</v>
+      </c>
+      <c r="H42" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="I42" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" s="2" customFormat="1" ht="159.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B43" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C43" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D43" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="34" t="s">
+        <v>191</v>
+      </c>
+      <c r="F43" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="G43" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="H43" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="I43" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" s="2" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A44" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B44" s="21" t="s">
+        <v>379</v>
+      </c>
+      <c r="C44" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D44" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E44" s="34" t="s">
+        <v>81</v>
+      </c>
+      <c r="F44" s="15"/>
+      <c r="G44" s="15" t="s">
+        <v>465</v>
+      </c>
+      <c r="H44" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I44" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" s="2" customFormat="1" ht="246.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B45" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C45" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="34" t="s">
+        <v>167</v>
+      </c>
+      <c r="F45" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="G45" s="15" t="s">
+        <v>456</v>
+      </c>
+      <c r="H45" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="I45" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" s="2" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B46" s="21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C46" s="21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D46" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="34">
+        <v>687270712</v>
+      </c>
+      <c r="F46" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="G46" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="H46" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I46" s="34" t="s">
         <v>449</v>
       </c>
-      <c r="H2" s="1" t="s">
+    </row>
+    <row r="47" spans="1:9" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A47" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B47" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="C47" s="21" t="s">
+        <v>269</v>
+      </c>
+      <c r="D47" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E47" s="34" t="s">
+        <v>270</v>
+      </c>
+      <c r="F47" s="15"/>
+      <c r="G47" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="H47" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I47" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A48" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B48" s="21" t="s">
+        <v>450</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" s="15"/>
+      <c r="H48" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I48" s="34" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A49" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B49" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C49" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D49" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E49" s="34" t="s">
+        <v>226</v>
+      </c>
+      <c r="F49" s="15"/>
+      <c r="G49" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="H49" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I49" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A50" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B50" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C50" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D50" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="34" t="s">
+        <v>172</v>
+      </c>
+      <c r="F50" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G50" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="H50" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I50" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A51" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B51" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C51" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="34" t="s">
+        <v>172</v>
+      </c>
+      <c r="F51" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G51" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="H51" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I51" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B52" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="C52" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D52" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="F52" s="15"/>
+      <c r="G52" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="H52" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I52" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B53" s="21" t="s">
+        <v>298</v>
+      </c>
+      <c r="C53" s="21" t="s">
+        <v>299</v>
+      </c>
+      <c r="D53" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="34" t="s">
+        <v>300</v>
+      </c>
+      <c r="F53" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="G53" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="H53" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I53" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="391.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B54" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C54" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D54" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" s="34" t="s">
+        <v>177</v>
+      </c>
+      <c r="F54" s="15"/>
+      <c r="G54" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="H54" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I54" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="391.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B55" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C55" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D55" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E55" s="34" t="s">
+        <v>177</v>
+      </c>
+      <c r="F55" s="15"/>
+      <c r="G55" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="H55" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I55" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B56" s="21" t="s">
+        <v>123</v>
+      </c>
+      <c r="C56" s="21" t="s">
+        <v>124</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E56" s="34" t="s">
+        <v>125</v>
+      </c>
+      <c r="F56" s="15"/>
+      <c r="G56" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="H56" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I56" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="232" x14ac:dyDescent="0.35">
+      <c r="A57" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B57" s="21" t="s">
+        <v>70</v>
+      </c>
+      <c r="C57" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D57" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="34" t="s">
+        <v>72</v>
+      </c>
+      <c r="F57" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="G57" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="H57" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I57" s="34" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A58" s="27">
+        <v>45982</v>
+      </c>
+      <c r="B58" s="21" t="s">
+        <v>315</v>
+      </c>
+      <c r="C58" s="21" t="s">
+        <v>316</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E58" s="34" t="s">
+        <v>317</v>
+      </c>
+      <c r="F58" s="15"/>
+      <c r="G58" s="15" t="s">
+        <v>464</v>
+      </c>
+      <c r="H58" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I58" s="34" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="27">
+        <v>45954</v>
+      </c>
+      <c r="B59" s="21" t="s">
+        <v>30</v>
+      </c>
+      <c r="C59" s="21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D59" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E59" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" s="15"/>
+      <c r="G59" s="15"/>
+      <c r="H59" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I59" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A60" s="27">
+        <v>45954</v>
+      </c>
+      <c r="B60" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="C60" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="F60" s="15"/>
+      <c r="G60" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="H60" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I60" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A61" s="27">
+        <v>45919</v>
+      </c>
+      <c r="B61" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C61" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="F61" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G61" s="15"/>
+      <c r="H61" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I61" s="34" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A62" s="27">
+        <v>45919</v>
+      </c>
+      <c r="B62" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C62" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="D62" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="F62" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G62" s="15"/>
+      <c r="H62" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I62" s="34" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A63" s="27">
+        <v>45919</v>
+      </c>
+      <c r="B63" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="C63" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F63" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="G63" s="34"/>
+      <c r="H63" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="I63" s="34" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A64" s="27">
+        <v>45919</v>
+      </c>
+      <c r="B64" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E64" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F64" s="15"/>
+      <c r="G64" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="H64" s="34" t="s">
+        <v>49</v>
+      </c>
+      <c r="I64" s="34" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="27">
+        <v>45919</v>
+      </c>
+      <c r="B65" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E65" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F65" s="15"/>
+      <c r="G65" s="15"/>
+      <c r="H65" s="34" t="s">
+        <v>49</v>
+      </c>
+      <c r="I65" s="34" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A66" s="27">
+        <v>45919</v>
+      </c>
+      <c r="B66" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E66" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F66" s="15"/>
+      <c r="G66" s="15"/>
+      <c r="H66" s="34" t="s">
+        <v>54</v>
+      </c>
+      <c r="I66" s="34" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="27">
+        <v>45919</v>
+      </c>
+      <c r="B67" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="C67" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D67" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E67" s="16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F67" s="15"/>
+      <c r="G67" s="15"/>
+      <c r="H67" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I67" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="27">
+        <v>45891</v>
+      </c>
+      <c r="B68" s="34" t="s">
+        <v>60</v>
+      </c>
+      <c r="C68" s="36" t="s">
+        <v>61</v>
+      </c>
+      <c r="D68" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E68" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="F68" s="34"/>
+      <c r="G68" s="34"/>
+      <c r="H68" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="I68" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="27">
+        <v>45855</v>
+      </c>
+      <c r="B69" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="C69" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E69" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="F69" s="15"/>
+      <c r="G69" s="15"/>
+      <c r="H69" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I69" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A70" s="27">
+        <v>45855</v>
+      </c>
+      <c r="B70" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C70" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="F70" s="15" t="s">
+        <v>476</v>
+      </c>
+      <c r="G70" s="15"/>
+      <c r="H70" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I70" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" ht="203" x14ac:dyDescent="0.35">
+      <c r="A71" s="27">
+        <v>45855</v>
+      </c>
+      <c r="B71" s="21" t="s">
+        <v>70</v>
+      </c>
+      <c r="C71" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="F71" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="G71" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="H71" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I71" s="34" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="27">
+        <v>45855</v>
+      </c>
+      <c r="B72" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="C72" s="21" t="s">
+        <v>76</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E72" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="F72" s="15"/>
+      <c r="G72" s="15"/>
+      <c r="H72" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I72" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A73" s="27">
+        <v>45828</v>
+      </c>
+      <c r="B73" s="21" t="s">
+        <v>221</v>
+      </c>
+      <c r="C73" s="21" t="s">
+        <v>222</v>
+      </c>
+      <c r="D73" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="F73" s="34" t="s">
+        <v>224</v>
+      </c>
+      <c r="G73" s="34" t="s">
+        <v>478</v>
+      </c>
+      <c r="H73" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="I73" s="34" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A74" s="27">
+        <v>45828</v>
+      </c>
+      <c r="B74" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="F74" s="34" t="s">
+        <v>476</v>
+      </c>
+      <c r="G74" s="37"/>
+      <c r="H74" s="34" t="s">
+        <v>34</v>
+      </c>
+      <c r="I74" s="34" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A75" s="27">
+        <v>45828</v>
+      </c>
+      <c r="B75" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C75" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" s="34"/>
+      <c r="H75" s="34" t="s">
+        <v>481</v>
+      </c>
+      <c r="I75" s="34" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A76" s="27">
+        <v>45828</v>
+      </c>
+      <c r="B76" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C76" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D76" s="34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E76" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="F76" s="34"/>
+      <c r="G76" s="34" t="s">
+        <v>483</v>
+      </c>
+      <c r="H76" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="I76" s="34" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A77" s="27">
+        <v>45828</v>
+      </c>
+      <c r="B77" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C77" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D77" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="F77" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G77" s="21" t="s">
+        <v>483</v>
+      </c>
+      <c r="H77" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I77" s="34" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A78" s="27">
+        <v>45828</v>
+      </c>
+      <c r="B78" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C78" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D78" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="F78" s="34" t="s">
+        <v>173</v>
+      </c>
+      <c r="G78" s="34" t="s">
+        <v>483</v>
+      </c>
+      <c r="H78" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="I78" s="34" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="27">
+        <v>45828</v>
+      </c>
+      <c r="B79" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="C79" s="21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D79" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="F79" s="34"/>
+      <c r="G79" s="34"/>
+      <c r="H79" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="I79" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A80" s="27">
+        <v>45796</v>
+      </c>
+      <c r="B80" s="21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C80" s="21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D80" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E80" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="F80" s="21"/>
+      <c r="G80" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="H80" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I80" s="34" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A81" s="27">
+        <v>45796</v>
+      </c>
+      <c r="B81" s="21" t="s">
+        <v>95</v>
+      </c>
+      <c r="C81" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="D81" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="F81" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="G81" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="H81" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I81" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A82" s="27">
+        <v>45796</v>
+      </c>
+      <c r="B82" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C82" s="21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D82" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="F82" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="G82" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="H82" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I82" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A83" s="27">
+        <v>45796</v>
+      </c>
+      <c r="B83" s="21" t="s">
+        <v>90</v>
+      </c>
+      <c r="C83" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D83" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E83" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F83" s="15"/>
+      <c r="G83" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="H83" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I83" s="34" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A84" s="27">
+        <v>45765</v>
+      </c>
+      <c r="B84" s="34" t="s">
+        <v>324</v>
+      </c>
+      <c r="C84" s="36" t="s">
+        <v>342</v>
+      </c>
+      <c r="D84" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="39" t="s">
+        <v>343</v>
+      </c>
+      <c r="F84" s="38" t="s">
+        <v>344</v>
+      </c>
+      <c r="G84" s="34"/>
+      <c r="H84" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="I84" s="34" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A85" s="27">
+        <v>45765</v>
+      </c>
+      <c r="B85" s="38" t="s">
+        <v>184</v>
+      </c>
+      <c r="C85" s="40" t="s">
+        <v>185</v>
+      </c>
+      <c r="D85" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="41" t="s">
+        <v>186</v>
+      </c>
+      <c r="F85" s="38" t="s">
+        <v>187</v>
+      </c>
+      <c r="G85" s="34"/>
+      <c r="H85" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="I85" s="34" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A86" s="27">
+        <v>45765</v>
+      </c>
+      <c r="B86" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="C86" s="36" t="s">
+        <v>108</v>
+      </c>
+      <c r="D86" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" s="35" t="s">
+        <v>109</v>
+      </c>
+      <c r="F86" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="G86" s="34"/>
+      <c r="H86" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="I86" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A87" s="27">
+        <v>45737</v>
+      </c>
+      <c r="B87" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C87" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D87" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E87" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="F87" s="15"/>
+      <c r="G87" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="H87" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I87" s="34" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="203" x14ac:dyDescent="0.35">
+      <c r="A88" s="17">
+        <v>45737</v>
+      </c>
+      <c r="B88" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C88" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D88" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F88" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="G88" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="H88" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I88" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A89" s="27">
+        <v>45737</v>
+      </c>
+      <c r="B89" s="21" t="s">
+        <v>412</v>
+      </c>
+      <c r="C89" s="21" t="s">
+        <v>413</v>
+      </c>
+      <c r="D89" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E89" s="20" t="s">
+        <v>414</v>
+      </c>
+      <c r="F89" s="21"/>
+      <c r="G89" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H89" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I89" s="34" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A90" s="17">
+        <v>45706</v>
+      </c>
+      <c r="B90" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C90" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D90" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E90" s="16" t="s">
+        <v>494</v>
+      </c>
+      <c r="F90" s="15"/>
+      <c r="G90" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="H90" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="I90" s="42" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A91" s="17">
+        <v>45706</v>
+      </c>
+      <c r="B91" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C91" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D91" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="16" t="s">
+        <v>66</v>
+      </c>
+      <c r="F91" s="15"/>
+      <c r="G91" s="15"/>
+      <c r="H91" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I91" s="42" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A92" s="17">
+        <v>45706</v>
+      </c>
+      <c r="B92" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="C92" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E92" s="16" t="s">
+        <v>136</v>
+      </c>
+      <c r="F92" s="15"/>
+      <c r="G92" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="H92" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I92" s="42" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A93" s="17">
+        <v>45706</v>
+      </c>
+      <c r="B93" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C93" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D93" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="F93" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="G93" s="15"/>
+      <c r="H93" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I93" s="42" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A94" s="17">
+        <v>45706</v>
+      </c>
+      <c r="B94" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="C94" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D94" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E94" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="F94" s="15"/>
+      <c r="G94" s="15"/>
+      <c r="H94" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I94" s="42" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A95" s="17">
+        <v>45706</v>
+      </c>
+      <c r="B95" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C95" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D95" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E95" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="F95" s="15"/>
+      <c r="G95" s="15" t="s">
+        <v>496</v>
+      </c>
+      <c r="H95" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="I95" s="42" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A96" s="17">
+        <v>45674</v>
+      </c>
+      <c r="B96" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C96" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D96" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="F96" s="21" t="s">
+        <v>146</v>
+      </c>
+      <c r="G96" s="15"/>
+      <c r="H96" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I96" s="42" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A97" s="17">
+        <v>45674</v>
+      </c>
+      <c r="B97" s="21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C97" s="21" t="s">
+        <v>135</v>
+      </c>
+      <c r="D97" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E97" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="F97" s="21"/>
+      <c r="G97" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="H97" s="21" t="s">
+        <v>497</v>
+      </c>
+      <c r="I97" s="42" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A98" s="17">
+        <v>45674</v>
+      </c>
+      <c r="B98" s="21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C98" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="D98" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E98" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="F98" s="21"/>
+      <c r="G98" s="15"/>
+      <c r="H98" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I98" s="42" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A99" s="17">
+        <v>45674</v>
+      </c>
+      <c r="B99" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C99" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D99" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" s="21"/>
+      <c r="G99" s="15"/>
+      <c r="H99" s="21" t="s">
+        <v>481</v>
+      </c>
+      <c r="I99" s="42" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A100" s="17">
+        <v>45674</v>
+      </c>
+      <c r="B100" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C100" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="D100" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="20" t="s">
+        <v>385</v>
+      </c>
+      <c r="F100" s="21" t="s">
+        <v>386</v>
+      </c>
+      <c r="G100" s="21"/>
+      <c r="H100" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I100" s="38" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" ht="409.5" x14ac:dyDescent="0.35">
+      <c r="A101" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B101" s="21" t="s">
+        <v>425</v>
+      </c>
+      <c r="C101" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="D101" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E101" s="20" t="s">
+        <v>427</v>
+      </c>
+      <c r="F101" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G101" s="21" t="s">
+        <v>499</v>
+      </c>
+      <c r="H101" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I101" s="43" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A102" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B102" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C102" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D102" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E102" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="F102" s="21"/>
+      <c r="G102" s="44"/>
+      <c r="H102" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="I102" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A103" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B103" s="21" t="s">
+        <v>324</v>
+      </c>
+      <c r="C103" s="21" t="s">
+        <v>325</v>
+      </c>
+      <c r="D103" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="20" t="s">
+        <v>500</v>
+      </c>
+      <c r="F103" s="21"/>
+      <c r="G103" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H103" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="I103" s="38" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A104" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B104" s="21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C104" s="21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D104" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E104" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="F104" s="21"/>
+      <c r="G104" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="H104" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I104" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" ht="217.5" x14ac:dyDescent="0.35">
+      <c r="A105" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B105" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C105" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="D105" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F105" s="21" t="s">
+        <v>168</v>
+      </c>
+      <c r="G105" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="H105" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="I2" s="25" t="s">
-[...23 lines deleted...]
-      <c r="H3" s="1" t="s">
+      <c r="I105" s="34" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" s="1" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A106" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B106" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C106" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D106" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="F106" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="G106" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H106" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I106" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" s="1" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A107" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B107" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C107" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D107" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E107" s="24" t="s">
+        <v>163</v>
+      </c>
+      <c r="F107" s="21"/>
+      <c r="G107" s="15"/>
+      <c r="H107" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I107" s="34" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" s="1" customFormat="1" ht="333.5" x14ac:dyDescent="0.35">
+      <c r="A108" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B108" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C108" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D108" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E108" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F108" s="21"/>
+      <c r="G108" s="18" t="s">
+        <v>505</v>
+      </c>
+      <c r="H108" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I108" s="34" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" s="1" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A109" s="17">
+        <v>45617</v>
+      </c>
+      <c r="B109" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="C109" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="D109" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="F109" s="21" t="s">
+        <v>506</v>
+      </c>
+      <c r="G109" s="15"/>
+      <c r="H109" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I109" s="34" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" s="1" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A110" s="17">
+        <v>45576</v>
+      </c>
+      <c r="B110" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C110" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D110" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="F110" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="G110" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H110" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I110" s="34" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" s="1" customFormat="1" ht="217.5" x14ac:dyDescent="0.35">
+      <c r="A111" s="17">
+        <v>45576</v>
+      </c>
+      <c r="B111" s="21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C111" s="21" t="s">
+        <v>166</v>
+      </c>
+      <c r="D111" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F111" s="21" t="s">
+        <v>168</v>
+      </c>
+      <c r="G111" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="H111" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I111" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A112" s="17">
+        <v>45576</v>
+      </c>
+      <c r="B112" s="21" t="s">
+        <v>179</v>
+      </c>
+      <c r="C112" s="21" t="s">
+        <v>180</v>
+      </c>
+      <c r="D112" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E112" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="F112" s="21"/>
+      <c r="G112" s="15"/>
+      <c r="H112" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I112" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A113" s="17">
+        <v>45576</v>
+      </c>
+      <c r="B113" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C113" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D113" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E113" s="24" t="s">
+        <v>163</v>
+      </c>
+      <c r="F113" s="21"/>
+      <c r="G113" s="15"/>
+      <c r="H113" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I113" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A114" s="17">
+        <v>45576</v>
+      </c>
+      <c r="B114" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C114" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D114" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="F114" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G114" s="21" t="s">
+        <v>483</v>
+      </c>
+      <c r="H114" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I114" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" s="7" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A115" s="17">
+        <v>45576</v>
+      </c>
+      <c r="B115" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C115" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D115" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E115" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F115" s="21"/>
+      <c r="G115" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="H115" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I115" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A116" s="17">
+        <v>45548</v>
+      </c>
+      <c r="B116" s="21" t="s">
+        <v>336</v>
+      </c>
+      <c r="C116" s="21" t="s">
+        <v>337</v>
+      </c>
+      <c r="D116" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="20" t="s">
+        <v>338</v>
+      </c>
+      <c r="F116" s="21" t="s">
+        <v>339</v>
+      </c>
+      <c r="G116" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H116" s="21" t="s">
+        <v>340</v>
+      </c>
+      <c r="I116" s="34" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A117" s="17">
+        <v>45548</v>
+      </c>
+      <c r="B117" s="21" t="s">
+        <v>184</v>
+      </c>
+      <c r="C117" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="D117" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="24" t="s">
+        <v>186</v>
+      </c>
+      <c r="F117" s="21"/>
+      <c r="G117" s="15"/>
+      <c r="H117" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I117" s="33" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A118" s="17">
+        <v>45548</v>
+      </c>
+      <c r="B118" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C118" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D118" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="F118" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="G118" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H118" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I118" s="33" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" s="7" customFormat="1" ht="217.5" x14ac:dyDescent="0.35">
+      <c r="A119" s="17">
+        <v>45513</v>
+      </c>
+      <c r="B119" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C119" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D119" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="F119" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="G119" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="H119" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I119" s="34" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" s="7" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A120" s="17">
+        <v>45513</v>
+      </c>
+      <c r="B120" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C120" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D120" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E120" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F120" s="21"/>
+      <c r="G120" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="H120" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I120" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A121" s="17">
+        <v>45513</v>
+      </c>
+      <c r="B121" s="21" t="s">
+        <v>175</v>
+      </c>
+      <c r="C121" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="D121" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E121" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F121" s="21"/>
+      <c r="G121" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H121" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I121" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A122" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B122" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="C122" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="D122" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E122" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="F122" s="21"/>
+      <c r="G122" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="H122" s="21" t="s">
         <v>16</v>
       </c>
-      <c r="I3" s="25" t="s">
-[...25 lines deleted...]
-      <c r="H4" s="1" t="s">
+      <c r="I122" s="34" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A123" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B123" s="21" t="s">
+        <v>324</v>
+      </c>
+      <c r="C123" s="21" t="s">
+        <v>325</v>
+      </c>
+      <c r="D123" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="20" t="s">
+        <v>326</v>
+      </c>
+      <c r="F123" s="21" t="s">
+        <v>327</v>
+      </c>
+      <c r="G123" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H123" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="I123" s="34" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A124" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B124" s="21" t="s">
+        <v>263</v>
+      </c>
+      <c r="C124" s="21" t="s">
+        <v>264</v>
+      </c>
+      <c r="D124" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="20" t="s">
+        <v>265</v>
+      </c>
+      <c r="F124" s="21" t="s">
+        <v>266</v>
+      </c>
+      <c r="G124" s="21"/>
+      <c r="H124" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I124" s="34" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A125" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B125" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="C125" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="D125" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" s="24" t="s">
+        <v>198</v>
+      </c>
+      <c r="F125" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="G125" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H125" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I125" s="34" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A126" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B126" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="C126" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="D126" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" s="20" t="s">
+        <v>198</v>
+      </c>
+      <c r="F126" s="21" t="s">
+        <v>199</v>
+      </c>
+      <c r="G126" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H126" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I126" s="34" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" s="7" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A127" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B127" s="21" t="s">
+        <v>206</v>
+      </c>
+      <c r="C127" s="21" t="s">
+        <v>207</v>
+      </c>
+      <c r="D127" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E127" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="F127" s="21"/>
+      <c r="G127" s="15"/>
+      <c r="H127" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="I127" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A128" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B128" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="C128" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D128" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E128" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="F128" s="15"/>
+      <c r="G128" s="15"/>
+      <c r="H128" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="I4" s="25" t="s">
-[...23 lines deleted...]
-      <c r="H5" s="1" t="s">
+      <c r="I128" s="34" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A129" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B129" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="C129" s="21" t="s">
+        <v>273</v>
+      </c>
+      <c r="D129" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" s="20" t="s">
+        <v>274</v>
+      </c>
+      <c r="F129" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="G129" s="21"/>
+      <c r="H129" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I129" s="34" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" s="7" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A130" s="17">
+        <v>45488</v>
+      </c>
+      <c r="B130" s="21" t="s">
+        <v>211</v>
+      </c>
+      <c r="C130" s="21" t="s">
+        <v>212</v>
+      </c>
+      <c r="D130" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="F130" s="21"/>
+      <c r="G130" s="15"/>
+      <c r="H130" s="21" t="s">
         <v>28</v>
       </c>
-      <c r="I5" s="25" t="s">
-[...25 lines deleted...]
-      <c r="H6" s="1" t="s">
+      <c r="I130" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A131" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B131" s="21" t="s">
+        <v>216</v>
+      </c>
+      <c r="C131" s="21" t="s">
+        <v>217</v>
+      </c>
+      <c r="D131" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E131" s="24" t="s">
+        <v>218</v>
+      </c>
+      <c r="F131" s="21"/>
+      <c r="G131" s="15"/>
+      <c r="H131" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I131" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A132" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B132" s="21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C132" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D132" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E132" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="F132" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G132" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H132" s="21" t="s">
+        <v>235</v>
+      </c>
+      <c r="I132" s="34" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A133" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B133" s="21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C133" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D133" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" s="24" t="s">
+        <v>119</v>
+      </c>
+      <c r="F133" s="21" t="s">
+        <v>120</v>
+      </c>
+      <c r="G133" s="15"/>
+      <c r="H133" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="I133" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A134" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B134" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D134" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="F134" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G134" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H134" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I134" s="34" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A135" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B135" s="21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C135" s="21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D135" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" s="20" t="s">
+        <v>313</v>
+      </c>
+      <c r="F135" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G135" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H135" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I135" s="34" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A136" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B136" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C136" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D136" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="F136" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="G136" s="21" t="s">
+        <v>519</v>
+      </c>
+      <c r="H136" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I136" s="34" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A137" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B137" s="21" t="s">
+        <v>369</v>
+      </c>
+      <c r="C137" s="21" t="s">
+        <v>370</v>
+      </c>
+      <c r="D137" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E137" s="24" t="s">
+        <v>371</v>
+      </c>
+      <c r="F137" s="38"/>
+      <c r="G137" s="34"/>
+      <c r="H137" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I137" s="34" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A138" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B138" s="21" t="s">
+        <v>369</v>
+      </c>
+      <c r="C138" s="21" t="s">
+        <v>370</v>
+      </c>
+      <c r="D138" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E138" s="24" t="s">
+        <v>371</v>
+      </c>
+      <c r="F138" s="38"/>
+      <c r="G138" s="34"/>
+      <c r="H138" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="I138" s="34" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A139" s="17">
+        <v>45433</v>
+      </c>
+      <c r="B139" s="21" t="s">
+        <v>282</v>
+      </c>
+      <c r="C139" s="21" t="s">
+        <v>283</v>
+      </c>
+      <c r="D139" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E139" s="21" t="s">
+        <v>521</v>
+      </c>
+      <c r="F139" s="21"/>
+      <c r="G139" s="21" t="s">
+        <v>285</v>
+      </c>
+      <c r="H139" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="I139" s="34" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A140" s="27">
+        <v>45398</v>
+      </c>
+      <c r="B140" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="C140" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D140" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="F140" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="G140" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="H140" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I140" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A141" s="27">
+        <v>45398</v>
+      </c>
+      <c r="B141" s="21" t="s">
+        <v>392</v>
+      </c>
+      <c r="C141" s="21" t="s">
+        <v>393</v>
+      </c>
+      <c r="D141" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E141" s="20" t="s">
+        <v>394</v>
+      </c>
+      <c r="F141" s="21"/>
+      <c r="G141" s="21" t="s">
+        <v>395</v>
+      </c>
+      <c r="H141" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="I141" s="45" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A142" s="27">
+        <v>45398</v>
+      </c>
+      <c r="B142" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C142" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="D142" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" s="20" t="s">
+        <v>294</v>
+      </c>
+      <c r="F142" s="21" t="s">
+        <v>295</v>
+      </c>
+      <c r="G142" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H142" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I142" s="38" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A143" s="27">
+        <v>45398</v>
+      </c>
+      <c r="B143" s="21" t="s">
+        <v>398</v>
+      </c>
+      <c r="C143" s="21" t="s">
+        <v>399</v>
+      </c>
+      <c r="D143" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E143" s="20" t="s">
+        <v>400</v>
+      </c>
+      <c r="F143" s="21"/>
+      <c r="G143" s="21" t="s">
+        <v>401</v>
+      </c>
+      <c r="H143" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="I143" s="38" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A144" s="27">
+        <v>45398</v>
+      </c>
+      <c r="B144" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C144" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D144" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E144" s="16" t="s">
+        <v>526</v>
+      </c>
+      <c r="F144" s="34"/>
+      <c r="G144" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="H144" s="34" t="s">
         <v>49</v>
       </c>
-      <c r="I6" s="25" t="s">
-[...25 lines deleted...]
-      <c r="H7" s="1" t="s">
+      <c r="I144" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A145" s="17">
+        <v>45364</v>
+      </c>
+      <c r="B145" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C145" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D145" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E145" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="F145" s="21"/>
+      <c r="G145" s="21" t="s">
+        <v>483</v>
+      </c>
+      <c r="H145" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I145" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A146" s="17">
+        <v>45335</v>
+      </c>
+      <c r="B146" s="21" t="s">
+        <v>228</v>
+      </c>
+      <c r="C146" s="21" t="s">
+        <v>229</v>
+      </c>
+      <c r="D146" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E146" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="F146" s="21"/>
+      <c r="G146" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H146" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I146" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A147" s="17">
+        <v>45335</v>
+      </c>
+      <c r="B147" s="21" t="s">
+        <v>392</v>
+      </c>
+      <c r="C147" s="21" t="s">
+        <v>393</v>
+      </c>
+      <c r="D147" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E147" s="20" t="s">
+        <v>394</v>
+      </c>
+      <c r="F147" s="21"/>
+      <c r="G147" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="H147" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="I147" s="38" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A148" s="27">
+        <v>45335</v>
+      </c>
+      <c r="B148" s="21" t="s">
+        <v>258</v>
+      </c>
+      <c r="C148" s="21" t="s">
+        <v>259</v>
+      </c>
+      <c r="D148" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="24" t="s">
+        <v>260</v>
+      </c>
+      <c r="F148" s="21" t="s">
+        <v>261</v>
+      </c>
+      <c r="G148" s="21"/>
+      <c r="H148" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I148" s="45" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A149" s="27">
+        <v>45335</v>
+      </c>
+      <c r="B149" s="21" t="s">
+        <v>282</v>
+      </c>
+      <c r="C149" s="21" t="s">
+        <v>283</v>
+      </c>
+      <c r="D149" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E149" s="21" t="s">
+        <v>531</v>
+      </c>
+      <c r="F149" s="21"/>
+      <c r="G149" s="21" t="s">
+        <v>285</v>
+      </c>
+      <c r="H149" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="I149" s="45" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A150" s="27">
+        <v>45335</v>
+      </c>
+      <c r="B150" s="21" t="s">
+        <v>398</v>
+      </c>
+      <c r="C150" s="21" t="s">
+        <v>399</v>
+      </c>
+      <c r="D150" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E150" s="20" t="s">
+        <v>533</v>
+      </c>
+      <c r="F150" s="21"/>
+      <c r="G150" s="21" t="s">
+        <v>401</v>
+      </c>
+      <c r="H150" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="I150" s="45" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A151" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B151" s="21" t="s">
+        <v>392</v>
+      </c>
+      <c r="C151" s="21" t="s">
+        <v>393</v>
+      </c>
+      <c r="D151" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E151" s="20" t="s">
+        <v>535</v>
+      </c>
+      <c r="F151" s="21"/>
+      <c r="G151" s="21" t="s">
+        <v>528</v>
+      </c>
+      <c r="H151" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="I151" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A152" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B152" s="21" t="s">
+        <v>189</v>
+      </c>
+      <c r="C152" s="21" t="s">
+        <v>190</v>
+      </c>
+      <c r="D152" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="F152" s="21" t="s">
+        <v>192</v>
+      </c>
+      <c r="G152" s="21" t="s">
+        <v>536</v>
+      </c>
+      <c r="H152" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I152" s="34" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A153" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B153" s="21" t="s">
+        <v>379</v>
+      </c>
+      <c r="C153" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D153" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E153" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="F153" s="21"/>
+      <c r="G153" s="21" t="s">
+        <v>537</v>
+      </c>
+      <c r="H153" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="I153" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A154" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B154" s="21" t="s">
+        <v>263</v>
+      </c>
+      <c r="C154" s="21" t="s">
+        <v>264</v>
+      </c>
+      <c r="D154" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" s="20" t="s">
+        <v>265</v>
+      </c>
+      <c r="F154" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="G154" s="21"/>
+      <c r="H154" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I154" s="38" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A155" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B155" s="21" t="s">
+        <v>287</v>
+      </c>
+      <c r="C155" s="21" t="s">
+        <v>288</v>
+      </c>
+      <c r="D155" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="F155" s="21" t="s">
+        <v>290</v>
+      </c>
+      <c r="G155" s="21"/>
+      <c r="H155" s="21" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="25" t="s">
-[...13 lines deleted...]
-      <c r="D8" s="1" t="s">
+      <c r="I155" s="38" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A156" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B156" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="C156" s="21" t="s">
+        <v>269</v>
+      </c>
+      <c r="D156" s="21" t="s">
         <v>32</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...6 lines deleted...]
-      <c r="H8" s="1" t="s">
+      <c r="E156" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="F156" s="21"/>
+      <c r="G156" s="21" t="s">
+        <v>541</v>
+      </c>
+      <c r="H156" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I156" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A157" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B157" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C157" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D157" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="16" t="s">
+        <v>172</v>
+      </c>
+      <c r="F157" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="G157" s="46" t="s">
+        <v>519</v>
+      </c>
+      <c r="H157" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="I157" s="34" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A158" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B158" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="C158" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D158" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E158" s="16" t="s">
+        <v>543</v>
+      </c>
+      <c r="F158" s="34"/>
+      <c r="G158" s="34"/>
+      <c r="H158" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="I158" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A159" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B159" s="21" t="s">
+        <v>282</v>
+      </c>
+      <c r="C159" s="21" t="s">
+        <v>283</v>
+      </c>
+      <c r="D159" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E159" s="21" t="s">
+        <v>544</v>
+      </c>
+      <c r="F159" s="21"/>
+      <c r="G159" s="21" t="s">
+        <v>285</v>
+      </c>
+      <c r="H159" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="I159" s="47" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A160" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B160" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="C160" s="21" t="s">
+        <v>273</v>
+      </c>
+      <c r="D160" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" s="20" t="s">
+        <v>274</v>
+      </c>
+      <c r="F160" s="21" t="s">
+        <v>545</v>
+      </c>
+      <c r="G160" s="21"/>
+      <c r="H160" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I160" s="45" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A161" s="27">
+        <v>45313</v>
+      </c>
+      <c r="B161" s="21" t="s">
+        <v>398</v>
+      </c>
+      <c r="C161" s="21" t="s">
+        <v>399</v>
+      </c>
+      <c r="D161" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E161" s="20" t="s">
+        <v>533</v>
+      </c>
+      <c r="F161" s="21"/>
+      <c r="G161" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="H161" s="21" t="s">
+        <v>396</v>
+      </c>
+      <c r="I161" s="47" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A162" s="27">
+        <v>45273</v>
+      </c>
+      <c r="B162" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="C162" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D162" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E162" s="48" t="s">
+        <v>240</v>
+      </c>
+      <c r="F162" s="15"/>
+      <c r="G162" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="H162" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="I162" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A163" s="27">
+        <v>45273</v>
+      </c>
+      <c r="B163" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D163" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E163" s="48" t="s">
+        <v>244</v>
+      </c>
+      <c r="F163" s="15"/>
+      <c r="G163" s="15"/>
+      <c r="H163" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="I163" s="34" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A164" s="27">
+        <v>45273</v>
+      </c>
+      <c r="B164" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="C164" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D164" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E164" s="48" t="s">
+        <v>249</v>
+      </c>
+      <c r="F164" s="15"/>
+      <c r="G164" s="15"/>
+      <c r="H164" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="I164" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A165" s="27">
+        <v>45273</v>
+      </c>
+      <c r="B165" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="C165" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D165" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E165" s="16" t="s">
+        <v>548</v>
+      </c>
+      <c r="F165" s="15"/>
+      <c r="G165" s="15"/>
+      <c r="H165" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I165" s="34" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A166" s="25">
+        <v>45250</v>
+      </c>
+      <c r="B166" s="38" t="s">
+        <v>292</v>
+      </c>
+      <c r="C166" s="21" t="s">
+        <v>330</v>
+      </c>
+      <c r="D166" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" s="21" t="s">
+        <v>331</v>
+      </c>
+      <c r="F166" s="21" t="s">
+        <v>332</v>
+      </c>
+      <c r="G166" s="21" t="s">
+        <v>333</v>
+      </c>
+      <c r="H166" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I166" s="47" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="A167" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B167" s="38" t="s">
+        <v>425</v>
+      </c>
+      <c r="C167" s="21" t="s">
+        <v>426</v>
+      </c>
+      <c r="D167" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E167" s="21" t="s">
+        <v>427</v>
+      </c>
+      <c r="F167" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G167" s="21" t="s">
+        <v>550</v>
+      </c>
+      <c r="H167" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I167" s="34" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A168" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B168" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="C168" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D168" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E168" s="49" t="s">
+        <v>254</v>
+      </c>
+      <c r="F168" s="15"/>
+      <c r="G168" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="H168" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I168" s="30" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A169" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B169" s="38" t="s">
+        <v>359</v>
+      </c>
+      <c r="C169" s="21" t="s">
+        <v>360</v>
+      </c>
+      <c r="D169" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" s="21" t="s">
+        <v>361</v>
+      </c>
+      <c r="F169" s="21" t="s">
+        <v>362</v>
+      </c>
+      <c r="G169" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="H169" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I169" s="34" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A170" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B170" s="38" t="s">
+        <v>143</v>
+      </c>
+      <c r="C170" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D170" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" s="21" t="s">
+        <v>145</v>
+      </c>
+      <c r="F170" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="G170" s="21" t="s">
+        <v>352</v>
+      </c>
+      <c r="H170" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I170" s="47" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A171" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B171" s="21" t="s">
+        <v>263</v>
+      </c>
+      <c r="C171" s="21" t="s">
+        <v>264</v>
+      </c>
+      <c r="D171" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="21" t="s">
+        <v>265</v>
+      </c>
+      <c r="F171" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="G171" s="21"/>
+      <c r="H171" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I171" s="47" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A172" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B172" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="C172" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D172" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E172" s="23" t="s">
+        <v>136</v>
+      </c>
+      <c r="F172" s="15"/>
+      <c r="G172" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="H172" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I172" s="50" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A173" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B173" s="21" t="s">
+        <v>196</v>
+      </c>
+      <c r="C173" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="D173" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="F173" s="21" t="s">
+        <v>556</v>
+      </c>
+      <c r="G173" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H173" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I173" s="47" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A174" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B174" s="21" t="s">
+        <v>287</v>
+      </c>
+      <c r="C174" s="21" t="s">
+        <v>288</v>
+      </c>
+      <c r="D174" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="F174" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="G174" s="21"/>
+      <c r="H174" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I174" s="47" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A175" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B175" s="21" t="s">
+        <v>258</v>
+      </c>
+      <c r="C175" s="21" t="s">
+        <v>259</v>
+      </c>
+      <c r="D175" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" s="51" t="s">
+        <v>260</v>
+      </c>
+      <c r="F175" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="G175" s="21"/>
+      <c r="H175" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I175" s="47" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A176" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B176" s="21" t="s">
+        <v>319</v>
+      </c>
+      <c r="C176" s="21" t="s">
+        <v>320</v>
+      </c>
+      <c r="D176" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" s="21" t="s">
+        <v>321</v>
+      </c>
+      <c r="F176" s="21" t="s">
+        <v>322</v>
+      </c>
+      <c r="G176" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H176" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I176" s="47" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A177" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B177" s="38" t="s">
+        <v>101</v>
+      </c>
+      <c r="C177" s="21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D177" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" s="21" t="s">
+        <v>416</v>
+      </c>
+      <c r="F177" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="G177" s="21" t="s">
+        <v>132</v>
+      </c>
+      <c r="H177" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I177" s="47" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A178" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B178" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="C178" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D178" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="F178" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="G178" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="H178" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="I178" s="50" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A179" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B179" s="38" t="s">
+        <v>292</v>
+      </c>
+      <c r="C179" s="21" t="s">
+        <v>330</v>
+      </c>
+      <c r="D179" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" s="21" t="s">
+        <v>331</v>
+      </c>
+      <c r="F179" s="21" t="s">
+        <v>332</v>
+      </c>
+      <c r="G179" s="21" t="s">
+        <v>333</v>
+      </c>
+      <c r="H179" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I179" s="47" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A180" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B180" s="38" t="s">
+        <v>369</v>
+      </c>
+      <c r="C180" s="21" t="s">
+        <v>370</v>
+      </c>
+      <c r="D180" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E180" s="21" t="s">
+        <v>561</v>
+      </c>
+      <c r="F180" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="G180" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H180" s="21" t="s">
+        <v>209</v>
+      </c>
+      <c r="I180" s="47" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A181" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B181" s="21" t="s">
+        <v>272</v>
+      </c>
+      <c r="C181" s="21" t="s">
+        <v>273</v>
+      </c>
+      <c r="D181" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" s="21" t="s">
+        <v>274</v>
+      </c>
+      <c r="F181" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="G181" s="21"/>
+      <c r="H181" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I181" s="47" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A182" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B182" s="21" t="s">
+        <v>364</v>
+      </c>
+      <c r="C182" s="21" t="s">
+        <v>365</v>
+      </c>
+      <c r="D182" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" s="21" t="s">
+        <v>366</v>
+      </c>
+      <c r="F182" s="21" t="s">
+        <v>367</v>
+      </c>
+      <c r="G182" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H182" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I182" s="47" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A183" s="25">
+        <v>45244</v>
+      </c>
+      <c r="B183" s="38" t="s">
+        <v>354</v>
+      </c>
+      <c r="C183" s="21" t="s">
+        <v>355</v>
+      </c>
+      <c r="D183" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" s="21" t="s">
+        <v>356</v>
+      </c>
+      <c r="F183" s="21" t="s">
+        <v>357</v>
+      </c>
+      <c r="G183" s="21" t="s">
+        <v>358</v>
+      </c>
+      <c r="H183" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I183" s="47" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A184" s="52">
+        <v>45184</v>
+      </c>
+      <c r="B184" s="21" t="s">
+        <v>563</v>
+      </c>
+      <c r="C184" s="21" t="s">
+        <v>264</v>
+      </c>
+      <c r="D184" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" s="21" t="s">
+        <v>265</v>
+      </c>
+      <c r="F184" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="G184" s="21"/>
+      <c r="H184" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I184" s="45" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A185" s="52">
+        <v>45184</v>
+      </c>
+      <c r="B185" s="21" t="s">
+        <v>564</v>
+      </c>
+      <c r="C185" s="21" t="s">
+        <v>565</v>
+      </c>
+      <c r="D185" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" s="21" t="s">
+        <v>198</v>
+      </c>
+      <c r="F185" s="21" t="s">
+        <v>556</v>
+      </c>
+      <c r="G185" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H185" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I185" s="45" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A186" s="52">
+        <v>45184</v>
+      </c>
+      <c r="B186" s="21" t="s">
+        <v>567</v>
+      </c>
+      <c r="C186" s="21" t="s">
+        <v>273</v>
+      </c>
+      <c r="D186" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" s="21" t="s">
+        <v>568</v>
+      </c>
+      <c r="F186" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="G186" s="21"/>
+      <c r="H186" s="21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I186" s="45" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A187" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B187" s="21" t="s">
+        <v>336</v>
+      </c>
+      <c r="C187" s="21" t="s">
+        <v>337</v>
+      </c>
+      <c r="D187" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" s="21" t="s">
+        <v>338</v>
+      </c>
+      <c r="F187" s="21" t="s">
+        <v>339</v>
+      </c>
+      <c r="G187" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H187" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I187" s="45" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A188" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B188" s="21" t="s">
+        <v>359</v>
+      </c>
+      <c r="C188" s="21" t="s">
+        <v>360</v>
+      </c>
+      <c r="D188" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" s="21" t="s">
+        <v>361</v>
+      </c>
+      <c r="F188" s="21" t="s">
+        <v>362</v>
+      </c>
+      <c r="G188" s="21" t="s">
+        <v>570</v>
+      </c>
+      <c r="H188" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I188" s="45" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" ht="58" x14ac:dyDescent="0.35">
+      <c r="A189" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B189" s="21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C189" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="D189" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" s="21" t="s">
+        <v>145</v>
+      </c>
+      <c r="F189" s="21" t="s">
+        <v>182</v>
+      </c>
+      <c r="G189" s="21" t="s">
+        <v>572</v>
+      </c>
+      <c r="H189" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I189" s="45" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A190" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B190" s="21" t="s">
+        <v>308</v>
+      </c>
+      <c r="C190" s="21" t="s">
+        <v>309</v>
+      </c>
+      <c r="D190" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E190" s="21" t="s">
+        <v>310</v>
+      </c>
+      <c r="F190" s="21"/>
+      <c r="G190" s="21"/>
+      <c r="H190" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="I190" s="45" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A191" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B191" s="21" t="s">
+        <v>574</v>
+      </c>
+      <c r="C191" s="21" t="s">
+        <v>288</v>
+      </c>
+      <c r="D191" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="F191" s="21" t="s">
+        <v>554</v>
+      </c>
+      <c r="G191" s="21"/>
+      <c r="H191" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="I191" s="45" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A192" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B192" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C192" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="D192" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" s="21" t="s">
+        <v>294</v>
+      </c>
+      <c r="F192" s="21" t="s">
+        <v>575</v>
+      </c>
+      <c r="G192" s="21" t="s">
+        <v>53</v>
+      </c>
+      <c r="H192" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I192" s="45" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A193" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B193" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C193" s="21" t="s">
+        <v>330</v>
+      </c>
+      <c r="D193" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" s="51" t="s">
+        <v>331</v>
+      </c>
+      <c r="F193" s="21" t="s">
+        <v>332</v>
+      </c>
+      <c r="G193" s="21" t="s">
+        <v>577</v>
+      </c>
+      <c r="H193" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I193" s="45" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A194" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B194" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C194" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="D194" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" s="21" t="s">
+        <v>578</v>
+      </c>
+      <c r="F194" s="21" t="s">
+        <v>386</v>
+      </c>
+      <c r="G194" s="21"/>
+      <c r="H194" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I194" s="45" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A195" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B195" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="C195" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="D195" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" s="51" t="s">
+        <v>389</v>
+      </c>
+      <c r="F195" s="21" t="s">
+        <v>390</v>
+      </c>
+      <c r="G195" s="21"/>
+      <c r="H195" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I195" s="45" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" ht="29" x14ac:dyDescent="0.35">
+      <c r="A196" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B196" s="21" t="s">
+        <v>354</v>
+      </c>
+      <c r="C196" s="21" t="s">
+        <v>355</v>
+      </c>
+      <c r="D196" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" s="21" t="s">
+        <v>356</v>
+      </c>
+      <c r="F196" s="21" t="s">
+        <v>357</v>
+      </c>
+      <c r="G196" s="21" t="s">
+        <v>581</v>
+      </c>
+      <c r="H196" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="I196" s="45" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A197" s="52">
+        <v>45159</v>
+      </c>
+      <c r="B197" s="21" t="s">
+        <v>277</v>
+      </c>
+      <c r="C197" s="21" t="s">
+        <v>278</v>
+      </c>
+      <c r="D197" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E197" s="21" t="s">
+        <v>279</v>
+      </c>
+      <c r="F197" s="21"/>
+      <c r="G197" s="21" t="s">
+        <v>280</v>
+      </c>
+      <c r="H197" s="21" t="s">
         <v>16</v>
       </c>
-      <c r="I8" s="25" t="s">
-[...466 lines deleted...]
-      <c r="G25" s="1" t="s">
+      <c r="I197" s="45" t="s">
         <v>472</v>
-      </c>
-[...3741 lines deleted...]
-        <v>473</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="46" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;F &amp;A</oddHeader>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6daab2f0-397d-4ea2-8d4f-ab7bd17e40ee"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="db12b8b9-2344-4b39-99c2-0525e50075b8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000F731329B7D7A3458C7A432FDAD86A59" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5e3f6e9e0d7484733c34fbc69afeb569">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="db12b8b9-2344-4b39-99c2-0525e50075b8" xmlns:ns3="6daab2f0-397d-4ea2-8d4f-ab7bd17e40ee" xmlns:ns4="e4beccc8-b906-461d-84bc-7307f1b04b29" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88901f7c48770acc5cb4b9f79cecd025" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="db12b8b9-2344-4b39-99c2-0525e50075b8"/>
     <xsd:import namespace="6daab2f0-397d-4ea2-8d4f-ab7bd17e40ee"/>
     <xsd:import namespace="e4beccc8-b906-461d-84bc-7307f1b04b29"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -12046,160 +13401,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A5EECD5-C03B-4AA7-AC7C-66CDA313706C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D397C3CB-CE37-42A5-AFCF-224F65D8E6A0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="e4beccc8-b906-461d-84bc-7307f1b04b29"/>
+    <ds:schemaRef ds:uri="6daab2f0-397d-4ea2-8d4f-ab7bd17e40ee"/>
+    <ds:schemaRef ds:uri="db12b8b9-2344-4b39-99c2-0525e50075b8"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6FA774D-9CAA-408E-AB03-988368398DF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="db12b8b9-2344-4b39-99c2-0525e50075b8"/>
     <ds:schemaRef ds:uri="6daab2f0-397d-4ea2-8d4f-ab7bd17e40ee"/>
     <ds:schemaRef ds:uri="e4beccc8-b906-461d-84bc-7307f1b04b29"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Novel Therapies</vt:lpstr>
       <vt:lpstr>Change Log</vt:lpstr>
       <vt:lpstr>'Change Log'!Print_Area</vt:lpstr>
       <vt:lpstr>'Change Log'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>RTI International, Telligen</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>2025 EOM Novel Therapies List</dc:title>
+  <dc:title>January 2026 EOM Novel Therapies List</dc:title>
   <dc:subject>Enhancing Oncology Model list of new drugs</dc:subject>
-  <dc:creator>Centers for Medicare &amp; Medicaid Services</dc:creator>
+  <dc:creator>Centers for Medicare and Medicaid Services, Center for Medicare and Medicaid Innovation</dc:creator>
   <cp:keywords>Novel Therapies, EOM, Enhancing Oncology Model, Drug List</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English (U.S.)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101000F731329B7D7A3458C7A432FDAD86A59</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>