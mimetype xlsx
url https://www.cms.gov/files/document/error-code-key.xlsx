--- v0 (2025-12-13)
+++ v1 (2026-02-19)
@@ -29,194 +29,195 @@
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\prathima.joshyula\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B99F488-42AE-4F75-9044-7A647FB263F0}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7620" tabRatio="893" firstSheet="1" activeTab="2"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="20490" windowHeight="7545" tabRatio="893" firstSheet="1" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="9" r:id="rId1"/>
     <sheet name="How to Use This Document" sheetId="10" r:id="rId2"/>
     <sheet name="Error Codes" sheetId="19" r:id="rId3"/>
     <sheet name="Warning Codes" sheetId="6" r:id="rId4"/>
     <sheet name="Errors Sent Via Email" sheetId="13" r:id="rId5"/>
     <sheet name="Recipient Validation Utility" sheetId="17" r:id="rId6"/>
     <sheet name="Valid Country Codes" sheetId="8" r:id="rId7"/>
     <sheet name="Valid State Codes" sheetId="20" r:id="rId8"/>
     <sheet name="Abbreviations" sheetId="14" r:id="rId9"/>
     <sheet name="Disclosure" sheetId="18" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Error Codes'!$E$1:$F$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Errors Sent Via Email'!$F$1:$G$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Errors Sent Via Email'!$A$1:$D$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'How to Use This Document'!$A$1:$B$11</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Introduction!$A$1:$A$14</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'Valid Country Codes'!$A$1:$B$236</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Warning Codes'!$A$1:$D$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'Valid Country Codes'!$2:$2</definedName>
     <definedName name="RowTitle">Disclosure!$A$2:$A$8</definedName>
     <definedName name="TitleRegion">Table58[[#Headers],[Error Message ID]]</definedName>
     <definedName name="TitleRegion1.A2.B236.6">Table2[[#Headers],[Country Abbreviation]]</definedName>
     <definedName name="TitleRegion1.A2.B9.7">Table15[[#Headers],[Abbreviation]]</definedName>
     <definedName name="TitleRegion1.A2.D28.3">#REF!</definedName>
     <definedName name="TitleRegion1.A2.D7.4">Table3[[#Headers],[Warning Message ID]]</definedName>
     <definedName name="TitleRegion1.A2.E28.5">Table32[[#Headers],[File Type]]</definedName>
     <definedName name="TitleRegion1.A5.B12.2">Table10[[#Headers],[Error/Warning Code Type]]</definedName>
     <definedName name="TitleRegion2.A30.D113.3">#REF!</definedName>
     <definedName name="TitleRegion3.A115.D212.3">#REF!</definedName>
     <definedName name="TitleRegion4.A214.D234.3">#REF!</definedName>
     <definedName name="TitleRegion5.A236.D332.3">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Prathima Joshyula</author>
   </authors>
   <commentList>
-    <comment ref="E14" authorId="0" shapeId="0">
+    <comment ref="E14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Prathima Joshyula:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Proposed steps to avoid and correct error</t>
         </r>
       </text>
     </comment>
-    <comment ref="E15" authorId="0" shapeId="0">
+    <comment ref="E15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Prathima Joshyula:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Proposed steps to avoid and correct error</t>
         </r>
       </text>
     </comment>
-    <comment ref="E16" authorId="0" shapeId="0">
+    <comment ref="E16" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000003000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Prathima Joshyula:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Proposed steps to avoid and correct error</t>
         </r>
       </text>
     </comment>
-    <comment ref="E17" authorId="0" shapeId="0">
+    <comment ref="E17" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Prathima Joshyula:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Proposed steps to avoid and correct error</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
@@ -8378,51 +8379,51 @@
     <t>Revision to previous version</t>
   </si>
   <si>
     <t xml:space="preserve">Agency Identifier: </t>
   </si>
   <si>
     <t>OBRHI CFRG  4177</t>
   </si>
   <si>
     <t xml:space="preserve">Summary of Document: </t>
   </si>
   <si>
     <t>A spreadsheet that provides an explanation of each data element name in the Open Payments system and shows the corresponding field name in the CSV sample files.</t>
   </si>
   <si>
     <t>Citation to statutory provision / regulation applicable to this document:</t>
   </si>
   <si>
     <t xml:space="preserve"> Statute citation: Socal Security Act SEC. 1128G. [42 U.S.C. 1320a-7h]
  Rule citation: 42 C.F.R. §403.900-14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="37">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -9850,64 +9851,64 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="27" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="27" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="20">
     <cellStyle name="Accent2" xfId="5" builtinId="33"/>
     <cellStyle name="Accent3" xfId="1" builtinId="37"/>
     <cellStyle name="Accent4" xfId="3" builtinId="41"/>
     <cellStyle name="Accent5" xfId="4" builtinId="45"/>
     <cellStyle name="Accent6" xfId="2" builtinId="49"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="6"/>
-[...12 lines deleted...]
-    <cellStyle name="Percent 2 3" xfId="19"/>
+    <cellStyle name="Normal 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="Normal 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Normal 4" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal 4 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="Normal 4 3" xfId="17" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="Normal 5" xfId="9" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="Normal 5 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="Normal 5 3" xfId="18" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="Normal 6" xfId="12" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="Normal 7" xfId="11" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="Normal 8" xfId="16" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="Percent 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Percent 2 2" xfId="15" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="Percent 2 3" xfId="19" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
   </cellStyles>
   <dxfs count="85">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor theme="4" tint="0.79998168889431442"/>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -12152,226 +12153,212 @@
           <a:off x="7620" y="7277100"/>
           <a:ext cx="5981700" cy="1621155"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln w="15875">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Amy Bedsaul" id="{986FC174-3D4B-4AFA-8F9C-5EADF41239CE}" userId="Amy Bedsaul" providerId="None"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="10" name="Table10" displayName="Table10" ref="A4:B13" totalsRowShown="0" headerRowDxfId="84" tableBorderDxfId="83">
-  <autoFilter ref="A4:B13"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table10" displayName="Table10" ref="A4:B13" totalsRowShown="0" headerRowDxfId="84" tableBorderDxfId="83">
+  <autoFilter ref="A4:B13" xr:uid="{00000000-0009-0000-0100-00000A000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Error/Warning Code Type"/>
-    <tableColumn id="2" name="Error/Warning Code Series"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Error/Warning Code Type"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Error/Warning Code Series"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="Table69" displayName="Table69" ref="A13:D21" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19" tableBorderDxfId="18">
-  <autoFilter ref="A13:D21"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{00000000-000C-0000-FFFF-FFFF09000000}" name="Table69" displayName="Table69" ref="A13:D21" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19" tableBorderDxfId="18">
+  <autoFilter ref="A13:D21" xr:uid="{00000000-0009-0000-0100-000008000000}"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Error Message ID" dataDxfId="17"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid and Correct Error" dataDxfId="14"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0900-000001000000}" name="Error Message ID" dataDxfId="17"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0900-000002000000}" name="Data Element Description" dataDxfId="16"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0900-000003000000}" name="Error Description" dataDxfId="15"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0900-000004000000}" name="Steps to Avoid and Correct Error" dataDxfId="14"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="Table2" displayName="Table2" ref="A2:B236" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9" headerRowCellStyle="Accent5">
-  <autoFilter ref="A2:B236"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF0A000000}" name="Table2" displayName="Table2" ref="A2:B236" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10" totalsRowBorderDxfId="9" headerRowCellStyle="Accent5">
+  <autoFilter ref="A2:B236" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Country Abbreviation" dataDxfId="8"/>
-    <tableColumn id="2" name="Country Name" dataDxfId="7"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0A00-000001000000}" name="Country Abbreviation" dataDxfId="8"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0A00-000002000000}" name="Country Name" dataDxfId="7"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="Valid Country Codes table"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="15" name="Table15" displayName="Table15" ref="A2:B13" totalsRowShown="0" headerRowDxfId="6" dataDxfId="4" headerRowBorderDxfId="5" tableBorderDxfId="3" totalsRowBorderDxfId="2">
-  <autoFilter ref="A2:B13"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="15" xr:uid="{00000000-000C-0000-FFFF-FFFF0B000000}" name="Table15" displayName="Table15" ref="A2:B13" totalsRowShown="0" headerRowDxfId="6" dataDxfId="4" headerRowBorderDxfId="5" tableBorderDxfId="3" totalsRowBorderDxfId="2">
+  <autoFilter ref="A2:B13" xr:uid="{00000000-0009-0000-0100-00000F000000}"/>
   <tableColumns count="2">
-    <tableColumn id="1" name="Abbreviation" dataDxfId="1"/>
-    <tableColumn id="2" name="Meaning" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0B00-000001000000}" name="Abbreviation" dataDxfId="1"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0B00-000002000000}" name="Meaning" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="Table116" displayName="Table116" ref="A42:D134" totalsRowShown="0" headerRowDxfId="82" dataDxfId="81" tableBorderDxfId="80" headerRowCellStyle="Accent3">
-[...6 lines deleted...]
-  </autoFilter>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Table116" displayName="Table116" ref="A42:D134" totalsRowShown="0" headerRowDxfId="82" dataDxfId="81" tableBorderDxfId="80" headerRowCellStyle="Accent3">
+  <autoFilter ref="A42:D134" xr:uid="{00000000-0009-0000-0100-000005000000}"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Column1" dataDxfId="79"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid and Correct Error" dataDxfId="76" dataCellStyle="Normal 3"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Column1" dataDxfId="79"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Data Element Description" dataDxfId="78" dataCellStyle="Normal 3"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Error Description" dataDxfId="77"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Steps to Avoid and Correct Error" dataDxfId="76" dataCellStyle="Normal 3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="Table127" displayName="Table127" ref="A136:D237" totalsRowShown="0" headerRowDxfId="75" dataDxfId="74" tableBorderDxfId="73" headerRowCellStyle="Accent3">
-  <autoFilter ref="A136:D237"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Table127" displayName="Table127" ref="A136:D237" totalsRowShown="0" headerRowDxfId="75" dataDxfId="74" tableBorderDxfId="73" headerRowCellStyle="Accent3">
+  <autoFilter ref="A136:D237" xr:uid="{00000000-0009-0000-0100-000006000000}"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Error Message ID" dataDxfId="72"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid and Correct Error" dataDxfId="69"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Error Message ID" dataDxfId="72"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0200-000002000000}" name="Data Element Description" dataDxfId="71"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0200-000003000000}" name="Error Description" dataDxfId="70"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0200-000004000000}" name="Steps to Avoid and Correct Error" dataDxfId="69"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="Table1310" displayName="Table1310" ref="A239:D261" totalsRowShown="0" headerRowDxfId="68" dataDxfId="67" tableBorderDxfId="66" headerRowCellStyle="Accent3">
-  <autoFilter ref="A239:D261"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{00000000-000C-0000-FFFF-FFFF03000000}" name="Table1310" displayName="Table1310" ref="A239:D261" totalsRowShown="0" headerRowDxfId="68" dataDxfId="67" tableBorderDxfId="66" headerRowCellStyle="Accent3">
+  <autoFilter ref="A239:D261" xr:uid="{00000000-0009-0000-0100-000009000000}"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Error Message ID" dataDxfId="65"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid and Correct Error" dataDxfId="62"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0300-000001000000}" name="Error Message ID" dataDxfId="65"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0300-000002000000}" name="Data Element Description" dataDxfId="64"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0300-000003000000}" name="Error Description" dataDxfId="63"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0300-000004000000}" name="Steps to Avoid and Correct Error" dataDxfId="62"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="16" name="Table1417" displayName="Table1417" ref="A265:D383" totalsRowShown="0" headerRowDxfId="61" dataDxfId="60" tableBorderDxfId="59" headerRowCellStyle="Accent3">
-[...8 lines deleted...]
-  </autoFilter>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{00000000-000C-0000-FFFF-FFFF04000000}" name="Table1417" displayName="Table1417" ref="A265:D383" totalsRowShown="0" headerRowDxfId="61" dataDxfId="60" tableBorderDxfId="59" headerRowCellStyle="Accent3">
+  <autoFilter ref="A265:D383" xr:uid="{00000000-0009-0000-0100-000010000000}"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Error Message ID" dataDxfId="58"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid and Correct Error" dataDxfId="55"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0400-000001000000}" name="Error Message ID" dataDxfId="58"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0400-000002000000}" name="Data Element Description" dataDxfId="57"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0400-000003000000}" name="Error Description" dataDxfId="56"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0400-000004000000}" name="Steps to Avoid and Correct Error" dataDxfId="55"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium3" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="17" name="Table418" displayName="Table418" ref="A2:D3" totalsRowShown="0" headerRowDxfId="54" dataDxfId="53" tableBorderDxfId="52" headerRowCellStyle="Accent3">
-  <autoFilter ref="A2:D3"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{00000000-000C-0000-FFFF-FFFF05000000}" name="Table418" displayName="Table418" ref="A2:D3" totalsRowShown="0" headerRowDxfId="54" dataDxfId="53" tableBorderDxfId="52" headerRowCellStyle="Accent3">
+  <autoFilter ref="A2:D3" xr:uid="{00000000-0009-0000-0100-000011000000}"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Error Message ID" dataDxfId="51"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid and Correct Error " dataDxfId="48"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0500-000001000000}" name="Error Message ID" dataDxfId="51"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0500-000002000000}" name="Data Element Description" dataDxfId="50"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0500-000003000000}" name="Error Description" dataDxfId="49"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0500-000004000000}" name="Steps to Avoid and Correct Error " dataDxfId="48"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="Table3" displayName="Table3" ref="A2:F8" totalsRowShown="0" headerRowDxfId="47" dataDxfId="45" headerRowBorderDxfId="46" tableBorderDxfId="44" totalsRowBorderDxfId="43" headerRowCellStyle="Accent4">
-  <autoFilter ref="A2:F8"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF06000000}" name="Table3" displayName="Table3" ref="A2:F8" totalsRowShown="0" headerRowDxfId="47" dataDxfId="45" headerRowBorderDxfId="46" tableBorderDxfId="44" totalsRowBorderDxfId="43" headerRowCellStyle="Accent4">
+  <autoFilter ref="A2:F8" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="6">
-    <tableColumn id="1" name="Warning Message ID" dataDxfId="42"/>
-[...4 lines deleted...]
-    <tableColumn id="6" name="Notes" dataDxfId="37"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0600-000001000000}" name="Warning Message ID" dataDxfId="42"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0600-000002000000}" name="Data Element Description" dataDxfId="41"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0600-000003000000}" name="Warning Description" dataDxfId="40"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0600-000004000000}" name="Steps to Avoid Warnings" dataDxfId="39"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0600-000005000000}" name="New Changes 2.0" dataDxfId="38"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0600-000006000000}" name="Notes" dataDxfId="37"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="Other Errors and Information table"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table32" displayName="Table32" ref="A2:E28" totalsRowShown="0" headerRowDxfId="36" dataDxfId="34" headerRowBorderDxfId="35" tableBorderDxfId="33" totalsRowBorderDxfId="32" headerRowCellStyle="Accent4">
-  <autoFilter ref="A2:E28"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF07000000}" name="Table32" displayName="Table32" ref="A2:E28" totalsRowShown="0" headerRowDxfId="36" dataDxfId="34" headerRowBorderDxfId="35" tableBorderDxfId="33" totalsRowBorderDxfId="32" headerRowCellStyle="Accent4">
+  <autoFilter ref="A2:E28" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="5">
-    <tableColumn id="1" name="File Type" dataDxfId="31"/>
-[...3 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid Error" dataDxfId="27"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0700-000001000000}" name="File Type" dataDxfId="31"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0700-000002000000}" name="Data Element Description" dataDxfId="30"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0700-000003000000}" name="Error Description" dataDxfId="29"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0700-000005000000}" name="Error Type (file or record level)" dataDxfId="28"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0700-000004000000}" name="Steps to Avoid Error" dataDxfId="27"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{504A1905-F514-4f6f-8877-14C23A59335A}">
       <x14:table altText="Other Errors and Information table"/>
     </ext>
   </extLst>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="Table58" displayName="Table58" ref="A3:D12" totalsRowShown="0" headerRowDxfId="26" dataDxfId="25">
-  <autoFilter ref="A3:D12"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{00000000-000C-0000-FFFF-FFFF08000000}" name="Table58" displayName="Table58" ref="A3:D12" totalsRowShown="0" headerRowDxfId="26" dataDxfId="25">
+  <autoFilter ref="A3:D12" xr:uid="{00000000-0009-0000-0100-000007000000}"/>
   <tableColumns count="4">
-    <tableColumn id="1" name="Error Message ID" dataDxfId="24"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Steps to Avoid and Correct Error" dataDxfId="21" dataCellStyle="Normal 3"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0800-000001000000}" name="Error Message ID" dataDxfId="24"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0800-000002000000}" name="Data Element Description" dataDxfId="23" dataCellStyle="Normal 3"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0800-000003000000}" name="Error Description" dataDxfId="22"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0800-000004000000}" name="Steps to Avoid and Correct Error" dataDxfId="21" dataCellStyle="Normal 3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium5" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -12409,85 +12396,119 @@
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -12671,51 +12692,51 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView topLeftCell="A16" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="AA10" sqref="AA10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="113" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="46.9" customHeight="1">
       <c r="A1" s="220" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="220"/>
       <c r="C1" s="220"/>
       <c r="D1" s="220"/>
       <c r="E1" s="220"/>
       <c r="F1" s="220"/>
       <c r="G1" s="220"/>
       <c r="H1" s="220"/>
@@ -13029,51 +13050,51 @@
       <c r="G24" s="222"/>
       <c r="H24" s="222"/>
       <c r="I24" s="222"/>
       <c r="J24" s="222"/>
       <c r="K24" s="222"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A15:K15"/>
     <mergeCell ref="A4:K14"/>
     <mergeCell ref="A16:K24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LOpen Payments Submission Error Code Document&amp;RIntroduction</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr>
     <tabColor theme="3"/>
   </sheetPr>
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="39.28515625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.28515625" style="18"/>
     <col min="2" max="2" width="96.7109375" style="18" customWidth="1"/>
     <col min="3" max="16384" width="39.28515625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18.75">
       <c r="A1" s="254" t="s">
         <v>2059</v>
       </c>
       <c r="B1" s="254"/>
     </row>
     <row r="2" spans="1:2" ht="45">
       <c r="A2" s="19" t="s">
         <v>2060</v>
@@ -13118,51 +13139,51 @@
       <c r="A7" s="19" t="s">
         <v>2070</v>
       </c>
       <c r="B7" s="19" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="30">
       <c r="A8" s="19" t="s">
         <v>2072</v>
       </c>
       <c r="B8" s="19" t="s">
         <v>2073</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView topLeftCell="A11" zoomScale="79" zoomScaleNormal="79" workbookViewId="0">
       <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="137" customWidth="1"/>
     <col min="2" max="2" width="27.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18.75">
       <c r="A1" s="224" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="224"/>
       <c r="C1" s="224"/>
       <c r="D1" s="224"/>
       <c r="E1" s="224"/>
       <c r="F1" s="224"/>
       <c r="G1" s="224"/>
@@ -13265,58 +13286,58 @@
         <v>27</v>
       </c>
       <c r="B13" s="163" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A1:I1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LOpen Payments Submission Error Code Document&amp;RHow to Use This Document</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="5" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A1:F383"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A238" sqref="A238:D238"/>
+    <sheetView tabSelected="1" topLeftCell="A40" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="3" customWidth="1"/>
     <col min="2" max="2" width="41" style="3" customWidth="1"/>
     <col min="3" max="3" width="62.5703125" style="3" customWidth="1"/>
     <col min="4" max="4" width="70.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="61.28515625" style="3" customWidth="1"/>
     <col min="6" max="6" width="31.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="17.42578125" style="3" customWidth="1"/>
     <col min="8" max="16384" width="9.28515625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="45" customFormat="1" ht="18.75">
       <c r="A1" s="228" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="229"/>
       <c r="C1" s="229"/>
       <c r="D1" s="229"/>
       <c r="E1" s="121">
         <v>2</v>
       </c>
       <c r="F1" s="116"/>
@@ -14031,1697 +14052,1697 @@
     </row>
     <row r="41" spans="1:6" s="4" customFormat="1" ht="19.899999999999999" customHeight="1">
       <c r="A41" s="233"/>
       <c r="B41" s="234"/>
       <c r="C41" s="234"/>
       <c r="D41" s="235"/>
       <c r="E41" s="75"/>
       <c r="F41" s="75"/>
     </row>
     <row r="42" spans="1:6" s="46" customFormat="1" ht="15.75">
       <c r="A42" s="58" t="s">
         <v>200</v>
       </c>
       <c r="B42" s="58" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="58" t="s">
         <v>32</v>
       </c>
       <c r="D42" s="92" t="s">
         <v>42</v>
       </c>
       <c r="E42" s="59"/>
       <c r="F42" s="59"/>
     </row>
-    <row r="43" spans="1:6" ht="30" hidden="1">
+    <row r="43" spans="1:6" ht="30">
       <c r="A43" s="165" t="s">
         <v>201</v>
       </c>
       <c r="B43" s="165" t="s">
         <v>202</v>
       </c>
       <c r="C43" s="165" t="s">
         <v>203</v>
       </c>
       <c r="D43" s="166" t="s">
         <v>204</v>
       </c>
       <c r="E43" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F43" s="76"/>
     </row>
-    <row r="44" spans="1:6" ht="45" hidden="1">
+    <row r="44" spans="1:6" ht="45">
       <c r="A44" s="167" t="s">
         <v>205</v>
       </c>
       <c r="B44" s="167" t="s">
         <v>206</v>
       </c>
       <c r="C44" s="167" t="s">
         <v>207</v>
       </c>
       <c r="D44" s="168" t="s">
         <v>208</v>
       </c>
       <c r="E44" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F44" s="76"/>
     </row>
-    <row r="45" spans="1:6" ht="60" hidden="1">
+    <row r="45" spans="1:6" ht="60">
       <c r="A45" s="165" t="s">
         <v>209</v>
       </c>
       <c r="B45" s="165" t="s">
         <v>210</v>
       </c>
       <c r="C45" s="165" t="s">
         <v>211</v>
       </c>
       <c r="D45" s="166" t="s">
         <v>212</v>
       </c>
       <c r="E45" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F45" s="76"/>
     </row>
     <row r="46" spans="1:6" ht="105">
       <c r="A46" s="167" t="s">
         <v>213</v>
       </c>
       <c r="B46" s="167" t="s">
         <v>214</v>
       </c>
       <c r="C46" s="167" t="s">
         <v>215</v>
       </c>
       <c r="D46" s="168" t="s">
         <v>216</v>
       </c>
       <c r="E46" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F46" s="76"/>
     </row>
-    <row r="47" spans="1:6" ht="172.9" hidden="1" customHeight="1">
+    <row r="47" spans="1:6" ht="172.9" customHeight="1">
       <c r="A47" s="165" t="s">
         <v>217</v>
       </c>
       <c r="B47" s="165" t="s">
         <v>218</v>
       </c>
       <c r="C47" s="165" t="s">
         <v>219</v>
       </c>
       <c r="D47" s="169" t="s">
         <v>220</v>
       </c>
       <c r="E47" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F47" s="76"/>
     </row>
-    <row r="48" spans="1:6" ht="165" hidden="1">
+    <row r="48" spans="1:6" ht="165">
       <c r="A48" s="167" t="s">
         <v>221</v>
       </c>
       <c r="B48" s="167" t="s">
         <v>222</v>
       </c>
       <c r="C48" s="167" t="s">
         <v>223</v>
       </c>
       <c r="D48" s="168" t="s">
         <v>224</v>
       </c>
       <c r="E48" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F48" s="76"/>
     </row>
-    <row r="49" spans="1:6" ht="150" hidden="1">
+    <row r="49" spans="1:6" ht="150">
       <c r="A49" s="165" t="s">
         <v>225</v>
       </c>
       <c r="B49" s="165" t="s">
         <v>226</v>
       </c>
       <c r="C49" s="165" t="s">
         <v>227</v>
       </c>
       <c r="D49" s="166" t="s">
         <v>228</v>
       </c>
       <c r="E49" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F49" s="76"/>
     </row>
-    <row r="50" spans="1:6" ht="60" hidden="1">
+    <row r="50" spans="1:6" ht="60">
       <c r="A50" s="170" t="s">
         <v>229</v>
       </c>
       <c r="B50" s="170" t="s">
         <v>230</v>
       </c>
       <c r="C50" s="170" t="s">
         <v>231</v>
       </c>
       <c r="D50" s="168" t="s">
         <v>232</v>
       </c>
       <c r="E50" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F50" s="76"/>
     </row>
-    <row r="51" spans="1:6" ht="60" hidden="1">
+    <row r="51" spans="1:6" ht="60">
       <c r="A51" s="171" t="s">
         <v>233</v>
       </c>
       <c r="B51" s="171" t="s">
         <v>234</v>
       </c>
       <c r="C51" s="171" t="s">
         <v>235</v>
       </c>
       <c r="D51" s="169" t="s">
         <v>236</v>
       </c>
       <c r="E51" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F51" s="76"/>
     </row>
-    <row r="52" spans="1:6" ht="120" hidden="1">
+    <row r="52" spans="1:6" ht="120">
       <c r="A52" s="170" t="s">
         <v>237</v>
       </c>
       <c r="B52" s="170" t="s">
         <v>238</v>
       </c>
       <c r="C52" s="170" t="s">
         <v>239</v>
       </c>
       <c r="D52" s="168" t="s">
         <v>240</v>
       </c>
       <c r="E52" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F52" s="76"/>
     </row>
-    <row r="53" spans="1:6" ht="120" hidden="1">
+    <row r="53" spans="1:6" ht="120">
       <c r="A53" s="165" t="s">
         <v>241</v>
       </c>
       <c r="B53" s="165" t="s">
         <v>242</v>
       </c>
       <c r="C53" s="165" t="s">
         <v>243</v>
       </c>
       <c r="D53" s="166" t="s">
         <v>244</v>
       </c>
       <c r="E53" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F53" s="76"/>
     </row>
-    <row r="54" spans="1:6" ht="180" hidden="1">
+    <row r="54" spans="1:6" ht="180">
       <c r="A54" s="167" t="s">
         <v>245</v>
       </c>
       <c r="B54" s="167" t="s">
         <v>246</v>
       </c>
       <c r="C54" s="167" t="s">
         <v>247</v>
       </c>
       <c r="D54" s="168" t="s">
         <v>248</v>
       </c>
       <c r="E54" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F54" s="76"/>
     </row>
-    <row r="55" spans="1:6" ht="180" hidden="1">
+    <row r="55" spans="1:6" ht="180">
       <c r="A55" s="165" t="s">
         <v>249</v>
       </c>
       <c r="B55" s="165" t="s">
         <v>250</v>
       </c>
       <c r="C55" s="165" t="s">
         <v>251</v>
       </c>
       <c r="D55" s="166" t="s">
         <v>252</v>
       </c>
       <c r="E55" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F55" s="76"/>
     </row>
-    <row r="56" spans="1:6" ht="157.15" hidden="1" customHeight="1">
+    <row r="56" spans="1:6" ht="157.15" customHeight="1">
       <c r="A56" s="167" t="s">
         <v>253</v>
       </c>
       <c r="B56" s="167" t="s">
         <v>254</v>
       </c>
       <c r="C56" s="167" t="s">
         <v>255</v>
       </c>
       <c r="D56" s="168" t="s">
         <v>256</v>
       </c>
       <c r="E56" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F56" s="76"/>
     </row>
-    <row r="57" spans="1:6" ht="195" hidden="1">
+    <row r="57" spans="1:6" ht="195">
       <c r="A57" s="165" t="s">
         <v>257</v>
       </c>
       <c r="B57" s="165" t="s">
         <v>258</v>
       </c>
       <c r="C57" s="165" t="s">
         <v>259</v>
       </c>
       <c r="D57" s="166" t="s">
         <v>260</v>
       </c>
       <c r="E57" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F57" s="76"/>
     </row>
-    <row r="58" spans="1:6" ht="135" hidden="1">
+    <row r="58" spans="1:6" ht="135">
       <c r="A58" s="167" t="s">
         <v>261</v>
       </c>
       <c r="B58" s="167" t="s">
         <v>262</v>
       </c>
       <c r="C58" s="167" t="s">
         <v>263</v>
       </c>
       <c r="D58" s="103" t="s">
         <v>264</v>
       </c>
       <c r="E58" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F58" s="76"/>
     </row>
-    <row r="59" spans="1:6" ht="90" hidden="1">
+    <row r="59" spans="1:6" ht="90">
       <c r="A59" s="165" t="s">
         <v>265</v>
       </c>
       <c r="B59" s="165" t="s">
         <v>266</v>
       </c>
       <c r="C59" s="165" t="s">
         <v>267</v>
       </c>
       <c r="D59" s="169" t="s">
         <v>268</v>
       </c>
       <c r="E59" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F59" s="76"/>
     </row>
-    <row r="60" spans="1:6" ht="195" hidden="1">
+    <row r="60" spans="1:6" ht="195">
       <c r="A60" s="167" t="s">
         <v>269</v>
       </c>
       <c r="B60" s="167" t="s">
         <v>270</v>
       </c>
       <c r="C60" s="167" t="s">
         <v>271</v>
       </c>
       <c r="D60" s="168" t="s">
         <v>272</v>
       </c>
       <c r="E60" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F60" s="76"/>
     </row>
-    <row r="61" spans="1:6" ht="195" hidden="1">
+    <row r="61" spans="1:6" ht="195">
       <c r="A61" s="165" t="s">
         <v>273</v>
       </c>
       <c r="B61" s="165" t="s">
         <v>270</v>
       </c>
       <c r="C61" s="165" t="s">
         <v>274</v>
       </c>
       <c r="D61" s="166" t="s">
         <v>275</v>
       </c>
       <c r="E61" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F61" s="76"/>
     </row>
-    <row r="62" spans="1:6" ht="285" hidden="1">
+    <row r="62" spans="1:6" ht="285">
       <c r="A62" s="167" t="s">
         <v>276</v>
       </c>
       <c r="B62" s="167" t="s">
         <v>277</v>
       </c>
       <c r="C62" s="167" t="s">
         <v>278</v>
       </c>
       <c r="D62" s="168" t="s">
         <v>279</v>
       </c>
       <c r="E62" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F62" s="76"/>
     </row>
-    <row r="63" spans="1:6" ht="105" hidden="1">
+    <row r="63" spans="1:6" ht="105">
       <c r="A63" s="172" t="s">
         <v>280</v>
       </c>
       <c r="B63" s="173" t="s">
         <v>281</v>
       </c>
       <c r="C63" s="173" t="s">
         <v>282</v>
       </c>
       <c r="D63" s="169" t="s">
         <v>283</v>
       </c>
       <c r="E63" s="76" t="s">
         <v>180</v>
       </c>
       <c r="F63" s="76" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="64" spans="1:6" ht="120" hidden="1">
+    <row r="64" spans="1:6" ht="120">
       <c r="A64" s="174" t="s">
         <v>285</v>
       </c>
       <c r="B64" s="174" t="s">
         <v>286</v>
       </c>
       <c r="C64" s="174" t="s">
         <v>287</v>
       </c>
       <c r="D64" s="175" t="s">
         <v>288</v>
       </c>
       <c r="E64" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F64" s="76"/>
     </row>
-    <row r="65" spans="1:6" ht="120" hidden="1">
+    <row r="65" spans="1:6" ht="120">
       <c r="A65" s="173" t="s">
         <v>289</v>
       </c>
       <c r="B65" s="173" t="s">
         <v>290</v>
       </c>
       <c r="C65" s="173" t="s">
         <v>291</v>
       </c>
       <c r="D65" s="169" t="s">
         <v>292</v>
       </c>
       <c r="E65" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F65" s="76"/>
     </row>
-    <row r="66" spans="1:6" ht="105" hidden="1">
+    <row r="66" spans="1:6" ht="105">
       <c r="A66" s="174" t="s">
         <v>293</v>
       </c>
       <c r="B66" s="174" t="s">
         <v>294</v>
       </c>
       <c r="C66" s="174" t="s">
         <v>295</v>
       </c>
       <c r="D66" s="175" t="s">
         <v>296</v>
       </c>
       <c r="E66" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F66" s="76"/>
     </row>
-    <row r="67" spans="1:6" ht="90" hidden="1">
+    <row r="67" spans="1:6" ht="90">
       <c r="A67" s="173" t="s">
         <v>297</v>
       </c>
       <c r="B67" s="173" t="s">
         <v>298</v>
       </c>
       <c r="C67" s="173" t="s">
         <v>299</v>
       </c>
       <c r="D67" s="169" t="s">
         <v>300</v>
       </c>
       <c r="E67" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F67" s="76"/>
     </row>
-    <row r="68" spans="1:6" ht="75" hidden="1">
+    <row r="68" spans="1:6" ht="75">
       <c r="A68" s="174" t="s">
         <v>301</v>
       </c>
       <c r="B68" s="174" t="s">
         <v>302</v>
       </c>
       <c r="C68" s="174" t="s">
         <v>303</v>
       </c>
       <c r="D68" s="175" t="s">
         <v>304</v>
       </c>
       <c r="E68" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F68" s="76"/>
     </row>
-    <row r="69" spans="1:6" ht="315" hidden="1">
+    <row r="69" spans="1:6" ht="315">
       <c r="A69" s="173" t="s">
         <v>305</v>
       </c>
       <c r="B69" s="173" t="s">
         <v>306</v>
       </c>
       <c r="C69" s="173" t="s">
         <v>307</v>
       </c>
       <c r="D69" s="169" t="s">
         <v>308</v>
       </c>
       <c r="E69" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F69" s="76"/>
     </row>
-    <row r="70" spans="1:6" ht="345" hidden="1">
+    <row r="70" spans="1:6" ht="345">
       <c r="A70" s="167" t="s">
         <v>309</v>
       </c>
       <c r="B70" s="167" t="s">
         <v>310</v>
       </c>
       <c r="C70" s="167" t="s">
         <v>311</v>
       </c>
       <c r="D70" s="168" t="s">
         <v>312</v>
       </c>
       <c r="E70" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F70" s="76"/>
     </row>
-    <row r="71" spans="1:6" ht="75" hidden="1">
+    <row r="71" spans="1:6" ht="75">
       <c r="A71" s="173" t="s">
         <v>313</v>
       </c>
       <c r="B71" s="173" t="s">
         <v>314</v>
       </c>
       <c r="C71" s="173" t="s">
         <v>315</v>
       </c>
       <c r="D71" s="169" t="s">
         <v>316</v>
       </c>
       <c r="E71" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F71" s="76"/>
     </row>
-    <row r="72" spans="1:6" ht="120" hidden="1">
+    <row r="72" spans="1:6" ht="120">
       <c r="A72" s="174" t="s">
         <v>317</v>
       </c>
       <c r="B72" s="174" t="s">
         <v>318</v>
       </c>
       <c r="C72" s="77" t="s">
         <v>319</v>
       </c>
       <c r="D72" s="104" t="s">
         <v>320</v>
       </c>
       <c r="E72" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F72" s="76"/>
     </row>
-    <row r="73" spans="1:6" ht="105" hidden="1">
+    <row r="73" spans="1:6" ht="105">
       <c r="A73" s="173" t="s">
         <v>321</v>
       </c>
       <c r="B73" s="173" t="s">
         <v>322</v>
       </c>
       <c r="C73" s="173" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="169" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F73" s="76"/>
     </row>
-    <row r="74" spans="1:6" ht="90" hidden="1">
+    <row r="74" spans="1:6" ht="90">
       <c r="A74" s="174" t="s">
         <v>325</v>
       </c>
       <c r="B74" s="174" t="s">
         <v>326</v>
       </c>
       <c r="C74" s="174" t="s">
         <v>327</v>
       </c>
       <c r="D74" s="175" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F74" s="76"/>
     </row>
-    <row r="75" spans="1:6" ht="150" hidden="1">
+    <row r="75" spans="1:6" ht="150">
       <c r="A75" s="173" t="s">
         <v>329</v>
       </c>
       <c r="B75" s="173" t="s">
         <v>330</v>
       </c>
       <c r="C75" s="173" t="s">
         <v>331</v>
       </c>
       <c r="D75" s="169" t="s">
         <v>332</v>
       </c>
       <c r="E75" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F75" s="76"/>
     </row>
-    <row r="76" spans="1:6" ht="90" hidden="1">
+    <row r="76" spans="1:6" ht="90">
       <c r="A76" s="174" t="s">
         <v>333</v>
       </c>
       <c r="B76" s="174" t="s">
         <v>334</v>
       </c>
       <c r="C76" s="174" t="s">
         <v>335</v>
       </c>
       <c r="D76" s="175" t="s">
         <v>336</v>
       </c>
       <c r="E76" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F76" s="76"/>
     </row>
-    <row r="77" spans="1:6" ht="75" hidden="1">
+    <row r="77" spans="1:6" ht="75">
       <c r="A77" s="171" t="s">
         <v>337</v>
       </c>
       <c r="B77" s="171" t="s">
         <v>338</v>
       </c>
       <c r="C77" s="171" t="s">
         <v>339</v>
       </c>
       <c r="D77" s="169" t="s">
         <v>340</v>
       </c>
       <c r="E77" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F77" s="76"/>
     </row>
-    <row r="78" spans="1:6" ht="120" hidden="1">
+    <row r="78" spans="1:6" ht="120">
       <c r="A78" s="172" t="s">
         <v>341</v>
       </c>
       <c r="B78" s="174" t="s">
         <v>342</v>
       </c>
       <c r="C78" s="174" t="s">
         <v>343</v>
       </c>
       <c r="D78" s="175" t="s">
         <v>344</v>
       </c>
       <c r="E78" s="76" t="s">
         <v>180</v>
       </c>
       <c r="F78" s="76" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="79" spans="1:6" ht="75" hidden="1">
+    <row r="79" spans="1:6" ht="75">
       <c r="A79" s="176" t="s">
         <v>346</v>
       </c>
       <c r="B79" s="171" t="s">
         <v>347</v>
       </c>
       <c r="C79" s="171" t="s">
         <v>348</v>
       </c>
       <c r="D79" s="169" t="s">
         <v>349</v>
       </c>
       <c r="E79" s="76" t="s">
         <v>180</v>
       </c>
       <c r="F79" s="76" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="80" spans="1:6" ht="45" hidden="1">
+    <row r="80" spans="1:6" ht="45">
       <c r="A80" s="174" t="s">
         <v>350</v>
       </c>
       <c r="B80" s="174" t="s">
         <v>351</v>
       </c>
       <c r="C80" s="174" t="s">
         <v>352</v>
       </c>
       <c r="D80" s="175" t="s">
         <v>353</v>
       </c>
       <c r="E80" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F80" s="76"/>
     </row>
-    <row r="81" spans="1:6" ht="45" hidden="1">
+    <row r="81" spans="1:6" ht="45">
       <c r="A81" s="171" t="s">
         <v>354</v>
       </c>
       <c r="B81" s="171" t="s">
         <v>355</v>
       </c>
       <c r="C81" s="171" t="s">
         <v>356</v>
       </c>
       <c r="D81" s="169" t="s">
         <v>353</v>
       </c>
       <c r="E81" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F81" s="76"/>
     </row>
-    <row r="82" spans="1:6" ht="45" hidden="1">
+    <row r="82" spans="1:6" ht="45">
       <c r="A82" s="174" t="s">
         <v>357</v>
       </c>
       <c r="B82" s="174" t="s">
         <v>358</v>
       </c>
       <c r="C82" s="174" t="s">
         <v>359</v>
       </c>
       <c r="D82" s="175" t="s">
         <v>353</v>
       </c>
       <c r="E82" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F82" s="76"/>
     </row>
-    <row r="83" spans="1:6" ht="90" hidden="1">
+    <row r="83" spans="1:6" ht="90">
       <c r="A83" s="173" t="s">
         <v>360</v>
       </c>
       <c r="B83" s="173" t="s">
         <v>361</v>
       </c>
       <c r="C83" s="173" t="s">
         <v>362</v>
       </c>
       <c r="D83" s="169" t="s">
         <v>363</v>
       </c>
       <c r="E83" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F83" s="76"/>
     </row>
-    <row r="84" spans="1:6" ht="75" hidden="1">
+    <row r="84" spans="1:6" ht="75">
       <c r="A84" s="174" t="s">
         <v>364</v>
       </c>
       <c r="B84" s="174" t="s">
         <v>365</v>
       </c>
       <c r="C84" s="174" t="s">
         <v>366</v>
       </c>
       <c r="D84" s="175" t="s">
         <v>367</v>
       </c>
       <c r="E84" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F84" s="76"/>
     </row>
-    <row r="85" spans="1:6" ht="105" hidden="1">
+    <row r="85" spans="1:6" ht="105">
       <c r="A85" s="173" t="s">
         <v>368</v>
       </c>
       <c r="B85" s="173" t="s">
         <v>369</v>
       </c>
       <c r="C85" s="173" t="s">
         <v>370</v>
       </c>
       <c r="D85" s="169" t="s">
         <v>371</v>
       </c>
       <c r="E85" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F85" s="76"/>
     </row>
-    <row r="86" spans="1:6" ht="75" hidden="1">
+    <row r="86" spans="1:6" ht="75">
       <c r="A86" s="174" t="s">
         <v>372</v>
       </c>
       <c r="B86" s="174" t="s">
         <v>373</v>
       </c>
       <c r="C86" s="174" t="s">
         <v>374</v>
       </c>
       <c r="D86" s="175" t="s">
         <v>375</v>
       </c>
       <c r="E86" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F86" s="76"/>
     </row>
-    <row r="87" spans="1:6" ht="75" hidden="1">
+    <row r="87" spans="1:6" ht="75">
       <c r="A87" s="173" t="s">
         <v>376</v>
       </c>
       <c r="B87" s="173" t="s">
         <v>377</v>
       </c>
       <c r="C87" s="173" t="s">
         <v>378</v>
       </c>
       <c r="D87" s="169" t="s">
         <v>379</v>
       </c>
       <c r="E87" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F87" s="76"/>
     </row>
-    <row r="88" spans="1:6" ht="75" hidden="1">
+    <row r="88" spans="1:6" ht="75">
       <c r="A88" s="167" t="s">
         <v>380</v>
       </c>
       <c r="B88" s="177" t="s">
         <v>381</v>
       </c>
       <c r="C88" s="177" t="s">
         <v>382</v>
       </c>
       <c r="D88" s="178" t="s">
         <v>383</v>
       </c>
       <c r="E88" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F88" s="76"/>
     </row>
-    <row r="89" spans="1:6" ht="150" hidden="1">
+    <row r="89" spans="1:6" ht="150">
       <c r="A89" s="173" t="s">
         <v>384</v>
       </c>
       <c r="B89" s="173" t="s">
         <v>385</v>
       </c>
       <c r="C89" s="173" t="s">
         <v>386</v>
       </c>
       <c r="D89" s="105" t="s">
         <v>387</v>
       </c>
       <c r="E89" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F89" s="76"/>
     </row>
-    <row r="90" spans="1:6" ht="75" hidden="1">
+    <row r="90" spans="1:6" ht="75">
       <c r="A90" s="174" t="s">
         <v>388</v>
       </c>
       <c r="B90" s="174" t="s">
         <v>389</v>
       </c>
       <c r="C90" s="174" t="s">
         <v>390</v>
       </c>
       <c r="D90" s="175" t="s">
         <v>391</v>
       </c>
       <c r="E90" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F90" s="76"/>
     </row>
-    <row r="91" spans="1:6" s="7" customFormat="1" ht="165" hidden="1">
+    <row r="91" spans="1:6" s="7" customFormat="1" ht="165">
       <c r="A91" s="173" t="s">
         <v>392</v>
       </c>
       <c r="B91" s="173" t="s">
         <v>393</v>
       </c>
       <c r="C91" s="173" t="s">
         <v>394</v>
       </c>
       <c r="D91" s="169" t="s">
         <v>395</v>
       </c>
       <c r="E91" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F91" s="78"/>
     </row>
-    <row r="92" spans="1:6" ht="165" hidden="1">
+    <row r="92" spans="1:6" ht="165">
       <c r="A92" s="174" t="s">
         <v>396</v>
       </c>
       <c r="B92" s="174" t="s">
         <v>393</v>
       </c>
       <c r="C92" s="174" t="s">
         <v>397</v>
       </c>
       <c r="D92" s="175" t="s">
         <v>398</v>
       </c>
       <c r="E92" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F92" s="76"/>
     </row>
-    <row r="93" spans="1:6" s="7" customFormat="1" ht="105" hidden="1">
+    <row r="93" spans="1:6" s="7" customFormat="1" ht="105">
       <c r="A93" s="173" t="s">
         <v>399</v>
       </c>
       <c r="B93" s="173" t="s">
         <v>400</v>
       </c>
       <c r="C93" s="173" t="s">
         <v>401</v>
       </c>
       <c r="D93" s="169" t="s">
         <v>402</v>
       </c>
       <c r="E93" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F93" s="78"/>
     </row>
-    <row r="94" spans="1:6" ht="105" hidden="1">
+    <row r="94" spans="1:6" ht="105">
       <c r="A94" s="174" t="s">
         <v>403</v>
       </c>
       <c r="B94" s="174" t="s">
         <v>404</v>
       </c>
       <c r="C94" s="174" t="s">
         <v>405</v>
       </c>
       <c r="D94" s="175" t="s">
         <v>406</v>
       </c>
       <c r="E94" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F94" s="76"/>
     </row>
-    <row r="95" spans="1:6" s="7" customFormat="1" ht="210" hidden="1">
+    <row r="95" spans="1:6" s="7" customFormat="1" ht="210">
       <c r="A95" s="173" t="s">
         <v>407</v>
       </c>
       <c r="B95" s="173" t="s">
         <v>408</v>
       </c>
       <c r="C95" s="173" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="169" t="s">
         <v>410</v>
       </c>
       <c r="E95" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F95" s="78"/>
     </row>
-    <row r="96" spans="1:6" ht="90" hidden="1">
+    <row r="96" spans="1:6" ht="90">
       <c r="A96" s="174" t="s">
         <v>411</v>
       </c>
       <c r="B96" s="174" t="s">
         <v>412</v>
       </c>
       <c r="C96" s="174" t="s">
         <v>413</v>
       </c>
       <c r="D96" s="175" t="s">
         <v>414</v>
       </c>
       <c r="E96" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F96" s="76"/>
     </row>
-    <row r="97" spans="1:6" s="7" customFormat="1" ht="135" hidden="1">
+    <row r="97" spans="1:6" s="7" customFormat="1" ht="135">
       <c r="A97" s="173" t="s">
         <v>415</v>
       </c>
       <c r="B97" s="173" t="s">
         <v>416</v>
       </c>
       <c r="C97" s="173" t="s">
         <v>417</v>
       </c>
       <c r="D97" s="105" t="s">
         <v>418</v>
       </c>
       <c r="E97" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F97" s="78"/>
     </row>
-    <row r="98" spans="1:6" ht="150" hidden="1">
+    <row r="98" spans="1:6" ht="150">
       <c r="A98" s="174" t="s">
         <v>419</v>
       </c>
       <c r="B98" s="174" t="s">
         <v>420</v>
       </c>
       <c r="C98" s="174" t="s">
         <v>421</v>
       </c>
       <c r="D98" s="104" t="s">
         <v>422</v>
       </c>
       <c r="E98" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F98" s="76"/>
     </row>
-    <row r="99" spans="1:6" s="7" customFormat="1" ht="120" hidden="1">
+    <row r="99" spans="1:6" s="7" customFormat="1" ht="120">
       <c r="A99" s="173" t="s">
         <v>423</v>
       </c>
       <c r="B99" s="173" t="s">
         <v>424</v>
       </c>
       <c r="C99" s="173" t="s">
         <v>425</v>
       </c>
       <c r="D99" s="169" t="s">
         <v>426</v>
       </c>
       <c r="E99" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F99" s="78"/>
     </row>
-    <row r="100" spans="1:6" ht="60" hidden="1">
+    <row r="100" spans="1:6" ht="60">
       <c r="A100" s="174" t="s">
         <v>427</v>
       </c>
       <c r="B100" s="174" t="s">
         <v>428</v>
       </c>
       <c r="C100" s="174" t="s">
         <v>429</v>
       </c>
       <c r="D100" s="175" t="s">
         <v>430</v>
       </c>
       <c r="E100" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F100" s="76"/>
     </row>
-    <row r="101" spans="1:6" s="7" customFormat="1" ht="75" hidden="1">
+    <row r="101" spans="1:6" s="7" customFormat="1" ht="75">
       <c r="A101" s="173" t="s">
         <v>431</v>
       </c>
       <c r="B101" s="173" t="s">
         <v>432</v>
       </c>
       <c r="C101" s="173" t="s">
         <v>433</v>
       </c>
       <c r="D101" s="169" t="s">
         <v>434</v>
       </c>
       <c r="E101" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F101" s="78"/>
     </row>
-    <row r="102" spans="1:6" ht="120" hidden="1">
+    <row r="102" spans="1:6" ht="120">
       <c r="A102" s="174" t="s">
         <v>435</v>
       </c>
       <c r="B102" s="174" t="s">
         <v>342</v>
       </c>
       <c r="C102" s="174" t="s">
         <v>343</v>
       </c>
       <c r="D102" s="175" t="s">
         <v>436</v>
       </c>
       <c r="E102" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F102" s="76"/>
     </row>
-    <row r="103" spans="1:6" s="7" customFormat="1" ht="75" hidden="1">
+    <row r="103" spans="1:6" s="7" customFormat="1" ht="75">
       <c r="A103" s="173" t="s">
         <v>437</v>
       </c>
       <c r="B103" s="173" t="s">
         <v>438</v>
       </c>
       <c r="C103" s="173" t="s">
         <v>439</v>
       </c>
       <c r="D103" s="169" t="s">
         <v>440</v>
       </c>
       <c r="E103" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F103" s="78"/>
     </row>
-    <row r="104" spans="1:6" ht="116.65" hidden="1" customHeight="1">
+    <row r="104" spans="1:6" ht="116.65" customHeight="1">
       <c r="A104" s="174" t="s">
         <v>441</v>
       </c>
       <c r="B104" s="167" t="s">
         <v>442</v>
       </c>
       <c r="C104" s="167" t="s">
         <v>443</v>
       </c>
       <c r="D104" s="168" t="s">
         <v>444</v>
       </c>
       <c r="E104" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F104" s="76"/>
     </row>
-    <row r="105" spans="1:6" s="7" customFormat="1" ht="60" hidden="1">
+    <row r="105" spans="1:6" s="7" customFormat="1" ht="60">
       <c r="A105" s="173" t="s">
         <v>445</v>
       </c>
       <c r="B105" s="173" t="s">
         <v>75</v>
       </c>
       <c r="C105" s="173" t="s">
         <v>446</v>
       </c>
       <c r="D105" s="169" t="s">
         <v>447</v>
       </c>
       <c r="E105" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F105" s="78"/>
     </row>
-    <row r="106" spans="1:6" ht="60" hidden="1">
+    <row r="106" spans="1:6" ht="60">
       <c r="A106" s="174" t="s">
         <v>448</v>
       </c>
       <c r="B106" s="174" t="s">
         <v>80</v>
       </c>
       <c r="C106" s="174" t="s">
         <v>449</v>
       </c>
       <c r="D106" s="175" t="s">
         <v>450</v>
       </c>
       <c r="E106" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F106" s="76"/>
     </row>
-    <row r="107" spans="1:6" ht="75" hidden="1">
+    <row r="107" spans="1:6" ht="75">
       <c r="A107" s="173" t="s">
         <v>451</v>
       </c>
       <c r="B107" s="173" t="s">
         <v>452</v>
       </c>
       <c r="C107" s="173" t="s">
         <v>453</v>
       </c>
       <c r="D107" s="169" t="s">
         <v>454</v>
       </c>
       <c r="E107" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F107" s="76"/>
     </row>
-    <row r="108" spans="1:6" s="7" customFormat="1" ht="30" hidden="1">
+    <row r="108" spans="1:6" s="7" customFormat="1" ht="30">
       <c r="A108" s="174" t="s">
         <v>455</v>
       </c>
       <c r="B108" s="174" t="s">
         <v>456</v>
       </c>
       <c r="C108" s="174" t="s">
         <v>457</v>
       </c>
       <c r="D108" s="175" t="s">
         <v>458</v>
       </c>
       <c r="E108" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F108" s="78"/>
     </row>
-    <row r="109" spans="1:6" ht="105" hidden="1">
+    <row r="109" spans="1:6" ht="105">
       <c r="A109" s="173" t="s">
         <v>459</v>
       </c>
       <c r="B109" s="173" t="s">
         <v>460</v>
       </c>
       <c r="C109" s="173" t="s">
         <v>461</v>
       </c>
       <c r="D109" s="169" t="s">
         <v>462</v>
       </c>
       <c r="E109" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F109" s="76"/>
     </row>
-    <row r="110" spans="1:6" ht="90" hidden="1">
+    <row r="110" spans="1:6" ht="90">
       <c r="A110" s="174" t="s">
         <v>463</v>
       </c>
       <c r="B110" s="174" t="s">
         <v>464</v>
       </c>
       <c r="C110" s="174" t="s">
         <v>465</v>
       </c>
       <c r="D110" s="175" t="s">
         <v>466</v>
       </c>
       <c r="E110" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F110" s="76"/>
     </row>
-    <row r="111" spans="1:6" s="9" customFormat="1" ht="75" hidden="1">
+    <row r="111" spans="1:6" s="9" customFormat="1" ht="75">
       <c r="A111" s="173" t="s">
         <v>467</v>
       </c>
       <c r="B111" s="173" t="s">
         <v>468</v>
       </c>
       <c r="C111" s="173" t="s">
         <v>469</v>
       </c>
       <c r="D111" s="169" t="s">
         <v>470</v>
       </c>
       <c r="E111" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F111" s="119"/>
     </row>
-    <row r="112" spans="1:6" customFormat="1" ht="75" hidden="1">
+    <row r="112" spans="1:6" customFormat="1" ht="75">
       <c r="A112" s="174" t="s">
         <v>471</v>
       </c>
       <c r="B112" s="174" t="s">
         <v>472</v>
       </c>
       <c r="C112" s="174" t="s">
         <v>473</v>
       </c>
       <c r="D112" s="175" t="s">
         <v>474</v>
       </c>
       <c r="E112" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F112" s="120"/>
     </row>
-    <row r="113" spans="1:6" s="9" customFormat="1" ht="150" hidden="1">
+    <row r="113" spans="1:6" s="9" customFormat="1" ht="150">
       <c r="A113" s="173" t="s">
         <v>475</v>
       </c>
       <c r="B113" s="173" t="s">
         <v>140</v>
       </c>
       <c r="C113" s="173" t="s">
         <v>476</v>
       </c>
       <c r="D113" s="105" t="s">
         <v>477</v>
       </c>
       <c r="E113" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F113" s="119"/>
     </row>
-    <row r="114" spans="1:6" ht="90" hidden="1">
+    <row r="114" spans="1:6" ht="90">
       <c r="A114" s="174" t="s">
         <v>478</v>
       </c>
       <c r="B114" s="174" t="s">
         <v>479</v>
       </c>
       <c r="C114" s="174" t="s">
         <v>480</v>
       </c>
       <c r="D114" s="175" t="s">
         <v>481</v>
       </c>
       <c r="E114" s="76" t="s">
         <v>47</v>
       </c>
       <c r="F114" s="76"/>
     </row>
-    <row r="115" spans="1:6" ht="73.150000000000006" hidden="1" customHeight="1">
+    <row r="115" spans="1:6" ht="73.150000000000006" customHeight="1">
       <c r="A115" s="172" t="s">
         <v>482</v>
       </c>
       <c r="B115" s="173" t="s">
         <v>483</v>
       </c>
       <c r="C115" s="173" t="s">
         <v>484</v>
       </c>
       <c r="D115" s="169" t="s">
         <v>485</v>
       </c>
       <c r="E115" s="62" t="s">
         <v>180</v>
       </c>
       <c r="F115" s="76" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="116" spans="1:6" s="7" customFormat="1" ht="180" hidden="1">
+    <row r="116" spans="1:6" s="7" customFormat="1" ht="180">
       <c r="A116" s="167" t="s">
         <v>486</v>
       </c>
       <c r="B116" s="167" t="s">
         <v>115</v>
       </c>
       <c r="C116" s="167" t="s">
         <v>487</v>
       </c>
       <c r="D116" s="175" t="s">
         <v>488</v>
       </c>
       <c r="E116" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F116" s="78"/>
     </row>
-    <row r="117" spans="1:6" ht="135" hidden="1">
+    <row r="117" spans="1:6" ht="135">
       <c r="A117" s="165" t="s">
         <v>489</v>
       </c>
       <c r="B117" s="165" t="s">
         <v>115</v>
       </c>
       <c r="C117" s="165" t="s">
         <v>490</v>
       </c>
       <c r="D117" s="166" t="s">
         <v>491</v>
       </c>
       <c r="E117" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F117" s="76"/>
     </row>
-    <row r="118" spans="1:6" s="7" customFormat="1" ht="105" hidden="1">
+    <row r="118" spans="1:6" s="7" customFormat="1" ht="105">
       <c r="A118" s="167" t="s">
         <v>492</v>
       </c>
       <c r="B118" s="167" t="s">
         <v>442</v>
       </c>
       <c r="C118" s="49" t="s">
         <v>493</v>
       </c>
       <c r="D118" s="168" t="s">
         <v>494</v>
       </c>
       <c r="E118" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F118" s="78"/>
     </row>
-    <row r="119" spans="1:6" s="7" customFormat="1" ht="90" hidden="1">
+    <row r="119" spans="1:6" s="7" customFormat="1" ht="90">
       <c r="A119" s="165" t="s">
         <v>495</v>
       </c>
       <c r="B119" s="165" t="s">
         <v>496</v>
       </c>
       <c r="C119" s="165" t="s">
         <v>497</v>
       </c>
       <c r="D119" s="166" t="s">
         <v>498</v>
       </c>
       <c r="E119" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F119" s="78"/>
     </row>
-    <row r="120" spans="1:6" s="7" customFormat="1" ht="45" hidden="1">
+    <row r="120" spans="1:6" s="7" customFormat="1" ht="45">
       <c r="A120" s="38" t="s">
         <v>499</v>
       </c>
       <c r="B120" s="179" t="s">
         <v>500</v>
       </c>
       <c r="C120" s="174" t="s">
         <v>501</v>
       </c>
       <c r="D120" s="180" t="s">
         <v>502</v>
       </c>
       <c r="E120" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F120" s="78"/>
     </row>
-    <row r="121" spans="1:6" s="7" customFormat="1" ht="45" hidden="1">
+    <row r="121" spans="1:6" s="7" customFormat="1" ht="45">
       <c r="A121" s="79" t="s">
         <v>503</v>
       </c>
       <c r="B121" s="181" t="s">
         <v>504</v>
       </c>
       <c r="C121" s="173" t="s">
         <v>505</v>
       </c>
       <c r="D121" s="182" t="s">
         <v>502</v>
       </c>
       <c r="E121" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F121" s="78"/>
     </row>
-    <row r="122" spans="1:6" s="7" customFormat="1" ht="45" hidden="1">
+    <row r="122" spans="1:6" s="7" customFormat="1" ht="45">
       <c r="A122" s="38" t="s">
         <v>506</v>
       </c>
       <c r="B122" s="183" t="s">
         <v>70</v>
       </c>
       <c r="C122" s="167" t="s">
         <v>507</v>
       </c>
       <c r="D122" s="184" t="s">
         <v>508</v>
       </c>
       <c r="E122" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F122" s="78"/>
     </row>
-    <row r="123" spans="1:6" s="7" customFormat="1" ht="120" hidden="1">
+    <row r="123" spans="1:6" s="7" customFormat="1" ht="120">
       <c r="A123" s="165" t="s">
         <v>509</v>
       </c>
       <c r="B123" s="165" t="s">
         <v>510</v>
       </c>
       <c r="C123" s="165" t="s">
         <v>511</v>
       </c>
       <c r="D123" s="166" t="s">
         <v>512</v>
       </c>
       <c r="E123" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F123" s="78"/>
     </row>
-    <row r="124" spans="1:6" s="7" customFormat="1" ht="120" hidden="1">
+    <row r="124" spans="1:6" s="7" customFormat="1" ht="120">
       <c r="A124" s="42" t="s">
         <v>513</v>
       </c>
       <c r="B124" s="183" t="s">
         <v>218</v>
       </c>
       <c r="C124" s="167" t="s">
         <v>514</v>
       </c>
       <c r="D124" s="185" t="s">
         <v>512</v>
       </c>
       <c r="E124" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F124" s="78"/>
     </row>
-    <row r="125" spans="1:6" s="7" customFormat="1" ht="90" hidden="1">
+    <row r="125" spans="1:6" s="7" customFormat="1" ht="90">
       <c r="A125" s="79" t="s">
         <v>515</v>
       </c>
       <c r="B125" s="181" t="s">
         <v>516</v>
       </c>
       <c r="C125" s="173" t="s">
         <v>517</v>
       </c>
       <c r="D125" s="169" t="s">
         <v>518</v>
       </c>
       <c r="E125" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F125" s="78"/>
     </row>
-    <row r="126" spans="1:6" s="7" customFormat="1" ht="75" hidden="1">
+    <row r="126" spans="1:6" s="7" customFormat="1" ht="75">
       <c r="A126" s="122" t="s">
         <v>519</v>
       </c>
       <c r="B126" s="183" t="s">
         <v>520</v>
       </c>
       <c r="C126" s="167" t="s">
         <v>521</v>
       </c>
       <c r="D126" s="184" t="s">
         <v>522</v>
       </c>
       <c r="E126" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F126" s="78"/>
     </row>
-    <row r="127" spans="1:6" s="7" customFormat="1" ht="45" hidden="1">
+    <row r="127" spans="1:6" s="7" customFormat="1" ht="45">
       <c r="A127" s="79" t="s">
         <v>523</v>
       </c>
       <c r="B127" s="181" t="s">
         <v>524</v>
       </c>
       <c r="C127" s="173" t="s">
         <v>525</v>
       </c>
       <c r="D127" s="182" t="s">
         <v>526</v>
       </c>
       <c r="E127" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F127" s="78"/>
     </row>
-    <row r="128" spans="1:6" s="7" customFormat="1" ht="45" hidden="1">
+    <row r="128" spans="1:6" s="7" customFormat="1" ht="45">
       <c r="A128" s="42" t="s">
         <v>527</v>
       </c>
       <c r="B128" s="183" t="s">
         <v>528</v>
       </c>
       <c r="C128" s="167" t="s">
         <v>529</v>
       </c>
       <c r="D128" s="184" t="s">
         <v>530</v>
       </c>
       <c r="E128" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F128" s="78"/>
     </row>
-    <row r="129" spans="1:6" s="7" customFormat="1" ht="150" hidden="1">
+    <row r="129" spans="1:6" s="7" customFormat="1" ht="150">
       <c r="A129" s="38" t="s">
         <v>531</v>
       </c>
       <c r="B129" s="179" t="s">
         <v>532</v>
       </c>
       <c r="C129" s="174" t="s">
         <v>533</v>
       </c>
       <c r="D129" s="180" t="s">
         <v>534</v>
       </c>
       <c r="E129" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F129" s="78"/>
     </row>
-    <row r="130" spans="1:6" s="7" customFormat="1" ht="150" hidden="1">
+    <row r="130" spans="1:6" s="7" customFormat="1" ht="150">
       <c r="A130" s="38" t="s">
         <v>535</v>
       </c>
       <c r="B130" s="179" t="s">
         <v>536</v>
       </c>
       <c r="C130" s="174" t="s">
         <v>537</v>
       </c>
       <c r="D130" s="180" t="s">
         <v>538</v>
       </c>
       <c r="E130" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F130" s="78"/>
     </row>
-    <row r="131" spans="1:6" ht="60" hidden="1">
+    <row r="131" spans="1:6" ht="60">
       <c r="A131" s="38" t="s">
         <v>539</v>
       </c>
       <c r="B131" s="179" t="s">
         <v>540</v>
       </c>
       <c r="C131" s="174" t="s">
         <v>541</v>
       </c>
       <c r="D131" s="180" t="s">
         <v>542</v>
       </c>
       <c r="E131" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F131" s="76"/>
     </row>
-    <row r="132" spans="1:6" ht="60" hidden="1">
+    <row r="132" spans="1:6" ht="60">
       <c r="A132" s="38" t="s">
         <v>543</v>
       </c>
       <c r="B132" s="179" t="s">
         <v>544</v>
       </c>
       <c r="C132" s="174" t="s">
         <v>545</v>
       </c>
       <c r="D132" s="180" t="s">
         <v>546</v>
       </c>
       <c r="E132" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F132" s="76"/>
     </row>
-    <row r="133" spans="1:6" ht="165" hidden="1">
+    <row r="133" spans="1:6" ht="165">
       <c r="A133" s="79" t="s">
         <v>547</v>
       </c>
       <c r="B133" s="181" t="s">
         <v>548</v>
       </c>
       <c r="C133" s="173" t="s">
         <v>549</v>
       </c>
       <c r="D133" s="106" t="s">
         <v>550</v>
       </c>
       <c r="E133" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F133" s="76"/>
     </row>
-    <row r="134" spans="1:6" ht="165" hidden="1">
+    <row r="134" spans="1:6" ht="165">
       <c r="A134" s="38" t="s">
         <v>551</v>
       </c>
       <c r="B134" s="179" t="s">
         <v>140</v>
       </c>
       <c r="C134" s="174" t="s">
         <v>552</v>
       </c>
       <c r="D134" s="107" t="s">
         <v>553</v>
       </c>
       <c r="E134" s="78" t="s">
         <v>47</v>
       </c>
       <c r="F134" s="76"/>
     </row>
     <row r="135" spans="1:6" s="7" customFormat="1" ht="18.75">
       <c r="A135" s="236" t="s">
         <v>554</v>
       </c>
       <c r="B135" s="237"/>
       <c r="C135" s="237"/>
       <c r="D135" s="238"/>
       <c r="E135" s="78"/>
@@ -18231,759 +18252,759 @@
       <c r="A264" s="225" t="s">
         <v>967</v>
       </c>
       <c r="B264" s="226"/>
       <c r="C264" s="226"/>
       <c r="D264" s="227"/>
       <c r="E264" s="62"/>
       <c r="F264" s="62"/>
     </row>
     <row r="265" spans="1:6" s="8" customFormat="1" ht="15.75">
       <c r="A265" s="83" t="s">
         <v>30</v>
       </c>
       <c r="B265" s="83" t="s">
         <v>31</v>
       </c>
       <c r="C265" s="83" t="s">
         <v>32</v>
       </c>
       <c r="D265" s="111" t="s">
         <v>42</v>
       </c>
       <c r="E265" s="84"/>
       <c r="F265" s="84"/>
     </row>
-    <row r="266" spans="1:6" s="8" customFormat="1" ht="45" hidden="1">
+    <row r="266" spans="1:6" s="8" customFormat="1" ht="45">
       <c r="A266" s="193" t="s">
         <v>968</v>
       </c>
       <c r="B266" s="85" t="s">
         <v>969</v>
       </c>
       <c r="C266" s="85" t="s">
         <v>970</v>
       </c>
       <c r="D266" s="194" t="s">
         <v>891</v>
       </c>
       <c r="E266" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F266" s="84"/>
     </row>
-    <row r="267" spans="1:6" s="8" customFormat="1" ht="30" hidden="1">
+    <row r="267" spans="1:6" s="8" customFormat="1" ht="30">
       <c r="A267" s="195" t="s">
         <v>971</v>
       </c>
       <c r="B267" s="196" t="s">
         <v>210</v>
       </c>
       <c r="C267" s="51" t="s">
         <v>972</v>
       </c>
       <c r="D267" s="197" t="s">
         <v>564</v>
       </c>
       <c r="E267" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F267" s="84"/>
     </row>
-    <row r="268" spans="1:6" s="2" customFormat="1" ht="30" hidden="1">
+    <row r="268" spans="1:6" s="2" customFormat="1" ht="30">
       <c r="A268" s="193" t="s">
         <v>973</v>
       </c>
       <c r="B268" s="85" t="s">
         <v>214</v>
       </c>
       <c r="C268" s="85" t="s">
         <v>974</v>
       </c>
       <c r="D268" s="194" t="s">
         <v>567</v>
       </c>
       <c r="E268" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F268" s="62"/>
     </row>
-    <row r="269" spans="1:6" s="2" customFormat="1" ht="105" hidden="1">
+    <row r="269" spans="1:6" s="2" customFormat="1" ht="105">
       <c r="A269" s="195" t="s">
         <v>975</v>
       </c>
       <c r="B269" s="196" t="s">
         <v>218</v>
       </c>
       <c r="C269" s="51" t="s">
         <v>976</v>
       </c>
       <c r="D269" s="197" t="s">
         <v>977</v>
       </c>
       <c r="E269" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F269" s="62"/>
     </row>
-    <row r="270" spans="1:6" s="2" customFormat="1" ht="75" hidden="1">
+    <row r="270" spans="1:6" s="2" customFormat="1" ht="75">
       <c r="A270" s="193" t="s">
         <v>978</v>
       </c>
       <c r="B270" s="85" t="s">
         <v>226</v>
       </c>
       <c r="C270" s="85" t="s">
         <v>979</v>
       </c>
       <c r="D270" s="194" t="s">
         <v>980</v>
       </c>
       <c r="E270" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F270" s="62"/>
     </row>
-    <row r="271" spans="1:6" s="8" customFormat="1" ht="90" hidden="1">
+    <row r="271" spans="1:6" s="8" customFormat="1" ht="90">
       <c r="A271" s="195" t="s">
         <v>981</v>
       </c>
       <c r="B271" s="196" t="s">
         <v>246</v>
       </c>
       <c r="C271" s="51" t="s">
         <v>982</v>
       </c>
       <c r="D271" s="197" t="s">
         <v>983</v>
       </c>
       <c r="E271" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F271" s="84"/>
     </row>
-    <row r="272" spans="1:6" s="2" customFormat="1" ht="75" hidden="1">
+    <row r="272" spans="1:6" s="2" customFormat="1" ht="75">
       <c r="A272" s="193" t="s">
         <v>984</v>
       </c>
       <c r="B272" s="198" t="s">
         <v>250</v>
       </c>
       <c r="C272" s="198" t="s">
         <v>985</v>
       </c>
       <c r="D272" s="194" t="s">
         <v>986</v>
       </c>
       <c r="E272" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F272" s="62"/>
     </row>
     <row r="273" spans="1:6" s="2" customFormat="1" ht="150">
       <c r="A273" s="195" t="s">
         <v>987</v>
       </c>
       <c r="B273" s="196" t="s">
         <v>262</v>
       </c>
       <c r="C273" s="196" t="s">
         <v>988</v>
       </c>
       <c r="D273" s="112" t="s">
         <v>989</v>
       </c>
       <c r="E273" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F273" s="62"/>
     </row>
-    <row r="274" spans="1:6" s="8" customFormat="1" ht="75" hidden="1">
+    <row r="274" spans="1:6" s="8" customFormat="1" ht="75">
       <c r="A274" s="193" t="s">
         <v>990</v>
       </c>
       <c r="B274" s="85" t="s">
         <v>807</v>
       </c>
       <c r="C274" s="85" t="s">
         <v>991</v>
       </c>
       <c r="D274" s="113" t="s">
         <v>992</v>
       </c>
       <c r="E274" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F274" s="84"/>
     </row>
-    <row r="275" spans="1:6" s="2" customFormat="1" ht="75" hidden="1">
+    <row r="275" spans="1:6" s="2" customFormat="1" ht="75">
       <c r="A275" s="195" t="s">
         <v>993</v>
       </c>
       <c r="B275" s="196" t="s">
         <v>994</v>
       </c>
       <c r="C275" s="196" t="s">
         <v>995</v>
       </c>
       <c r="D275" s="197" t="s">
         <v>996</v>
       </c>
       <c r="E275" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F275" s="62"/>
     </row>
-    <row r="276" spans="1:6" s="8" customFormat="1" ht="150" hidden="1">
+    <row r="276" spans="1:6" s="8" customFormat="1" ht="150">
       <c r="A276" s="193" t="s">
         <v>997</v>
       </c>
       <c r="B276" s="198" t="s">
         <v>270</v>
       </c>
       <c r="C276" s="198" t="s">
         <v>998</v>
       </c>
       <c r="D276" s="194" t="s">
         <v>999</v>
       </c>
       <c r="E276" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F276" s="84"/>
     </row>
-    <row r="277" spans="1:6" s="2" customFormat="1" ht="165" hidden="1">
+    <row r="277" spans="1:6" s="2" customFormat="1" ht="165">
       <c r="A277" s="199" t="s">
         <v>1000</v>
       </c>
       <c r="B277" s="196" t="s">
         <v>270</v>
       </c>
       <c r="C277" s="196" t="s">
         <v>1001</v>
       </c>
       <c r="D277" s="197" t="s">
         <v>1002</v>
       </c>
       <c r="E277" s="62" t="s">
         <v>180</v>
       </c>
       <c r="F277" s="81" t="s">
         <v>558</v>
       </c>
     </row>
-    <row r="278" spans="1:6" s="8" customFormat="1" ht="270" hidden="1">
+    <row r="278" spans="1:6" s="8" customFormat="1" ht="270">
       <c r="A278" s="193" t="s">
         <v>1003</v>
       </c>
       <c r="B278" s="85" t="s">
         <v>277</v>
       </c>
       <c r="C278" s="85" t="s">
         <v>1004</v>
       </c>
       <c r="D278" s="113" t="s">
         <v>1005</v>
       </c>
       <c r="E278" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F278" s="84"/>
     </row>
-    <row r="279" spans="1:6" s="8" customFormat="1" ht="60" hidden="1">
+    <row r="279" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A279" s="195" t="s">
         <v>1006</v>
       </c>
       <c r="B279" s="196" t="s">
         <v>290</v>
       </c>
       <c r="C279" s="51" t="s">
         <v>1007</v>
       </c>
       <c r="D279" s="197" t="s">
         <v>1008</v>
       </c>
       <c r="E279" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F279" s="84"/>
     </row>
-    <row r="280" spans="1:6" s="8" customFormat="1" ht="60" hidden="1">
+    <row r="280" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A280" s="193" t="s">
         <v>1009</v>
       </c>
       <c r="B280" s="198" t="s">
         <v>633</v>
       </c>
       <c r="C280" s="198" t="s">
         <v>1010</v>
       </c>
       <c r="D280" s="194" t="s">
         <v>1011</v>
       </c>
       <c r="E280" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F280" s="84"/>
     </row>
-    <row r="281" spans="1:6" s="8" customFormat="1" ht="75" hidden="1">
+    <row r="281" spans="1:6" s="8" customFormat="1" ht="75">
       <c r="A281" s="195" t="s">
         <v>1012</v>
       </c>
       <c r="B281" s="196" t="s">
         <v>298</v>
       </c>
       <c r="C281" s="51" t="s">
         <v>1013</v>
       </c>
       <c r="D281" s="197" t="s">
         <v>1014</v>
       </c>
       <c r="E281" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F281" s="84"/>
     </row>
-    <row r="282" spans="1:6" s="8" customFormat="1" ht="75" hidden="1">
+    <row r="282" spans="1:6" s="8" customFormat="1" ht="75">
       <c r="A282" s="193" t="s">
         <v>1015</v>
       </c>
       <c r="B282" s="85" t="s">
         <v>302</v>
       </c>
       <c r="C282" s="85" t="s">
         <v>1016</v>
       </c>
       <c r="D282" s="194" t="s">
         <v>1017</v>
       </c>
       <c r="E282" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F282" s="84"/>
     </row>
-    <row r="283" spans="1:6" s="8" customFormat="1" ht="120" hidden="1">
+    <row r="283" spans="1:6" s="8" customFormat="1" ht="120">
       <c r="A283" s="195" t="s">
         <v>1018</v>
       </c>
       <c r="B283" s="196" t="s">
         <v>306</v>
       </c>
       <c r="C283" s="51" t="s">
         <v>1019</v>
       </c>
       <c r="D283" s="197" t="s">
         <v>1020</v>
       </c>
       <c r="E283" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F283" s="84"/>
     </row>
-    <row r="284" spans="1:6" s="8" customFormat="1" ht="330" hidden="1">
+    <row r="284" spans="1:6" s="8" customFormat="1" ht="330">
       <c r="A284" s="193" t="s">
         <v>1021</v>
       </c>
       <c r="B284" s="85" t="s">
         <v>310</v>
       </c>
       <c r="C284" s="85" t="s">
         <v>1022</v>
       </c>
       <c r="D284" s="168" t="s">
         <v>1023</v>
       </c>
       <c r="E284" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F284" s="84"/>
     </row>
-    <row r="285" spans="1:6" s="8" customFormat="1" ht="60" hidden="1">
+    <row r="285" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A285" s="195" t="s">
         <v>1024</v>
       </c>
       <c r="B285" s="196" t="s">
         <v>318</v>
       </c>
       <c r="C285" s="51" t="s">
         <v>1025</v>
       </c>
       <c r="D285" s="197" t="s">
         <v>1026</v>
       </c>
       <c r="E285" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F285" s="84"/>
     </row>
-    <row r="286" spans="1:6" s="8" customFormat="1" ht="30" hidden="1">
+    <row r="286" spans="1:6" s="8" customFormat="1" ht="30">
       <c r="A286" s="193" t="s">
         <v>1027</v>
       </c>
       <c r="B286" s="85" t="s">
         <v>326</v>
       </c>
       <c r="C286" s="85" t="s">
         <v>1028</v>
       </c>
       <c r="D286" s="194" t="s">
         <v>659</v>
       </c>
       <c r="E286" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F286" s="84"/>
     </row>
-    <row r="287" spans="1:6" s="8" customFormat="1" ht="105" hidden="1">
+    <row r="287" spans="1:6" s="8" customFormat="1" ht="105">
       <c r="A287" s="195" t="s">
         <v>1029</v>
       </c>
       <c r="B287" s="196" t="s">
         <v>330</v>
       </c>
       <c r="C287" s="51" t="s">
         <v>1030</v>
       </c>
       <c r="D287" s="197" t="s">
         <v>1031</v>
       </c>
       <c r="E287" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F287" s="84"/>
     </row>
-    <row r="288" spans="1:6" s="2" customFormat="1" ht="30" hidden="1">
+    <row r="288" spans="1:6" s="2" customFormat="1" ht="30">
       <c r="A288" s="193" t="s">
         <v>1032</v>
       </c>
       <c r="B288" s="85" t="s">
         <v>827</v>
       </c>
       <c r="C288" s="85" t="s">
         <v>1033</v>
       </c>
       <c r="D288" s="194" t="s">
         <v>829</v>
       </c>
       <c r="E288" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F288" s="62"/>
     </row>
-    <row r="289" spans="1:6" s="8" customFormat="1" ht="60" hidden="1">
+    <row r="289" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A289" s="195" t="s">
         <v>1034</v>
       </c>
       <c r="B289" s="196" t="s">
         <v>1035</v>
       </c>
       <c r="C289" s="51" t="s">
         <v>1036</v>
       </c>
       <c r="D289" s="197" t="s">
         <v>1037</v>
       </c>
       <c r="E289" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F289" s="84"/>
     </row>
-    <row r="290" spans="1:6" s="2" customFormat="1" ht="45" hidden="1">
+    <row r="290" spans="1:6" s="2" customFormat="1" ht="45">
       <c r="A290" s="193" t="s">
         <v>1038</v>
       </c>
       <c r="B290" s="85" t="s">
         <v>667</v>
       </c>
       <c r="C290" s="85" t="s">
         <v>1039</v>
       </c>
       <c r="D290" s="194" t="s">
         <v>1040</v>
       </c>
       <c r="E290" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F290" s="62"/>
     </row>
-    <row r="291" spans="1:6" s="8" customFormat="1" ht="105" hidden="1">
+    <row r="291" spans="1:6" s="8" customFormat="1" ht="105">
       <c r="A291" s="199" t="s">
         <v>1041</v>
       </c>
       <c r="B291" s="196" t="s">
         <v>342</v>
       </c>
       <c r="C291" s="51" t="s">
         <v>1042</v>
       </c>
       <c r="D291" s="197" t="s">
         <v>1043</v>
       </c>
       <c r="E291" s="84" t="s">
         <v>180</v>
       </c>
       <c r="F291" s="123" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="292" spans="1:6" s="2" customFormat="1" ht="60" hidden="1">
+    <row r="292" spans="1:6" s="2" customFormat="1" ht="60">
       <c r="A292" s="193" t="s">
         <v>1044</v>
       </c>
       <c r="B292" s="85" t="s">
         <v>667</v>
       </c>
       <c r="C292" s="85" t="s">
         <v>1045</v>
       </c>
       <c r="D292" s="194" t="s">
         <v>1046</v>
       </c>
       <c r="E292" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F292" s="62"/>
     </row>
-    <row r="293" spans="1:6" s="8" customFormat="1" ht="60" hidden="1">
+    <row r="293" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A293" s="195" t="s">
         <v>1047</v>
       </c>
       <c r="B293" s="196" t="s">
         <v>365</v>
       </c>
       <c r="C293" s="51" t="s">
         <v>1048</v>
       </c>
       <c r="D293" s="197" t="s">
         <v>690</v>
       </c>
       <c r="E293" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F293" s="84"/>
     </row>
-    <row r="294" spans="1:6" s="2" customFormat="1" ht="45" hidden="1">
+    <row r="294" spans="1:6" s="2" customFormat="1" ht="45">
       <c r="A294" s="193" t="s">
         <v>1049</v>
       </c>
       <c r="B294" s="85" t="s">
         <v>373</v>
       </c>
       <c r="C294" s="85" t="s">
         <v>1050</v>
       </c>
       <c r="D294" s="194" t="s">
         <v>1051</v>
       </c>
       <c r="E294" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F294" s="62"/>
     </row>
-    <row r="295" spans="1:6" s="8" customFormat="1" ht="150" hidden="1">
+    <row r="295" spans="1:6" s="8" customFormat="1" ht="150">
       <c r="A295" s="195" t="s">
         <v>1052</v>
       </c>
       <c r="B295" s="196" t="s">
         <v>385</v>
       </c>
       <c r="C295" s="51" t="s">
         <v>1053</v>
       </c>
       <c r="D295" s="112" t="s">
         <v>1054</v>
       </c>
       <c r="E295" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F295" s="84"/>
     </row>
-    <row r="296" spans="1:6" s="2" customFormat="1" ht="45" hidden="1">
+    <row r="296" spans="1:6" s="2" customFormat="1" ht="45">
       <c r="A296" s="193" t="s">
         <v>1055</v>
       </c>
       <c r="B296" s="85" t="s">
         <v>1056</v>
       </c>
       <c r="C296" s="85" t="s">
         <v>1057</v>
       </c>
       <c r="D296" s="113" t="s">
         <v>1058</v>
       </c>
       <c r="E296" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F296" s="62"/>
     </row>
-    <row r="297" spans="1:6" s="8" customFormat="1" ht="105" hidden="1">
+    <row r="297" spans="1:6" s="8" customFormat="1" ht="105">
       <c r="A297" s="195" t="s">
         <v>1059</v>
       </c>
       <c r="B297" s="196" t="s">
         <v>393</v>
       </c>
       <c r="C297" s="51" t="s">
         <v>1060</v>
       </c>
       <c r="D297" s="112" t="s">
         <v>1061</v>
       </c>
       <c r="E297" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F297" s="84"/>
     </row>
-    <row r="298" spans="1:6" s="2" customFormat="1" ht="86.65" hidden="1" customHeight="1">
+    <row r="298" spans="1:6" s="2" customFormat="1" ht="86.65" customHeight="1">
       <c r="A298" s="200" t="s">
         <v>1062</v>
       </c>
       <c r="B298" s="85" t="s">
         <v>393</v>
       </c>
       <c r="C298" s="85" t="s">
         <v>1063</v>
       </c>
       <c r="D298" s="113" t="s">
         <v>1064</v>
       </c>
       <c r="E298" s="62" t="s">
         <v>180</v>
       </c>
       <c r="F298" s="59" t="s">
         <v>558</v>
       </c>
     </row>
-    <row r="299" spans="1:6" s="8" customFormat="1" ht="45" hidden="1">
+    <row r="299" spans="1:6" s="8" customFormat="1" ht="45">
       <c r="A299" s="195" t="s">
         <v>1065</v>
       </c>
       <c r="B299" s="196" t="s">
         <v>1066</v>
       </c>
       <c r="C299" s="51" t="s">
         <v>1067</v>
       </c>
       <c r="D299" s="197" t="s">
         <v>1068</v>
       </c>
       <c r="E299" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F299" s="84"/>
     </row>
-    <row r="300" spans="1:6" s="8" customFormat="1" ht="90" hidden="1">
+    <row r="300" spans="1:6" s="8" customFormat="1" ht="90">
       <c r="A300" s="193" t="s">
         <v>1069</v>
       </c>
       <c r="B300" s="85" t="s">
         <v>412</v>
       </c>
       <c r="C300" s="85" t="s">
         <v>1070</v>
       </c>
       <c r="D300" s="194" t="s">
         <v>1071</v>
       </c>
       <c r="E300" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F300" s="84"/>
     </row>
-    <row r="301" spans="1:6" s="2" customFormat="1" ht="90" hidden="1">
+    <row r="301" spans="1:6" s="2" customFormat="1" ht="90">
       <c r="A301" s="195" t="s">
         <v>1072</v>
       </c>
       <c r="B301" s="196" t="s">
         <v>416</v>
       </c>
       <c r="C301" s="51" t="s">
         <v>1073</v>
       </c>
       <c r="D301" s="112" t="s">
         <v>1074</v>
       </c>
       <c r="E301" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F301" s="62"/>
     </row>
-    <row r="302" spans="1:6" s="2" customFormat="1" ht="90" hidden="1">
+    <row r="302" spans="1:6" s="2" customFormat="1" ht="90">
       <c r="A302" s="193" t="s">
         <v>1075</v>
       </c>
       <c r="B302" s="85" t="s">
         <v>420</v>
       </c>
       <c r="C302" s="85" t="s">
         <v>1076</v>
       </c>
       <c r="D302" s="113" t="s">
         <v>1077</v>
       </c>
       <c r="E302" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F302" s="62"/>
     </row>
-    <row r="303" spans="1:6" s="8" customFormat="1" ht="45" hidden="1">
+    <row r="303" spans="1:6" s="8" customFormat="1" ht="45">
       <c r="A303" s="195" t="s">
         <v>1078</v>
       </c>
       <c r="B303" s="196" t="s">
         <v>424</v>
       </c>
       <c r="C303" s="51" t="s">
         <v>1079</v>
       </c>
       <c r="D303" s="197" t="s">
         <v>738</v>
       </c>
       <c r="E303" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F303" s="84"/>
     </row>
-    <row r="304" spans="1:6" s="2" customFormat="1" ht="30" hidden="1">
+    <row r="304" spans="1:6" s="2" customFormat="1" ht="30">
       <c r="A304" s="193" t="s">
         <v>1080</v>
       </c>
       <c r="B304" s="85" t="s">
         <v>432</v>
       </c>
       <c r="C304" s="85" t="s">
         <v>1081</v>
       </c>
       <c r="D304" s="194" t="s">
         <v>744</v>
       </c>
       <c r="E304" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F304" s="62"/>
     </row>
-    <row r="305" spans="1:6" s="2" customFormat="1" ht="105" hidden="1">
+    <row r="305" spans="1:6" s="2" customFormat="1" ht="105">
       <c r="A305" s="201" t="s">
         <v>1082</v>
       </c>
       <c r="B305" s="196" t="s">
         <v>342</v>
       </c>
       <c r="C305" s="51" t="s">
         <v>1042</v>
       </c>
       <c r="D305" s="112" t="s">
         <v>1083</v>
       </c>
       <c r="E305" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F305" s="62"/>
     </row>
     <row r="306" spans="1:6" s="2" customFormat="1" ht="45">
       <c r="A306" s="193" t="s">
         <v>1084</v>
       </c>
       <c r="B306" s="85" t="s">
         <v>442</v>
       </c>
       <c r="C306" s="85" t="s">
@@ -18993,327 +19014,327 @@
         <v>1086</v>
       </c>
       <c r="E306" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F306" s="62"/>
     </row>
     <row r="307" spans="1:6" s="8" customFormat="1" ht="90">
       <c r="A307" s="195" t="s">
         <v>1087</v>
       </c>
       <c r="B307" s="196" t="s">
         <v>516</v>
       </c>
       <c r="C307" s="51" t="s">
         <v>1088</v>
       </c>
       <c r="D307" s="112" t="s">
         <v>840</v>
       </c>
       <c r="E307" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F307" s="84"/>
     </row>
-    <row r="308" spans="1:6" s="2" customFormat="1" ht="75" hidden="1">
+    <row r="308" spans="1:6" s="2" customFormat="1" ht="75">
       <c r="A308" s="202" t="s">
         <v>1089</v>
       </c>
       <c r="B308" s="167" t="s">
         <v>85</v>
       </c>
       <c r="C308" s="49" t="s">
         <v>1090</v>
       </c>
       <c r="D308" s="103" t="s">
         <v>1091</v>
       </c>
       <c r="E308" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F308" s="62"/>
     </row>
-    <row r="309" spans="1:6" s="8" customFormat="1" ht="90" hidden="1">
+    <row r="309" spans="1:6" s="8" customFormat="1" ht="90">
       <c r="A309" s="203" t="s">
         <v>1092</v>
       </c>
       <c r="B309" s="86" t="s">
         <v>464</v>
       </c>
       <c r="C309" s="86" t="s">
         <v>1093</v>
       </c>
       <c r="D309" s="114" t="s">
         <v>773</v>
       </c>
       <c r="E309" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F309" s="84"/>
     </row>
-    <row r="310" spans="1:6" s="2" customFormat="1" ht="75" hidden="1">
+    <row r="310" spans="1:6" s="2" customFormat="1" ht="75">
       <c r="A310" s="202" t="s">
         <v>1094</v>
       </c>
       <c r="B310" s="167" t="s">
         <v>468</v>
       </c>
       <c r="C310" s="49" t="s">
         <v>1095</v>
       </c>
       <c r="D310" s="103" t="s">
         <v>777</v>
       </c>
       <c r="E310" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F310" s="62"/>
     </row>
-    <row r="311" spans="1:6" s="8" customFormat="1" ht="180" hidden="1">
+    <row r="311" spans="1:6" s="8" customFormat="1" ht="180">
       <c r="A311" s="203" t="s">
         <v>1096</v>
       </c>
       <c r="B311" s="86" t="s">
         <v>140</v>
       </c>
       <c r="C311" s="86" t="s">
         <v>1097</v>
       </c>
       <c r="D311" s="114" t="s">
         <v>1098</v>
       </c>
       <c r="E311" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F311" s="84"/>
     </row>
-    <row r="312" spans="1:6" s="2" customFormat="1" ht="60" hidden="1">
+    <row r="312" spans="1:6" s="2" customFormat="1" ht="60">
       <c r="A312" s="199" t="s">
         <v>1099</v>
       </c>
       <c r="B312" s="167" t="s">
         <v>286</v>
       </c>
       <c r="C312" s="49" t="s">
         <v>1100</v>
       </c>
       <c r="D312" s="168" t="s">
         <v>1101</v>
       </c>
       <c r="E312" s="62" t="s">
         <v>180</v>
       </c>
       <c r="F312" s="62" t="s">
         <v>1102</v>
       </c>
     </row>
-    <row r="313" spans="1:6" s="8" customFormat="1" ht="75" hidden="1">
+    <row r="313" spans="1:6" s="8" customFormat="1" ht="75">
       <c r="A313" s="203" t="s">
         <v>1103</v>
       </c>
       <c r="B313" s="86" t="s">
         <v>629</v>
       </c>
       <c r="C313" s="86" t="s">
         <v>1104</v>
       </c>
       <c r="D313" s="114" t="s">
         <v>1105</v>
       </c>
       <c r="E313" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F313" s="84"/>
     </row>
-    <row r="314" spans="1:6" s="2" customFormat="1" ht="150" hidden="1">
+    <row r="314" spans="1:6" s="2" customFormat="1" ht="150">
       <c r="A314" s="202" t="s">
         <v>1106</v>
       </c>
       <c r="B314" s="167" t="s">
         <v>115</v>
       </c>
       <c r="C314" s="49" t="s">
         <v>1107</v>
       </c>
       <c r="D314" s="103" t="s">
         <v>1108</v>
       </c>
       <c r="E314" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F314" s="62"/>
     </row>
-    <row r="315" spans="1:6" s="8" customFormat="1" ht="135" hidden="1">
+    <row r="315" spans="1:6" s="8" customFormat="1" ht="135">
       <c r="A315" s="200" t="s">
         <v>1109</v>
       </c>
       <c r="B315" s="86" t="s">
         <v>115</v>
       </c>
       <c r="C315" s="86" t="s">
         <v>1110</v>
       </c>
       <c r="D315" s="114" t="s">
         <v>1111</v>
       </c>
       <c r="E315" s="62" t="s">
         <v>180</v>
       </c>
       <c r="F315" s="59" t="s">
         <v>558</v>
       </c>
     </row>
-    <row r="316" spans="1:6" s="2" customFormat="1" ht="120" hidden="1">
+    <row r="316" spans="1:6" s="2" customFormat="1" ht="120">
       <c r="A316" s="202" t="s">
         <v>1112</v>
       </c>
       <c r="B316" s="167" t="s">
         <v>218</v>
       </c>
       <c r="C316" s="49" t="s">
         <v>1113</v>
       </c>
       <c r="D316" s="168" t="s">
         <v>1114</v>
       </c>
       <c r="E316" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F316" s="62"/>
     </row>
-    <row r="317" spans="1:6" s="8" customFormat="1" ht="45" hidden="1">
+    <row r="317" spans="1:6" s="8" customFormat="1" ht="45">
       <c r="A317" s="203" t="s">
         <v>1115</v>
       </c>
       <c r="B317" s="86" t="s">
         <v>1116</v>
       </c>
       <c r="C317" s="86" t="s">
         <v>1117</v>
       </c>
       <c r="D317" s="204" t="s">
         <v>1118</v>
       </c>
       <c r="E317" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F317" s="84"/>
     </row>
-    <row r="318" spans="1:6" s="2" customFormat="1" ht="45" hidden="1">
+    <row r="318" spans="1:6" s="2" customFormat="1" ht="45">
       <c r="A318" s="202" t="s">
         <v>1119</v>
       </c>
       <c r="B318" s="167" t="s">
         <v>1120</v>
       </c>
       <c r="C318" s="49" t="s">
         <v>1121</v>
       </c>
       <c r="D318" s="168" t="s">
         <v>1122</v>
       </c>
       <c r="E318" s="62" t="s">
         <v>1123</v>
       </c>
       <c r="F318" s="62"/>
     </row>
-    <row r="319" spans="1:6" s="8" customFormat="1" ht="75" hidden="1">
+    <row r="319" spans="1:6" s="8" customFormat="1" ht="75">
       <c r="A319" s="203" t="s">
         <v>1124</v>
       </c>
       <c r="B319" s="86" t="s">
         <v>807</v>
       </c>
       <c r="C319" s="86" t="s">
         <v>991</v>
       </c>
       <c r="D319" s="204" t="s">
         <v>1125</v>
       </c>
       <c r="E319" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F319" s="84"/>
     </row>
-    <row r="320" spans="1:6" s="8" customFormat="1" ht="60" hidden="1">
+    <row r="320" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A320" s="201" t="s">
         <v>1126</v>
       </c>
       <c r="B320" s="174" t="s">
         <v>524</v>
       </c>
       <c r="C320" s="77" t="s">
         <v>1127</v>
       </c>
       <c r="D320" s="175" t="s">
         <v>1128</v>
       </c>
       <c r="E320" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F320" s="84"/>
     </row>
-    <row r="321" spans="1:6" s="8" customFormat="1" ht="30" hidden="1">
+    <row r="321" spans="1:6" s="8" customFormat="1" ht="30">
       <c r="A321" s="201" t="s">
         <v>1129</v>
       </c>
       <c r="B321" s="174" t="s">
         <v>831</v>
       </c>
       <c r="C321" s="77" t="s">
         <v>1130</v>
       </c>
       <c r="D321" s="175" t="s">
         <v>1131</v>
       </c>
       <c r="E321" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F321" s="84"/>
     </row>
-    <row r="322" spans="1:6" s="8" customFormat="1" ht="69.599999999999994" hidden="1" customHeight="1">
+    <row r="322" spans="1:6" s="8" customFormat="1" ht="69.599999999999994" customHeight="1">
       <c r="A322" s="200" t="s">
         <v>1132</v>
       </c>
       <c r="B322" s="174" t="s">
         <v>524</v>
       </c>
       <c r="C322" s="77" t="s">
         <v>1133</v>
       </c>
       <c r="D322" s="175" t="s">
         <v>836</v>
       </c>
       <c r="E322" s="84" t="s">
         <v>180</v>
       </c>
       <c r="F322" s="59" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="323" spans="1:6" s="2" customFormat="1" ht="45" hidden="1">
+    <row r="323" spans="1:6" s="2" customFormat="1" ht="45">
       <c r="A323" s="202" t="s">
         <v>1134</v>
       </c>
       <c r="B323" s="167" t="s">
         <v>854</v>
       </c>
       <c r="C323" s="49" t="s">
         <v>1135</v>
       </c>
       <c r="D323" s="168" t="s">
         <v>1136</v>
       </c>
       <c r="E323" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F323" s="62"/>
     </row>
     <row r="324" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A324" s="195" t="s">
         <v>1137</v>
       </c>
       <c r="B324" s="205" t="s">
         <v>442</v>
       </c>
       <c r="C324" s="51" t="s">
@@ -19323,87 +19344,87 @@
         <v>1139</v>
       </c>
       <c r="E324" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F324" s="84"/>
     </row>
     <row r="325" spans="1:6" s="2" customFormat="1" ht="60">
       <c r="A325" s="202" t="s">
         <v>1140</v>
       </c>
       <c r="B325" s="167" t="s">
         <v>442</v>
       </c>
       <c r="C325" s="49" t="s">
         <v>1141</v>
       </c>
       <c r="D325" s="168" t="s">
         <v>1142</v>
       </c>
       <c r="E325" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F325" s="62"/>
     </row>
-    <row r="326" spans="1:6" s="8" customFormat="1" ht="60" hidden="1">
+    <row r="326" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A326" s="195" t="s">
         <v>1143</v>
       </c>
       <c r="B326" s="196" t="s">
         <v>1144</v>
       </c>
       <c r="C326" s="51" t="s">
         <v>1145</v>
       </c>
       <c r="D326" s="197" t="s">
         <v>1146</v>
       </c>
       <c r="E326" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F326" s="84"/>
     </row>
-    <row r="327" spans="1:6" s="2" customFormat="1" ht="225" hidden="1">
+    <row r="327" spans="1:6" s="2" customFormat="1" ht="225">
       <c r="A327" s="202" t="s">
         <v>1147</v>
       </c>
       <c r="B327" s="167" t="s">
         <v>1148</v>
       </c>
       <c r="C327" s="49" t="s">
         <v>1149</v>
       </c>
       <c r="D327" s="168" t="s">
         <v>1150</v>
       </c>
       <c r="E327" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F327" s="62"/>
     </row>
-    <row r="328" spans="1:6" s="8" customFormat="1" ht="45" hidden="1">
+    <row r="328" spans="1:6" s="8" customFormat="1" ht="45">
       <c r="A328" s="195" t="s">
         <v>1151</v>
       </c>
       <c r="B328" s="196" t="s">
         <v>1152</v>
       </c>
       <c r="C328" s="51" t="s">
         <v>1153</v>
       </c>
       <c r="D328" s="197" t="s">
         <v>1122</v>
       </c>
       <c r="E328" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F328" s="84"/>
     </row>
     <row r="329" spans="1:6" s="2" customFormat="1" ht="75">
       <c r="A329" s="202" t="s">
         <v>1154</v>
       </c>
       <c r="B329" s="167" t="s">
         <v>442</v>
       </c>
       <c r="C329" s="49" t="s">
@@ -19431,51 +19452,51 @@
         <v>1159</v>
       </c>
       <c r="E330" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F330" s="84"/>
     </row>
     <row r="331" spans="1:6" s="2" customFormat="1" ht="60">
       <c r="A331" s="202" t="s">
         <v>1160</v>
       </c>
       <c r="B331" s="167" t="s">
         <v>442</v>
       </c>
       <c r="C331" s="49" t="s">
         <v>1161</v>
       </c>
       <c r="D331" s="168" t="s">
         <v>1162</v>
       </c>
       <c r="E331" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F331" s="62"/>
     </row>
-    <row r="332" spans="1:6" s="2" customFormat="1" ht="90" hidden="1">
+    <row r="332" spans="1:6" s="2" customFormat="1" ht="90">
       <c r="A332" s="201" t="s">
         <v>1163</v>
       </c>
       <c r="B332" s="77" t="s">
         <v>270</v>
       </c>
       <c r="C332" s="77" t="s">
         <v>1164</v>
       </c>
       <c r="D332" s="175" t="s">
         <v>1165</v>
       </c>
       <c r="E332" s="62" t="s">
         <v>47</v>
       </c>
       <c r="F332" s="62"/>
     </row>
     <row r="333" spans="1:6" s="8" customFormat="1" ht="60">
       <c r="A333" s="202" t="s">
         <v>1166</v>
       </c>
       <c r="B333" s="167" t="s">
         <v>442</v>
       </c>
       <c r="C333" s="49" t="s">
@@ -19539,926 +19560,925 @@
         <v>1177</v>
       </c>
       <c r="E336" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F336" s="59"/>
     </row>
     <row r="337" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A337" s="202" t="s">
         <v>1178</v>
       </c>
       <c r="B337" s="167" t="s">
         <v>442</v>
       </c>
       <c r="C337" s="49" t="s">
         <v>1179</v>
       </c>
       <c r="D337" s="168" t="s">
         <v>1180</v>
       </c>
       <c r="E337" s="84" t="s">
         <v>47</v>
       </c>
       <c r="F337" s="59"/>
     </row>
-    <row r="338" spans="1:6" s="46" customFormat="1" ht="105" hidden="1">
+    <row r="338" spans="1:6" s="46" customFormat="1" ht="105">
       <c r="A338" s="199" t="s">
         <v>1181</v>
       </c>
       <c r="B338" s="205" t="s">
         <v>483</v>
       </c>
       <c r="C338" s="87" t="s">
         <v>1182</v>
       </c>
       <c r="D338" s="115" t="s">
         <v>1183</v>
       </c>
       <c r="E338" s="59" t="s">
         <v>180</v>
       </c>
       <c r="F338" s="62" t="s">
         <v>919</v>
       </c>
     </row>
-    <row r="339" spans="1:6" s="46" customFormat="1" ht="90" hidden="1">
+    <row r="339" spans="1:6" s="46" customFormat="1" ht="90">
       <c r="A339" s="199" t="s">
         <v>1184</v>
       </c>
       <c r="B339" s="167" t="s">
         <v>1185</v>
       </c>
       <c r="C339" s="49" t="s">
         <v>1186</v>
       </c>
       <c r="D339" s="168" t="s">
         <v>1187</v>
       </c>
       <c r="E339" s="59" t="s">
         <v>180</v>
       </c>
       <c r="F339" s="62" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="340" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A340" s="195" t="s">
         <v>1188</v>
       </c>
       <c r="B340" s="196" t="s">
         <v>442</v>
       </c>
       <c r="C340" s="51" t="s">
         <v>1189</v>
       </c>
       <c r="D340" s="197" t="s">
         <v>1177</v>
       </c>
       <c r="E340" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F340" s="59"/>
     </row>
-    <row r="341" spans="1:6" s="46" customFormat="1" ht="195" hidden="1">
+    <row r="341" spans="1:6" s="46" customFormat="1" ht="195">
       <c r="A341" s="202" t="s">
         <v>1190</v>
       </c>
       <c r="B341" s="167" t="s">
         <v>532</v>
       </c>
       <c r="C341" s="49" t="s">
         <v>1191</v>
       </c>
       <c r="D341" s="103" t="s">
         <v>1192</v>
       </c>
       <c r="E341" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F341" s="59"/>
     </row>
-    <row r="342" spans="1:6" s="46" customFormat="1" ht="225" hidden="1">
+    <row r="342" spans="1:6" s="46" customFormat="1" ht="225">
       <c r="A342" s="195" t="s">
         <v>1193</v>
       </c>
       <c r="B342" s="196" t="s">
         <v>536</v>
       </c>
       <c r="C342" s="51" t="s">
         <v>1194</v>
       </c>
       <c r="D342" s="112" t="s">
         <v>1195</v>
       </c>
       <c r="E342" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F342" s="59"/>
     </row>
-    <row r="343" spans="1:6" s="46" customFormat="1" ht="105" hidden="1">
+    <row r="343" spans="1:6" s="46" customFormat="1" ht="105">
       <c r="A343" s="199" t="s">
         <v>1196</v>
       </c>
       <c r="B343" s="167" t="s">
         <v>540</v>
       </c>
       <c r="C343" s="49" t="s">
         <v>1197</v>
       </c>
       <c r="D343" s="103" t="s">
         <v>1198</v>
       </c>
       <c r="E343" s="59" t="s">
         <v>180</v>
       </c>
       <c r="F343" s="59" t="s">
         <v>1199</v>
       </c>
     </row>
-    <row r="344" spans="1:6" s="46" customFormat="1" ht="105" hidden="1">
+    <row r="344" spans="1:6" s="46" customFormat="1" ht="105">
       <c r="A344" s="199" t="s">
         <v>1200</v>
       </c>
       <c r="B344" s="196" t="s">
         <v>544</v>
       </c>
       <c r="C344" s="51" t="s">
         <v>1201</v>
       </c>
       <c r="D344" s="112" t="s">
         <v>1202</v>
       </c>
       <c r="E344" s="59" t="s">
         <v>180</v>
       </c>
       <c r="F344" s="59" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="345" spans="1:6" s="46" customFormat="1" ht="90" hidden="1">
+    <row r="345" spans="1:6" s="46" customFormat="1" ht="90">
       <c r="A345" s="199" t="s">
         <v>1204</v>
       </c>
       <c r="B345" s="167" t="s">
         <v>544</v>
       </c>
       <c r="C345" s="49" t="s">
         <v>1201</v>
       </c>
       <c r="D345" s="103" t="s">
         <v>1205</v>
       </c>
       <c r="E345" s="59" t="s">
         <v>180</v>
       </c>
       <c r="F345" s="59" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="346" spans="1:6" s="46" customFormat="1" ht="90" hidden="1">
+    <row r="346" spans="1:6" s="46" customFormat="1" ht="90">
       <c r="A346" s="201" t="s">
         <v>1206</v>
       </c>
       <c r="B346" s="174" t="s">
         <v>528</v>
       </c>
       <c r="C346" s="77" t="s">
         <v>1207</v>
       </c>
       <c r="D346" s="104" t="s">
         <v>1205</v>
       </c>
       <c r="E346" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F346" s="59"/>
     </row>
-    <row r="347" spans="1:6" s="46" customFormat="1" ht="135" hidden="1">
+    <row r="347" spans="1:6" s="46" customFormat="1" ht="135">
       <c r="A347" s="195" t="s">
         <v>1208</v>
       </c>
       <c r="B347" s="196" t="s">
         <v>1209</v>
       </c>
       <c r="C347" s="51" t="s">
         <v>1210</v>
       </c>
       <c r="D347" s="112" t="s">
         <v>1211</v>
       </c>
       <c r="E347" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F347" s="59"/>
     </row>
-    <row r="348" spans="1:6" s="46" customFormat="1" ht="105" hidden="1">
+    <row r="348" spans="1:6" s="46" customFormat="1" ht="105">
       <c r="A348" s="199" t="s">
         <v>1212</v>
       </c>
       <c r="B348" s="167" t="s">
         <v>532</v>
       </c>
       <c r="C348" s="49" t="s">
         <v>1213</v>
       </c>
       <c r="D348" s="103" t="s">
         <v>1214</v>
       </c>
       <c r="E348" s="59" t="s">
         <v>180</v>
       </c>
       <c r="F348" s="59" t="s">
         <v>1215</v>
       </c>
     </row>
-    <row r="349" spans="1:6" s="46" customFormat="1" ht="90" hidden="1">
+    <row r="349" spans="1:6" s="46" customFormat="1" ht="90">
       <c r="A349" s="199" t="s">
         <v>1216</v>
       </c>
       <c r="B349" s="196" t="s">
         <v>540</v>
       </c>
       <c r="C349" s="51" t="s">
         <v>1197</v>
       </c>
       <c r="D349" s="112" t="s">
         <v>1205</v>
       </c>
       <c r="E349" s="59" t="s">
         <v>180</v>
       </c>
       <c r="F349" s="59" t="s">
         <v>1217</v>
       </c>
     </row>
-    <row r="350" spans="1:6" s="46" customFormat="1" ht="135" hidden="1">
+    <row r="350" spans="1:6" s="46" customFormat="1" ht="135">
       <c r="A350" s="199" t="s">
         <v>1218</v>
       </c>
       <c r="B350" s="167" t="s">
         <v>1209</v>
       </c>
       <c r="C350" s="88" t="s">
         <v>1219</v>
       </c>
       <c r="D350" s="103" t="s">
         <v>1220</v>
       </c>
       <c r="E350" s="59" t="s">
         <v>1221</v>
       </c>
       <c r="F350" s="59" t="s">
         <v>1222</v>
       </c>
     </row>
-    <row r="351" spans="1:6" s="46" customFormat="1" ht="60" hidden="1">
+    <row r="351" spans="1:6" s="46" customFormat="1" ht="60">
       <c r="A351" s="195" t="s">
         <v>1223</v>
       </c>
       <c r="B351" s="196" t="s">
         <v>815</v>
       </c>
       <c r="C351" s="51" t="s">
         <v>1224</v>
       </c>
       <c r="D351" s="197" t="s">
         <v>1225</v>
       </c>
       <c r="E351" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F351" s="59"/>
     </row>
-    <row r="352" spans="1:6" s="46" customFormat="1" ht="60" hidden="1">
+    <row r="352" spans="1:6" s="46" customFormat="1" ht="60">
       <c r="A352" s="202" t="s">
         <v>1226</v>
       </c>
       <c r="B352" s="167" t="s">
         <v>377</v>
       </c>
       <c r="C352" s="49" t="s">
         <v>1227</v>
       </c>
       <c r="D352" s="168" t="s">
         <v>1228</v>
       </c>
       <c r="E352" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F352" s="59"/>
     </row>
-    <row r="353" spans="1:6" s="46" customFormat="1" ht="60" hidden="1">
+    <row r="353" spans="1:6" s="46" customFormat="1" ht="60">
       <c r="A353" s="195" t="s">
         <v>1229</v>
       </c>
       <c r="B353" s="196" t="s">
         <v>365</v>
       </c>
       <c r="C353" s="51" t="s">
         <v>1230</v>
       </c>
       <c r="D353" s="197" t="s">
         <v>1231</v>
       </c>
       <c r="E353" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F353" s="59"/>
     </row>
-    <row r="354" spans="1:6" s="46" customFormat="1" ht="60" hidden="1">
+    <row r="354" spans="1:6" s="46" customFormat="1" ht="60">
       <c r="A354" s="202" t="s">
         <v>1232</v>
       </c>
       <c r="B354" s="167" t="s">
         <v>373</v>
       </c>
       <c r="C354" s="49" t="s">
         <v>1233</v>
       </c>
       <c r="D354" s="168" t="s">
         <v>1234</v>
       </c>
       <c r="E354" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F354" s="59"/>
     </row>
-    <row r="355" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="355" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A355" s="195" t="s">
         <v>1235</v>
       </c>
       <c r="B355" s="196" t="s">
         <v>823</v>
       </c>
       <c r="C355" s="51" t="s">
         <v>1236</v>
       </c>
       <c r="D355" s="197" t="s">
         <v>1237</v>
       </c>
       <c r="E355" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F355" s="59"/>
     </row>
-    <row r="356" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="356" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A356" s="202" t="s">
         <v>1238</v>
       </c>
       <c r="B356" s="167" t="s">
         <v>258</v>
       </c>
       <c r="C356" s="49" t="s">
         <v>1239</v>
       </c>
       <c r="D356" s="168" t="s">
         <v>1240</v>
       </c>
       <c r="E356" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F356" s="59"/>
     </row>
-    <row r="357" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="357" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A357" s="195" t="s">
         <v>1241</v>
       </c>
       <c r="B357" s="196" t="s">
         <v>246</v>
       </c>
       <c r="C357" s="51" t="s">
         <v>1242</v>
       </c>
       <c r="D357" s="197" t="s">
         <v>1243</v>
       </c>
       <c r="E357" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F357" s="59"/>
     </row>
-    <row r="358" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="358" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A358" s="202" t="s">
         <v>1244</v>
       </c>
       <c r="B358" s="167" t="s">
         <v>250</v>
       </c>
       <c r="C358" s="49" t="s">
         <v>1245</v>
       </c>
       <c r="D358" s="168" t="s">
         <v>1246</v>
       </c>
       <c r="E358" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F358" s="59"/>
     </row>
-    <row r="359" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="359" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A359" s="195" t="s">
         <v>1247</v>
       </c>
       <c r="B359" s="196" t="s">
         <v>862</v>
       </c>
       <c r="C359" s="51" t="s">
         <v>1248</v>
       </c>
       <c r="D359" s="112" t="s">
         <v>1249</v>
       </c>
       <c r="E359" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F359" s="59"/>
     </row>
-    <row r="360" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="360" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A360" s="202" t="s">
         <v>1250</v>
       </c>
       <c r="B360" s="167" t="s">
         <v>472</v>
       </c>
       <c r="C360" s="49" t="s">
         <v>1251</v>
       </c>
       <c r="D360" s="103" t="s">
         <v>1252</v>
       </c>
       <c r="E360" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F360" s="59"/>
     </row>
-    <row r="361" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="361" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A361" s="195" t="s">
         <v>1253</v>
       </c>
       <c r="B361" s="196" t="s">
         <v>464</v>
       </c>
       <c r="C361" s="51" t="s">
         <v>1254</v>
       </c>
       <c r="D361" s="112" t="s">
         <v>1255</v>
       </c>
       <c r="E361" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F361" s="59"/>
     </row>
-    <row r="362" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="362" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A362" s="202" t="s">
         <v>1256</v>
       </c>
       <c r="B362" s="167" t="s">
         <v>775</v>
       </c>
       <c r="C362" s="49" t="s">
         <v>1257</v>
       </c>
       <c r="D362" s="103" t="s">
         <v>1258</v>
       </c>
       <c r="E362" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F362" s="59"/>
     </row>
-    <row r="363" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="363" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A363" s="195" t="s">
         <v>1259</v>
       </c>
       <c r="B363" s="196" t="s">
         <v>342</v>
       </c>
       <c r="C363" s="51" t="s">
         <v>1260</v>
       </c>
       <c r="D363" s="112" t="s">
         <v>1261</v>
       </c>
       <c r="E363" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F363" s="59"/>
     </row>
-    <row r="364" spans="1:6" s="46" customFormat="1" ht="90" hidden="1">
+    <row r="364" spans="1:6" s="46" customFormat="1" ht="90">
       <c r="A364" s="202" t="s">
         <v>1262</v>
       </c>
       <c r="B364" s="167" t="s">
         <v>1263</v>
       </c>
       <c r="C364" s="49" t="s">
         <v>1264</v>
       </c>
       <c r="D364" s="103" t="s">
         <v>1265</v>
       </c>
       <c r="E364" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F364" s="59"/>
     </row>
-    <row r="365" spans="1:6" s="46" customFormat="1" ht="60" hidden="1">
+    <row r="365" spans="1:6" s="46" customFormat="1" ht="60">
       <c r="A365" s="195" t="s">
         <v>1266</v>
       </c>
       <c r="B365" s="196" t="s">
         <v>1267</v>
       </c>
       <c r="C365" s="51" t="s">
         <v>1268</v>
       </c>
       <c r="D365" s="112" t="s">
         <v>1269</v>
       </c>
       <c r="E365" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F365" s="59"/>
     </row>
-    <row r="366" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="366" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A366" s="202" t="s">
         <v>1270</v>
       </c>
       <c r="B366" s="167" t="s">
         <v>1271</v>
       </c>
       <c r="C366" s="49" t="s">
         <v>1272</v>
       </c>
       <c r="D366" s="168" t="s">
         <v>1273</v>
       </c>
       <c r="E366" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F366" s="59"/>
     </row>
-    <row r="367" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="367" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A367" s="195" t="s">
         <v>1274</v>
       </c>
       <c r="B367" s="196" t="s">
         <v>1275</v>
       </c>
       <c r="C367" s="51" t="s">
         <v>1276</v>
       </c>
       <c r="D367" s="112" t="s">
         <v>1277</v>
       </c>
       <c r="E367" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F367" s="59"/>
     </row>
-    <row r="368" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="368" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A368" s="202" t="s">
         <v>1278</v>
       </c>
       <c r="B368" s="167" t="s">
         <v>1279</v>
       </c>
       <c r="C368" s="49" t="s">
         <v>1280</v>
       </c>
       <c r="D368" s="103" t="s">
         <v>1281</v>
       </c>
       <c r="E368" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F368" s="59"/>
     </row>
-    <row r="369" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="369" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A369" s="195" t="s">
         <v>1282</v>
       </c>
       <c r="B369" s="196" t="s">
         <v>1283</v>
       </c>
       <c r="C369" s="51" t="s">
         <v>1284</v>
       </c>
       <c r="D369" s="197" t="s">
         <v>1285</v>
       </c>
       <c r="E369" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F369" s="59"/>
     </row>
-    <row r="370" spans="1:6" s="46" customFormat="1" ht="90" hidden="1">
+    <row r="370" spans="1:6" s="46" customFormat="1" ht="90">
       <c r="A370" s="202" t="s">
         <v>1286</v>
       </c>
       <c r="B370" s="167" t="s">
         <v>1287</v>
       </c>
       <c r="C370" s="49" t="s">
         <v>1288</v>
       </c>
       <c r="D370" s="168" t="s">
         <v>1289</v>
       </c>
       <c r="E370" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F370" s="59"/>
     </row>
-    <row r="371" spans="1:6" s="46" customFormat="1" ht="90" hidden="1">
+    <row r="371" spans="1:6" s="46" customFormat="1" ht="90">
       <c r="A371" s="195" t="s">
         <v>1290</v>
       </c>
       <c r="B371" s="196" t="s">
         <v>1283</v>
       </c>
       <c r="C371" s="51" t="s">
         <v>1291</v>
       </c>
       <c r="D371" s="197" t="s">
         <v>1292</v>
       </c>
       <c r="E371" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F371" s="59"/>
     </row>
-    <row r="372" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="372" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A372" s="202" t="s">
         <v>1293</v>
       </c>
       <c r="B372" s="167" t="s">
         <v>1294</v>
       </c>
       <c r="C372" s="49" t="s">
         <v>1295</v>
       </c>
       <c r="D372" s="168" t="s">
         <v>1296</v>
       </c>
       <c r="E372" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F372" s="59"/>
     </row>
-    <row r="373" spans="1:6" s="46" customFormat="1" ht="171.75" hidden="1" customHeight="1">
+    <row r="373" spans="1:6" s="46" customFormat="1" ht="171.75" customHeight="1">
       <c r="A373" s="195" t="s">
         <v>1297</v>
       </c>
       <c r="B373" s="196" t="s">
         <v>548</v>
       </c>
       <c r="C373" s="196" t="s">
         <v>1298</v>
       </c>
       <c r="D373" s="112" t="s">
         <v>1299</v>
       </c>
       <c r="E373" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F373" s="59"/>
     </row>
-    <row r="374" spans="1:6" s="46" customFormat="1" ht="203.25" hidden="1" customHeight="1">
+    <row r="374" spans="1:6" s="46" customFormat="1" ht="203.25" customHeight="1">
       <c r="A374" s="202" t="s">
         <v>1300</v>
       </c>
       <c r="B374" s="85" t="s">
         <v>140</v>
       </c>
       <c r="C374" s="85" t="s">
         <v>1301</v>
       </c>
       <c r="D374" s="113" t="s">
         <v>1302</v>
       </c>
       <c r="E374" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F374" s="59"/>
     </row>
-    <row r="375" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="375" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A375" s="195" t="s">
         <v>1303</v>
       </c>
       <c r="B375" s="196" t="s">
         <v>548</v>
       </c>
       <c r="C375" s="51" t="s">
         <v>1304</v>
       </c>
       <c r="D375" s="112" t="s">
         <v>1305</v>
       </c>
       <c r="E375" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F375" s="59"/>
     </row>
-    <row r="376" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="376" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A376" s="202" t="s">
         <v>1306</v>
       </c>
       <c r="B376" s="167" t="s">
         <v>140</v>
       </c>
       <c r="C376" s="49" t="s">
         <v>1307</v>
       </c>
       <c r="D376" s="103" t="s">
         <v>1308</v>
       </c>
       <c r="E376" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F376" s="59"/>
     </row>
-    <row r="377" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="377" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A377" s="89" t="s">
         <v>1309</v>
       </c>
       <c r="B377" s="51" t="s">
         <v>479</v>
       </c>
       <c r="C377" s="51" t="s">
         <v>1310</v>
       </c>
       <c r="D377" s="112" t="s">
         <v>1311</v>
       </c>
       <c r="E377" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F377" s="59"/>
     </row>
-    <row r="378" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="378" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A378" s="42" t="s">
         <v>1312</v>
       </c>
       <c r="B378" s="49" t="s">
         <v>1313</v>
       </c>
       <c r="C378" s="49" t="s">
         <v>1314</v>
       </c>
       <c r="D378" s="103" t="s">
         <v>1315</v>
       </c>
       <c r="E378" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F378" s="59"/>
     </row>
-    <row r="379" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="379" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A379" s="89" t="s">
         <v>1316</v>
       </c>
       <c r="B379" s="51" t="s">
         <v>479</v>
       </c>
       <c r="C379" s="51" t="s">
         <v>1317</v>
       </c>
       <c r="D379" s="112" t="s">
         <v>1318</v>
       </c>
       <c r="E379" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F379" s="59"/>
     </row>
-    <row r="380" spans="1:6" s="46" customFormat="1" ht="75" hidden="1">
+    <row r="380" spans="1:6" s="46" customFormat="1" ht="75">
       <c r="A380" s="42" t="s">
         <v>1319</v>
       </c>
       <c r="B380" s="49" t="s">
         <v>1313</v>
       </c>
       <c r="C380" s="49" t="s">
         <v>1320</v>
       </c>
       <c r="D380" s="103" t="s">
         <v>1321</v>
       </c>
       <c r="E380" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F380" s="59"/>
     </row>
-    <row r="381" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="381" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A381" s="195" t="s">
         <v>1322</v>
       </c>
       <c r="B381" s="196" t="s">
         <v>314</v>
       </c>
       <c r="C381" s="51" t="s">
         <v>1323</v>
       </c>
       <c r="D381" s="112" t="s">
         <v>1324</v>
       </c>
       <c r="E381" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F381" s="59"/>
     </row>
-    <row r="382" spans="1:6" s="46" customFormat="1" ht="60" hidden="1">
+    <row r="382" spans="1:6" s="46" customFormat="1" ht="60">
       <c r="A382" s="202" t="s">
         <v>1325</v>
       </c>
       <c r="B382" s="167" t="s">
         <v>318</v>
       </c>
       <c r="C382" s="49" t="s">
         <v>1326</v>
       </c>
       <c r="D382" s="103" t="s">
         <v>1327</v>
       </c>
       <c r="E382" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F382" s="59"/>
     </row>
-    <row r="383" spans="1:6" s="46" customFormat="1" ht="45" hidden="1">
+    <row r="383" spans="1:6" s="46" customFormat="1" ht="45">
       <c r="A383" s="195" t="s">
         <v>1328</v>
       </c>
       <c r="B383" s="196" t="s">
         <v>322</v>
       </c>
       <c r="C383" s="51" t="s">
         <v>1329</v>
       </c>
       <c r="D383" s="112" t="s">
         <v>1324</v>
       </c>
       <c r="E383" s="59" t="s">
         <v>47</v>
       </c>
       <c r="F383" s="59"/>
     </row>
   </sheetData>
-  <autoFilter ref="E1:F3"/>
   <mergeCells count="6">
     <mergeCell ref="A264:D264"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A41:D41"/>
     <mergeCell ref="A135:D135"/>
     <mergeCell ref="A238:D238"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
   <tableParts count="5">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor theme="2" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F8"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" zoomScale="76" zoomScaleNormal="76" workbookViewId="0">
+    <sheetView zoomScale="76" zoomScaleNormal="76" workbookViewId="0">
       <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="27.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="31.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="72.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.28515625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="5" customFormat="1" ht="18.75">
       <c r="A1" s="241" t="s">
         <v>1330</v>
       </c>
       <c r="B1" s="242"/>
       <c r="C1" s="242"/>
       <c r="D1" s="243"/>
       <c r="E1" s="140">
         <v>2</v>
       </c>
@@ -20594,59 +20614,59 @@
         <v>1359</v>
       </c>
       <c r="E8" s="128" t="s">
         <v>47</v>
       </c>
       <c r="F8" s="209"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <phoneticPr fontId="30" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="77" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LOpen Payments Submission Error Code Document&amp;ROther  Errors and Informational</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor theme="5" tint="0.39997558519241921"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView zoomScale="76" zoomScaleNormal="76" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A25" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E36" sqref="E36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="27.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="48.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="65.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="28.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="32.28515625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21">
       <c r="A1" s="244" t="s">
         <v>1360</v>
       </c>
       <c r="B1" s="245"/>
       <c r="C1" s="245"/>
       <c r="D1" s="245"/>
       <c r="E1" s="134"/>
       <c r="F1" s="121">
         <v>2</v>
@@ -21242,74 +21262,74 @@
     </row>
     <row r="29" spans="1:7" s="36" customFormat="1" ht="157.9" customHeight="1">
       <c r="A29" s="149" t="s">
         <v>1364</v>
       </c>
       <c r="B29" s="150" t="s">
         <v>1400</v>
       </c>
       <c r="C29" s="151" t="s">
         <v>1431</v>
       </c>
       <c r="D29" s="152" t="s">
         <v>1366</v>
       </c>
       <c r="E29" s="150" t="s">
         <v>1432</v>
       </c>
       <c r="F29" s="141" t="s">
         <v>1393</v>
       </c>
       <c r="G29" s="150" t="s">
         <v>1433</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="F1:G28"/>
+  <autoFilter ref="F1:G28" xr:uid="{00000000-0009-0000-0000-000004000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="68" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LOpen Payments Submission Error Code Document&amp;ROther  Errors and Informational</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
   <dimension ref="A1:E21"/>
   <sheetViews>
-    <sheetView topLeftCell="A21" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.42578125" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="38.42578125" customWidth="1"/>
     <col min="4" max="4" width="51.7109375" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="21" customFormat="1" ht="18.75">
       <c r="A1" s="246" t="s">
         <v>1434</v>
       </c>
       <c r="B1" s="246"/>
       <c r="C1" s="246"/>
       <c r="D1" s="246"/>
       <c r="E1" s="21" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="21" customFormat="1" ht="18.75">
       <c r="A2" s="247" t="s">
@@ -21560,51 +21580,51 @@
       <c r="B21" s="215" t="s">
         <v>1473</v>
       </c>
       <c r="C21" s="216" t="s">
         <v>1474</v>
       </c>
       <c r="D21" s="215" t="s">
         <v>1475</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="2">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor theme="8" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D237"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="23.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="55.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" style="1"/>
     <col min="4" max="4" width="8.28515625" style="1" customWidth="1"/>
     <col min="5" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="5" customFormat="1" ht="18.75">
       <c r="A1" s="250" t="s">
         <v>1476</v>
       </c>
       <c r="B1" s="251"/>
     </row>
@@ -23493,51 +23513,51 @@
       <c r="A237" s="34" t="s">
         <v>1943</v>
       </c>
       <c r="B237" s="35"/>
     </row>
   </sheetData>
   <sortState ref="A2:B229">
     <sortCondition ref="B2:B229"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LOpen Payments Submission Error Code Document&amp;RValid Country Codes</oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:B60"/>
   <sheetViews>
     <sheetView topLeftCell="A37" workbookViewId="0">
       <selection activeCell="M37" sqref="M37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15.75" thickBot="1">
       <c r="A1" s="153" t="s">
         <v>1944</v>
       </c>
       <c r="B1" s="154" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="15.75" thickBot="1">
       <c r="A2" s="143" t="s">
@@ -23995,51 +24015,51 @@
         <v>2032</v>
       </c>
     </row>
     <row r="59" spans="1:2" ht="15.75" thickBot="1">
       <c r="A59" s="143" t="s">
         <v>2033</v>
       </c>
       <c r="B59" s="144" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="60" spans="1:2" ht="15.75" thickBot="1">
       <c r="A60" s="143" t="s">
         <v>2035</v>
       </c>
       <c r="B60" s="144" t="s">
         <v>2036</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.42578125" customWidth="1"/>
     <col min="2" max="2" width="130.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18.75">
       <c r="A1" s="252" t="s">
         <v>2037</v>
       </c>
       <c r="B1" s="253"/>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="14" t="s">
         <v>1945</v>
       </c>
       <c r="B2" s="14" t="s">
         <v>2038</v>
       </c>
@@ -24135,52 +24155,72 @@
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007D0AB583F89A9C478AA3B07DD4B913A9" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bd4b0af61a1824a1c80768db5246023d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5bec0cf7-c48c-4e85-aa3a-23ae93028278" xmlns:ns3="02e88c3b-9f17-48fd-bc6b-7763ef8f7130" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebd7f525afcaf6501de57f3a049251d7" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="02e88c3b-9f17-48fd-bc6b-7763ef8f7130" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5bec0cf7-c48c-4e85-aa3a-23ae93028278">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007D0AB583F89A9C478AA3B07DD4B913A9" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80f0dec0ef814ca4c28894ee36a01987">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5bec0cf7-c48c-4e85-aa3a-23ae93028278" xmlns:ns3="02e88c3b-9f17-48fd-bc6b-7763ef8f7130" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="84d03f658863e2f5def947c52a988f93" ns2:_="" ns3:_="">
     <xsd:import namespace="5bec0cf7-c48c-4e85-aa3a-23ae93028278"/>
     <xsd:import namespace="02e88c3b-9f17-48fd-bc6b-7763ef8f7130"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -24363,106 +24403,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3496802-C6F9-428B-8B30-F8B2412B6287}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C383BCBB-4F5B-4501-9DE9-E3B31A1C920E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4801E4D-679D-44B0-AA0A-940BA92AD0AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="02e88c3b-9f17-48fd-bc6b-7763ef8f7130"/>
     <ds:schemaRef ds:uri="5bec0cf7-c48c-4e85-aa3a-23ae93028278"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C383BCBB-4F5B-4501-9DE9-E3B31A1C920E}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0FA649D-CB3B-47B0-BAA3-14C65631F22A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="23" baseType="lpstr">