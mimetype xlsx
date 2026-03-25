--- v0 (2025-12-13)
+++ v1 (2026-03-25)
@@ -6,5684 +6,6854 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\druvh\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://westat.sharepoint.com/sites/GUIDEIMC/Shared Documents/General/GUIDE_IMC/T1_Onboard/Participant List for CMS Website/2026_January_Updated Website List/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{78E2712B-B13E-4788-88B9-6624F7C2621F}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B9221C4D-A8F5-4EA1-A9EA-6AAA54CD2A7B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{315FA60E-F6B9-4373-9816-E4D42535BA0D}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21100" tabRatio="136" xr2:uid="{8494976F-113B-451C-8E88-9109400B7C34}"/>
   </bookViews>
   <sheets>
-    <sheet name="Guide Model Participant List" sheetId="1" r:id="rId1"/>
+    <sheet name="GUIDE Model" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Guide Model Participant List'!$A$1:$K$328</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'GUIDE Model'!$A$4:$J$497</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3592" uniqueCount="1737">
-[...1 lines deleted...]
-    <t>Name of Initiative</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4913" uniqueCount="2135">
+  <si>
+    <t>Guiding an Improved Dementia Experience (GUIDE) Model</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t xml:space="preserve">Last updated </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+      </rPr>
+      <t>February 17, 2026</t>
+    </r>
+  </si>
+  <si>
+    <t>Please note GUIDE Participants may offer GUIDE Services in multiple locations or virtually. For questions about the GUIDE Model, please contact the GUIDE Help Desk at GUIDEModelTeam@cms.hhs.gov or 1-888-734-6433, option 7.</t>
   </si>
   <si>
     <t>Legal Business Name</t>
   </si>
   <si>
     <t>Doing Business As</t>
   </si>
   <si>
-    <t>Street Address</t>
+    <t>Telehealth Services Available</t>
+  </si>
+  <si>
+    <t>State(s) in which Participant Provides Services</t>
+  </si>
+  <si>
+    <t>Corporate or Practice Location Street Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
+    <t>Phone Number</t>
+  </si>
+  <si>
     <t>Website(s)</t>
   </si>
   <si>
-    <t>Website(s) to Request Appointment</t>
-[...1 lines deleted...]
-  <si>
     <t>Email(s)</t>
   </si>
   <si>
-    <t>Phone Number(s)</t>
-[...7 lines deleted...]
-  <si>
     <t>Acorn Medical Home PLLC</t>
   </si>
   <si>
-    <t>Your Medical Home</t>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>IL; IN; TX</t>
   </si>
   <si>
     <t>1650 Texas Avenue Ste G</t>
   </si>
   <si>
     <t>Bridge City</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
+    <t>512-308-3927</t>
+  </si>
+  <si>
     <t>ymhcare.com</t>
   </si>
   <si>
+    <t>guide@yourmedhome.com</t>
+  </si>
+  <si>
+    <t>Adam C Perry MD PA</t>
+  </si>
+  <si>
+    <t>AR; DE; FL; IN; MA; MD</t>
+  </si>
+  <si>
+    <t>1050 6th St S</t>
+  </si>
+  <si>
+    <t>Naples</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>239-406-6070</t>
+  </si>
+  <si>
+    <t>www. healthspanswfl.com</t>
+  </si>
+  <si>
+    <t>alignment@healthspanswfl.com</t>
+  </si>
+  <si>
+    <t>ADVOCATE HEALTH AND HOSPITALS CORPORATION</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>2025 WINDSOR DRIVE</t>
+  </si>
+  <si>
+    <t>Oak Brook</t>
+  </si>
+  <si>
     <t/>
   </si>
   <si>
-    <t>guide@yourmedhome.com</t>
-[...46 lines deleted...]
-  <si>
     <t>https://www.advocatehealth.com/health-services/advocate-memory-center/</t>
   </si>
   <si>
     <t>AH-GUIDE-IL@aah.org</t>
   </si>
   <si>
     <t>Aging &amp; In-Home Services of Northeast Indiana, Inc.</t>
   </si>
   <si>
+    <t>IL; IN; KY; OH</t>
+  </si>
+  <si>
     <t>8101 W. Jefferson Blvd.</t>
   </si>
   <si>
     <t>Fort Wayne</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
+    <t>260-745-1200</t>
+  </si>
+  <si>
     <t>https://www.agingihs.org/guide</t>
   </si>
   <si>
     <t>GUIDE@agingihs.org</t>
   </si>
   <si>
-    <t>(260) 745-1200</t>
+    <t>Aging &amp; In-Home Services GUIDE Clinic</t>
+  </si>
+  <si>
+    <t>3003 Lake Ave</t>
+  </si>
+  <si>
+    <t>260-999-4106</t>
+  </si>
+  <si>
+    <t>www.agingihs.org/guide</t>
   </si>
   <si>
     <t>Alice Peck Day Memorial Hospital</t>
   </si>
   <si>
+    <t>NH; VT</t>
+  </si>
+  <si>
     <t>10 Alice Peck Day Drive</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
+    <t>603-448-3122</t>
+  </si>
+  <si>
     <t>https://www.alicepeckday.org/</t>
   </si>
   <si>
-    <t>(603) 448-3122</t>
-[...4 lines deleted...]
-  <si>
     <t>Alivia Care Solutions, Inc</t>
   </si>
   <si>
+    <t>Alivia Supportive Care</t>
+  </si>
+  <si>
+    <t>FL; GA</t>
+  </si>
+  <si>
     <t>4266 Sunbeam Road</t>
   </si>
   <si>
     <t>Jacksonville</t>
   </si>
   <si>
-    <t>AliviaSupportiveCare.com</t>
+    <t>904-407-7710</t>
+  </si>
+  <si>
+    <t>www.AliviaSupportiveCare.com</t>
   </si>
   <si>
     <t>GUIDE@AliviaCare.com</t>
   </si>
   <si>
-    <t>(904) 407-7710</t>
-[...4 lines deleted...]
-  <si>
     <t>ALLEGHENY CLINIC</t>
   </si>
   <si>
-    <t>120 fifth avenue Suite 2900</t>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>120 Fifth avenue Suite 2900</t>
   </si>
   <si>
     <t>Pittsburgh</t>
   </si>
   <si>
-    <t>PA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://findcare.ahn.org/</t>
   </si>
   <si>
     <t>AHNGUIDEprogram@ahn.org</t>
   </si>
   <si>
+    <t>AGH Internal Medicine</t>
+  </si>
+  <si>
+    <t>1307 Federal Street, Suite B300</t>
+  </si>
+  <si>
+    <t>412-359-3751</t>
+  </si>
+  <si>
+    <t>Pittsburgh General Medicine Associates</t>
+  </si>
+  <si>
+    <t>1307 Federal Street, Suite 304</t>
+  </si>
+  <si>
+    <t>412-359-3682</t>
+  </si>
+  <si>
+    <t>Primary Care Professionals</t>
+  </si>
+  <si>
+    <t>157 Waterdam Road, Suite 120</t>
+  </si>
+  <si>
+    <t>McMurray</t>
+  </si>
+  <si>
+    <t>724-941-6697</t>
+  </si>
+  <si>
+    <t>160 Gallery Drive, Suite 300</t>
+  </si>
+  <si>
+    <t>724-941-7144</t>
+  </si>
+  <si>
+    <t>CENTURY III MEDICAL ASSOCIATES</t>
+  </si>
+  <si>
+    <t>2027 Lebanon Church Road</t>
+  </si>
+  <si>
+    <t>West Mifflin</t>
+  </si>
+  <si>
+    <t>412-655-8650</t>
+  </si>
+  <si>
+    <t>Wexford Medical Practice</t>
+  </si>
+  <si>
+    <t>20397 Route 19, Suite 330</t>
+  </si>
+  <si>
+    <t>Cranberry Township</t>
+  </si>
+  <si>
+    <t>724-772-3300</t>
+  </si>
+  <si>
+    <t>AHN PRIMARY CARE MONTOUR</t>
+  </si>
+  <si>
+    <t>2419 State Avenue, Suite 200</t>
+  </si>
+  <si>
+    <t>Coraopolis</t>
+  </si>
+  <si>
+    <t>412-625-2625</t>
+  </si>
+  <si>
+    <t>Bonacorsi, Brown and Johnson Primary Care</t>
+  </si>
+  <si>
+    <t>2891 Banksville Road</t>
+  </si>
+  <si>
+    <t>412-942-0702</t>
+  </si>
+  <si>
+    <t>400 Southpointe Boulevard, Suite 235</t>
+  </si>
+  <si>
+    <t>Canonsburg</t>
+  </si>
+  <si>
+    <t>724-271-3700</t>
+  </si>
+  <si>
+    <t>AHN NEUROLOGY</t>
+  </si>
+  <si>
+    <t>4815 Liberty Avenue, Suite 439</t>
+  </si>
+  <si>
+    <t>412-578-3925</t>
+  </si>
+  <si>
+    <t>ALLEGHENY HEALTH GERIATRIC SERVICES</t>
+  </si>
+  <si>
+    <t>4815 Liberty Avenue, Suite GR10</t>
+  </si>
+  <si>
+    <t>412-235-5874</t>
+  </si>
+  <si>
+    <t>WEST PENN MEDICAL ASSOCIATES</t>
+  </si>
+  <si>
+    <t>4815 Liberty Avenue, GR10</t>
+  </si>
+  <si>
+    <t>412-235-5810</t>
+  </si>
+  <si>
+    <t>Pine Richland Medical Associates</t>
+  </si>
+  <si>
+    <t>5375 William Flynn Highway</t>
+  </si>
+  <si>
+    <t>Gibsonia</t>
+  </si>
+  <si>
+    <t>724-444-4700</t>
+  </si>
+  <si>
+    <t>575 Coal Valley Road, Suite 464</t>
+  </si>
+  <si>
+    <t>Clairton</t>
+  </si>
+  <si>
+    <t>412-267-6360</t>
+  </si>
+  <si>
+    <t>ALLEGHENY TOWNSHIP MEDICAL ASSOCIATES</t>
+  </si>
+  <si>
+    <t>62 Greenbriar Drive, Suite 1</t>
+  </si>
+  <si>
+    <t>Leechburg</t>
+  </si>
+  <si>
+    <t>724-845-7765</t>
+  </si>
+  <si>
+    <t>AHN Primary Care Fox Chapel</t>
+  </si>
+  <si>
+    <t>970 Freeport Road</t>
+  </si>
+  <si>
+    <t>412-325-5000</t>
+  </si>
+  <si>
     <t>Amazing Medical Associates Inc</t>
   </si>
   <si>
+    <t>UT</t>
+  </si>
+  <si>
     <t>434 W Ascension Way Suite #225</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
-    <t>UT</t>
-[...1 lines deleted...]
-  <si>
     <t>Androscoggin Home Health Services, Inc.</t>
   </si>
   <si>
     <t>Andwell Health Partners</t>
   </si>
   <si>
+    <t>ME</t>
+  </si>
+  <si>
     <t>15 Strawberry Avenue</t>
   </si>
   <si>
     <t>Lewiston</t>
   </si>
   <si>
-    <t>ME</t>
-[...2 lines deleted...]
-    <t>www.andwell.org</t>
+    <t>207-777-7740</t>
+  </si>
+  <si>
+    <t>https://andwell.org/</t>
   </si>
   <si>
     <t>Guide@andwell.org</t>
   </si>
   <si>
-    <t>(207) 777-7740; (800) 482-7412</t>
+    <t>181 Academy Street Suite 6</t>
+  </si>
+  <si>
+    <t>Presque Isle</t>
   </si>
   <si>
     <t>Appalachian Hospice. LLC</t>
   </si>
   <si>
-    <t>Appalachian Dementia Care</t>
+    <t>Appalachian Dementia Care - Blairsville</t>
+  </si>
+  <si>
+    <t>GA</t>
   </si>
   <si>
     <t>1346 Pat Haralson Dr</t>
   </si>
   <si>
     <t>Blairsville</t>
   </si>
   <si>
-    <t>GA</t>
+    <t>762-345-2148</t>
   </si>
   <si>
     <t>www.appalachiandementiacare.com</t>
   </si>
   <si>
     <t>info@appdementia.com</t>
   </si>
   <si>
-    <t>(762) 345-2148</t>
+    <t>Appalachian Dementia Care - Cleveland</t>
+  </si>
+  <si>
+    <t>25 Abernathy Lane</t>
+  </si>
+  <si>
+    <t>Cleveland</t>
   </si>
   <si>
     <t>Arcy Healthcare, LLC</t>
   </si>
   <si>
-    <t>Arcy Supportive Care</t>
-[...1 lines deleted...]
-  <si>
     <t>700 Parker SQ STE 105</t>
   </si>
   <si>
     <t>Flower Mound</t>
   </si>
   <si>
+    <t>469-348-0670</t>
+  </si>
+  <si>
     <t>www.arcyhc.com</t>
   </si>
   <si>
     <t>GUIDE@arcyhc.com</t>
   </si>
   <si>
-    <t>(469) 348-0670</t>
+    <t>ARH Tug Valley Health Services, Inc.</t>
+  </si>
+  <si>
+    <t>KY; TN; VA; WV</t>
+  </si>
+  <si>
+    <t>2260 Executive Drive</t>
+  </si>
+  <si>
+    <t>Lexington</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>www.arh.org/memorycare</t>
+  </si>
+  <si>
+    <t>Arizona Supportive Care</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>1510 East Flower Street</t>
+  </si>
+  <si>
+    <t>Phoenix</t>
+  </si>
+  <si>
+    <t>602-636-6363</t>
+  </si>
+  <si>
+    <t>SupportiveCareforDementia.org</t>
+  </si>
+  <si>
+    <t>SupportiveCareforDementia@hov.org</t>
+  </si>
+  <si>
+    <t>Arkansas Palliative Care Limited Liability Company</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>14 Parkstone Circle</t>
+  </si>
+  <si>
+    <t>North Little Rock</t>
+  </si>
+  <si>
+    <t>https://www.arkansashospice.org/patients-families-caregivers/palliativecare</t>
+  </si>
+  <si>
+    <t>Arun Gupta, MD, PC</t>
+  </si>
+  <si>
+    <t>Arun Gupta MD PC</t>
+  </si>
+  <si>
+    <t>MI; OH</t>
+  </si>
+  <si>
+    <t>929-998-3626</t>
+  </si>
+  <si>
+    <t>www.tembo.health</t>
+  </si>
+  <si>
+    <t>kristid@arunguptamd.com</t>
+  </si>
+  <si>
+    <t>1094 N Monroe St</t>
+  </si>
+  <si>
+    <t>Monroe</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>734-241-7162</t>
+  </si>
+  <si>
+    <t>Atlantic Medical Group</t>
+  </si>
+  <si>
+    <t>NJ; PA</t>
+  </si>
+  <si>
+    <t>100 Madison Avenue</t>
+  </si>
+  <si>
+    <t>Morristown</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>973-971-4847</t>
+  </si>
+  <si>
+    <t>https://www.atlantichealth.org/home</t>
+  </si>
+  <si>
+    <t>AHSGUIDEProgram@atlantichealth.org</t>
+  </si>
+  <si>
+    <t>ATP Partners, PLLC</t>
+  </si>
+  <si>
+    <t>10175 Fortune Parkway, Suite 302</t>
+  </si>
+  <si>
+    <t>904-491-2160</t>
+  </si>
+  <si>
+    <t>www.neurox.us</t>
+  </si>
+  <si>
+    <t>care@neurox.us</t>
+  </si>
+  <si>
+    <t>AURORA MEDICAL GROUP, INC</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>3000 W MONTANA ST</t>
+  </si>
+  <si>
+    <t>Milwaukee</t>
+  </si>
+  <si>
+    <t>AH-GUIDE-WI@aah.org</t>
+  </si>
+  <si>
+    <t>Austin Geriatric Specialists, PLLC</t>
+  </si>
+  <si>
+    <t>FL; TX</t>
+  </si>
+  <si>
+    <t>1108 Lavaca St #110-320</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>512-477-4088</t>
+  </si>
+  <si>
+    <t>www.agsaustin.com; www.agsaustin.com/guide</t>
+  </si>
+  <si>
+    <t>GUIDE@agsaustin.com</t>
+  </si>
+  <si>
+    <t>Author Health Professionals, P.C.</t>
+  </si>
+  <si>
+    <t>47 High Street, #7</t>
+  </si>
+  <si>
+    <t>Medford</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>800-423-4400</t>
+  </si>
+  <si>
+    <t>https://authorhealth.com; https://authorhealth.com/connect/</t>
+  </si>
+  <si>
+    <t>hello@authorhealth.com</t>
+  </si>
+  <si>
+    <t>AuthoraCare Collective</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>2504 Summit Ave</t>
+  </si>
+  <si>
+    <t>Greensboro</t>
+  </si>
+  <si>
+    <t>800-588-8879</t>
+  </si>
+  <si>
+    <t>https://www.authoracare.org</t>
+  </si>
+  <si>
+    <t>contact@authoracare.org</t>
+  </si>
+  <si>
+    <t>Avail Health, A Professional Nursing Corporation</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>3122 Sugarberry Ct</t>
+  </si>
+  <si>
+    <t>Walnut Creek</t>
+  </si>
+  <si>
+    <t>408-372-8380</t>
+  </si>
+  <si>
+    <t>https://www.availhealthcare.co/</t>
+  </si>
+  <si>
+    <t>info@availhealthcare.co</t>
+  </si>
+  <si>
+    <t>925-222-5154</t>
+  </si>
+  <si>
+    <t>www.availhealthcare.co</t>
+  </si>
+  <si>
+    <t>Avocare Health Services, Inc.</t>
+  </si>
+  <si>
+    <t>6 Parklane Boulevard, Suite 525</t>
+  </si>
+  <si>
+    <t>Dearborn</t>
+  </si>
+  <si>
+    <t>810-275-1885</t>
+  </si>
+  <si>
+    <t>https://www.avocarehs.com</t>
+  </si>
+  <si>
+    <t>information@avocarehs.com</t>
+  </si>
+  <si>
+    <t>Avow Care Services, Inc.</t>
+  </si>
+  <si>
+    <t>1205 Whippoorwill Lane</t>
+  </si>
+  <si>
+    <t>239-304-1600</t>
+  </si>
+  <si>
+    <t>avowcares.org</t>
+  </si>
+  <si>
+    <t>Balance Health Plan</t>
+  </si>
+  <si>
+    <t>21081 S. Western Av, Suite 250</t>
+  </si>
+  <si>
+    <t>Torrance</t>
+  </si>
+  <si>
+    <t>310-217-8877</t>
+  </si>
+  <si>
+    <t>https://www.balancehealthplan.org</t>
+  </si>
+  <si>
+    <t>james.pratty@balanceMHP.com</t>
+  </si>
+  <si>
+    <t>Banner Alzheimer's Institute</t>
+  </si>
+  <si>
+    <t>901 E. Willetta St 3rd Floor</t>
+  </si>
+  <si>
+    <t>623-832-6500</t>
+  </si>
+  <si>
+    <t>www.BannerHealth.com/DementiaCarePartners</t>
+  </si>
+  <si>
+    <t>DementiaCarePartners@BannerHealth.com</t>
+  </si>
+  <si>
+    <t>Baptist AgeWell Physicians, Inc.</t>
+  </si>
+  <si>
+    <t>841 Prudential Drive</t>
+  </si>
+  <si>
+    <t>904-202-4553</t>
+  </si>
+  <si>
+    <t>GUIDE@bmcjax.com</t>
+  </si>
+  <si>
+    <t>Bay Aging</t>
+  </si>
+  <si>
+    <t>NC; TN; VA; WV</t>
+  </si>
+  <si>
+    <t>PO Box 610</t>
+  </si>
+  <si>
+    <t>Urbanna</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>703-462-1499</t>
+  </si>
+  <si>
+    <t>www.bayaging.org</t>
+  </si>
+  <si>
+    <t>guide@bayaging.org</t>
+  </si>
+  <si>
+    <t>Bay Health Solutions</t>
+  </si>
+  <si>
+    <t>5306 Old Virginia Street</t>
+  </si>
+  <si>
+    <t>804-493-0238</t>
+  </si>
+  <si>
+    <t>www.bayhealthsolutions.net</t>
+  </si>
+  <si>
+    <t>Betty C Ketchum Foundation</t>
+  </si>
+  <si>
+    <t>Mount Washington Valley Adult Day Center</t>
+  </si>
+  <si>
+    <t>ME; NH</t>
+  </si>
+  <si>
+    <t>987 East Main Street</t>
+  </si>
+  <si>
+    <t>Center Conway</t>
+  </si>
+  <si>
+    <t>603-356-4980</t>
+  </si>
+  <si>
+    <t>www.mwvadultdaycenter.org</t>
+  </si>
+  <si>
+    <t>guide@mwvadultdaycenter.org</t>
+  </si>
+  <si>
+    <t>Bluestone Physician Services Florida, LLC</t>
+  </si>
+  <si>
+    <t>Bluestone Physician Services</t>
+  </si>
+  <si>
+    <t>10150 Highland Manor Drive, Suite 205</t>
+  </si>
+  <si>
+    <t>Tampa</t>
+  </si>
+  <si>
+    <t>813-259-1013</t>
+  </si>
+  <si>
+    <t>www.bluestonemd.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> guide@bluestonemd.com</t>
+  </si>
+  <si>
+    <t>715 Douglas Ave., Suite 43</t>
+  </si>
+  <si>
+    <t>Orlando</t>
+  </si>
+  <si>
+    <t>Bluestone Physician Services PA</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>270 N Main Street Suite 300</t>
+  </si>
+  <si>
+    <t>Stillwater</t>
+  </si>
+  <si>
+    <t>651-342-1039</t>
+  </si>
+  <si>
+    <t>Bluestone Physician Services Wisconsin S.C.</t>
+  </si>
+  <si>
+    <t>342 N Water Street, Suite 600</t>
+  </si>
+  <si>
+    <t>Bocacare, Inc.</t>
+  </si>
+  <si>
+    <t>800 Meadows Road</t>
+  </si>
+  <si>
+    <t>Boca Raton</t>
+  </si>
+  <si>
+    <t>561-955-3972</t>
+  </si>
+  <si>
+    <t>https://baptisthealth.net/locations/hospitals/boca-raton-regional-hospital</t>
+  </si>
+  <si>
+    <t>Ruth.Cooper@baptisthealth.net</t>
+  </si>
+  <si>
+    <t>Marcus Neuroscience Institute</t>
+  </si>
+  <si>
+    <t>670 Glades Road Suite 300</t>
+  </si>
+  <si>
+    <t>https://baptisthealth.net/services/brain-and-spine-care/about-us/marcus-neuroscience-institute</t>
+  </si>
+  <si>
+    <t>Brain Health Medical P.C.</t>
+  </si>
+  <si>
+    <t>Isaac Health New York</t>
+  </si>
+  <si>
+    <t>CA; CT; NJ; NY</t>
+  </si>
+  <si>
+    <t>85 Broad Street FL 17</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>888-818-2059</t>
+  </si>
+  <si>
+    <t>https://www.myisaachealth.com/</t>
+  </si>
+  <si>
+    <t>outreach@myisaachealth.com</t>
+  </si>
+  <si>
+    <t>Broadlawns Medical Center</t>
+  </si>
+  <si>
+    <t>Broadlawns Memory Clinic</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>1801 Hickman Road</t>
+  </si>
+  <si>
+    <t>Des Moines</t>
+  </si>
+  <si>
+    <t>515-216-5000</t>
+  </si>
+  <si>
+    <t>https://www.broadlawns.org/clinics-and-services/memory-care; https://www.broadlawns.org/clinics-and-services/memory-care/the-guide-model</t>
+  </si>
+  <si>
+    <t>GUIDE@broadlawns.org</t>
+  </si>
+  <si>
+    <t>Brown Medicine - Geriatrics</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>375 Wampanoag Trail Suite 102</t>
+  </si>
+  <si>
+    <t>East Providence</t>
+  </si>
+  <si>
+    <t>401-572-3072</t>
+  </si>
+  <si>
+    <t>https://brownmed.org/guide/</t>
+  </si>
+  <si>
+    <t>Care ALLY NC PLLC</t>
+  </si>
+  <si>
+    <t>202 N. Cedar Ave Ste. 1</t>
+  </si>
+  <si>
+    <t>Owatonna</t>
+  </si>
+  <si>
+    <t>844-400-0271</t>
+  </si>
+  <si>
+    <t>www.careallyhealth.com</t>
+  </si>
+  <si>
+    <t>GUIDE@careallyhealth.com</t>
+  </si>
+  <si>
+    <t>Care Associates, LLC</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>3941 Houma Blvd</t>
+  </si>
+  <si>
+    <t>Metairie</t>
+  </si>
+  <si>
+    <t>504-457-2200</t>
+  </si>
+  <si>
+    <t>https://care.associates/</t>
+  </si>
+  <si>
+    <t>guide@care.associates</t>
+  </si>
+  <si>
+    <t>Care Connect Medical P.C.</t>
+  </si>
+  <si>
+    <t>7 Skyline Dr., Ste 250</t>
+  </si>
+  <si>
+    <t>Hawthorne</t>
+  </si>
+  <si>
+    <t>https://www.careconnectmd.com/</t>
+  </si>
+  <si>
+    <t>Care Dimensions, Inc.</t>
+  </si>
+  <si>
+    <t>Care Dimensions</t>
+  </si>
+  <si>
+    <t>75 Sylvan Street, Suite B-102</t>
+  </si>
+  <si>
+    <t>Danvers</t>
+  </si>
+  <si>
+    <t>888-283-1722</t>
+  </si>
+  <si>
+    <t>https://www.caredimensions.org/care-services/Care_Dimensions_GUIDE_Program/; https://www.caredimensions.org/care-services/refer-a-patient</t>
+  </si>
+  <si>
+    <t>GuideProgram@CareDimensions.org</t>
+  </si>
+  <si>
+    <t>Care Guide Partners Inc.</t>
+  </si>
+  <si>
+    <t>Care Guide Partners</t>
+  </si>
+  <si>
+    <t>IN; KY</t>
+  </si>
+  <si>
+    <t>6200 Dutchmans Lane</t>
+  </si>
+  <si>
+    <t>Louisville</t>
+  </si>
+  <si>
+    <t>502-814-5408</t>
+  </si>
+  <si>
+    <t>www.pallitushealth.org</t>
+  </si>
+  <si>
+    <t>referrals@pallitus.org</t>
+  </si>
+  <si>
+    <t>Care Medical Practice PLLC</t>
+  </si>
+  <si>
+    <t>IN; NY; OH</t>
+  </si>
+  <si>
+    <t>888 7th Ave, 16th Floor</t>
+  </si>
+  <si>
+    <t>844-460-6111</t>
+  </si>
+  <si>
+    <t>https://activeaging.cinq.care/guide; https://caremedicalpractice.care/book-care-options/</t>
+  </si>
+  <si>
+    <t>info@caremedicalpractice.com</t>
+  </si>
+  <si>
+    <t>Care Medical Practice</t>
+  </si>
+  <si>
+    <t>564 Niagara Street</t>
+  </si>
+  <si>
+    <t>Buffalo</t>
+  </si>
+  <si>
+    <t>716-882-0366</t>
+  </si>
+  <si>
+    <t>https://www.cinq.care/care-medical-practice; https://caremedicalpractice.care/book-care-options/</t>
+  </si>
+  <si>
+    <t>Grace at Home</t>
+  </si>
+  <si>
+    <t>8900 Keystone Crossing,  Suite 540</t>
+  </si>
+  <si>
+    <t>Indianapolis</t>
+  </si>
+  <si>
+    <t>317-429-0120</t>
+  </si>
+  <si>
+    <t>https://grace-at-home.com/; https://caremedicalpractice.care/book-care-options/</t>
+  </si>
+  <si>
+    <t>Care Neurodegenerative Medical of New York PC</t>
+  </si>
+  <si>
+    <t>Synapticure</t>
+  </si>
+  <si>
+    <t>AZ; NJ; NY</t>
+  </si>
+  <si>
+    <t>191 Utter Ave</t>
+  </si>
+  <si>
+    <t>Staten Island</t>
+  </si>
+  <si>
+    <t>708-249-5450</t>
+  </si>
+  <si>
+    <t>https://www.synapticure.com; https://my.synapticure.com/onboarding/signup</t>
+  </si>
+  <si>
+    <t>support@synapticure.com</t>
+  </si>
+  <si>
+    <t>CareAtHome Medical Practice (KY), P.S.C.</t>
+  </si>
+  <si>
+    <t>IL; IN; MI; NE; NM; OH; TX</t>
+  </si>
+  <si>
+    <t>2333 Alexandria Drive, Suite 509</t>
+  </si>
+  <si>
+    <t>888-676-8864</t>
+  </si>
+  <si>
+    <t>www.vestahealthcare.com/guide</t>
+  </si>
+  <si>
+    <t>guideinfo@vestahealthcare.com</t>
+  </si>
+  <si>
+    <t>CareAtHome Medical Practice (MA), P.C.</t>
+  </si>
+  <si>
+    <t>75 Arlington Street, Suite 500</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>CareAtHome Medical Practice NJ, P.C.</t>
+  </si>
+  <si>
+    <t>28 Valley Road</t>
+  </si>
+  <si>
+    <t>Montclair</t>
+  </si>
+  <si>
+    <t>CareAtHome Medical Practice PA, P.C.</t>
+  </si>
+  <si>
+    <t>100 North 18th Street Suite 300</t>
+  </si>
+  <si>
+    <t>Philadelphia</t>
+  </si>
+  <si>
+    <t>CareConnectMD Connecticut PC</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>1266 E Main St.</t>
+  </si>
+  <si>
+    <t>Stamford</t>
+  </si>
+  <si>
+    <t>CareConnectMD Florida PA</t>
+  </si>
+  <si>
+    <t>10151 Deerwood Park Blvd., Ste 250</t>
+  </si>
+  <si>
+    <t>CareConnectMD Georgia PC</t>
+  </si>
+  <si>
+    <t>1230 Peachtree St. NE, 19th</t>
+  </si>
+  <si>
+    <t>Atlanta</t>
+  </si>
+  <si>
+    <t>CareConnectMD Michigan PC</t>
+  </si>
+  <si>
+    <t>3200 Greenfield Rd., Ste 300</t>
+  </si>
+  <si>
+    <t>CareConnectMD North Carolina PC</t>
+  </si>
+  <si>
+    <t>555 S Magnum St., Ste 100</t>
+  </si>
+  <si>
+    <t>Durham</t>
+  </si>
+  <si>
+    <t>CareConnectMD South Carolina PC</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>1240 Winnowing Way, Unit 102</t>
+  </si>
+  <si>
+    <t>Mt. Pleasant</t>
+  </si>
+  <si>
+    <t>CareConnectMD Tennessee PC</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>6000 Poplar Ave., Ste 250</t>
+  </si>
+  <si>
+    <t>Memphis</t>
+  </si>
+  <si>
+    <t>CareConnectMD Texas PA</t>
+  </si>
+  <si>
+    <t>7600 Chevy Chase Dr., Ste 300</t>
+  </si>
+  <si>
+    <t>Careline Palliative Care PLLC</t>
+  </si>
+  <si>
+    <t>801 Rosehill</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>https://carelinehealthgroup.com/</t>
+  </si>
+  <si>
+    <t>Careline PIN100 LLC</t>
+  </si>
+  <si>
+    <t>IN; MI; OH</t>
+  </si>
+  <si>
+    <t>600 E Carmel Drive Suite 144</t>
+  </si>
+  <si>
+    <t>Carmel</t>
+  </si>
+  <si>
+    <t>Careline POH100 LLC</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>3550 Briarfield Blvd Suite 300</t>
+  </si>
+  <si>
+    <t>Maumee</t>
+  </si>
+  <si>
+    <t>CareND Provider Group of Kansas PA</t>
+  </si>
+  <si>
+    <t>KS; NY</t>
+  </si>
+  <si>
+    <t>12022 Blue Valley Parkway Suite 514, PMB 514</t>
+  </si>
+  <si>
+    <t>Overland Park</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>www.synapticure.com; https://my.synapticure.com/onboarding/signup</t>
+  </si>
+  <si>
+    <t>CareND Provider Group of New Jersey PC</t>
+  </si>
+  <si>
+    <t>FL; IL; NJ</t>
+  </si>
+  <si>
+    <t>101 Eisenhower Parkway, Suite 300, #3146</t>
+  </si>
+  <si>
+    <t>Roseland</t>
+  </si>
+  <si>
+    <t>CareND Provider Group PA</t>
+  </si>
+  <si>
+    <t>AK; AL; AR; AS; AZ; CA; CO; CT; DC; DE; FL; GA; HI; IA; ID; IL; IN; KS; KY; LA; MA; MD; ME; MI; MN; MO; MS; MT; NC; ND; NE; NH; NJ; NM; NV; NY; OH; OK; OR; PA; RI; SC; SD; TN; TX; UT; VA; VT; WA; WI; WV; WY</t>
+  </si>
+  <si>
+    <t>2045 W Grand Ave Ste B</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>CaringAtHome, LLC</t>
+  </si>
+  <si>
+    <t>FL; VA; WV</t>
+  </si>
+  <si>
+    <t>251 Little Falls Drive</t>
+  </si>
+  <si>
+    <t>Wilmington</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Carolina Caring, Inc</t>
+  </si>
+  <si>
+    <t>Carolina Caring Palliative Medicine</t>
+  </si>
+  <si>
+    <t>NC; SC</t>
+  </si>
+  <si>
+    <t>3975 Robinson Road</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>828-464-9459</t>
+  </si>
+  <si>
+    <t>www.carolinacaring.org</t>
+  </si>
+  <si>
+    <t>CAROLINAS PHYSICIANS NETWORK, INC.</t>
+  </si>
+  <si>
+    <t>Atrium Health Senior Care</t>
+  </si>
+  <si>
+    <t>101 E. WT Harris Blvd Suite 1110</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>704-863-9850</t>
+  </si>
+  <si>
+    <t>https://atriumhealth.org/locations/detail/atrium-health-senior-care</t>
+  </si>
+  <si>
+    <t xml:space="preserve">guide@advocatehealth.org
+</t>
+  </si>
+  <si>
+    <t>Atrium Health Neurology Speciality Care-Cognitive</t>
+  </si>
+  <si>
+    <t>1225 Harding Place Suite 4200</t>
+  </si>
+  <si>
+    <t>704-468-0101</t>
+  </si>
+  <si>
+    <t>https://atriumhealth.org/locations/detail/atrium-health-neurology-specialty-care-kenilworth</t>
+  </si>
+  <si>
+    <t>Cedar Valley Hospice, Inc.</t>
+  </si>
+  <si>
+    <t>Cedar Valley Hospice</t>
+  </si>
+  <si>
+    <t>900 Tower Park Dr</t>
+  </si>
+  <si>
+    <t>Waterloo</t>
+  </si>
+  <si>
+    <t>319-272-2002</t>
+  </si>
+  <si>
+    <t>www.cvhospice.org</t>
+  </si>
+  <si>
+    <t>info@cvhospice.org</t>
+  </si>
+  <si>
+    <t>Cedars Sinai</t>
+  </si>
+  <si>
+    <t>8700 Beverly BLVD</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>310-423-6472</t>
+  </si>
+  <si>
+    <t>https://www.cedars-sinai.org/programs/neurology-neurosurgery/specialties/memory-disorders.html; https://www.cedars-sinai.org/programs/neurology-neurosurgery/specialties/memory-disorders.html</t>
+  </si>
+  <si>
+    <t>memory@cshs.org</t>
+  </si>
+  <si>
+    <t>Center for Comprehensive Palliative Care</t>
+  </si>
+  <si>
+    <t>1528 SW 1st Ave.</t>
+  </si>
+  <si>
+    <t>Ocala</t>
+  </si>
+  <si>
+    <t>888-308-7131</t>
+  </si>
+  <si>
+    <t>https://empathhealth.org/empath-guide/</t>
+  </si>
+  <si>
+    <t>guideteam@empathhealth.org</t>
+  </si>
+  <si>
+    <t>Empath GUIDE</t>
+  </si>
+  <si>
+    <t>2897 SE 62nd St</t>
+  </si>
+  <si>
+    <t>5300 East Ave.</t>
+  </si>
+  <si>
+    <t>West Palm Beach</t>
+  </si>
+  <si>
+    <t>Centre HomeCare Inc</t>
+  </si>
+  <si>
+    <t>2437 Commercial Blvd Suite 280</t>
+  </si>
+  <si>
+    <t>State College</t>
+  </si>
+  <si>
+    <t>www.vnahs.com</t>
+  </si>
+  <si>
+    <t>Ceresti Health, Inc.</t>
+  </si>
+  <si>
+    <t>AK; AL; AR; AS; AZ; CA; CO; CT; DC; DE; FL; FM; GA; GU; HI; IA; ID; IL; IN; KS; KY; LA; MA; MD; ME; MH; MI; MN; MO; MP; MS; MT; NC; ND; NE; NH; NJ; NM; NV; NY; OH; OK; OR; PA; RI; SC; SD; TN; TX; UT; VA; VT; WA; WI; WV; WY</t>
+  </si>
+  <si>
+    <t>2888 Loker Ave E, Suite 100</t>
+  </si>
+  <si>
+    <t>Carlsbad</t>
+  </si>
+  <si>
+    <t>877-309-2215</t>
+  </si>
+  <si>
+    <t>https://www.ceresti.com; https://guide.ceresti.com</t>
+  </si>
+  <si>
+    <t>guide@ceresti.com; info@ceresti.com</t>
+  </si>
+  <si>
+    <t>CH MSSP Services MI, PLLC</t>
   </si>
   <si>
     <t>Not Reported</t>
   </si>
   <si>
-    <t>ARH Tug Valley Health Services, Inc.</t>
-[...248 lines deleted...]
-    <t>400 Royal Parkway</t>
+    <t>5750 Johnston St, Suite 205</t>
+  </si>
+  <si>
+    <t>Lafayette</t>
+  </si>
+  <si>
+    <t>877-279-5960</t>
+  </si>
+  <si>
+    <t>https://go.curanahealth.com/resident-guide-model</t>
+  </si>
+  <si>
+    <t>GUIDE@Curanahealth.com</t>
+  </si>
+  <si>
+    <t>CH Specialty Services CA, P.C.</t>
+  </si>
+  <si>
+    <t>http://go.curanahealth.com/resident-guide-model</t>
+  </si>
+  <si>
+    <t>CH Specialty Services KS, LLC</t>
+  </si>
+  <si>
+    <t>Chinese American Service League</t>
+  </si>
+  <si>
+    <t>2141 S Tan Court</t>
+  </si>
+  <si>
+    <t>312-791-0418</t>
+  </si>
+  <si>
+    <t>www.caslservice.org; https://casl.org/contact-us</t>
+  </si>
+  <si>
+    <t>alzheimers@casl.org</t>
+  </si>
+  <si>
+    <t>Christiana Care Health Services, Inc.</t>
+  </si>
+  <si>
+    <t>Swank Center for Memory Care</t>
+  </si>
+  <si>
+    <t>DE; MD; NJ; PA</t>
+  </si>
+  <si>
+    <t>100 S. Main St.</t>
+  </si>
+  <si>
+    <t>Smyrna</t>
+  </si>
+  <si>
+    <t>302-320-2620</t>
+  </si>
+  <si>
+    <t>https://christianacare.org/us/en/care/specialty-care/swank-center-for-memory-care; https://christianacare.org/us/en/care/specialty-care/swank-center-for-memory-care/guide-memory-program</t>
+  </si>
+  <si>
+    <t>GUIDESwank@christianacare.org</t>
+  </si>
+  <si>
+    <t>18742 Coastal Highway</t>
+  </si>
+  <si>
+    <t>Rehoboth Beach</t>
+  </si>
+  <si>
+    <t>501 W. 14th Street</t>
+  </si>
+  <si>
+    <t>https://christianacare.org/us/en/facilities/wilmington-hospital; https://christianacare.org/us/en/care/specialty-care/swank-center-for-memory-care/guide-memory-program</t>
+  </si>
+  <si>
+    <t>P.O. Box 1668</t>
+  </si>
+  <si>
+    <t>https://christianacare.org/; https://christianacare.org/us/en/care/specialty-care/swank-center-for-memory-care/guide-memory-program</t>
+  </si>
+  <si>
+    <t>City and County of San Francisco</t>
+  </si>
+  <si>
+    <t>1001 Potrero Ave</t>
+  </si>
+  <si>
+    <t>San Francisco</t>
+  </si>
+  <si>
+    <t>628-206-4420</t>
+  </si>
+  <si>
+    <t>dcasf@ucsf.edu</t>
+  </si>
+  <si>
+    <t>Clinical Care Consultants LLC</t>
+  </si>
+  <si>
+    <t>7652 sawmill rd suite 321</t>
+  </si>
+  <si>
+    <t>Dublin</t>
+  </si>
+  <si>
+    <t>CognaCare Neurologic Inc.</t>
+  </si>
+  <si>
+    <t>AK; AL; AZ; CA; CO; CT; DE; FL; GA; HI; IA; ID; IL; IN; KS; KY; LA; MA; MD; MI; MN; MO; MS; NC; ND; NE; NH; NJ; NM; NV; NY; OH; OK; OR; PA; RI; SC; TN; TX; UT; VA; WA; WI; WV; WY</t>
+  </si>
+  <si>
+    <t>1451 E. Chevy Chase Dr, Suite #201</t>
+  </si>
+  <si>
+    <t>Glendale</t>
+  </si>
+  <si>
+    <t>888-331-AVVA</t>
+  </si>
+  <si>
+    <t>AVVACare.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> info@avvacare.com</t>
+  </si>
+  <si>
+    <t>AVVACare</t>
+  </si>
+  <si>
+    <t>888-331-2882</t>
+  </si>
+  <si>
+    <t>www.avvacare.com</t>
+  </si>
+  <si>
+    <t>Axon Neurology</t>
+  </si>
+  <si>
+    <t>1451 E Chevy Chase Dr Suite 201</t>
+  </si>
+  <si>
+    <t>818-265-2245</t>
+  </si>
+  <si>
+    <t>https://axonneurology.com/; AVVACare.com</t>
+  </si>
+  <si>
+    <t>Elizabeth J. Kostrey, MD</t>
+  </si>
+  <si>
+    <t>2258 Foothill Blvd Ste 300</t>
+  </si>
+  <si>
+    <t>La Canada Flintridge</t>
+  </si>
+  <si>
+    <t>818-957-2248</t>
+  </si>
+  <si>
+    <t>https://uscvhh.org/doctors/elizabeth-j-kostrey-md; AVVACare.com</t>
+  </si>
+  <si>
+    <t>The Neurology Group</t>
+  </si>
+  <si>
+    <t>2895 N. Towne Ave</t>
+  </si>
+  <si>
+    <t>Pomona</t>
+  </si>
+  <si>
+    <t>909-982-2719</t>
+  </si>
+  <si>
+    <t>https://tnginc.org/; AVVACare.com</t>
+  </si>
+  <si>
+    <t>Girard and Son Neurology</t>
+  </si>
+  <si>
+    <t>425 S Fair Oaks Ave Suite A</t>
+  </si>
+  <si>
+    <t>Pasadena</t>
+  </si>
+  <si>
+    <t>626-449-1814</t>
+  </si>
+  <si>
+    <t>https://www.huntingtonhealth.org/physicians/david-a-girard-md/; AVVACare.com</t>
+  </si>
+  <si>
+    <t>Amaiak Chilingaryan, MD</t>
+  </si>
+  <si>
+    <t>800 South Central Avenue, Suite 307</t>
+  </si>
+  <si>
+    <t>818-646-1414</t>
+  </si>
+  <si>
+    <t>https://doctors.adventisthealth.org/provider/amaiak-chilingaryan/1338842; AVVACare.com</t>
+  </si>
+  <si>
+    <t>Cognitive Health Centers, LLC</t>
+  </si>
+  <si>
+    <t>Grey Matters-Brain and Spine Center AZ</t>
+  </si>
+  <si>
+    <t>AK; AR; AZ; CA; CO; FL; GA; HI; IA; ID; IN; KY; MI; MT; NY; OH; OR; PA; SC; TN; TX; UT; WA; WI; WY</t>
+  </si>
+  <si>
+    <t>1760 E Florence Blvd #250 , AZ</t>
+  </si>
+  <si>
+    <t>Casa Grande</t>
+  </si>
+  <si>
+    <t>941-529-0077</t>
+  </si>
+  <si>
+    <t>www.greymattershealth.org</t>
+  </si>
+  <si>
+    <t>contactus@greymattershealth.org</t>
+  </si>
+  <si>
+    <t>Grey Matters</t>
+  </si>
+  <si>
+    <t>2801 Fruitville Road, Suite 290</t>
+  </si>
+  <si>
+    <t>Sarasota</t>
+  </si>
+  <si>
+    <t>Grey Matters - Brain and Spine AZ</t>
+  </si>
+  <si>
+    <t>4045 W Chandler Blvd</t>
+  </si>
+  <si>
+    <t>Chandler</t>
+  </si>
+  <si>
+    <t>4348 Southpoint Blvd, Suite 310 , FL</t>
+  </si>
+  <si>
+    <t>904-290-6028</t>
+  </si>
+  <si>
+    <t>535 Encinitas Blvd Suite 111</t>
+  </si>
+  <si>
+    <t>Encinitas</t>
+  </si>
+  <si>
+    <t>Collabria Care</t>
+  </si>
+  <si>
+    <t>Providence Adult Day Health dba Collabria Care</t>
+  </si>
+  <si>
+    <t>414 South Jefferson Street Front Conference Room</t>
+  </si>
+  <si>
+    <t>Napa</t>
+  </si>
+  <si>
+    <t>707-815-6258</t>
+  </si>
+  <si>
+    <t>https://communityhealthnapavalley.org/alzheimers-services/</t>
+  </si>
+  <si>
+    <t>melissa.gerard@providence.org</t>
+  </si>
+  <si>
+    <t>COLLIN LIU MD INC.</t>
+  </si>
+  <si>
+    <t>Translate Neuroscience</t>
+  </si>
+  <si>
+    <t>AZ; CA; NV</t>
+  </si>
+  <si>
+    <t>11120 E OCEAN AIR DR STE B101-88</t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>619-630-8676</t>
+  </si>
+  <si>
+    <t>https://www.translateneuro.com</t>
+  </si>
+  <si>
+    <t>Columbia University</t>
+  </si>
+  <si>
+    <t>710 W. 168th St</t>
+  </si>
+  <si>
+    <t>646-426-3876</t>
+  </si>
+  <si>
+    <t>www.neurology.columbia.edu</t>
+  </si>
+  <si>
+    <t>jat2239@cumc.columbia.edu</t>
+  </si>
+  <si>
+    <t>Columbua University Medical Center | Neurologic Institute Aging &amp; Dementia clinic</t>
+  </si>
+  <si>
+    <t>710 West 168th Street 3rd floor</t>
+  </si>
+  <si>
+    <t>212-305-6939</t>
+  </si>
+  <si>
+    <t>https://www.columbiadoctors.org/specialties/neurology/our-services/aging-and-dementia</t>
+  </si>
+  <si>
+    <t>Community Memorial Health System</t>
+  </si>
+  <si>
+    <t>147 Brent Street</t>
+  </si>
+  <si>
+    <t>Ventura</t>
+  </si>
+  <si>
+    <t>805-948-6223</t>
+  </si>
+  <si>
+    <t>https://www.mycmh.org/</t>
+  </si>
+  <si>
+    <t>Community Nursing Service of Clinton County</t>
+  </si>
+  <si>
+    <t>124 Woodward Avenue</t>
+  </si>
+  <si>
+    <t>Lock Haven</t>
+  </si>
+  <si>
+    <t>Crystal Run Healthcare Physicians Llp</t>
+  </si>
+  <si>
+    <t>Newburgh - 1200 Route 300</t>
+  </si>
+  <si>
+    <t>CA; NC; NY; PA</t>
+  </si>
+  <si>
+    <t>1200 Route 300</t>
+  </si>
+  <si>
+    <t>Newburgh</t>
+  </si>
+  <si>
+    <t>845-725-0100</t>
+  </si>
+  <si>
+    <t>https://www.crystalrunhealthcare.com/locations/newburgh</t>
+  </si>
+  <si>
+    <t>acoreach@caremount.com</t>
+  </si>
+  <si>
+    <t>Middletown - 155 Crystal Run Rd.</t>
+  </si>
+  <si>
+    <t>155 Crystal Run Road</t>
+  </si>
+  <si>
+    <t>Middletown</t>
+  </si>
+  <si>
+    <t>845-703-6999</t>
+  </si>
+  <si>
+    <t>https://www.crystalrunhealthcare.com/locations/middletown-155-crystal-run-rd</t>
+  </si>
+  <si>
+    <t>West Nyack - 2 Centerock Road</t>
+  </si>
+  <si>
+    <t>2 Centerock Road</t>
+  </si>
+  <si>
+    <t>West Nyack</t>
+  </si>
+  <si>
+    <t>845-348-1100</t>
+  </si>
+  <si>
+    <t>https://www.crystalrunhealthcare.com/locations/west-nyack</t>
+  </si>
+  <si>
+    <t>Rock Hill - 61 Emerald Place</t>
+  </si>
+  <si>
+    <t>61 Emerald Place</t>
+  </si>
+  <si>
+    <t>Rock Hill</t>
+  </si>
+  <si>
+    <t>845-794-6999</t>
+  </si>
+  <si>
+    <t>https://www.crystalrunhealthcare.com/locations/rock-hill</t>
+  </si>
+  <si>
+    <t>Monroe - 855 Route 17M</t>
+  </si>
+  <si>
+    <t>855 Route 17M</t>
+  </si>
+  <si>
+    <t>845-615-6999</t>
+  </si>
+  <si>
+    <t>https://www.crystalrunhealthcare.com/locations/monroe</t>
+  </si>
+  <si>
+    <t>Curana Health Medical Group, PLLC</t>
+  </si>
+  <si>
+    <t>Curana Health</t>
+  </si>
+  <si>
+    <t>220 CREEKSIDE CROSSING</t>
+  </si>
+  <si>
+    <t>New Braunfels</t>
+  </si>
+  <si>
+    <t>877-383-2880</t>
+  </si>
+  <si>
+    <t>3810 WILLIAMS DR</t>
+  </si>
+  <si>
+    <t>Georgetown</t>
+  </si>
+  <si>
+    <t>Curana Health of Alabama, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Arizona, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Arkansas, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Florida, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Georgia, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Illinois, P.C.</t>
+  </si>
+  <si>
+    <t>Curana Health of Indiana, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Iowa, PLLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Kentucky, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Louisiana, LLC</t>
+  </si>
+  <si>
+    <t>LA; TN</t>
+  </si>
+  <si>
+    <t>403 E FLOURNOY LUCAS RD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shreveport </t>
+  </si>
+  <si>
+    <t>Curana Health of Massachusetts, LLC</t>
+  </si>
+  <si>
+    <t>99 NORUMBEGA RD</t>
+  </si>
+  <si>
+    <t>WESTON</t>
+  </si>
+  <si>
+    <t>Curana Health of Minnesota, PLLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Mississippi, LLC</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>5751 Johnston St, Suite 205</t>
+  </si>
+  <si>
+    <t>1325 MCINGVALE RD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hernando </t>
+  </si>
+  <si>
+    <t>Curana Health of Missouri-Kansas, LLC</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>400 NW MURRAY RD.</t>
+  </si>
+  <si>
+    <t>Curana Health of Nevada (Requeijo-Gamboa), PLLC</t>
+  </si>
+  <si>
+    <t>NV</t>
+  </si>
+  <si>
+    <t>1001 MOUNTAIN ST</t>
+  </si>
+  <si>
+    <t>Carson City</t>
+  </si>
+  <si>
+    <t>Curana Health of New Mexico, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of North Carolina, PLLC</t>
+  </si>
+  <si>
+    <t>1240 ARBOR ROAD</t>
+  </si>
+  <si>
+    <t>Winston Salem</t>
+  </si>
+  <si>
+    <t>Curana Health of Ohio, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Pennsylvania P.C.</t>
+  </si>
+  <si>
+    <t>Curana Health of South Carolina, P.C.</t>
+  </si>
+  <si>
+    <t>200 WELLMORE DRIVE</t>
+  </si>
+  <si>
+    <t>Curana Health of Tennessee, LLC</t>
+  </si>
+  <si>
+    <t>464 SAGE RD N</t>
+  </si>
+  <si>
+    <t>White House</t>
+  </si>
+  <si>
+    <t>Curana Health of Virginia, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of West Virginia, LLC</t>
+  </si>
+  <si>
+    <t>Curana Health of Wisconsin, Inc.</t>
+  </si>
+  <si>
+    <t>Delaware Hospice Inc</t>
+  </si>
+  <si>
+    <t>Delaware Hospice, Inc</t>
+  </si>
+  <si>
+    <t>DE; MD; PA</t>
+  </si>
+  <si>
+    <t>100 Patriots Way</t>
+  </si>
+  <si>
+    <t>Milford</t>
+  </si>
+  <si>
+    <t>302-856-7717</t>
+  </si>
+  <si>
+    <t>https://delawarehospice.org/; https://delawarehospice.org/medical-professionals/make-a-referral/</t>
+  </si>
+  <si>
+    <t>referralcenter@delawarehospice.org</t>
+  </si>
+  <si>
+    <t>1786 Wilmington West Chester Pike</t>
+  </si>
+  <si>
+    <t>Glen Mills</t>
+  </si>
+  <si>
+    <t>302-478-5707</t>
+  </si>
+  <si>
+    <t>555 East Loockerman Street</t>
+  </si>
+  <si>
+    <t>Dover</t>
+  </si>
+  <si>
+    <t>302-678-4444</t>
+  </si>
+  <si>
+    <t>630 Churchmans Road, Suite 200</t>
+  </si>
+  <si>
+    <t>Newark</t>
+  </si>
+  <si>
+    <t>Dementia Care FL PLLC</t>
+  </si>
+  <si>
+    <t>Dementia Care Florida</t>
+  </si>
+  <si>
+    <t>AZ; CA; CO; DC; DE; FL; GA; LA; MA; MD; MI; MN; MO; MS; NC; NJ; NM; NV; NY; OH; SC; TX; VA; WA; WI</t>
+  </si>
+  <si>
+    <t>7335 Winding Lake Circle</t>
+  </si>
+  <si>
+    <t>Oviedo</t>
+  </si>
+  <si>
+    <t>407-449-2044</t>
+  </si>
+  <si>
+    <t>https://craniometrix-florida.lovable.app/</t>
+  </si>
+  <si>
+    <t>Dementia Care Texas PLLC</t>
+  </si>
+  <si>
+    <t>Dementia Care Texas</t>
+  </si>
+  <si>
+    <t>NY; TX</t>
+  </si>
+  <si>
+    <t>23 Wood Manor Place</t>
+  </si>
+  <si>
+    <t>The Woodlands</t>
+  </si>
+  <si>
+    <t>832-702-2637</t>
+  </si>
+  <si>
+    <t>https://craniometrix-texas.lovable.app/</t>
+  </si>
+  <si>
+    <t>Dent Neurologic Group, LLP</t>
+  </si>
+  <si>
+    <t>FL; GA; MD; NY</t>
+  </si>
+  <si>
+    <t>3980 Sheridan Dr.</t>
+  </si>
+  <si>
+    <t>Amherst</t>
+  </si>
+  <si>
+    <t>716-250-2000</t>
+  </si>
+  <si>
+    <t>www.dentinstitute.com</t>
+  </si>
+  <si>
+    <t>Sharlock@dentinstitute.com</t>
+  </si>
+  <si>
+    <t>Determined Medical Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Determined Medical </t>
+  </si>
+  <si>
+    <t>3415 S Sepulveda Blvd Suite 1000</t>
+  </si>
+  <si>
+    <t>800-800-0211</t>
+  </si>
+  <si>
+    <t>www.determinedhealth.com; www.determinedhealth.com/contact</t>
+  </si>
+  <si>
+    <t>info@determinedhealth.com</t>
+  </si>
+  <si>
+    <t>Dzung Trinh MD Inc</t>
+  </si>
+  <si>
+    <t>1090 E Kelso Ave</t>
+  </si>
+  <si>
+    <t>Fresno</t>
+  </si>
+  <si>
+    <t>Fresno Geriatric Medical Group</t>
+  </si>
+  <si>
+    <t>347 East Barstow Avenue</t>
+  </si>
+  <si>
+    <t>559-908-8415</t>
+  </si>
+  <si>
+    <t>www.fresnomd.com</t>
+  </si>
+  <si>
+    <t>Elizabeth Ferluga, M.D., P.C.</t>
+  </si>
+  <si>
+    <t>CA; DC; NH; NV; NY</t>
+  </si>
+  <si>
+    <t>548 Market St #47606</t>
+  </si>
+  <si>
+    <t>Empire State Medical Treatment, PLLC</t>
+  </si>
+  <si>
+    <t>912 3rd St NE</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>DC</t>
+  </si>
+  <si>
+    <t>571-332-3246</t>
+  </si>
+  <si>
+    <t>www.wovenly.com</t>
+  </si>
+  <si>
+    <t>info@wovenly.com</t>
+  </si>
+  <si>
+    <t>EmpowerMe Medical Group, P.C.</t>
+  </si>
+  <si>
+    <t>AK; AL; AR; AZ; CA; CO; CT; DC; DE; FL; GA; HI; IA; ID; IL; IN; KS; KY; LA; MA; MD; ME; MI; MN; MO; MS; MT; NC; ND; NE; NH; NJ; NM; NV; NY; OH; OK; OR; PA; RI; SC; SD; TN; TX; UT; VA; VT; WA; WI; WV; WY</t>
+  </si>
+  <si>
+    <t>1335 Strassner Drive</t>
+  </si>
+  <si>
+    <t>Brentwood</t>
+  </si>
+  <si>
+    <t>888-697-4120</t>
+  </si>
+  <si>
+    <t>www.empowerme.com/guide-program</t>
+  </si>
+  <si>
+    <t xml:space="preserve">care@empowerme.com 
+</t>
+  </si>
+  <si>
+    <t>Erlanger Health</t>
+  </si>
+  <si>
+    <t>975 East Third Street</t>
+  </si>
+  <si>
+    <t>Chattanooga</t>
+  </si>
+  <si>
+    <t>423-778-9001</t>
+  </si>
+  <si>
+    <t>https://www.erlanger.org/; https://www.erlanger.org/medical-services/neurology</t>
+  </si>
+  <si>
+    <t>Martina.Majure@Erlanger.org</t>
+  </si>
+  <si>
+    <t>EVMS Academic Physicians and Surgeons Health Services Foundation, Inc.</t>
+  </si>
+  <si>
+    <t>NC; VA</t>
+  </si>
+  <si>
+    <t>4111 Monarch Way, Suite 500</t>
+  </si>
+  <si>
+    <t>Norfolk</t>
+  </si>
+  <si>
+    <t>757-446-5100</t>
+  </si>
+  <si>
+    <t>https://www.evms.edu/</t>
+  </si>
+  <si>
+    <t>Excel Medical Center, LLC</t>
+  </si>
+  <si>
+    <t>7515 Stenton Ave</t>
+  </si>
+  <si>
+    <t>Phildelphia</t>
+  </si>
+  <si>
+    <t>Faculty Physicians And Surgeons of LLUSM</t>
+  </si>
+  <si>
+    <t>11175 Campus St. Room 11120</t>
+  </si>
+  <si>
+    <t>Loma Linda</t>
+  </si>
+  <si>
+    <t>909-558-4000</t>
+  </si>
+  <si>
+    <t>https://lluh.org</t>
+  </si>
+  <si>
+    <t>geriatrics@llu.edu</t>
+  </si>
+  <si>
+    <t>FIVE STAR HOME HEALTH CARE LLC</t>
+  </si>
+  <si>
+    <t>Five Star Home Health Care</t>
+  </si>
+  <si>
+    <t>14420 Albemarle Point Pl Ste 150</t>
+  </si>
+  <si>
+    <t>Chantilly</t>
+  </si>
+  <si>
+    <t>703-436-0150</t>
+  </si>
+  <si>
+    <t>https://www.fshhc.com/guide/; www.fshhc.com</t>
+  </si>
+  <si>
+    <t>guide@fshhc.com</t>
+  </si>
+  <si>
+    <t>FLORIDA HOSPITAL MEDICAL GROUP, INC.</t>
+  </si>
+  <si>
+    <t>2600 Westhall Lane, 4th Floor</t>
+  </si>
+  <si>
+    <t>Maitland</t>
+  </si>
+  <si>
+    <t>407-303-6729</t>
+  </si>
+  <si>
+    <t>https://www.adventhealthneuroinstitute.com/programs/alzheimers-disease-and-dementia</t>
+  </si>
+  <si>
+    <t>ORL.MemoryCare@AdventHealth.com</t>
+  </si>
+  <si>
+    <t>AdventHealth Medical Group Memory Care at Innovation Tower</t>
+  </si>
+  <si>
+    <t>265 E Rollins Street 6th Floor</t>
+  </si>
+  <si>
+    <t>Gameplan Medical</t>
+  </si>
+  <si>
+    <t>AR; CT; FL; GA; IA; MO; MS; NC; NJ; NY; OH; PA; SC; WI</t>
+  </si>
+  <si>
+    <t>1 Big Barn Road</t>
+  </si>
+  <si>
+    <t>Cranbury</t>
+  </si>
+  <si>
+    <t>877-964-8433</t>
+  </si>
+  <si>
+    <t>https://gameplanmedical.com/</t>
+  </si>
+  <si>
+    <t>info@gameplanmedical.com</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - NJ; Gameplan Medical - NY</t>
+  </si>
+  <si>
+    <t>704-385-1223</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - WI</t>
+  </si>
+  <si>
+    <t>1028 Wisconsin Ave</t>
+  </si>
+  <si>
+    <t>Boscobel</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - PA</t>
+  </si>
+  <si>
+    <t>1154 Baltimore Pike, Ste C</t>
+  </si>
+  <si>
+    <t>Springfield</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - AR</t>
+  </si>
+  <si>
+    <t>15400 Chenal Parkway</t>
+  </si>
+  <si>
+    <t>Little Rock</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - OH</t>
+  </si>
+  <si>
+    <t>210 E. Sharon Rd</t>
+  </si>
+  <si>
+    <t>Cincinnati</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - MS</t>
+  </si>
+  <si>
+    <t>2159 South Lamar Blvd Ste B</t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - IA</t>
+  </si>
+  <si>
+    <t>2306 Muscatine Ave</t>
+  </si>
+  <si>
+    <t>Iowa City</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - MO</t>
+  </si>
+  <si>
+    <t>400 S. Main St</t>
+  </si>
+  <si>
+    <t>Charleston</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - GA</t>
+  </si>
+  <si>
+    <t>660 Whitlock Ave SW Suite G-2</t>
+  </si>
+  <si>
+    <t>Marietta</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - SC</t>
+  </si>
+  <si>
+    <t>822B E Liberty Street</t>
+  </si>
+  <si>
+    <t>York</t>
+  </si>
+  <si>
+    <t>Gameplan Medical - NC</t>
+  </si>
+  <si>
+    <t>9835 Monroe Rd</t>
+  </si>
+  <si>
+    <t>Gilchrist Hospice Care Inc</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>11311 MCCORMICK RD, STE 350</t>
+  </si>
+  <si>
+    <t>Hunt Valley</t>
+  </si>
+  <si>
+    <t>888-823-8880</t>
+  </si>
+  <si>
+    <t>www.gilchristcares.org</t>
+  </si>
+  <si>
+    <t>GN Medical Associates, Inc.</t>
+  </si>
+  <si>
+    <t>3090 Bristol St., Ste. 200</t>
+  </si>
+  <si>
+    <t>Costa Mesa</t>
+  </si>
+  <si>
+    <t>714-992-1182</t>
+  </si>
+  <si>
+    <t>https://www.careconnectmd.com/guide-program</t>
+  </si>
+  <si>
+    <t>guide-ca@careconnectmd.com</t>
+  </si>
+  <si>
+    <t>Grab Healthcare, LLC</t>
+  </si>
+  <si>
+    <t>406 W South Jordan Parkway</t>
+  </si>
+  <si>
+    <t>Salt Lake City</t>
+  </si>
+  <si>
+    <t>801-919-3008</t>
+  </si>
+  <si>
+    <t>https://www.grabmd.com/</t>
+  </si>
+  <si>
+    <t>GUIDE@GrabMD.com</t>
+  </si>
+  <si>
+    <t>Togo Health</t>
+  </si>
+  <si>
+    <t>www.togohealth.com</t>
+  </si>
+  <si>
+    <t>Grady Health System</t>
+  </si>
+  <si>
+    <t>80 Jesse Hill , Jr. Drive, SE</t>
+  </si>
+  <si>
+    <t>404-616-1000</t>
+  </si>
+  <si>
+    <t>gradyhealth.org; https://www.gradyhealth.org/make-an-appointment/</t>
+  </si>
+  <si>
+    <t>Harmonic Health Medical Group, P.A.</t>
+  </si>
+  <si>
+    <t>Harmonic Health</t>
+  </si>
+  <si>
+    <t>FL; NV</t>
+  </si>
+  <si>
+    <t>115 North Calhoun St., Ste 4</t>
+  </si>
+  <si>
+    <t>Tallahassee</t>
+  </si>
+  <si>
+    <t>862-320-9565</t>
+  </si>
+  <si>
+    <t>https://www.harmonichealth.com/</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Arizona, P.C.</t>
+  </si>
+  <si>
+    <t>AZ; CO; UT</t>
+  </si>
+  <si>
+    <t>8825 N. 23rd Ave. Ste. 100</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Delaware, P.A.</t>
+  </si>
+  <si>
+    <t>AR; AZ; CT; DC; DE; FL; GA; IA; IL; IN; KS; KY; LA; MA; MD; MI; MN; MO; MS; NC; ND; NE; NY; OH; OR; PA; SC; TN; UT; VA; WA; WI; WV</t>
+  </si>
+  <si>
+    <t>108 Lakeland Ave.</t>
+  </si>
+  <si>
+    <t>enroll@harmonichealth.com</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Illinois S.C.</t>
+  </si>
+  <si>
+    <t>1315 W. Lawrence Ave.</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Indiana, P.C.</t>
+  </si>
+  <si>
+    <t>IN; KY; NC; OH</t>
+  </si>
+  <si>
+    <t>150 W. Market Street Suite 400</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Iowa P.C.</t>
+  </si>
+  <si>
+    <t>IA; NE</t>
+  </si>
+  <si>
+    <t>119 S Main Street</t>
+  </si>
+  <si>
+    <t>St. Charles</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Kentucky, P.S.C.</t>
+  </si>
+  <si>
+    <t>828 Lane Allen Rd. Ste. 219</t>
+  </si>
+  <si>
+    <t>www.harmonichealth.com</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Louisiana, Professional Corporation</t>
+  </si>
+  <si>
+    <t>8550 United Plz. Bldg. II, Ste. 305</t>
+  </si>
+  <si>
+    <t>Baton Rouge</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Massachusetts, P.C.</t>
+  </si>
+  <si>
+    <t>MA; NH; VT</t>
+  </si>
+  <si>
+    <t>1157 Tucker Road</t>
+  </si>
+  <si>
+    <t>Dartmouth</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Michigan, P.C</t>
+  </si>
+  <si>
+    <t>186 N. Main St. 2nd Floor, Ste. 1</t>
+  </si>
+  <si>
+    <t>Plymouth</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Minnesota, P.C.</t>
+  </si>
+  <si>
+    <t>AZ; MN; ND; SD; UT</t>
+  </si>
+  <si>
+    <t>1605 30th Ave. So. Ste. A</t>
+  </si>
+  <si>
+    <t>Moorhead</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Missouri, P.C.</t>
+  </si>
+  <si>
+    <t>Ennoble at Home</t>
+  </si>
+  <si>
+    <t>222 E. Dunklin St. Ste. 102</t>
+  </si>
+  <si>
+    <t>Jefferson City</t>
+  </si>
+  <si>
+    <t>856-399-7606</t>
+  </si>
+  <si>
+    <t>https://www.eccaco.com/guide</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Nevada - Mohseni, P.C.</t>
+  </si>
+  <si>
+    <t>716 N. Carson St., #B</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of New Jersey, P.C.</t>
+  </si>
+  <si>
+    <t>CO; FL; GA; IL; IN; KY; MI; MO; NJ; NM; NY; OH; OK; OR; PA; TN; TX</t>
+  </si>
+  <si>
+    <t>316 Berrhill Dr.</t>
+  </si>
+  <si>
+    <t>Williamstown</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of North Carolina, P.C.</t>
+  </si>
+  <si>
+    <t>176 Mine Lake Ct. Ste. 100</t>
+  </si>
+  <si>
+    <t>Raleigh</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Northern California, P.C.</t>
+  </si>
+  <si>
+    <t>DE; GA; KS; MD; NJ; NY; OK; PA; TN; VA; WV</t>
+  </si>
+  <si>
+    <t>455 Capitol Mall Complex Ste. 217</t>
+  </si>
+  <si>
+    <t>Sacramento</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of South California PC</t>
+  </si>
+  <si>
+    <t>CA; MI</t>
+  </si>
+  <si>
+    <t>455 Capitol Mall Complex Suite 217</t>
+  </si>
+  <si>
+    <t>Harmonic Medical Group of Tennessee, P.C.</t>
+  </si>
+  <si>
+    <t>AL; AR; GA; KY; MS; TN</t>
+  </si>
+  <si>
+    <t>992 Davidson Dr., Ste. B</t>
   </si>
   <si>
     <t>Nashville</t>
   </si>
   <si>
-    <t>TN</t>
-[...203 lines deleted...]
-    <t>Brain Health Medical P.C.</t>
+    <t>Harmonic Medical Group of Texas, P.C.</t>
+  </si>
+  <si>
+    <t>NM; OK; TX</t>
+  </si>
+  <si>
+    <t>1501 S. Mopac Expy., Ste. 220</t>
+  </si>
+  <si>
+    <t>Harmony at Home Provider Services LLC</t>
+  </si>
+  <si>
+    <t>At Home Harmony</t>
+  </si>
+  <si>
+    <t>DE; MD; MT; NC; VA</t>
+  </si>
+  <si>
+    <t>1504 SANTA ROSA RD RM 114</t>
+  </si>
+  <si>
+    <t>Henrico</t>
+  </si>
+  <si>
+    <t>804-917-3400</t>
+  </si>
+  <si>
+    <t>www.athomeharmony.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">harmonyguide@athomeharmony.com
+</t>
+  </si>
+  <si>
+    <t>Healing Hands Healthcare, LLC</t>
+  </si>
+  <si>
+    <t>Healing Hands Healthcare, LLC, Counties: Archer, Baylor, Clay, Collin, Cooke, Cottle, Dallas, Denton, Foard, Haskell, Jack, Knox, Montague, Palo Pinto, Parker, Tarrant, Throckmorton, Wilbarger, Wise, Young</t>
+  </si>
+  <si>
+    <t>901 Indiana Ave. Ste. 665</t>
+  </si>
+  <si>
+    <t>Wichita Falls</t>
+  </si>
+  <si>
+    <t>940-432-0588</t>
+  </si>
+  <si>
+    <t>https://hhhcwf.com</t>
+  </si>
+  <si>
+    <t>guide@healinghandshealthcare.us</t>
+  </si>
+  <si>
+    <t>Heart to Heart Social Adult Services LLC</t>
+  </si>
+  <si>
+    <t>209 Empire Boulevard</t>
+  </si>
+  <si>
+    <t>Brooklyn</t>
+  </si>
+  <si>
+    <t>718-305-6200</t>
+  </si>
+  <si>
+    <t>www.h2hadultdaycare.com</t>
+  </si>
+  <si>
+    <t>marketing@closeatheart.com</t>
+  </si>
+  <si>
+    <t>HEARTS FOR DEMENTIA LLC</t>
+  </si>
+  <si>
+    <t>9375 EAST SHEA BLVD STE 100</t>
+  </si>
+  <si>
+    <t>Scottsdale</t>
+  </si>
+  <si>
+    <t>480-720-9038</t>
+  </si>
+  <si>
+    <t>www.heartsfordementia.com</t>
+  </si>
+  <si>
+    <t>info@heartsfordementia.com</t>
+  </si>
+  <si>
+    <t>HEBREW REHABILITATION CENTER</t>
+  </si>
+  <si>
+    <t>Wolk Center for Memory Health</t>
+  </si>
+  <si>
+    <t>1200 Centre Street</t>
+  </si>
+  <si>
+    <t>617-363-8600</t>
+  </si>
+  <si>
+    <t>https://www.hebrewseniorlife.org/wolk-center-memory-health</t>
+  </si>
+  <si>
+    <t>HMH Hospitals Corporation</t>
+  </si>
+  <si>
+    <t>343 Thornall Street</t>
+  </si>
+  <si>
+    <t>Edison</t>
+  </si>
+  <si>
+    <t>551-996-1042</t>
+  </si>
+  <si>
+    <t>https://www.hackensackmeridianhealth.org/en/services/neurosciences/memory-loss-and-brain-health; https://mychart.hmhn.org/Mychart/Authentication/Login?</t>
+  </si>
+  <si>
+    <t>CenterforMemoryLoss&amp;BrainHealth@hmhn.org</t>
+  </si>
+  <si>
+    <t>Center for Memory Loss and Brain Health</t>
+  </si>
+  <si>
+    <t>650 From Road, Suite 506</t>
+  </si>
+  <si>
+    <t>Paramus</t>
+  </si>
+  <si>
+    <t>https://www.hackensackmeridianhealth.org/en/locations/the-center-for-memory-loss-and-brain-health-at-hackensack-university-medical-center; https://mychart.hmhn.org/Mychart/Authentication/Login?</t>
+  </si>
+  <si>
+    <t>HOMAHA Senior Care</t>
+  </si>
+  <si>
+    <t>Medicine in Motion</t>
+  </si>
+  <si>
+    <t>IA; NE; WY</t>
+  </si>
+  <si>
+    <t>1002 E Philip Ave, Suite #5</t>
+  </si>
+  <si>
+    <t>North Platte</t>
+  </si>
+  <si>
+    <t>NE</t>
+  </si>
+  <si>
+    <t>531-359-6571</t>
+  </si>
+  <si>
+    <t>https://medinmotionmd.com</t>
+  </si>
+  <si>
+    <t>info@medinmotionmd.com</t>
+  </si>
+  <si>
+    <t>1050 N 3rd Suite P</t>
+  </si>
+  <si>
+    <t>Laramie</t>
+  </si>
+  <si>
+    <t>WY</t>
+  </si>
+  <si>
+    <t>www.medinmotionMD.com</t>
+  </si>
+  <si>
+    <t>11011 Q St, Suite 101C</t>
+  </si>
+  <si>
+    <t>Omaha</t>
+  </si>
+  <si>
+    <t>1517 Broadway, Suite 110</t>
+  </si>
+  <si>
+    <t>Scottsbluff</t>
+  </si>
+  <si>
+    <t>233 S 13th St, Suite 1100</t>
+  </si>
+  <si>
+    <t>Lincoln</t>
+  </si>
+  <si>
+    <t>4471 41st Ave, Suite 1004</t>
+  </si>
+  <si>
+    <t>Columbus</t>
+  </si>
+  <si>
+    <t>4908 Cass St.</t>
+  </si>
+  <si>
+    <t>49955 Teakwood Road</t>
+  </si>
+  <si>
+    <t>Walnut</t>
+  </si>
+  <si>
+    <t>Homedica of Louisiana, LLC</t>
+  </si>
+  <si>
+    <t>Homedica House Calls</t>
+  </si>
+  <si>
+    <t>LA; MS</t>
+  </si>
+  <si>
+    <t>10615 Jefferson Highway</t>
+  </si>
+  <si>
+    <t>844-414-2072</t>
+  </si>
+  <si>
+    <t>https://www.thecarpenterhealthnetwork.com/; https://www.myhomedica.com/guide</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@myhomedica.com
+</t>
+  </si>
+  <si>
+    <t>Honest Home Health Care Services Inc</t>
+  </si>
+  <si>
+    <t>4221 Wilshire Blvd Ste 170-16</t>
+  </si>
+  <si>
+    <t>818-245-5367</t>
+  </si>
+  <si>
+    <t>https://www.lacommunitycare.com/honesthhc</t>
+  </si>
+  <si>
+    <t>info@honesthhca.com</t>
+  </si>
+  <si>
+    <t>HopeWest</t>
+  </si>
+  <si>
+    <t>HopeWest Dementia Support</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>3090 North 12th Street</t>
+  </si>
+  <si>
+    <t>Grand Junction</t>
+  </si>
+  <si>
+    <t>970-248-4400</t>
+  </si>
+  <si>
+    <t>https://www.hopewestco.org/dementia-support/</t>
+  </si>
+  <si>
+    <t>Hospice &amp; Palliative Care Charlotte Region</t>
+  </si>
+  <si>
+    <t>7845 Little Ave</t>
+  </si>
+  <si>
+    <t>833-839-1113</t>
+  </si>
+  <si>
+    <t>www.viahp.org/</t>
+  </si>
+  <si>
+    <t>Hospice &amp; Palliative CareCenter</t>
+  </si>
+  <si>
+    <t>101 Hospice Lane</t>
+  </si>
+  <si>
+    <t>336-768-7653</t>
+  </si>
+  <si>
+    <t>www.trellissupport.org</t>
+  </si>
+  <si>
+    <t>GUIDE@trellissupport.org</t>
+  </si>
+  <si>
+    <t>Hospice of the Chesapeake</t>
+  </si>
+  <si>
+    <t>90 Ritchie Highway</t>
+  </si>
+  <si>
+    <t>877-462-1103</t>
+  </si>
+  <si>
+    <t>www.hospicechesapeake.org</t>
+  </si>
+  <si>
+    <t>GUIDEinfo@hospicechesapeake.org</t>
+  </si>
+  <si>
+    <t>Hospice of the Good Shepherd Inc.</t>
+  </si>
+  <si>
+    <t>160 Wells Ave</t>
+  </si>
+  <si>
+    <t>617-969-6130</t>
+  </si>
+  <si>
+    <t>https://gscommunitycare.org/</t>
+  </si>
+  <si>
+    <t>info@gscommunitycare.org</t>
+  </si>
+  <si>
+    <t>Hospice of the Piedmont, Inc.</t>
+  </si>
+  <si>
+    <t>1801 Westchester Drive</t>
+  </si>
+  <si>
+    <t>High Point</t>
+  </si>
+  <si>
+    <t>336-889-8446</t>
+  </si>
+  <si>
+    <t>www.hospiceofthepiedmont.org</t>
+  </si>
+  <si>
+    <t>info@hospiceofthepiedmont.org</t>
+  </si>
+  <si>
+    <t>Hospice of Wake County</t>
+  </si>
+  <si>
+    <t>Transitions LifeCare</t>
+  </si>
+  <si>
+    <t>250 Hospice Circle</t>
+  </si>
+  <si>
+    <t>919-828-0890</t>
+  </si>
+  <si>
+    <t>https://www.transitionslifecare.org/</t>
+  </si>
+  <si>
+    <t>HottoCare</t>
+  </si>
+  <si>
+    <t>18 Bartol Street, #1325</t>
+  </si>
+  <si>
+    <t>415-993-9930</t>
+  </si>
+  <si>
+    <t>hottocare.com</t>
+  </si>
+  <si>
+    <t>contact@hottocare.com</t>
+  </si>
+  <si>
+    <t>HOUSE CALL DR. REGALADO PLLC</t>
+  </si>
+  <si>
+    <t>1811 S. Rainbow Blvd. Ste 108</t>
+  </si>
+  <si>
+    <t>Las Vegas</t>
+  </si>
+  <si>
+    <t>702-876-0350</t>
+  </si>
+  <si>
+    <t>thehousecalldoctor@gmail.com</t>
+  </si>
+  <si>
+    <t>House Call Medical Services of New York, PLLC</t>
+  </si>
+  <si>
+    <t>EssenMed House Calls</t>
+  </si>
+  <si>
+    <t>1371 Seabury Avenue</t>
+  </si>
+  <si>
+    <t>Bronx</t>
+  </si>
+  <si>
+    <t>347-202-6250</t>
+  </si>
+  <si>
+    <t>https://www.essenhealthcare.com/guide-model</t>
+  </si>
+  <si>
+    <t>EssenGuideCare@essenmed.com</t>
+  </si>
+  <si>
+    <t>House Calls of New Mexico, LLC</t>
+  </si>
+  <si>
+    <t>House Calls of New Mexico LLC</t>
+  </si>
+  <si>
+    <t>NM</t>
+  </si>
+  <si>
+    <t>2129 Osuna Road NE, STE C</t>
+  </si>
+  <si>
+    <t>Albuquerque</t>
+  </si>
+  <si>
+    <t>505-898-2468</t>
+  </si>
+  <si>
+    <t>https://housecallsnm.com/</t>
+  </si>
+  <si>
+    <t>alisa.levandoski@ambercare.com</t>
+  </si>
+  <si>
+    <t>3870 Foothills Road</t>
+  </si>
+  <si>
+    <t>Las Cruces</t>
+  </si>
+  <si>
+    <t>2300 Warrenville Road, Suite 100</t>
+  </si>
+  <si>
+    <t>Downers Grove</t>
+  </si>
+  <si>
+    <t>HPA Medical Management LLC</t>
+  </si>
+  <si>
+    <t>IL; OR; TX; VA</t>
+  </si>
+  <si>
+    <t>888-233-8746</t>
+  </si>
+  <si>
+    <t>www.addus.com</t>
+  </si>
+  <si>
+    <t>Referrals@addus.com</t>
+  </si>
+  <si>
+    <t>Serenity Supportive Care</t>
+  </si>
+  <si>
+    <t>11481 SW Hall Boulevard, Suite 200</t>
+  </si>
+  <si>
+    <t>Tigard</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>503-980-4334</t>
+  </si>
+  <si>
+    <t>https://serenitysupportivecare.com/; www.addus.com</t>
+  </si>
+  <si>
+    <t>JourneyCare Palliative Care</t>
+  </si>
+  <si>
+    <t>1717 Deerfield Road</t>
+  </si>
+  <si>
+    <t>Deerfield</t>
+  </si>
+  <si>
+    <t>847-467-7423</t>
+  </si>
+  <si>
+    <t>https://journeycare.org/; www.addus.com</t>
+  </si>
+  <si>
+    <t>Alamo Supportive Care</t>
+  </si>
+  <si>
+    <t>3201 Cherry Ridge, Suite C313</t>
+  </si>
+  <si>
+    <t>San Antonio</t>
+  </si>
+  <si>
+    <t>210-901-6000</t>
+  </si>
+  <si>
+    <t>https://alamosupportivecare.com/; www.addus.com</t>
+  </si>
+  <si>
+    <t>405 Lake Zurich Road</t>
+  </si>
+  <si>
+    <t>Barrington</t>
+  </si>
+  <si>
+    <t>847-381-5599</t>
+  </si>
+  <si>
+    <t>HUMANGOOD PENNSYLVANIA</t>
+  </si>
+  <si>
+    <t>2000 Joshua Road</t>
+  </si>
+  <si>
+    <t>Lafayette Hills</t>
+  </si>
+  <si>
+    <t>www.humangood.org</t>
+  </si>
+  <si>
+    <t>guide@humangood.org</t>
+  </si>
+  <si>
+    <t>HUMANGOOD SOCAL</t>
+  </si>
+  <si>
+    <t>1900 Huntington Drive</t>
+  </si>
+  <si>
+    <t>Duarte</t>
+  </si>
+  <si>
+    <t>Icahn School of Medicine at Mount Sinai</t>
+  </si>
+  <si>
+    <t>PO Box 28082</t>
+  </si>
+  <si>
+    <t>212-241-9348</t>
+  </si>
+  <si>
+    <t>www.mountsinai.org; https://icahn.mssm.edu/research/hbi</t>
+  </si>
+  <si>
+    <t>The Barbara and Maurice Deane Center for Wellness and Cognitive Health</t>
+  </si>
+  <si>
+    <t>5 East 98 Street, 7th Floor</t>
+  </si>
+  <si>
+    <t>https://www.mountsinai.org/locations/center-cognitive-disorders; https://icahn.mssm.edu/research/hbi</t>
+  </si>
+  <si>
+    <t>IHC Health Services, Inc</t>
+  </si>
+  <si>
+    <t>36 South State Street</t>
+  </si>
+  <si>
+    <t>801-357-7250</t>
+  </si>
+  <si>
+    <t>Cottonwood Medical Clinic</t>
+  </si>
+  <si>
+    <t>181 East Medical Tower Drive</t>
+  </si>
+  <si>
+    <t>801-314-4544</t>
+  </si>
+  <si>
+    <t>https://intermountainhealthcare.org/locations/cottonwood-medical-clinic/senior-primary-care</t>
+  </si>
+  <si>
+    <t>Southridge Clinic</t>
+  </si>
+  <si>
+    <t>3723 West 12600 South, Suite 430</t>
+  </si>
+  <si>
+    <t>Riverton</t>
+  </si>
+  <si>
+    <t>801-285-4546</t>
+  </si>
+  <si>
+    <t>https://intermountainhealthcare.org/locations/southridge-clinic/senior-primary-care</t>
+  </si>
+  <si>
+    <t>Utah Valley Clinic</t>
+  </si>
+  <si>
+    <t>395 West Cougar Boulevard, Suite 602</t>
+  </si>
+  <si>
+    <t>Provo</t>
+  </si>
+  <si>
+    <t>https://intermountainhealthcare.org/locations/utah-valley-clinic/senior-medicine</t>
+  </si>
+  <si>
+    <t>Impactful Care LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4 Haddonfield Road Suite 228 </t>
+  </si>
+  <si>
+    <t>Cherry Hill</t>
+  </si>
+  <si>
+    <t>856-519-5997</t>
+  </si>
+  <si>
+    <t>www.impactfulcare.com</t>
+  </si>
+  <si>
+    <t>team@impactfulcare.com; guide@impactfulcare.com</t>
+  </si>
+  <si>
+    <t>Independent Care Medical, PLLC</t>
+  </si>
+  <si>
+    <t>101 Arch Street, FL 8</t>
+  </si>
+  <si>
+    <t>888-411-7686</t>
+  </si>
+  <si>
+    <t>neuroglee.com</t>
+  </si>
+  <si>
+    <t>referrals@neuroglee.com</t>
+  </si>
+  <si>
+    <t>Indiana University Healthcare Associates, Inc.</t>
+  </si>
+  <si>
+    <t>IU Health GUIDE</t>
+  </si>
+  <si>
+    <t>340 West 10th Street, FS5100</t>
+  </si>
+  <si>
+    <t>317-944-7300</t>
+  </si>
+  <si>
+    <t>www.iuhealth.org</t>
+  </si>
+  <si>
+    <t>brainhealthprogram@iuhealth.org</t>
+  </si>
+  <si>
+    <t>Internal Medicine &amp; Primary Care</t>
+  </si>
+  <si>
+    <t>DE; MA; MD; NJ; OH; PA; RI</t>
+  </si>
+  <si>
+    <t>3411 Silverside Rd STE 102</t>
+  </si>
+  <si>
+    <t>877-933-7296</t>
+  </si>
+  <si>
+    <t>https://www.marcgrobmandoimpc.com/dementia-care</t>
+  </si>
+  <si>
+    <t>GUIDE@embracepreventioncare.com</t>
+  </si>
+  <si>
+    <t>Iona Senior Services</t>
+  </si>
+  <si>
+    <t>4125 Albemarle Street NW</t>
+  </si>
+  <si>
+    <t>202-895-9448</t>
+  </si>
+  <si>
+    <t>www.iona.org</t>
+  </si>
+  <si>
+    <t>Isaac Health Florida Professional Association</t>
   </si>
   <si>
     <t>Isaac Health</t>
   </si>
   <si>
-    <t>222 Broadway #2135</t>
-[...1263 lines deleted...]
-    <t>Marc Rothman, MD, PLLC</t>
+    <t>AL; AR; AZ; CO; DE; FL; GA; HI; IA; ID; IL; IN; KY; LA; MD; MI; MN; MO; MS; MT; NC; ND; NE; NM; NV; NY; OH; OK; OR; PA; SC; SD; TN; TX; UT; VA; WA; WI; WV; WY</t>
+  </si>
+  <si>
+    <t>4530 S. Orange Blossom Trail #768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">outreach@myisaachealth.com </t>
+  </si>
+  <si>
+    <t>Isaac Health PC</t>
+  </si>
+  <si>
+    <t>Isaac Health California</t>
+  </si>
+  <si>
+    <t>CA; WA</t>
+  </si>
+  <si>
+    <t>1920 Hillhurst Ave #1195</t>
+  </si>
+  <si>
+    <t>www.myisaachealth.com</t>
+  </si>
+  <si>
+    <t>Isaac Health New Jersey</t>
+  </si>
+  <si>
+    <t>377 Valley Road #1301</t>
+  </si>
+  <si>
+    <t>Clifton</t>
+  </si>
+  <si>
+    <t>Jewish Family Service Association of Cleveland, Ohio</t>
+  </si>
+  <si>
+    <t>Jewish Family Service Association of Cleveland OH</t>
+  </si>
+  <si>
+    <t>29125 Chagrin blvd</t>
+  </si>
+  <si>
+    <t>Pepper Pike</t>
+  </si>
+  <si>
+    <t>216-292-3999</t>
+  </si>
+  <si>
+    <t>www.jfsa-cleveland.org; https://www.jfsa-cleveland.org/contact-us/</t>
+  </si>
+  <si>
+    <t>nmendlovic@jfsa-cleveland.org</t>
+  </si>
+  <si>
+    <t>John Muir Physician Network</t>
+  </si>
+  <si>
+    <t>1450 Treat Blvd.</t>
+  </si>
+  <si>
+    <t>925-296-7350</t>
+  </si>
+  <si>
+    <t>https://www.johnmuirhealth.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johns Hopkins University </t>
+  </si>
+  <si>
+    <t>Johns Hopkins GUIDE program</t>
+  </si>
+  <si>
+    <t>5300 Alpha Commons, Suite 419</t>
+  </si>
+  <si>
+    <t>Baltimore</t>
+  </si>
+  <si>
+    <t>667-306-9594</t>
+  </si>
+  <si>
+    <t>https://www.hopkinsmedicine.org/psychiatry/specialty-areas/guide</t>
+  </si>
+  <si>
+    <t>Guide@jh.edu</t>
+  </si>
+  <si>
+    <t>3910 Keswick Road</t>
+  </si>
+  <si>
+    <t>JVS Health, LLC</t>
+  </si>
+  <si>
+    <t>CO; CT; NJ; NY</t>
+  </si>
+  <si>
+    <t>25 Romana Drive</t>
+  </si>
+  <si>
+    <t>Hampton Bays</t>
+  </si>
+  <si>
+    <t>718-606-4960</t>
+  </si>
+  <si>
+    <t>https://www.jvshealth.com ;  https://www.jvshealth.com/schedule</t>
+  </si>
+  <si>
+    <t>info@jvshealth.com</t>
+  </si>
+  <si>
+    <t>Kanawha Hospice Care, Inc.</t>
+  </si>
+  <si>
+    <t>OH; WV</t>
+  </si>
+  <si>
+    <t>1606 Kanawha Ave. W</t>
+  </si>
+  <si>
+    <t>WV</t>
+  </si>
+  <si>
+    <t>www.hospicecarewv.org; www.homehealthwv.org</t>
+  </si>
+  <si>
+    <t>KNIGHT NEUROLOGY LLC</t>
+  </si>
+  <si>
+    <t>211 Coral Sands Dr., Suite B</t>
+  </si>
+  <si>
+    <t>Rockledge</t>
+  </si>
+  <si>
+    <t>321-345-6331</t>
+  </si>
+  <si>
+    <t>https://www.knightneurology.com/</t>
+  </si>
+  <si>
+    <t>KNWM</t>
+  </si>
+  <si>
+    <t>Vivie</t>
+  </si>
+  <si>
+    <t>11055 Wayzata Blvd, Ste 200</t>
+  </si>
+  <si>
+    <t>Minnetonka</t>
+  </si>
+  <si>
+    <t>320-759-4908</t>
+  </si>
+  <si>
+    <t>www.vivie.org</t>
+  </si>
+  <si>
+    <t>2209 Jefferson Street, Suite 201</t>
+  </si>
+  <si>
+    <t>Alexandria</t>
+  </si>
+  <si>
+    <t>LifeCare for Seniors, LLC</t>
+  </si>
+  <si>
+    <t>LifeCare for Seniors</t>
+  </si>
+  <si>
+    <t>AL; TN</t>
+  </si>
+  <si>
+    <t>6 Office Park Circle, Suite 216</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>205-848-8400</t>
+  </si>
+  <si>
+    <t>https://www.lifecareforseniors.com; https://www.lcscaresolutions.com</t>
+  </si>
+  <si>
+    <t>info@lcscaresolutions.com</t>
+  </si>
+  <si>
+    <t>Lifespark Medical Group, PA</t>
+  </si>
+  <si>
+    <t>5320 W 23rd St Suite #130</t>
+  </si>
+  <si>
+    <t>St Louis Park</t>
+  </si>
+  <si>
+    <t>https://lifespark.com/</t>
+  </si>
+  <si>
+    <t>Lifetime Redesign OT, PLLC</t>
+  </si>
+  <si>
+    <t>Eli Health</t>
+  </si>
+  <si>
+    <t>AK; AL; AR; AZ; CA; CO; CT; DC; DE; FL; GA; IA; ID; IL; IN; KS; KY; LA; MA; MD; ME; MI; MN; MO; MS; MT; NC; ND; NE; NH; NJ; NM; NV; NY; OH; OK; OR; PA; SC; SD; TN; TX; UT; VA; WA; WI; WV; WY</t>
+  </si>
+  <si>
+    <t>12395 Olive Blvd, Suite 200</t>
+  </si>
+  <si>
+    <t>St. Louis</t>
+  </si>
+  <si>
+    <t>888-416-6640</t>
+  </si>
+  <si>
+    <t>https://elihealth.com/</t>
+  </si>
+  <si>
+    <t>info@elihealth.com</t>
+  </si>
+  <si>
+    <t>Vela Health</t>
+  </si>
+  <si>
+    <t>888-700-5844</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.velahealth.com/; https://elihealth.com/ </t>
+  </si>
+  <si>
+    <t>Long term Care &amp; Rehab Consultants</t>
+  </si>
+  <si>
+    <t>4919 Charlestown Road</t>
+  </si>
+  <si>
+    <t>New Albany</t>
+  </si>
+  <si>
+    <t>812-250-1818</t>
+  </si>
+  <si>
+    <t>https://www.primarycareonline.org/</t>
+  </si>
+  <si>
+    <t>danyal.lohana@peggysplacein.com</t>
+  </si>
+  <si>
+    <t>Lower Cape Fear Hospice Incorporated</t>
+  </si>
+  <si>
+    <t>LifeCare Memory Partners</t>
+  </si>
+  <si>
+    <t>1414 Physicians Drive</t>
+  </si>
+  <si>
+    <t>800-733-1476</t>
+  </si>
+  <si>
+    <t>https://lifecarememorypartners.org/</t>
+  </si>
+  <si>
+    <t>memory.partners@lifecare.org</t>
+  </si>
+  <si>
+    <t>LSU Health Sciences Center, Shreveport</t>
+  </si>
+  <si>
+    <t>AR; FL; GA; LA; MS; MT; OK; TN; TX</t>
+  </si>
+  <si>
+    <t>1501 Kings Highway</t>
+  </si>
+  <si>
+    <t>Shreveport</t>
+  </si>
+  <si>
+    <t>318-813-3610</t>
+  </si>
+  <si>
+    <t>www.LSUHS.edu/GUIDE</t>
+  </si>
+  <si>
+    <t>GUIDE@lsuhs.edu</t>
+  </si>
+  <si>
+    <t>Lutheran Senior Services</t>
+  </si>
+  <si>
+    <t>EverTrue</t>
+  </si>
+  <si>
+    <t>IL; MO</t>
+  </si>
+  <si>
+    <t>1150 Hanley Industrial Court</t>
+  </si>
+  <si>
+    <t>314-218-6661</t>
+  </si>
+  <si>
+    <t>www.evertrueliving.org</t>
+  </si>
+  <si>
+    <t>EverTrueGUIDE@evertrueliving.org</t>
+  </si>
+  <si>
+    <t>Lynda Lopez-Freyre, FNP-C Professional Nursing Corporation</t>
+  </si>
+  <si>
+    <t>424 Beryl Cove Way</t>
+  </si>
+  <si>
+    <t>Seal Beach</t>
+  </si>
+  <si>
+    <t>562-647-8021</t>
+  </si>
+  <si>
+    <t>https://memoryguidesolutions.com/</t>
+  </si>
+  <si>
+    <t>info@memoryguidesolutions.com</t>
+  </si>
+  <si>
+    <t>MaineHealth</t>
+  </si>
+  <si>
+    <t>110 Free St.</t>
+  </si>
+  <si>
+    <t>Portland</t>
+  </si>
+  <si>
+    <t>207-662-9352</t>
+  </si>
+  <si>
+    <t>https://www.mainehealth.org/guide-program</t>
+  </si>
+  <si>
+    <t>GUIDEdementiacare@mainehealth.org</t>
+  </si>
+  <si>
+    <t>MaineHealth Senior Care Consults Portland</t>
+  </si>
+  <si>
+    <t>66 Bramhall Street, Suite G1</t>
+  </si>
+  <si>
+    <t>www.mainehealth.org/guide-program</t>
+  </si>
+  <si>
+    <t>MaineHealth Neurology</t>
+  </si>
+  <si>
+    <t>92 Campus Drive</t>
+  </si>
+  <si>
+    <t>Scarborough</t>
+  </si>
+  <si>
+    <t>Marc Rothman MD PLLC</t>
+  </si>
+  <si>
+    <t>CT; FL; IL; KY; NJ; NY; VA</t>
+  </si>
+  <si>
+    <t>1462 Fargo Blvd.</t>
+  </si>
+  <si>
+    <t>Geneva</t>
+  </si>
+  <si>
+    <t>234-567-9449</t>
+  </si>
+  <si>
+    <t>www.lizzycare.com</t>
   </si>
   <si>
     <t>20 Anchorage Pointe</t>
   </si>
   <si>
-    <t>www.lizzycare.com</t>
-[...1085 lines deleted...]
-    <t>GUIDEdementiacare@mainehealth.org</t>
+    <t>24 Molly Pitcher Drive</t>
+  </si>
+  <si>
+    <t>Manalapan</t>
+  </si>
+  <si>
+    <t>28 Liberty Street</t>
+  </si>
+  <si>
+    <t>4210 Valley Ridge Blvd., Ste 132</t>
+  </si>
+  <si>
+    <t>Ponte Vedra</t>
   </si>
   <si>
     <t>McLean Hospital Corporation</t>
   </si>
   <si>
-    <t>McLean Hospital</t>
-[...2 lines deleted...]
-    <t>115 Mill Street</t>
+    <t>McLean Hospital - Geriatric Psychiatry</t>
+  </si>
+  <si>
+    <t>MA; NH</t>
+  </si>
+  <si>
+    <t>115 MILL STREET</t>
   </si>
   <si>
     <t>Belmont</t>
   </si>
   <si>
-    <t>https://www.mcleanhospital.org/treatment/older-adult-programs</t>
+    <t>617-855-3267</t>
+  </si>
+  <si>
+    <t>https://www.mcleanhospital.org/treatment/geriatric-services</t>
   </si>
   <si>
     <t>mclguide@mgb.org</t>
   </si>
   <si>
-    <t>(617) 855-3267</t>
-[...1 lines deleted...]
-  <si>
     <t>MCV Associated Physicians</t>
   </si>
   <si>
-    <t>VCU Health MCV Physicians</t>
-[...1 lines deleted...]
-  <si>
     <t>830 E. Main St</t>
   </si>
   <si>
     <t>Richmond</t>
   </si>
   <si>
-    <t>https://www.vcuhealth.org/</t>
-[...2 lines deleted...]
-    <t>https://gerontology.chp.vcu.edu/about-us/research-labs/brain-health-lab/</t>
+    <t>804-971-6913</t>
+  </si>
+  <si>
+    <t>https://www.vcuhealth.org/; https://gerontology.chp.vcu.edu/about-us/research-labs/brain-health-lab/</t>
   </si>
   <si>
     <t>hawksc@vcu.edu</t>
   </si>
   <si>
-    <t>(804) 828-5214</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDBETTER HEALTH PA</t>
   </si>
   <si>
-    <t>3100 RAY FERRERO JR BLVD</t>
+    <t xml:space="preserve">MEDBETTER HEALTH </t>
+  </si>
+  <si>
+    <t>FL; MI; NY</t>
+  </si>
+  <si>
+    <t>3100 Ray Ferrero Jr Blvd</t>
   </si>
   <si>
     <t>Davie</t>
   </si>
   <si>
+    <t>305-433-4287</t>
+  </si>
+  <si>
     <t>https://medbetterhealth.org/</t>
   </si>
   <si>
-    <t>info@MedBetterHealth.org</t>
-[...2 lines deleted...]
-    <t>(305) 339-1756</t>
+    <t>Guide@MedBetterHealth.org</t>
   </si>
   <si>
     <t>Medical Associates of Erie, Inc.</t>
   </si>
   <si>
-    <t>Medical Associates of Erie</t>
+    <t>NY; OH; PA</t>
   </si>
   <si>
     <t>1 LECOM Place</t>
   </si>
   <si>
     <t>Erie</t>
   </si>
   <si>
+    <t>814-500-9111</t>
+  </si>
+  <si>
     <t>https://lecomhealth.com/lecom-senior-services/lecom-center-for-memory-impairment-and-neurocognitive-disorders-mind/</t>
   </si>
   <si>
     <t>kdziubkowski@lecomslc.org</t>
   </si>
   <si>
-    <t>(814) 500-9111</t>
-[...4 lines deleted...]
-  <si>
     <t>MedStar Total Elder Care</t>
   </si>
   <si>
+    <t>DC; MD; VA</t>
+  </si>
+  <si>
     <t>Medstar Health, 10980 Grantchester Way 6th floor</t>
   </si>
   <si>
     <t>Columbia</t>
   </si>
   <si>
+    <t>877-974-8433</t>
+  </si>
+  <si>
     <t>MedStarHealth.org/GUIDE</t>
   </si>
   <si>
     <t>GUIDEInfo@MedStar.net</t>
   </si>
   <si>
-    <t>DC; MD; VA</t>
+    <t>MedStar Neurology at McLean</t>
+  </si>
+  <si>
+    <t>1420 Beverly Road Suite 305</t>
+  </si>
+  <si>
+    <t>McLean</t>
+  </si>
+  <si>
+    <t>https://www.medstarhealth.org/services/guide-program</t>
+  </si>
+  <si>
+    <t>MedStar Center for Successful Aging in Olney</t>
+  </si>
+  <si>
+    <t>18101 Prince Philip Drive, Ste CSA</t>
+  </si>
+  <si>
+    <t>Olney</t>
+  </si>
+  <si>
+    <t>MedStar Center for Successful Aging in Baltimore</t>
+  </si>
+  <si>
+    <t>5601 Loch Raven Blvd, Ste 502</t>
   </si>
   <si>
     <t>Memory Care Home Solutions</t>
   </si>
   <si>
     <t>4389 West Pine Boulevard</t>
   </si>
   <si>
+    <t>314-645-6247</t>
+  </si>
+  <si>
     <t>www.memorycarehs.org</t>
   </si>
   <si>
     <t>progadmin@memorycarehs.org</t>
   </si>
   <si>
-    <t>(314) 645-6247</t>
-[...4 lines deleted...]
-  <si>
     <t>MemoryCare, Inc.</t>
   </si>
   <si>
-    <t>MemoryCare</t>
-[...1 lines deleted...]
-  <si>
     <t>100 Far Horizons Lane</t>
   </si>
   <si>
     <t>Asheville</t>
   </si>
   <si>
+    <t>828-771-2219</t>
+  </si>
+  <si>
     <t>https://memorycare.org/</t>
   </si>
   <si>
     <t>lackey@memorycare.org</t>
   </si>
   <si>
-    <t>(828) 771-2219</t>
-[...1 lines deleted...]
-  <si>
     <t>Meridian Health Partners, PLLC</t>
   </si>
   <si>
     <t>4835 LBJ Freeway, Suite 900</t>
   </si>
   <si>
     <t>Dallas</t>
   </si>
   <si>
     <t>Meritan, Inc</t>
   </si>
   <si>
+    <t>MS; TN</t>
+  </si>
+  <si>
     <t>345 Adams Avenue</t>
   </si>
   <si>
+    <t>901-766-0600</t>
+  </si>
+  <si>
     <t>www.meritan.org</t>
   </si>
   <si>
     <t>guide@meritan.org</t>
   </si>
   <si>
-    <t>(901) 766-0600</t>
-[...1 lines deleted...]
-  <si>
     <t>Miami Jewish Health Systems, Inc</t>
   </si>
   <si>
-    <t xml:space="preserve">Miami Jewish Health </t>
-[...1 lines deleted...]
-  <si>
     <t>5200 NE 2 AVE</t>
   </si>
   <si>
     <t>Miami</t>
   </si>
   <si>
+    <t>305-762-1393</t>
+  </si>
+  <si>
     <t>www.miamijewishhealth.org</t>
   </si>
   <si>
     <t>MINDInstituteVM@miamijewishhealth.org</t>
   </si>
   <si>
-    <t>(305) 762-1393</t>
-[...1 lines deleted...]
-  <si>
     <t>Minneapolis Clinic of Neurology Ltd.</t>
   </si>
   <si>
-    <t>Minneapolis Clinic of Neurology, Ltd.</t>
+    <t>Minneapolis Clinic of Neurology- Edina</t>
+  </si>
+  <si>
+    <t>3400 West 66th Street, Suite 150</t>
+  </si>
+  <si>
+    <t>Edina</t>
+  </si>
+  <si>
+    <t>952-920-7200</t>
+  </si>
+  <si>
+    <t>https://minneapolisclinic.com/</t>
+  </si>
+  <si>
+    <t>GUIDE@mpls-clinic.com</t>
+  </si>
+  <si>
+    <t>Minneapolis Clinic of Neurology- Coon Rapids</t>
+  </si>
+  <si>
+    <t>3833 Coon Rapids Boulevard, Suite 100</t>
+  </si>
+  <si>
+    <t>Coon Rapids</t>
+  </si>
+  <si>
+    <t>763-427-8320</t>
+  </si>
+  <si>
+    <t>Minneapolis Clinic of Neurology- Golden Valley</t>
   </si>
   <si>
     <t>4225 Golden Valley Road</t>
   </si>
   <si>
     <t>Golden Valley</t>
   </si>
   <si>
-    <t>https://minneapolisclinic.com</t>
-[...5 lines deleted...]
-    <t>(763) 302-4100</t>
+    <t>763-588-0661</t>
+  </si>
+  <si>
+    <t>Minneapolis Clinic of Neurology- Burnsville</t>
+  </si>
+  <si>
+    <t>501 East Nicollet Boulevard, Suite 100</t>
+  </si>
+  <si>
+    <t>Burnsville</t>
+  </si>
+  <si>
+    <t>952-435-8516</t>
+  </si>
+  <si>
+    <t>Minneapolis Clinic of Neurology- Maple Grove</t>
+  </si>
+  <si>
+    <t>9645 Grove Circle North, Suite 100</t>
+  </si>
+  <si>
+    <t>Maple Grove</t>
+  </si>
+  <si>
+    <t>763-302-4114</t>
   </si>
   <si>
     <t>Mobile Medical Operating Company</t>
   </si>
   <si>
-    <t>Mobile Medical</t>
-[...1 lines deleted...]
-  <si>
     <t>4195 Southwest High Meadow Ave</t>
   </si>
   <si>
     <t>Palm City</t>
   </si>
   <si>
+    <t>877-844-0053</t>
+  </si>
+  <si>
     <t>www.mobilemedicalnow.com</t>
   </si>
   <si>
     <t>faith.moorhouse@mobilemedicalnow.com</t>
   </si>
   <si>
-    <t>(877) 844-0053</t>
-[...1 lines deleted...]
-  <si>
     <t>Mobile Physician Services</t>
   </si>
   <si>
+    <t>FL; IN; MI; OH</t>
+  </si>
+  <si>
     <t>6804 Cecelia Drive</t>
   </si>
   <si>
     <t>New Port Richey</t>
   </si>
   <si>
+    <t>855-232-0644</t>
+  </si>
+  <si>
     <t>https://www.mobilephysicianservices.com/</t>
   </si>
   <si>
     <t>intake@mps-mail.com</t>
   </si>
   <si>
-    <t>(855) 232-0644</t>
-[...1 lines deleted...]
-  <si>
     <t>Montana Stillwater Health, PLLC</t>
   </si>
   <si>
+    <t>MT</t>
+  </si>
+  <si>
     <t>2875 Tina Avenue Suite 102 A/B</t>
   </si>
   <si>
     <t>Missoula</t>
   </si>
   <si>
-    <t>MT</t>
-[...1 lines deleted...]
-  <si>
     <t>Montefiore Medical Center</t>
   </si>
   <si>
     <t>111 E 210th Street</t>
   </si>
   <si>
+    <t>855-662-4843</t>
+  </si>
+  <si>
     <t>www.montefiore.org</t>
   </si>
   <si>
-    <t>(855) 662-4843</t>
+    <t>GUIDE@montefiore.org</t>
+  </si>
+  <si>
+    <t>Geriatrics Ambulatory Practice</t>
+  </si>
+  <si>
+    <t>3400 Bainbridge Avenue</t>
+  </si>
+  <si>
+    <t>Center for the Aging Brain</t>
+  </si>
+  <si>
+    <t>6 Executive Plaza</t>
+  </si>
+  <si>
+    <t>Yonkers</t>
   </si>
   <si>
     <t>My Choice Operating Company, LLC</t>
   </si>
   <si>
-    <t>My Choice Operating Company LLC</t>
+    <t>FL; IL</t>
   </si>
   <si>
     <t>4655 Salisbury Road Suite 110</t>
   </si>
   <si>
-    <t>FL; IL</t>
-[...1 lines deleted...]
-  <si>
     <t>My Memory Care LLC</t>
   </si>
   <si>
-    <t>My Memory Clinic</t>
-[...1 lines deleted...]
-  <si>
     <t>7000 Spyglass Ct Ste 501</t>
   </si>
   <si>
     <t>Viera</t>
   </si>
   <si>
+    <t>321-247-7063</t>
+  </si>
+  <si>
     <t>www.mymemoryclinic.org</t>
   </si>
   <si>
     <t>info@mymemoryclinic.org</t>
   </si>
   <si>
-    <t>(321) 247-7063</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuroglee Care, PLLC</t>
   </si>
   <si>
+    <t>CT; NY; VT</t>
+  </si>
+  <si>
+    <t>NEUROLOGY CONSULTANTS OF DALLAS PA</t>
+  </si>
+  <si>
+    <t>Neurology Consultants of Dallas</t>
+  </si>
+  <si>
+    <t>6101 Plano Parkway, Suite 200</t>
+  </si>
+  <si>
+    <t>Plano</t>
+  </si>
+  <si>
+    <t>214-750-9977</t>
+  </si>
+  <si>
+    <t>www.neurologydallas.com</t>
+  </si>
+  <si>
+    <t>Guide@neurologydallas.com; scheduler@neurologydallas.com</t>
+  </si>
+  <si>
+    <t>8390 Lyndon B Johnson Freeway, Suite 1000</t>
+  </si>
+  <si>
+    <t>NeuroPsych Center of Greater Cincinnati</t>
+  </si>
+  <si>
+    <t>IN; KY; OH</t>
+  </si>
+  <si>
+    <t>4015 Executive Park Drive, Suite 320</t>
+  </si>
+  <si>
+    <t>NEUROSCIENCE CONSULTANTS, LLP</t>
+  </si>
+  <si>
+    <t>9960 NW 116 WAY SUITE 13</t>
+  </si>
+  <si>
+    <t>Medley</t>
+  </si>
+  <si>
+    <t>561-934-8433</t>
+  </si>
+  <si>
+    <t>www.fcneurology.net</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FCN-Guide@fcneurology.net </t>
+  </si>
+  <si>
+    <t>Nevada Palliative Care</t>
+  </si>
+  <si>
+    <t>6330 S Jones Blvd</t>
+  </si>
+  <si>
+    <t>775-525-9353</t>
+  </si>
+  <si>
+    <t>https://nevpc.org/</t>
+  </si>
+  <si>
+    <t>info@nevpc.org</t>
+  </si>
+  <si>
+    <t>North County Neurology Associates, A Medical Group</t>
+  </si>
+  <si>
+    <t>The Neurology Center of Southern California</t>
+  </si>
+  <si>
+    <t>AK; AL; AR; AS; AZ; CA; CO; CT; DC; DE; FL; GA; HI; IA; ID; IL; IN; KS; KY; MA; MD; MI; MN; MO; MT; NC; NJ; NM; NV; NY; OH; OK; OR; PA; SC; SD; TN; TX; UT; VA; VT; WA; WI; WY</t>
+  </si>
+  <si>
+    <t>6010 Hidden Valley Road #200</t>
+  </si>
+  <si>
+    <t>760-631-3000</t>
+  </si>
+  <si>
+    <t>www.neurocenter.com</t>
+  </si>
+  <si>
+    <t>15611 Pomerado Road, Suite 580</t>
+  </si>
+  <si>
+    <t>Poway</t>
+  </si>
+  <si>
+    <t>1955 Citracado Pkwy, Suite 102</t>
+  </si>
+  <si>
+    <t>Escondido</t>
+  </si>
+  <si>
+    <t>31720 Temecula Parkway,  Suite 101</t>
+  </si>
+  <si>
+    <t>Temecula</t>
+  </si>
+  <si>
+    <t>6699 Alvardo Road, Suite 2308</t>
+  </si>
+  <si>
+    <t>9850 Genesee Ave., Suite 530</t>
+  </si>
+  <si>
+    <t>La Jolla</t>
+  </si>
+  <si>
+    <t>Northwell Health</t>
+  </si>
+  <si>
+    <t>410 Lakeville Road, Suite 200</t>
+  </si>
+  <si>
+    <t>New Hyde Park</t>
+  </si>
+  <si>
+    <t>516-708-2520</t>
+  </si>
+  <si>
+    <t>https://www.northwell.edu/geriatrics-palliative-care</t>
+  </si>
+  <si>
+    <t>guide@northwell.edu</t>
+  </si>
+  <si>
+    <t>Northwest Center for Cognitive and Neurological Health</t>
+  </si>
+  <si>
+    <t>1600 NW Kingston Ave</t>
+  </si>
+  <si>
+    <t>Bend</t>
+  </si>
+  <si>
+    <t>541-508-0393</t>
+  </si>
+  <si>
+    <t>www.doctorferenz.com</t>
+  </si>
+  <si>
+    <t>info@nwcognitivehealth.com</t>
+  </si>
+  <si>
+    <t>568 NE Savannah Dr. Ste 2</t>
+  </si>
+  <si>
+    <t>Nursing South Corporation</t>
+  </si>
+  <si>
+    <t>9380 Sunset Dr., Ste B-222</t>
+  </si>
+  <si>
+    <t>NYC-Metro Physician Services PC</t>
+  </si>
+  <si>
+    <t>CT; NY</t>
+  </si>
+  <si>
+    <t>271-11 76th Ave</t>
+  </si>
+  <si>
+    <t>Oakwood Creative Care</t>
+  </si>
+  <si>
+    <t>2175 N. Alma School Rd Building B</t>
+  </si>
+  <si>
+    <t>480-498-2533</t>
+  </si>
+  <si>
+    <t>www.oakwoodcreativecare.org; https://www.oakwoodcreativecare.org/guide-program/</t>
+  </si>
+  <si>
+    <t>Terri@oakwoodcreativecare.org</t>
+  </si>
+  <si>
+    <t>6915 E Main St</t>
+  </si>
+  <si>
+    <t>Mesa</t>
+  </si>
+  <si>
+    <t>247 N Macdonald</t>
+  </si>
+  <si>
+    <t>Ochsner Clinic Foundation OBA Ochsner Medical Center</t>
+  </si>
+  <si>
+    <t>Ochsner Health</t>
+  </si>
+  <si>
+    <t>1516 JEFFERSON HWY</t>
+  </si>
+  <si>
+    <t>New Orleans</t>
+  </si>
+  <si>
+    <t>504-703-9077</t>
+  </si>
+  <si>
+    <t>https://www.ochsner.org/services/neurosciences/</t>
+  </si>
+  <si>
+    <t>brainhealth@ochsner.org</t>
+  </si>
+  <si>
+    <t>OU Health Physicians, Inc</t>
+  </si>
+  <si>
+    <t>OK</t>
+  </si>
+  <si>
+    <t>1000 NE 13th St., Suite 1G</t>
+  </si>
+  <si>
+    <t>Oklahoma City</t>
+  </si>
+  <si>
+    <t>405-271-3050</t>
+  </si>
+  <si>
+    <t>https://www.ouhealth.com/find-a-location/ou-health-physicians-memory-care-clinic/</t>
+  </si>
+  <si>
+    <t>MCC@ouhealth.com</t>
+  </si>
+  <si>
+    <t>Palliative Care Center of the Bluegrass, Inc.</t>
+  </si>
+  <si>
+    <t>Bluegrass Dementia Care</t>
+  </si>
+  <si>
+    <t>1317 US-62</t>
+  </si>
+  <si>
+    <t>Cynthiana</t>
+  </si>
+  <si>
+    <t>877-439-0262</t>
+  </si>
+  <si>
+    <t>www.bgcarenav.org; https://www.bgcarenav.org/dementia-care</t>
+  </si>
+  <si>
+    <t>bcndementia@bgcarenav.org</t>
+  </si>
+  <si>
+    <t>163 Longview Drive</t>
+  </si>
+  <si>
+    <t>Pikeville</t>
+  </si>
+  <si>
+    <t>1733 Harrodsburg Road</t>
+  </si>
+  <si>
+    <t>2972 US-25E</t>
+  </si>
+  <si>
+    <t>Barbourville</t>
+  </si>
+  <si>
+    <t>57 Dennis Sandlin MD Cove</t>
+  </si>
+  <si>
+    <t>Hazard</t>
+  </si>
+  <si>
+    <t>643 Teton Trail</t>
+  </si>
+  <si>
+    <t>Frankfort</t>
+  </si>
+  <si>
+    <t>Palm Beach Elder Care</t>
+  </si>
+  <si>
+    <t>8953 Cypress Grove Ln</t>
+  </si>
+  <si>
+    <t>Royal Palm Beach</t>
+  </si>
+  <si>
+    <t>561-685-1522</t>
+  </si>
+  <si>
+    <t>https://palmbeachcare.com/</t>
+  </si>
+  <si>
+    <t>info@palmbeachcare.com</t>
+  </si>
+  <si>
+    <t>13005 Southern Boulevard Ste 225</t>
+  </si>
+  <si>
+    <t>Loxahatchee</t>
+  </si>
+  <si>
+    <t>https://palmbeachcare.com/; https://palmbeachcare.com/contact-us/</t>
+  </si>
+  <si>
+    <t>Pathways Clinical Partners, LLC</t>
+  </si>
+  <si>
+    <t>1031 W Magnolia St</t>
+  </si>
+  <si>
+    <t>Leesburg</t>
+  </si>
+  <si>
+    <t>352-353-4074</t>
+  </si>
+  <si>
+    <t>cmohammed@pathwayshp.com</t>
+  </si>
+  <si>
+    <t>Physician Housecalls LLC</t>
+  </si>
+  <si>
+    <t>12600 West Colfax Avenue Suite B-200</t>
+  </si>
+  <si>
+    <t>Lakewood</t>
+  </si>
+  <si>
+    <t>303-993-1330</t>
+  </si>
+  <si>
+    <t xml:space="preserve">bloomhealthcare.com; https://bloomhealthcare.com/contact/contact-co/ </t>
+  </si>
+  <si>
+    <t>primaryintake@bloomhealthcare.com</t>
+  </si>
+  <si>
+    <t>PocketRN Care Group, Inc., a Professional Corporation</t>
+  </si>
+  <si>
+    <t>PocketRN</t>
+  </si>
+  <si>
+    <t>617 W. Olive Avenue</t>
+  </si>
+  <si>
+    <t>Monrovia</t>
+  </si>
+  <si>
+    <t>872-233-4490</t>
+  </si>
+  <si>
+    <t>https://www.pocketrn.com/guide-program; https://www.pocketrn.com/patients</t>
+  </si>
+  <si>
+    <t>guide@pocketrn.com</t>
+  </si>
+  <si>
+    <t>Preferred Choice Home Healthcare</t>
+  </si>
+  <si>
+    <t>20270 Middlebelt Rd., Suite 5</t>
+  </si>
+  <si>
+    <t>Livonia</t>
+  </si>
+  <si>
+    <t>www.preferred-choice.com</t>
+  </si>
+  <si>
+    <t>Premier Medical Associates PC</t>
+  </si>
+  <si>
+    <t>4 Allegheny Center</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES PRIMARY CARE – GOLDEN MILE</t>
+  </si>
+  <si>
+    <t>1620 Golden Mile Highway, Suite 100</t>
+  </si>
+  <si>
+    <t>Monroeville</t>
+  </si>
+  <si>
+    <t>724-733-5151</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES PRIMARY CARE – NORTH VERSAILLES</t>
+  </si>
+  <si>
+    <t>1916 Lincoln Highway</t>
+  </si>
+  <si>
+    <t>North Versailles</t>
+  </si>
+  <si>
+    <t>412-824-5820</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES PRIMARY CARE- FOREST HILLS</t>
+  </si>
+  <si>
+    <t>2140 Ardmore Boulevard, Suite 100</t>
+  </si>
+  <si>
+    <t>412-825-0500</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES PRIMARY CARE- PENN HILLS</t>
+  </si>
+  <si>
+    <t>310 Rodi Road, Suite 100</t>
+  </si>
+  <si>
+    <t>412-242-0777</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES PRIMARY CARE – ONE MONROEVILLE CENTER</t>
+  </si>
+  <si>
+    <t>3824 Northern Pike, Suite 200</t>
+  </si>
+  <si>
+    <t>412-380-2800</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES NEUROLOGY</t>
+  </si>
+  <si>
+    <t>3824 Northern Pike, Suite 300</t>
+  </si>
+  <si>
+    <t>412-856-5335</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES PRIMARY CARE - IRWIN</t>
+  </si>
+  <si>
+    <t>4044 Route 130, Suite 200</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>724-744-2500</t>
+  </si>
+  <si>
+    <t>PREMIER MEDICAL ASSOCIATES PRIMARY CARE – MONROEVILLE NORTHERN PIKE</t>
+  </si>
+  <si>
+    <t>4341 Northern Pike</t>
+  </si>
+  <si>
+    <t>412-816-2273</t>
+  </si>
+  <si>
+    <t>6321 Route 30, Suite 200</t>
+  </si>
+  <si>
+    <t>Greensburg</t>
+  </si>
+  <si>
+    <t>Primary Care of Central Florida, Inc</t>
+  </si>
+  <si>
+    <t>12301 Lake Underhill Road STE 215</t>
+  </si>
+  <si>
+    <t>321-235-0692</t>
+  </si>
+  <si>
+    <t>www.pc-cfl.com; https://hpg.health/contact-us/</t>
+  </si>
+  <si>
+    <t>guideintake@hpg.health</t>
+  </si>
+  <si>
+    <t>R and A Hospice, Inc.</t>
+  </si>
+  <si>
+    <t>3 E 3rd Ave STE 322</t>
+  </si>
+  <si>
+    <t>San Mateo</t>
+  </si>
+  <si>
+    <t>415-508-4342</t>
+  </si>
+  <si>
+    <t>https://www.randahospice.com/</t>
+  </si>
+  <si>
+    <t>info@randahospice.com</t>
+  </si>
+  <si>
+    <t>RBA Behavioral Wellness LLC</t>
+  </si>
+  <si>
+    <t>260 Christopher Lane Ste 3F</t>
+  </si>
+  <si>
+    <t>347-621-6174</t>
+  </si>
+  <si>
+    <t>www.advancedmemorygroup.com</t>
+  </si>
+  <si>
+    <t>advancedmemorygroup@proton.me</t>
+  </si>
+  <si>
+    <t>Regents of the University of</t>
+  </si>
+  <si>
+    <t>UCI Senior Health Center</t>
+  </si>
+  <si>
+    <t>101 The City Drive South, Pavilion IV, Building 25</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>714-456-7007</t>
+  </si>
+  <si>
+    <t>https://www.ucihealth.org/blog/2026/01/guide-dementia-care-program</t>
+  </si>
+  <si>
+    <t>101 The City Drive S</t>
+  </si>
+  <si>
+    <t>714-456-2294</t>
+  </si>
+  <si>
+    <t>https://www.ucihealth.org/locations/orange/seniorhealth-center</t>
+  </si>
+  <si>
+    <t>Region IV Area Agency on Aging, Inc.</t>
+  </si>
+  <si>
+    <t>2900 Lakeview Avenue</t>
+  </si>
+  <si>
+    <t>St Joseph</t>
+  </si>
+  <si>
+    <t>800-442-2803</t>
+  </si>
+  <si>
+    <t>https://areaagencyonaging.org/</t>
+  </si>
+  <si>
+    <t>michellbarnes@areaagencyonaging.org</t>
+  </si>
+  <si>
+    <t>Rehabilitation and Prevention Associates</t>
+  </si>
+  <si>
+    <t>NC; NJ; SC</t>
+  </si>
+  <si>
+    <t>Reliance Community Care Partners</t>
+  </si>
+  <si>
+    <t>2100 Raybrook Street SE</t>
+  </si>
+  <si>
+    <t>Grand Rapids</t>
+  </si>
+  <si>
+    <t>GUIDE@RelianceCCP.org</t>
+  </si>
+  <si>
+    <t>Remo Medical Group of California PC</t>
+  </si>
+  <si>
+    <t>OH; WA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1908 Thomes Ave STE 12123 </t>
+  </si>
+  <si>
+    <t>Cheyenne</t>
+  </si>
+  <si>
+    <t>https://remo.health/</t>
+  </si>
+  <si>
+    <t>hello@remo.health</t>
+  </si>
+  <si>
+    <t>Remo Medical Group P.A., Florida</t>
+  </si>
+  <si>
+    <t>Remote Medical PC</t>
+  </si>
+  <si>
+    <t>Emerest Mind and Memory</t>
+  </si>
+  <si>
+    <t>NJ; NY</t>
+  </si>
+  <si>
+    <t>6619 13th Ave.</t>
+  </si>
+  <si>
+    <t>718-223-5900</t>
+  </si>
+  <si>
+    <t>www.emerestmindmemory.com</t>
+  </si>
+  <si>
+    <t>memorycare@emerest.com.</t>
+  </si>
+  <si>
+    <t>RIIID MEDICAL GROUP IRVINE, INC.</t>
+  </si>
+  <si>
+    <t>CA; FL; MA; RI</t>
+  </si>
+  <si>
+    <t>16100 Sand Canyon Avenue, Suite 240</t>
+  </si>
+  <si>
+    <t>Irvine</t>
+  </si>
+  <si>
+    <t>337-545-5140</t>
+  </si>
+  <si>
+    <t>https://riiidmedical.com/</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> GUIDE@mindspan.co</t>
+  </si>
+  <si>
+    <t>Rippl Care PC of California, Inc</t>
+  </si>
+  <si>
+    <t>Rippl Care, Inc</t>
+  </si>
+  <si>
+    <t>2825 Eastlake Ave E, Suite 230</t>
+  </si>
+  <si>
+    <t>Seattle</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>855-271-2662</t>
+  </si>
+  <si>
+    <t>https://ripplcare.com/; https://ripplcare.com/get-care/</t>
+  </si>
+  <si>
+    <t>info@ripplcare.com</t>
+  </si>
+  <si>
+    <t>Rippl Care PC of Washington, Inc</t>
+  </si>
+  <si>
+    <t>Rippl Care, Inc.</t>
+  </si>
+  <si>
+    <t>AR; CA; FL; IL; MO; OR; TX; WA</t>
+  </si>
+  <si>
+    <t>https://ripplcare.com/welcome/; https://ripplcare.com/get-care/</t>
+  </si>
+  <si>
+    <t>Riverside Physician Services, Inc</t>
+  </si>
+  <si>
+    <t>608 Denbigh Blvd Ste 800</t>
+  </si>
+  <si>
+    <t>Newport News</t>
+  </si>
+  <si>
+    <t>https://www.riversideonline.com/lifelong-health-and-aging/lifelong-health-and-aging/martha-w-goodson-center</t>
+  </si>
+  <si>
+    <t>Riverside Martha W Goodson Center</t>
+  </si>
+  <si>
+    <t>460 McLaws Circle</t>
+  </si>
+  <si>
+    <t>Williamsburg</t>
+  </si>
+  <si>
+    <t>757-220-4751</t>
+  </si>
+  <si>
+    <t>https://www.riversideonline.com/en/lifelong-health-and-aging/lifelong-health-and-aging/martha-w-goodson-center</t>
+  </si>
+  <si>
+    <t>Rockbridge Area Hospice, Inc.</t>
+  </si>
+  <si>
+    <t>VA; WV</t>
+  </si>
+  <si>
+    <t>315 Myers Street</t>
+  </si>
+  <si>
+    <t>540-463-1848</t>
+  </si>
+  <si>
+    <t>www.connectionsplus.care</t>
+  </si>
+  <si>
+    <t>guide@connectionsplus.care</t>
+  </si>
+  <si>
+    <t>Rush University Medical Center Rush University Internists</t>
+  </si>
+  <si>
+    <t>1700 W Van Buren 5th Floor</t>
+  </si>
+  <si>
+    <t>312-947-4663</t>
+  </si>
+  <si>
+    <t>https://www.rush.edu/patients-visitors/rush-home-visits</t>
+  </si>
+  <si>
+    <t>Sage Health at Home LLC</t>
+  </si>
+  <si>
+    <t>CA; GA</t>
+  </si>
+  <si>
+    <t>1635 Old 41 Hwy NW, #112-216</t>
+  </si>
+  <si>
+    <t>Kennewsaw</t>
+  </si>
+  <si>
+    <t>678-888-3313</t>
+  </si>
+  <si>
+    <t>http://sabio.health</t>
+  </si>
+  <si>
+    <t>info@sabiohealth.com</t>
+  </si>
+  <si>
+    <t>SAH Telemedicine California PC</t>
+  </si>
+  <si>
+    <t>Tembo Health</t>
+  </si>
+  <si>
+    <t>AK; AL; AR; AZ; CA; CO; CT; DC; DE; FL; GA; HI; IA; ID; IL; IN; KS; KY; LA; MA; MD; ME; MH; MI; MN; MO; MS; MT; NC; ND; NE; NH; NM; NV; NY; OH; OK; OR; PA; SC; SD; TN; TX; UT; VA; WA; WI; WV; WY</t>
+  </si>
+  <si>
+    <t>2108 N Street STE N</t>
+  </si>
+  <si>
+    <t>https://www.tembo.health/; https://www.tembo.health/screening-call</t>
+  </si>
+  <si>
+    <t>care@tembo.health</t>
+  </si>
+  <si>
+    <t>SAH Telemedicine PC</t>
+  </si>
+  <si>
+    <t>565 Plandome Road Unit 169</t>
+  </si>
+  <si>
+    <t>Manhasset</t>
+  </si>
+  <si>
+    <t>Samaritan Palliative Medical Partners</t>
+  </si>
+  <si>
+    <t>Samaritan Healthcare &amp; Hospice</t>
+  </si>
+  <si>
+    <t>NJ; VT</t>
+  </si>
+  <si>
+    <t>3906 Church Rd.</t>
+  </si>
+  <si>
+    <t>Mt. Laurel</t>
+  </si>
+  <si>
+    <t>856-596-1600</t>
+  </si>
+  <si>
+    <t>https://www.samaritannj.org</t>
+  </si>
+  <si>
+    <t>Sangre de Cristo Hospice and Palliative Care</t>
+  </si>
+  <si>
+    <t>Sangre de Cristo Community Care</t>
+  </si>
+  <si>
+    <t>1920 Valley Drive</t>
+  </si>
+  <si>
+    <t>Pueblo</t>
+  </si>
+  <si>
+    <t>719-542-0032</t>
+  </si>
+  <si>
+    <t>https://www.sangre.org/</t>
+  </si>
+  <si>
+    <t>genevieve.johnson@sangre.org</t>
+  </si>
+  <si>
+    <t>Savannah Neurology Specialists</t>
+  </si>
+  <si>
+    <t>FL; GA; SC</t>
+  </si>
+  <si>
+    <t>6602 Waters Avenue Bldg C</t>
+  </si>
+  <si>
+    <t>Savannah</t>
+  </si>
+  <si>
+    <t>912-354-7676</t>
+  </si>
+  <si>
+    <t>www.savannahneurology.com</t>
+  </si>
+  <si>
+    <t>Scandia Medical Group, PLLC</t>
+  </si>
+  <si>
+    <t>DE; MD; NJ; OH; PA</t>
+  </si>
+  <si>
+    <t>3 Pine Drive</t>
+  </si>
+  <si>
+    <t>Hanover</t>
+  </si>
+  <si>
+    <t>tara.jain@maribelhealth.com</t>
+  </si>
+  <si>
+    <t>Seasons Medical Group of Texas</t>
+  </si>
+  <si>
+    <t>CA; TX</t>
+  </si>
+  <si>
+    <t>17855 N. Dallas Pkwy, Suite 200</t>
+  </si>
+  <si>
+    <t>https://www.accentcare.com/GUIDE/</t>
+  </si>
+  <si>
+    <t>GUIDE@accentcare.com</t>
+  </si>
+  <si>
+    <t>AccentCare (Seasons Medical Group of Texas)</t>
+  </si>
+  <si>
+    <t>10318 Lake Rd.</t>
+  </si>
+  <si>
+    <t>Houston</t>
+  </si>
+  <si>
+    <t>281-592-5237</t>
+  </si>
+  <si>
+    <t>https://accentcare.com/resource/guide-guiding-an-improved-dementia-experience/</t>
+  </si>
+  <si>
+    <t>DL-CORP-US-GUIDE@accentcare.com</t>
+  </si>
+  <si>
+    <t>Senior Doc AZ Medical, PC</t>
+  </si>
+  <si>
+    <t>Memory Connect</t>
+  </si>
+  <si>
+    <t>14631 N Cave Creek Rd, Suite 104</t>
+  </si>
+  <si>
+    <t>Senior Doc ID Medical, PC</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>4301 Garrity Blvd. Suite 103</t>
+  </si>
+  <si>
+    <t>Nampa</t>
+  </si>
+  <si>
+    <t>Senior Respources of West Michigan</t>
+  </si>
+  <si>
+    <t>Senior Resources of West Michigan</t>
+  </si>
+  <si>
+    <t>560 Seminole Rd</t>
+  </si>
+  <si>
+    <t>Muskegon</t>
+  </si>
+  <si>
+    <t>231-737-4041</t>
+  </si>
+  <si>
+    <t>www.seniorresourceswmi.org</t>
+  </si>
+  <si>
+    <t>pcah@seniorresourceswmi.org</t>
+  </si>
+  <si>
+    <t>SENTARA MEDICAL GROUP</t>
+  </si>
+  <si>
+    <t>863 Glenrock RD Suite 100</t>
+  </si>
+  <si>
+    <t>844-693-0270</t>
+  </si>
+  <si>
+    <t>https://www.sentara.com/hospitalslocations/sentara-neurology-specialists</t>
+  </si>
+  <si>
+    <t>neurology_guide@sentara.com</t>
+  </si>
+  <si>
+    <t>Sentara Neurology Specialist</t>
+  </si>
+  <si>
+    <t>1950 Glenn Mitchell Dr</t>
+  </si>
+  <si>
+    <t>Virginia Beach</t>
+  </si>
+  <si>
+    <t>757-507-0600</t>
+  </si>
+  <si>
+    <t>301 RIVERVIEW AVE</t>
+  </si>
+  <si>
+    <t>757-252-9015</t>
+  </si>
+  <si>
+    <t>4000 COLISEUM DR</t>
+  </si>
+  <si>
+    <t>Hampton</t>
+  </si>
+  <si>
+    <t>757-736-8050</t>
+  </si>
+  <si>
+    <t>Shanti Hospice LLC</t>
+  </si>
+  <si>
+    <t>Shanti Hospice</t>
+  </si>
+  <si>
+    <t>3180 N Alma School Road, Suite 2</t>
+  </si>
+  <si>
+    <t>480-903-5903</t>
+  </si>
+  <si>
+    <t>www.guidingdementia.org; https://shantihospice.com/guide</t>
+  </si>
+  <si>
+    <t>guide@shantihospice.com</t>
+  </si>
+  <si>
+    <t>Sherman Oaks Hospice Care</t>
+  </si>
+  <si>
+    <t>1855 w Katella ave</t>
+  </si>
+  <si>
+    <t>714-733-1333</t>
+  </si>
+  <si>
+    <t>https://www.gracelandhospicecare.com/</t>
+  </si>
+  <si>
+    <t>szahed@gracelandhc.com</t>
+  </si>
+  <si>
+    <t>Sheth MD PA</t>
+  </si>
+  <si>
+    <t>AR; FL; IN; NY; OK; TX</t>
+  </si>
+  <si>
+    <t>5375 Coit Rd STE 130</t>
+  </si>
+  <si>
+    <t>Frisco</t>
+  </si>
+  <si>
+    <t>214-619-1910</t>
+  </si>
+  <si>
+    <t>https://lonestarneurology.net</t>
+  </si>
+  <si>
+    <t>staff@lonestarneurology.net</t>
+  </si>
+  <si>
+    <t>Sid Peterson Memorial Hospital</t>
+  </si>
+  <si>
+    <t>551 Hill Country Dr</t>
+  </si>
+  <si>
+    <t>Kerrville</t>
+  </si>
+  <si>
+    <t>830-258-6300</t>
+  </si>
+  <si>
+    <t>https://www.petersonhealth.com/</t>
+  </si>
+  <si>
+    <t>PAHAdmin@petersonhealth.com</t>
+  </si>
+  <si>
+    <t>Southcoast Physician's Group, Inc.</t>
+  </si>
+  <si>
+    <t>MA; RI</t>
+  </si>
+  <si>
+    <t>101 Page St.</t>
+  </si>
+  <si>
+    <t>New Bedford</t>
+  </si>
+  <si>
+    <t>508-973-9107</t>
+  </si>
+  <si>
+    <t>St Vincent Medical Education and Research Institute Inc</t>
+  </si>
+  <si>
+    <t>4 Allegheny Center, 7th Floor</t>
+  </si>
+  <si>
+    <t>Albion Family Practice</t>
+  </si>
+  <si>
+    <t>155 East State Street</t>
+  </si>
+  <si>
+    <t>Albion</t>
+  </si>
+  <si>
+    <t>814-756-4917</t>
+  </si>
+  <si>
+    <t>McClelland Family Practice</t>
+  </si>
+  <si>
+    <t>2240 East 38th Street, Suite 200</t>
+  </si>
+  <si>
+    <t>814-825-4262</t>
+  </si>
+  <si>
+    <t>Millcreek Family Practice</t>
+  </si>
+  <si>
+    <t>2501 West 12th Street, Suite C4</t>
+  </si>
+  <si>
+    <t>814-461-6626</t>
+  </si>
+  <si>
+    <t>Niagara Primary Care</t>
+  </si>
+  <si>
+    <t>2501 West 12th Street, Suite C10</t>
+  </si>
+  <si>
+    <t>814-580-5600</t>
+  </si>
+  <si>
+    <t>Saint Vincent Peninsula Family Medicine</t>
+  </si>
+  <si>
+    <t>2828 Sterretania Road</t>
+  </si>
+  <si>
+    <t>814-833-9700</t>
+  </si>
+  <si>
+    <t>Saint Vincent Family Medicine Center</t>
+  </si>
+  <si>
+    <t>311 West 24th Street, Suite 305</t>
+  </si>
+  <si>
+    <t>814-454-4484</t>
+  </si>
+  <si>
+    <t>Saint Vincent Medical Group of Corry</t>
+  </si>
+  <si>
+    <t>315 York Street</t>
+  </si>
+  <si>
+    <t>Corry</t>
+  </si>
+  <si>
+    <t>814-664-8686</t>
+  </si>
+  <si>
+    <t>Central Erie Primary Care</t>
+  </si>
+  <si>
+    <t>3413 Cherry Street</t>
+  </si>
+  <si>
+    <t>814-868-9828</t>
+  </si>
+  <si>
+    <t>AHN Health &amp; Wellness Pavilion Westside</t>
+  </si>
+  <si>
+    <t>4247 West Ridge Road, Suite 105</t>
+  </si>
+  <si>
+    <t>814-838-2468</t>
+  </si>
+  <si>
+    <t>Edinboro Medical Center</t>
+  </si>
+  <si>
+    <t>450 Erie Street</t>
+  </si>
+  <si>
+    <t>Edinboro</t>
+  </si>
+  <si>
+    <t>814-734-1618</t>
+  </si>
+  <si>
+    <t>AHN Health &amp; Wellness Pavilion Eastside</t>
+  </si>
+  <si>
+    <t>4950 Buffalo Road</t>
+  </si>
+  <si>
+    <t>814-899-7000</t>
+  </si>
+  <si>
+    <t>Elk Valley Medical Center</t>
+  </si>
+  <si>
+    <t>5165 Imperial Parkway</t>
+  </si>
+  <si>
+    <t>Girard</t>
+  </si>
+  <si>
+    <t>814-774-3128</t>
+  </si>
+  <si>
+    <t>St. Luke's Physician Group, Inc.</t>
+  </si>
+  <si>
+    <t>801 Ostrum St.</t>
+  </si>
+  <si>
+    <t>Bethlehem</t>
+  </si>
+  <si>
+    <t>484-526-7035</t>
+  </si>
+  <si>
+    <t>www.slhn.org</t>
+  </si>
+  <si>
+    <t>GUIDESeniorCare@sluhn.org</t>
+  </si>
+  <si>
+    <t>STEWARD CENTER FOR PALLIATIVE CARE</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>GA; SC</t>
+  </si>
+  <si>
+    <t>1352 EISENHOWER DRIVE</t>
+  </si>
+  <si>
+    <t>912-354-8014</t>
+  </si>
+  <si>
+    <t>https://www.hospicesavannah.org/what-services-are-available/caregiver-support/the-edel-caregiver-institute-2/</t>
+  </si>
+  <si>
+    <t>contact@stewardcenter.org</t>
+  </si>
+  <si>
+    <t>Edel Caregiver Institute</t>
+  </si>
+  <si>
+    <t>912-629-1330</t>
+  </si>
+  <si>
+    <t>Stonehill Franciscan Services</t>
+  </si>
+  <si>
+    <t>3485 Windsor Avenue</t>
+  </si>
+  <si>
+    <t>Dubuque</t>
+  </si>
+  <si>
+    <t>563-690-9649</t>
+  </si>
+  <si>
+    <t>https://www.stonehilldbq.com/; https://www.stonehilldbq.com/how-we-care/guide/</t>
+  </si>
+  <si>
+    <t>blagreek@stonehilldbq.com</t>
+  </si>
+  <si>
+    <t>Straub Clinic and Hospital</t>
+  </si>
+  <si>
+    <t>HI</t>
+  </si>
+  <si>
+    <t>55 Merchant St.</t>
+  </si>
+  <si>
+    <t>Honolulu</t>
+  </si>
+  <si>
+    <t>808-532-6380</t>
+  </si>
+  <si>
+    <t>https://www.hawaiipacifichealth.org/straub/</t>
+  </si>
+  <si>
+    <t>infoguide@hawaiipacifichealth.org</t>
+  </si>
+  <si>
+    <t>Stuart H. Isaacson, MD PA</t>
+  </si>
+  <si>
+    <t>951 NW 13th Street, Suite 5-E</t>
+  </si>
+  <si>
+    <t>ParkinsonsCenter.org</t>
+  </si>
+  <si>
+    <t>SUBURBAN GERIATRICS AT HOME PC</t>
+  </si>
+  <si>
+    <t>2901 Jolly Road</t>
+  </si>
+  <si>
+    <t>Plymouth Meeting</t>
+  </si>
+  <si>
+    <t>215-371-3400</t>
+  </si>
+  <si>
+    <t>https://abramsonseniorcare.org; suburbangeriatrics.com</t>
+  </si>
+  <si>
+    <t>Guide@abramsonseniorcare.org; sg@suburbangeriatrics.com</t>
+  </si>
+  <si>
+    <t>The Brain and Memory Health Group, PLLC</t>
+  </si>
+  <si>
+    <t>Nolia Medical Services, PC</t>
+  </si>
+  <si>
+    <t>CA; ID; NV; OR; WA</t>
+  </si>
+  <si>
+    <t>4742 42nd Ave. SW #406</t>
+  </si>
+  <si>
+    <t>855-621-0466</t>
+  </si>
+  <si>
+    <t>https://www.noliahealth.com/; https://www.joinmagnolia.com/</t>
+  </si>
+  <si>
+    <t>hello@joinmagnolia.com</t>
+  </si>
+  <si>
+    <t>The Christian and Missionary Alliance Foundation, Inc</t>
+  </si>
+  <si>
+    <t>13880 Shell Point Plaza</t>
+  </si>
+  <si>
+    <t>Fort Myers</t>
+  </si>
+  <si>
+    <t>239-454-2186</t>
+  </si>
+  <si>
+    <t>www.shellpoint.org</t>
+  </si>
+  <si>
+    <t>guide@shellpoint.org</t>
+  </si>
+  <si>
+    <t>The Church Home of The Protestant Episcopal Church in The City of Rochester, Inc.</t>
+  </si>
+  <si>
+    <t>505 Mt. Hope Ave</t>
+  </si>
+  <si>
+    <t>Rochester</t>
+  </si>
+  <si>
+    <t>585-546-8439</t>
+  </si>
+  <si>
+    <t>www.episcopalseniorlife.org; https://episcopalseniorlife.org/neighborhood-programs/community-dementia-program/</t>
+  </si>
+  <si>
+    <t>GUIDEservices@EpiscopalSeniorLife.org</t>
+  </si>
+  <si>
+    <t>Episcopal SeniorLife Communities</t>
+  </si>
+  <si>
+    <t>1530 East Avenue</t>
+  </si>
+  <si>
+    <t>585-546-8400</t>
+  </si>
+  <si>
+    <t>Community Dementia Services Program</t>
+  </si>
+  <si>
+    <t>The Connecticut Hospice, INC.</t>
+  </si>
+  <si>
+    <t>100 DOUBLE BEACH ROAD</t>
+  </si>
+  <si>
+    <t>Branford</t>
+  </si>
+  <si>
+    <t>800-283-0174</t>
+  </si>
+  <si>
+    <t>https://www.hospice.com/the-guide-program/</t>
+  </si>
+  <si>
+    <t>guide@hospice.com</t>
+  </si>
+  <si>
+    <t>The Council on Aging of Martin County</t>
+  </si>
+  <si>
+    <t>900 SE Salerno Road</t>
+  </si>
+  <si>
+    <t>Stuart</t>
+  </si>
+  <si>
+    <t>dayprimarycare.org</t>
+  </si>
+  <si>
+    <t>kpekarsky@coamartin.org</t>
+  </si>
+  <si>
+    <t>The Emory Clinic</t>
+  </si>
+  <si>
+    <t>1365 Clifton Road NE</t>
+  </si>
+  <si>
+    <t>404-712-6929</t>
+  </si>
+  <si>
+    <t>https://www.nursing.emory.edu/imc</t>
+  </si>
+  <si>
+    <t>imc.guide@emory.edu</t>
+  </si>
+  <si>
+    <t>The Health and Hospital Corporation of Marion County</t>
+  </si>
+  <si>
+    <t>IN; TN</t>
+  </si>
+  <si>
+    <t>720 Eskenazi Ave.</t>
+  </si>
+  <si>
+    <t>317-880-2224</t>
+  </si>
+  <si>
+    <t>https://www.eskenazihealth.edu/news/guide-model-provides-improvements-to-dementia-care; https://www.eskenazihealth.edu/health-services/brain-center/aging-brain-care-program</t>
+  </si>
+  <si>
+    <t>The Holding Group, LLC</t>
+  </si>
+  <si>
+    <t>2590 Welton Street Ste 200</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>720-295-1844</t>
+  </si>
+  <si>
+    <t>https://www.theholdinggroup.org/registration/</t>
+  </si>
+  <si>
+    <t>info@theholdinggroup.org</t>
+  </si>
+  <si>
+    <t>The Reed Group, LLC</t>
+  </si>
+  <si>
+    <t>Dementian Health</t>
+  </si>
+  <si>
+    <t>GA; KY; TN</t>
+  </si>
+  <si>
+    <t>309 Artisan Lane</t>
+  </si>
+  <si>
+    <t>888-909-4876</t>
+  </si>
+  <si>
+    <t>https://dementianhealth.com/</t>
+  </si>
+  <si>
+    <t>info@dementianhealth.com</t>
+  </si>
+  <si>
+    <t>The Trustees of the University of Pennsylvania</t>
+  </si>
+  <si>
+    <t>3451 Walnut Street</t>
+  </si>
+  <si>
+    <t>215-662-7810</t>
+  </si>
+  <si>
+    <t>https://www.pennmedicine.org/; https://pennmemorycenter.org/guide/</t>
+  </si>
+  <si>
+    <t>GUIDE@pennmedicine.upenn.edu</t>
+  </si>
+  <si>
+    <t>Penn Neurology Pennsylvania Hospital</t>
+  </si>
+  <si>
+    <t>330 South 9th St. 3rd Floor</t>
+  </si>
+  <si>
+    <t>https://pennmemorycenter.org/guide/</t>
+  </si>
+  <si>
+    <t>Penn Memory Center</t>
+  </si>
+  <si>
+    <t>3400 Civic Center Boulevard, South Pavilion, 2nd Floor</t>
+  </si>
+  <si>
+    <t>The University of Chicago Medical Center</t>
+  </si>
+  <si>
+    <t>5841 S. Maryland Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">www.uchicagomedicine.org </t>
+  </si>
+  <si>
+    <t>Theoria Medical PLLC</t>
+  </si>
+  <si>
+    <t>FL; GA; IA; KS; KY; MI; MN; MO; MT; NC; NH; OH; VA; WI</t>
+  </si>
+  <si>
+    <t>41800 W 11 Mile Rd Ste 109</t>
+  </si>
+  <si>
+    <t>Novi</t>
+  </si>
+  <si>
+    <t>833-578-2763</t>
+  </si>
+  <si>
+    <t>https://theoriamedical.com/</t>
+  </si>
+  <si>
+    <t>Troupe Health Medical Group PA</t>
+  </si>
+  <si>
+    <t>FL; IA; IL; IN; LA; MI; OH; TN; VA</t>
+  </si>
+  <si>
+    <t>85 5th Ave</t>
+  </si>
+  <si>
+    <t>813-462-2598</t>
+  </si>
+  <si>
+    <t>www.troupehealth.com</t>
+  </si>
+  <si>
+    <t>info@troupehealth.com</t>
+  </si>
+  <si>
+    <t>UCLA Health</t>
+  </si>
+  <si>
+    <t>10945 Le Conte Ave., Ste 1401</t>
+  </si>
+  <si>
+    <t>310-319-3222</t>
+  </si>
+  <si>
+    <t>http://dementia.uclahealth.org; https://www.uclahealth.org/medical-services/geriatrics/dementia/contact-us</t>
+  </si>
+  <si>
+    <t>dementia@mednet.ucla.edu</t>
+  </si>
+  <si>
+    <t>United Church Homes, Inc.</t>
+  </si>
+  <si>
+    <t>United Church Homes, dba The Chapel Hill Community</t>
+  </si>
+  <si>
+    <t>IN; OH; WV</t>
+  </si>
+  <si>
+    <t>12200 Strausser Street NW</t>
+  </si>
+  <si>
+    <t>Canal Fulton</t>
+  </si>
+  <si>
+    <t>330-854-4177</t>
+  </si>
+  <si>
+    <t>www.unitedchurchhomes.org</t>
+  </si>
+  <si>
+    <t>naviguide@uchinc.org</t>
+  </si>
+  <si>
+    <t>United Church Homes, dba The Trinity Community at Beavercreek</t>
+  </si>
+  <si>
+    <t>3218 Indian Ripple Road</t>
+  </si>
+  <si>
+    <t>Beavercreek</t>
+  </si>
+  <si>
+    <t>937-426-8481</t>
+  </si>
+  <si>
+    <t>United Church Homes, dba The Parkvue Community</t>
+  </si>
+  <si>
+    <t>3800 Boardwalk Boulevard</t>
+  </si>
+  <si>
+    <t>Sandusky</t>
+  </si>
+  <si>
+    <t>419-621-1900</t>
+  </si>
+  <si>
+    <t>8000 Ravine's Edge Court, Suite 300</t>
+  </si>
+  <si>
+    <t>866-968-2414</t>
+  </si>
+  <si>
+    <t>170 E. Center Street</t>
+  </si>
+  <si>
+    <t>Marion</t>
+  </si>
+  <si>
+    <t>University Medical Associates of the Medical University of South Carolina</t>
+  </si>
+  <si>
+    <t>171 Ashley Avenue</t>
+  </si>
+  <si>
+    <t>https://web.musc.edu/; https://muschealth.org/medical-services/neurosciences/memory-disorders/sc-alzheimers-network</t>
+  </si>
+  <si>
+    <t>University of California San Francisco Medical Center</t>
+  </si>
+  <si>
+    <t>505 Parnassus Ave Box #0810</t>
+  </si>
+  <si>
+    <t>415-514-3577</t>
+  </si>
+  <si>
+    <t>https://www.ucsf.edu/</t>
+  </si>
+  <si>
+    <t>careathome@ucsf.edu</t>
+  </si>
+  <si>
+    <t>University of Connecticut Health Center</t>
+  </si>
+  <si>
+    <t>Uconn Health Center for Healthy Aging/Geriatrics</t>
+  </si>
+  <si>
     <t>CT; VT</t>
   </si>
   <si>
-    <t>NEUROLOGY CONSULTANTS OF DALLAS PA</t>
-[...1375 lines deleted...]
-  <si>
     <t>PO Box 1440</t>
   </si>
   <si>
     <t>Hartford</t>
   </si>
   <si>
+    <t>860-679-4138</t>
+  </si>
+  <si>
     <t>https://health.uconn.edu/aging/memory-assessment-program/</t>
   </si>
   <si>
     <t>GUIDEprogram@uchc.edu</t>
   </si>
   <si>
-    <t>(860) 679-4138</t>
+    <t>Uconn Center on Aging</t>
+  </si>
+  <si>
+    <t>21 South Road, MC 6220 Suite 110</t>
+  </si>
+  <si>
+    <t>Farmington</t>
   </si>
   <si>
     <t>University of Louisville Physicians</t>
   </si>
   <si>
     <t>300 E. Market St. Suite 400</t>
   </si>
   <si>
-    <t>https://uoflhealth.org/</t>
-[...2 lines deleted...]
-    <t>https://www.tragerinstitute.org/</t>
+    <t>502-588-4340</t>
+  </si>
+  <si>
+    <t>https://uoflhealth.org/; https://www.tragerinstitute.org/</t>
   </si>
   <si>
     <t>guide@uoflhealth.org</t>
   </si>
   <si>
-    <t>(502) 588-4340</t>
+    <t>Republic Bank Foundation Optimal Aging Clinic</t>
+  </si>
+  <si>
+    <t>204 East Market Street</t>
+  </si>
+  <si>
+    <t>https://uoflhealth.org; https://www.tragerinstitute.org/</t>
   </si>
   <si>
     <t>University of North Texas Health Science Center at Fort Worth</t>
   </si>
   <si>
-    <t>HSC Health</t>
-[...1 lines deleted...]
-  <si>
     <t>3500 Camp Bowie Blvd</t>
   </si>
   <si>
     <t>Fort Worth</t>
   </si>
   <si>
-    <t>www.unthsc.edu/patientcare</t>
-[...8 lines deleted...]
-    <t>(817) 735-5900</t>
+    <t>817-735-5900</t>
+  </si>
+  <si>
+    <t>www.unthealth.edu/patient-care/guide-model; https://phreesia.me/GUIDE</t>
+  </si>
+  <si>
+    <t>GUIDE@UNTHealth.edu</t>
+  </si>
+  <si>
+    <t>855 Montgomery St</t>
   </si>
   <si>
     <t>University of Pittsburgh Physicians</t>
   </si>
   <si>
     <t>600 GRANT STREET 58TH FL CORP TA</t>
   </si>
   <si>
-    <t>(412) 692-4200</t>
+    <t>412-692-4200</t>
+  </si>
+  <si>
+    <t>www.upmc.com/GUIDEModel</t>
+  </si>
+  <si>
+    <t>GUIDE@UPMC.edu</t>
+  </si>
+  <si>
+    <t>UPMC, Division of Geriatric Medicine</t>
+  </si>
+  <si>
+    <t>3471 Fifth Avenue, Suite 500</t>
   </si>
   <si>
     <t>University of Rochester</t>
   </si>
   <si>
     <t>601 Elmwood Ave</t>
   </si>
   <si>
     <t>University of Texas Health Science Center at San Antonio</t>
   </si>
   <si>
-    <t>UT Health San Antonio</t>
-[...1 lines deleted...]
-  <si>
     <t>8431 Fredericksburg Rd</t>
   </si>
   <si>
-    <t>San Antonio</t>
+    <t>210-450-9890</t>
   </si>
   <si>
     <t>lsom.uthscsa.edu/geriatrics/</t>
   </si>
   <si>
     <t>bryanj1@uthscsa.edu</t>
   </si>
   <si>
-    <t>(210) 450-9890</t>
-[...1 lines deleted...]
-  <si>
     <t>University of Texas Southwestern Medical Center</t>
   </si>
   <si>
     <t>5323 Harry Hines Boulevard</t>
   </si>
   <si>
-    <t>http://www.utsouthwestern.org</t>
-[...5 lines deleted...]
-    <t>(214) 645-8300</t>
+    <t>214-645-8300</t>
+  </si>
+  <si>
+    <t>http://www.utsouthwestern.org; https://utswmed.org/request-appointment/3/home</t>
   </si>
   <si>
     <t>University of Toledo Physicians, LLC</t>
   </si>
   <si>
-    <t>University of Toledo Physicians</t>
-[...1 lines deleted...]
-  <si>
     <t>4510 Dorr St. MS 840</t>
   </si>
   <si>
     <t>Toledo</t>
   </si>
   <si>
+    <t>419-383-7327</t>
+  </si>
+  <si>
     <t>https://health.utoledo.edu/clinics/geriatrics/guide.html</t>
   </si>
   <si>
     <t>CMSGUIDEProgram@utoledo.edu</t>
   </si>
   <si>
-    <t>(419) 383-7327</t>
-[...1 lines deleted...]
-  <si>
     <t>University of Utah Adult Services</t>
   </si>
   <si>
-    <t>University of Utah Aging Brain Care Program</t>
-[...1 lines deleted...]
-  <si>
     <t>127 S 500 E STE 600</t>
   </si>
   <si>
+    <t>801-581-2628</t>
+  </si>
+  <si>
     <t>https://healthcare.utah.edu/geriatrics/aging-program</t>
   </si>
   <si>
     <t>guide@hsc.utah.edu</t>
   </si>
   <si>
+    <t>Madsen Geriatrics</t>
+  </si>
+  <si>
+    <t>555 S Foothill Blvd Dr</t>
+  </si>
+  <si>
+    <t>https://healthcare.utah.edu/locations/madsen-salt-lake-city/geriatrics</t>
+  </si>
+  <si>
+    <t>Aging Brain Care</t>
+  </si>
+  <si>
     <t>University Physicians, Inc.</t>
   </si>
   <si>
-    <t>CU Medicine</t>
-[...1 lines deleted...]
-  <si>
     <t>13199 East Montview Blvd.</t>
   </si>
   <si>
     <t>Aurora</t>
   </si>
   <si>
+    <t>303-724-3141</t>
+  </si>
+  <si>
     <t>https://www.cumedicine.us/services/guide</t>
   </si>
   <si>
     <t>dementia.care@cuanschutz.edu</t>
   </si>
   <si>
-    <t>(303) 724-3141</t>
-[...11 lines deleted...]
-    <t>(800) 872-2273</t>
+    <t>University of Colorado Medicine (aka CU Medicine) at UCHealth</t>
+  </si>
+  <si>
+    <t>1635 Aurora Ct</t>
   </si>
   <si>
     <t>Vesper Medical Care, PLLC</t>
   </si>
   <si>
+    <t>AR; CA; NM; OK; TX</t>
+  </si>
+  <si>
     <t>8416 Old McGregor Rd</t>
   </si>
   <si>
     <t>Woodway</t>
   </si>
   <si>
+    <t>254-307-3997</t>
+  </si>
+  <si>
     <t>www.vespermedicalcare.com</t>
   </si>
   <si>
     <t>Office@vespermedicalcare.com</t>
   </si>
   <si>
-    <t>(254) 307-3997</t>
-[...1 lines deleted...]
-  <si>
     <t>Virginia Health Hospice, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">VHS Hospice </t>
-[...1 lines deleted...]
-  <si>
     <t>240 Nat Turner Boulevard</t>
   </si>
   <si>
     <t>www.vahs.com</t>
   </si>
   <si>
-    <t>https://vahs.com</t>
-[...1 lines deleted...]
-  <si>
     <t>guide@vahs.com</t>
   </si>
   <si>
     <t>Virtare Health Physician Services of Utah, PLLC</t>
   </si>
   <si>
-    <t>Virtare</t>
+    <t>CA; UT</t>
   </si>
   <si>
     <t>10890 Thornmint Road</t>
   </si>
   <si>
     <t>virtarehealth.com</t>
   </si>
   <si>
     <t>Virtua Medical Group</t>
   </si>
   <si>
     <t>301 Lippincott Dr. Suite 410</t>
   </si>
   <si>
     <t>Marlton</t>
   </si>
   <si>
     <t>Visiting Nurse Association of Central Pennsylvania</t>
   </si>
   <si>
     <t>3315 Derry Street</t>
   </si>
   <si>
     <t>Harrisburg</t>
   </si>
   <si>
     <t>Visiting Practitioners &amp; Palliative care</t>
   </si>
   <si>
-    <t>15420 Nacogdoches Rd</t>
+    <t>Visiting Practitioners &amp; Palliative Care</t>
+  </si>
+  <si>
+    <t>15420 NACOGDOCHES RD,</t>
+  </si>
+  <si>
+    <t>210-960-2833</t>
   </si>
   <si>
     <t>https://www.visitingpractitionerssa.com/</t>
   </si>
   <si>
     <t>Mtalukdar.vppc@gmail.com</t>
   </si>
   <si>
-    <t>(210) 960-2833</t>
-[...1 lines deleted...]
-  <si>
     <t>VNA HEALTH SYSTEM</t>
   </si>
   <si>
     <t>21 W INDEPENDENCE ST</t>
   </si>
   <si>
     <t>Shamokin</t>
   </si>
   <si>
     <t>WAKE FOREST UNIVERSITY HEALTH SCIENCES</t>
   </si>
   <si>
-    <t>Atrium Health Medical Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Medical Center Blvd</t>
   </si>
   <si>
+    <t>336-716-7400</t>
+  </si>
+  <si>
     <t>https://atriumhealth.org/locations/senior-care</t>
   </si>
   <si>
     <t>GUIDE@wakehealth.edu</t>
   </si>
   <si>
-    <t>(336) 716-7400</t>
-[...1 lines deleted...]
-  <si>
     <t>Wellmont Medical Associates, Inc.</t>
   </si>
   <si>
-    <t>Ballad Health Medical Associates</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Bristol </t>
+    <t>Ballad Health Medical Associates Memory Care -Bristol</t>
+  </si>
+  <si>
+    <t>TN; VA</t>
+  </si>
+  <si>
+    <t>350 Blountville Hwy Suite 204</t>
+  </si>
+  <si>
+    <t>Bristol</t>
+  </si>
+  <si>
+    <t>423-968-6680</t>
   </si>
   <si>
     <t>www.balladhealth.org</t>
   </si>
   <si>
     <t>Rebekah.Thacker@Balladhealth.org</t>
   </si>
   <si>
-    <t>(423) 968-6680</t>
-[...4 lines deleted...]
-  <si>
     <t>Willamette Valley Hospice</t>
   </si>
   <si>
-    <t>Willamette Vital Health</t>
-[...1 lines deleted...]
-  <si>
     <t>1015 3rd Street NW</t>
   </si>
   <si>
     <t>Salem</t>
   </si>
   <si>
+    <t>503-798-9053</t>
+  </si>
+  <si>
     <t>www.wvh.org</t>
   </si>
   <si>
     <t>GUIDEfax@wvh.org</t>
   </si>
   <si>
-    <t>(503) 798-9053</t>
+    <t>Willamette Vital Health Dementia Support Program</t>
+  </si>
+  <si>
+    <t>1015 NW 3rd St</t>
   </si>
   <si>
     <t>Wovenly CA, PC</t>
   </si>
   <si>
     <t>Wovenly IL, PLLC</t>
   </si>
   <si>
     <t>Wovenly NJ, LLC</t>
   </si>
   <si>
     <t>Wovenly TX, PLLC</t>
   </si>
   <si>
+    <t>Texas Tech University Health Sciences Center</t>
+  </si>
+  <si>
+    <t>NM; OR; TX; WA</t>
+  </si>
+  <si>
+    <t>1400 Coulter Street</t>
+  </si>
+  <si>
+    <t>Amarillo</t>
+  </si>
+  <si>
+    <t>806-743-9401</t>
+  </si>
+  <si>
+    <t>https://www.wovenly.com/for-patients-caregivers</t>
+  </si>
+  <si>
+    <t>Wovenly</t>
+  </si>
+  <si>
+    <t>3181 SW Sam Jackson Park Road CR 131</t>
+  </si>
+  <si>
+    <t>503-494-7772</t>
+  </si>
+  <si>
+    <t>3600 N Garfield Street</t>
+  </si>
+  <si>
+    <t>Midland</t>
+  </si>
+  <si>
+    <t>3604 4th Street STOP 6238</t>
+  </si>
+  <si>
+    <t>Lubbock</t>
+  </si>
+  <si>
+    <t>TTUHSC El Paso Department of Neurology</t>
+  </si>
+  <si>
+    <t>4801 Alberta Avenue</t>
+  </si>
+  <si>
+    <t>El Paso</t>
+  </si>
+  <si>
+    <t>915-215-5900</t>
+  </si>
+  <si>
+    <t>Texas Tech University Health Sciences Center Garrison Institute on Aging</t>
+  </si>
+  <si>
     <t>6630 Quaker Avenue, Suite E</t>
   </si>
   <si>
-    <t>Lubbock</t>
-[...7 lines deleted...]
-  <si>
     <t>YA Partners USA LLC</t>
   </si>
   <si>
-    <t>Cognitive Care Services</t>
+    <t>Cognitive Care Services (dba) YA Partners USA LLC</t>
   </si>
   <si>
     <t>7848 W. Sahara Avenue</t>
   </si>
   <si>
-    <t>https://www.cognitivecareservices.com</t>
-[...2 lines deleted...]
-    <t>www.ya-partners.com/contact-us</t>
+    <t>702-833-9740</t>
+  </si>
+  <si>
+    <t>www.cognitivecareservices.com; www.ya-partners.com/contact-us</t>
   </si>
   <si>
     <t>guide@ya-partners.com</t>
   </si>
   <si>
-    <t>(702) 833-9740</t>
-[...1 lines deleted...]
-  <si>
     <t>Yavapai Regional Medical Center Physician Care, LLC</t>
   </si>
   <si>
-    <t>Dignity Health Yavapai Regional Medical Group</t>
+    <t>Dignity Health Yavapai Regional Medical Group-Cunningham Center for Compassionate Aging</t>
   </si>
   <si>
     <t>1001 Division Street</t>
   </si>
   <si>
     <t>Prescott</t>
   </si>
   <si>
-    <t>www.yrmc.org</t>
-[...2 lines deleted...]
-    <t>(928) 775-5567</t>
+    <t>928-775-5567</t>
+  </si>
+  <si>
+    <t>https://www.yrmc.org/services/geriatric-services/services</t>
   </si>
   <si>
     <t>Zahed MD Medical corporation</t>
   </si>
   <si>
     <t>2141 Orangewood</t>
   </si>
   <si>
     <t>Zaheer A Khan MD PC</t>
   </si>
   <si>
     <t>Center for Elder Care</t>
   </si>
   <si>
     <t>3007 Memorial Parkway SW, Suite B</t>
   </si>
   <si>
     <t>Huntsville</t>
   </si>
   <si>
+    <t>256-799-2507</t>
+  </si>
+  <si>
     <t>www.centerforeldercare.org</t>
   </si>
   <si>
     <t>centerforeldercare65@gmail.com</t>
-  </si>
-[...4 lines deleted...]
-    <t>AL; TN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF242424"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color rgb="FF0A0A0A"/>
+      <name val="Courier New"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF0A0A0A"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF242424"/>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <i/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor rgb="FFE9D2FD"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.79998168889431442"/>
+        <fgColor rgb="FFE9D2FD"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FFD5D3D1"/>
+        <color theme="0" tint="-4.9989318521683403E-2"/>
       </left>
       <right style="thin">
-        <color rgb="FFD5D3D1"/>
+        <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color rgb="FFD5D3D1"/>
+        <color theme="0" tint="-4.9989318521683403E-2"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="13">
+  <dxfs count="14">
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="11"/>
-[...1 lines deleted...]
-        <name val="Arial"/>
+        <sz val="12"/>
+        <color rgb="FF0A0A0A"/>
+        <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <font>
-[...15 lines deleted...]
-      <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="0" tint="-4.9989318521683403E-2"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0" tint="-4.9989318521683403E-2"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor theme="7" tint="0.79998168889431442"/>
+          <bgColor theme="0" tint="-0.14999847407452621"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-4.9989318521683403E-2"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-4.9989318521683403E-2"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFE9D2FD"/>
+      <color rgb="FF009AD0"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{590C5F74-B953-49F3-8E03-DF67CC73F859}" name="GMPL" displayName="GMPL" ref="A1:K328" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
-[...12 lines deleted...]
-    <tableColumn id="11" xr3:uid="{6D066720-C8CA-4266-93D1-E11A46292D1F}" name="State(s) in which Participant Provides Services" dataDxfId="0"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{483F0224-BC3C-4A72-8085-B1C5E0A45779}" name="Model" displayName="Model" ref="A4:J497" totalsRowShown="0" headerRowDxfId="13" dataDxfId="12" headerRowBorderDxfId="10" tableBorderDxfId="11">
+  <autoFilter ref="A4:J497" xr:uid="{24D2A09A-88C7-41FD-88C0-61B69455E67B}"/>
+  <sortState ref="A5:J497">
+    <sortCondition ref="A4:A497"/>
+  </sortState>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{CAB1BCEA-496B-46D2-BD52-76479BEC687C}" name="Legal Business Name" dataDxfId="9"/>
+    <tableColumn id="2" xr3:uid="{D36CF71C-2E48-42E3-8BF6-E442DEF2FEEC}" name="Doing Business As" dataDxfId="8"/>
+    <tableColumn id="3" xr3:uid="{BD627896-4F93-4ED0-8356-38E0D8C6DD4F}" name="Telehealth Services Available" dataDxfId="7"/>
+    <tableColumn id="4" xr3:uid="{EBCA8B79-E83A-495F-A1B2-FA7CAFC6B89C}" name="State(s) in which Participant Provides Services" dataDxfId="6"/>
+    <tableColumn id="5" xr3:uid="{026EAD8A-5CE1-4AF2-86FA-9E4D73537705}" name="Corporate or Practice Location Street Address" dataDxfId="5"/>
+    <tableColumn id="6" xr3:uid="{9A37F64C-96CA-4DCA-9F91-EAC5E3E1D9FE}" name="City" dataDxfId="4"/>
+    <tableColumn id="7" xr3:uid="{1E24E299-CDA9-421F-8FE4-E703AB07E326}" name="State" dataDxfId="3"/>
+    <tableColumn id="8" xr3:uid="{8FB50BE4-C98B-42CD-B7E4-6C0F49FD51F0}" name="Phone Number" dataDxfId="2"/>
+    <tableColumn id="9" xr3:uid="{CA96B918-6A6C-48B4-9AC6-02741130B3E1}" name="Website(s)" dataDxfId="1"/>
+    <tableColumn id="10" xr3:uid="{96DB2ED5-866F-4807-96F7-379A68DF45AB}" name="Email(s)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -5965,11540 +7135,15881 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26248F64-E1B2-4ABC-B8E3-7E17DFA0E46B}">
-  <dimension ref="A1:K336"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24D2A09A-88C7-41FD-88C0-61B69455E67B}">
+  <dimension ref="A1:J500"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0" xr3:uid="{0A63F3FF-F56D-58CA-BEDE-392E76D54B59}">
-[...3 lines deleted...]
-      <selection pane="topRight" activeCell="B1" sqref="B1"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0" xr3:uid="{4BB42C89-E899-5E52-A41D-0966D91DC808}">
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C498" sqref="C498"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="31.875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="0" style="2" hidden="1"/>
+    <col min="1" max="1" width="30.25" style="5" customWidth="1"/>
+    <col min="2" max="2" width="29" style="5" customWidth="1"/>
+    <col min="3" max="3" width="33.25" style="5" customWidth="1"/>
+    <col min="4" max="4" width="50.625" style="5" customWidth="1"/>
+    <col min="5" max="5" width="50" style="5" customWidth="1"/>
+    <col min="6" max="6" width="14.125" style="5" customWidth="1"/>
+    <col min="7" max="7" width="9.375" style="5" customWidth="1"/>
+    <col min="8" max="8" width="18.25" style="5" customWidth="1"/>
+    <col min="9" max="9" width="64.75" style="6" customWidth="1"/>
+    <col min="10" max="10" width="25.625" style="5" customWidth="1"/>
+    <col min="11" max="16384" width="8.75" style="5" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="7" customFormat="1" ht="29.1" customHeight="1">
-      <c r="A1" s="6" t="s">
+    <row r="1" spans="1:10" s="1" customFormat="1" ht="36" customHeight="1">
+      <c r="A1" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="16"/>
+      <c r="J1" s="17"/>
+    </row>
+    <row r="2" spans="1:10" s="1" customFormat="1" ht="18" customHeight="1">
+      <c r="A2" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="12"/>
+      <c r="G2" s="3"/>
+      <c r="I2" s="6"/>
+      <c r="J2" s="5"/>
+    </row>
+    <row r="3" spans="1:10" s="1" customFormat="1" ht="21" customHeight="1">
+      <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="B3" s="4"/>
+      <c r="C3" s="2"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="2"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="5"/>
+    </row>
+    <row r="4" spans="1:10" s="10" customFormat="1" ht="14.45">
+      <c r="A4" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="6" t="s">
+      <c r="B4" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="6" t="s">
+      <c r="C4" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="6" t="s">
+      <c r="D4" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="6" t="s">
+      <c r="E4" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="6" t="s">
+      <c r="F4" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="6" t="s">
+      <c r="G4" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="6" t="s">
+      <c r="H4" s="20" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="2" t="s">
+      <c r="I4" s="20" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="2" t="s">
+      <c r="J4" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="2" t="s">
+    </row>
+    <row r="5" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A5" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D2" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="2" t="s">
+      <c r="B5" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="E5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="F5" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="G5" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="2" t="s">
+      <c r="H5" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="2" t="s">
+      <c r="I5" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="2" t="s">
+      <c r="J5" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="29.1" customHeight="1">
-[...3 lines deleted...]
-      <c r="B3" s="2" t="s">
+    <row r="6" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A6" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="B6" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E6" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F6" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G6" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="H6" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="I6" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A7" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A8" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A9" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A10" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A11" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A12" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A13" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A14" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A15" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A16" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A17" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A18" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A19" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A20" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A21" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A22" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A23" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A24" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A25" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I25" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A26" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A27" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A28" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A29" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I29" s="8"/>
+      <c r="J29" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A30" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A31" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A32" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A33" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A34" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D34" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I3" s="2" t="s">
-[...5 lines deleted...]
-      <c r="K3" s="2" t="s">
+      <c r="E34" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A35" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A36" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I36" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A37" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="1" customFormat="1" ht="57.95" customHeight="1">
+      <c r="A38" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A39" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A40" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A41" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>26</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C4" s="2" t="s">
+      <c r="E41" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A42" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A43" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A44" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A45" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A46" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A47" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A48" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A49" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A50" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="I50" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A51" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="I51" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A52" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="I52" s="8"/>
+      <c r="J52" s="5" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A53" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A54" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A55" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="I55" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" s="1" customFormat="1" ht="57.95" customHeight="1">
+      <c r="A56" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="I56" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A57" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="I57" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A58" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="I58" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A59" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="I59" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A60" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="I60" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A61" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A62" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="J62" s="9" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A63" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="I63" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A64" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="I64" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A65" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="I65" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A66" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="I66" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A67" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="G67" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A68" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A69" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="I69" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A70" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="I70" s="7" t="s">
+        <v>359</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A71" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="I71" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A72" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="I72" s="7" t="s">
+        <v>370</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A73" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="I73" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A74" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="I74" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A75" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="I75" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A76" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="I76" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A77" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="I77" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A78" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I78" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" s="1" customFormat="1" ht="57.95" customHeight="1">
+      <c r="A79" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="I79" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A80" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I80" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A81" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I81" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A82" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I82" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A83" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="G83" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I83" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A84" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I84" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A85" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I85" s="8"/>
+      <c r="J85" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A86" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I86" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A87" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I87" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A88" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I88" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A89" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="I89" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A90" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="I90" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A91" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="G91" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="D4" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="2" t="s">
+      <c r="H91" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="I91" s="7" t="s">
+        <v>435</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A92" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="I92" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A93" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="G93" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H93" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="I93" s="7" t="s">
+        <v>455</v>
+      </c>
+      <c r="J93" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="G4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="2" t="s">
+    </row>
+    <row r="94" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A94" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="I94" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A95" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="I95" s="7" t="s">
+        <v>466</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A96" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="I96" s="7" t="s">
+        <v>472</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A97" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H97" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="I97" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A98" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="I98" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A99" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="I99" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A100" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="I100" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A101" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="G101" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I101" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A102" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="I102" s="7" t="s">
+        <v>499</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A103" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G103" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I103" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A104" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G104" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I104" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A105" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G105" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I105" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A106" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="I106" s="7" t="s">
+        <v>514</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A107" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="G107" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H107" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="I107" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A108" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="G108" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="I108" s="7" t="s">
+        <v>522</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A109" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="I109" s="7" t="s">
+        <v>527</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A110" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="I110" s="7" t="s">
+        <v>529</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A111" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="G111" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="I111" s="8"/>
+      <c r="J111" s="5" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A112" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I112" s="8"/>
+      <c r="J112" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A113" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="G113" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="I113" s="7" t="s">
+        <v>543</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A114" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="I114" s="7" t="s">
+        <v>547</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A115" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="G115" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="I115" s="7" t="s">
+        <v>551</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A116" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="I116" s="7" t="s">
+        <v>556</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A117" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="G117" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="I117" s="7" t="s">
+        <v>561</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A118" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="I118" s="7" t="s">
+        <v>566</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A119" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="G119" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="I119" s="7" t="s">
+        <v>570</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A120" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="G120" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="I120" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A121" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="G121" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="I121" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A122" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="I122" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A123" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H123" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="I123" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A124" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="I124" s="7" t="s">
+        <v>577</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A125" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="I125" s="7" t="s">
+        <v>594</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A126" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="I126" s="7" t="s">
+        <v>602</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A127" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G127" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="I127" s="7" t="s">
+        <v>606</v>
+      </c>
+      <c r="J127" s="5" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A128" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G128" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="I128" s="7" t="s">
+        <v>611</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A129" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="I129" s="7" t="s">
+        <v>616</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A130" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="G130" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H130" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I130" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A131" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="G131" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="I131" s="7" t="s">
+        <v>626</v>
+      </c>
+      <c r="J131" s="5" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A132" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="G132" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="I132" s="7" t="s">
+        <v>632</v>
+      </c>
+      <c r="J132" s="5" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A133" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="G133" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="I133" s="7" t="s">
+        <v>637</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A134" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="I134" s="7" t="s">
+        <v>642</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A135" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G135" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="I135" s="7" t="s">
+        <v>646</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A136" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D136" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="2" t="s">
+      <c r="E136" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="G136" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="H136" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I136" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J136" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A137" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="G137" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H137" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I137" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J137" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A138" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I138" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A139" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G139" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I139" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A140" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G140" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I140" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J140" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A141" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G141" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I141" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A142" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I142" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J142" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A143" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G143" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H143" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I143" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J143" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A144" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G144" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H144" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I144" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A145" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F145" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H145" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I145" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="J145" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A146" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H146" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I146" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J146" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A147" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G147" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H147" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I147" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J147" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A148" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="F148" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="G148" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H148" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I148" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J148" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A149" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F149" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G149" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H149" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I149" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J149" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A150" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F150" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G150" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H150" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I150" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J150" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A151" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="G151" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H151" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I151" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J151" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A152" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F152" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G152" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H152" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I152" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A153" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="F153" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G153" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H153" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I153" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A154" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="G154" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="H154" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I154" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J154" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A155" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="F155" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="G155" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H155" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I155" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J155" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A156" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G156" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H156" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I156" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J156" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A157" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="G157" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="H157" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I157" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A158" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H158" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I158" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A159" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="F159" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="G159" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H159" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I159" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J159" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A160" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F160" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G160" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H160" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I160" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J160" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A161" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G161" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H161" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I161" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A162" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F162" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G162" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H162" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I162" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J162" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A163" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="F163" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G163" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="H163" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I163" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A164" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F164" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H164" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I164" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A165" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="F165" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="G165" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H165" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I165" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J165" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A166" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G166" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H166" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="I166" s="7" t="s">
+        <v>506</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A167" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G167" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H167" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I167" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A168" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H168" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I168" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="J168" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A169" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="G169" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H169" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I169" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="J169" s="5" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A170" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H170" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="I170" s="7" t="s">
+        <v>703</v>
+      </c>
+      <c r="J170" s="5" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A171" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="G171" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H171" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="I171" s="7" t="s">
+        <v>703</v>
+      </c>
+      <c r="J171" s="5" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A172" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="I172" s="7" t="s">
+        <v>703</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A173" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="G173" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H173" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="I173" s="7" t="s">
+        <v>703</v>
+      </c>
+      <c r="J173" s="5" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A174" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="G174" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H174" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="I174" s="7" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A175" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="G175" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H175" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="I175" s="7" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A176" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="G176" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H176" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="I176" s="7" t="s">
+        <v>732</v>
+      </c>
+      <c r="J176" s="5" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A177" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>736</v>
+      </c>
+      <c r="F177" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="G177" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H177" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="I177" s="7" t="s">
+        <v>738</v>
+      </c>
+      <c r="J177" s="5" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A178" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H178" s="5" t="s">
         <v>34</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G5" s="2" t="s">
+      <c r="I178" s="8"/>
+      <c r="J178" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A179" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H179" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="I179" s="7" t="s">
+        <v>746</v>
+      </c>
+      <c r="J179" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A180" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="F180" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="G180" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H180" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="I180" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A181" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="F181" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="G181" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="H181" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="I181" s="7" t="s">
+        <v>755</v>
+      </c>
+      <c r="J181" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A182" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="F182" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="G182" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H182" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="I182" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A183" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>765</v>
+      </c>
+      <c r="F183" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="G183" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H183" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="I183" s="7" t="s">
+        <v>768</v>
+      </c>
+      <c r="J183" s="5" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A184" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="G184" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H184" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="I184" s="7" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A185" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="F185" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H185" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I185" s="8"/>
+      <c r="J185" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A186" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H186" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="I186" s="7" t="s">
+        <v>783</v>
+      </c>
+      <c r="J186" s="5" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A187" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="G187" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H187" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="I187" s="7" t="s">
+        <v>790</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A188" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="F188" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="G188" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H188" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="I188" s="7" t="s">
+        <v>796</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A189" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>798</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="F189" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="G189" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H189" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="I189" s="7" t="s">
+        <v>796</v>
+      </c>
+      <c r="J189" s="5" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A190" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="F190" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="G190" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H190" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="I190" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J190" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A191" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G191" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H191" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I191" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J191" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A192" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="F192" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="G192" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="H192" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I192" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A193" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>812</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="F193" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="G193" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H193" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I193" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J193" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A194" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="F194" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="G194" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H194" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I194" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J194" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A195" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="G195" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H195" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I195" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J195" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A196" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="F196" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="G196" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="H196" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I196" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J196" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A197" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="F197" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="G197" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="H197" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I197" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J197" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A198" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="F198" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="G198" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H198" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I198" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J198" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A199" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H199" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I199" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J199" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A200" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="G200" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="H200" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="I200" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J200" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A201" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="G201" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H201" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="I201" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J201" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A202" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="E202" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="F202" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="G202" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H202" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="I202" s="7" t="s">
+        <v>843</v>
+      </c>
+      <c r="J202" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A203" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="F203" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="G203" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H203" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="I203" s="7" t="s">
+        <v>848</v>
+      </c>
+      <c r="J203" s="5" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A204" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="F204" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="G204" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H204" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="I204" s="7" t="s">
+        <v>854</v>
+      </c>
+      <c r="J204" s="5" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A205" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F205" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G205" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H205" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="I205" s="7" t="s">
+        <v>857</v>
+      </c>
+      <c r="J205" s="5" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A206" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="F206" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="G206" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="I206" s="7" t="s">
+        <v>861</v>
+      </c>
+      <c r="J206" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A207" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="G207" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H207" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I207" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A208" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="F208" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G208" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H208" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I208" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J208" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A209" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="F209" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="G209" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H209" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I209" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J209" s="5" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A210" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="F210" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="G210" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H210" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I210" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A211" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="F211" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="G211" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="H5" s="2" t="s">
+      <c r="H211" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I211" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J211" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A212" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="G212" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H212" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I212" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J212" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A213" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="F213" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G213" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H213" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I213" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="J213" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A214" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="G214" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H214" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I214" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="J214" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A215" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="G215" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H215" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I215" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J215" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A216" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="F216" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="G216" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H216" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I216" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="J216" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A217" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G217" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H217" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I217" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="J217" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A218" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="F218" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="G218" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H218" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="I218" s="7" t="s">
+        <v>907</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A219" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="G219" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="H219" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I219" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J219" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A220" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="F220" s="5" t="s">
+        <v>913</v>
+      </c>
+      <c r="G220" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H220" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I220" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J220" s="5" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A221" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="F221" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="G221" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H221" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I221" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J221" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A222" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F222" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="G222" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H222" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="I222" s="7" t="s">
+        <v>907</v>
+      </c>
+      <c r="J222" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A223" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="E223" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="F223" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="G223" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H223" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I223" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J223" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A224" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="F224" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="G224" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H224" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I224" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="J224" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A225" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="F225" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="G225" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I5" s="2" t="s">
-[...31 lines deleted...]
-      <c r="H6" s="2" t="s">
+      <c r="H225" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="I225" s="7" t="s">
+        <v>887</v>
+      </c>
+      <c r="J225" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A226" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="F226" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="G226" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H226" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="I226" s="7" t="s">
+        <v>937</v>
+      </c>
+      <c r="J226" s="5" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A227" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D227" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I6" s="2" t="s">
+      <c r="E227" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="F227" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="G227" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="J6" s="2" t="s">
-[...13 lines deleted...]
-      <c r="C7" s="2" t="s">
+      <c r="H227" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="I227" s="7" t="s">
+        <v>944</v>
+      </c>
+      <c r="J227" s="5" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A228" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="G228" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H228" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="I228" s="7" t="s">
+        <v>950</v>
+      </c>
+      <c r="J228" s="5" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A229" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="F229" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="G229" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H229" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="I229" s="7" t="s">
+        <v>956</v>
+      </c>
+      <c r="J229" s="5" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A230" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="G230" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H230" s="5" t="s">
+        <v>961</v>
+      </c>
+      <c r="I230" s="7" t="s">
+        <v>962</v>
+      </c>
+      <c r="J230" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A231" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="F231" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="G231" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H231" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="I231" s="7" t="s">
+        <v>967</v>
+      </c>
+      <c r="J231" s="5" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A232" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>970</v>
+      </c>
+      <c r="F232" s="5" t="s">
+        <v>971</v>
+      </c>
+      <c r="G232" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H232" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="I232" s="7" t="s">
+        <v>972</v>
+      </c>
+      <c r="J232" s="5" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A233" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D233" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>976</v>
+      </c>
+      <c r="F233" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="G233" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="H233" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I233" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="J233" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A234" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="F234" s="5" t="s">
+        <v>983</v>
+      </c>
+      <c r="G234" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="H234" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I234" s="7" t="s">
+        <v>985</v>
+      </c>
+      <c r="J234" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A235" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="G235" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="H235" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I235" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="J235" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A236" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>988</v>
+      </c>
+      <c r="F236" s="5" t="s">
+        <v>989</v>
+      </c>
+      <c r="G236" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="H236" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I236" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="J236" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A237" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="G237" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="H237" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I237" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="J237" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A238" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="F238" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="G238" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="H238" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I238" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="J238" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A239" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>994</v>
+      </c>
+      <c r="F239" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="G239" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="H239" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I239" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="J239" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A240" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>995</v>
+      </c>
+      <c r="F240" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="G240" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="H240" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="I240" s="7" t="s">
+        <v>980</v>
+      </c>
+      <c r="J240" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A241" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="G241" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H241" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I241" s="7" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J241" s="5" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A242" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F242" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="G242" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H242" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I242" s="7" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J242" s="5" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A243" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F243" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G243" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H243" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I243" s="7" t="s">
+        <v>1015</v>
+      </c>
+      <c r="J243" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A244" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F244" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="G244" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H244" s="5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I244" s="7" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J244" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A245" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="G245" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H245" s="5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I245" s="7" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J245" s="5" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A246" s="5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="G246" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H246" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I246" s="7" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J246" s="5" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A247" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F247" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="G247" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H247" s="5" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I247" s="7" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J247" s="5" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A248" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C248" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D248" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G248" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H248" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I248" s="7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J248" s="5" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A249" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F249" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="G249" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H249" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I249" s="7" t="s">
+        <v>1045</v>
+      </c>
+      <c r="J249" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A250" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F250" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="G250" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H250" s="5" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I250" s="7" t="s">
+        <v>1049</v>
+      </c>
+      <c r="J250" s="5" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A251" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F251" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G251" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="H251" s="5" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I251" s="8"/>
+      <c r="J251" s="5" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A252" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G252" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H252" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I252" s="7" t="s">
+        <v>1061</v>
+      </c>
+      <c r="J252" s="5" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A253" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F253" s="5" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G253" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H253" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I253" s="7" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J253" s="5" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A254" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D254" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F254" s="5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="G254" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H254" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I254" s="7" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J254" s="5" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A255" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F255" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G255" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H255" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I255" s="7" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J255" s="5" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A256" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F256" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G256" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H256" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="I256" s="7" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J256" s="5" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A257" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F257" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G257" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H257" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I257" s="7" t="s">
+        <v>1085</v>
+      </c>
+      <c r="J257" s="5" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A258" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="G258" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H258" s="5" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I258" s="7" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J258" s="5" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A259" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D259" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F259" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="G259" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="2" t="s">
+      <c r="H259" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I259" s="7" t="s">
+        <v>1095</v>
+      </c>
+      <c r="J259" s="5" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A260" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F260" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G260" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H260" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I260" s="7" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J260" s="5" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A261" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>1101</v>
+      </c>
+      <c r="G261" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H261" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I261" s="7" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J261" s="5" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A262" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F262" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="G262" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H262" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I262" s="7" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J262" s="5" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A263" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F263" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G263" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H263" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I263" s="7" t="s">
+        <v>1110</v>
+      </c>
+      <c r="J263" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A264" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F264" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G264" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H264" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I264" s="7" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J264" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A265" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="G265" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H265" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I265" s="8"/>
+      <c r="J265" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A266" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F266" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="G266" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H266" s="5" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I266" s="7" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J266" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A267" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F267" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G267" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H267" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="I267" s="7" t="s">
+        <v>1125</v>
+      </c>
+      <c r="J267" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A268" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F268" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="G268" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H268" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I268" s="7" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J268" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A269" s="5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F269" s="5" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G269" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H269" s="5" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I269" s="7" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J269" s="5" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A270" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F270" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="G270" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H270" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="I270" s="7" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J270" s="5" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A271" s="5" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F271" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="G271" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H271" s="5" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I271" s="7" t="s">
+        <v>1145</v>
+      </c>
+      <c r="J271" s="5" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A272" s="5" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F272" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="G272" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H272" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I272" s="7" t="s">
+        <v>1151</v>
+      </c>
+      <c r="J272" s="5" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A273" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F273" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="G273" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="H273" s="5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I273" s="7" t="s">
+        <v>1156</v>
+      </c>
+      <c r="J273" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A274" s="5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C274" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D274" s="5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F274" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="G274" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H274" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I274" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="J274" s="5" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A275" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D275" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F275" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="G275" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H275" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I275" s="7" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J275" s="5" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A276" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D276" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F276" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G276" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H276" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I276" s="7" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J276" s="5" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A277" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F277" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G277" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H277" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I277" s="7" t="s">
+        <v>1175</v>
+      </c>
+      <c r="J277" s="5" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A278" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F278" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="G278" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H278" s="5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="I278" s="7" t="s">
+        <v>1180</v>
+      </c>
+      <c r="J278" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A279" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F279" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G279" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H279" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I279" s="7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J279" s="5" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A280" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F280" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G280" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H280" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I280" s="7" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J280" s="5" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A281" s="5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F281" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G281" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H281" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="I281" s="7" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J281" s="5" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A282" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F282" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="G282" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H282" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I282" s="7" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J282" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A283" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F283" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G283" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H283" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I283" s="7" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J283" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A284" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F284" s="5" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G284" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H284" s="5" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I284" s="7" t="s">
+        <v>1211</v>
+      </c>
+      <c r="J284" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A285" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G285" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H285" s="5" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I285" s="7" t="s">
+        <v>1211</v>
+      </c>
+      <c r="J285" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A286" s="5" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F286" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G286" s="5" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H286" s="5" t="s">
+        <v>1220</v>
+      </c>
+      <c r="I286" s="7" t="s">
+        <v>1221</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A287" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F287" s="5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G287" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H287" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I287" s="7" t="s">
+        <v>1226</v>
+      </c>
+      <c r="J287" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A288" s="5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F288" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G288" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H288" s="5" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I288" s="7" t="s">
+        <v>1233</v>
+      </c>
+      <c r="J288" s="5" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A289" s="5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F289" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G289" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H289" s="5" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I289" s="7" t="s">
+        <v>1237</v>
+      </c>
+      <c r="J289" s="5" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A290" s="5" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F290" s="5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G290" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H290" s="5" t="s">
+        <v>1241</v>
+      </c>
+      <c r="I290" s="7" t="s">
+        <v>1242</v>
+      </c>
+      <c r="J290" s="5" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A291" s="5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F291" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="G291" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H291" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I291" s="7" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J291" s="5" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A292" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F292" s="5" t="s">
+        <v>1253</v>
+      </c>
+      <c r="G292" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H292" s="5" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I292" s="7" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J292" s="5" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A293" s="5" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="G293" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H293" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I293" s="7" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J293" s="5" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A294" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F294" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G294" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H294" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="I294" s="7" t="s">
+        <v>1268</v>
+      </c>
+      <c r="J294" s="5" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A295" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F295" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G295" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="H295" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I295" s="7" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J295" s="5" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A296" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F296" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G296" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="H296" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I296" s="7" t="s">
+        <v>1278</v>
+      </c>
+      <c r="J296" s="5" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A297" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F297" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G297" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="H297" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I297" s="7" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J297" s="5" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A298" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F298" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G298" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H298" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I298" s="7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J298" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A299" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="G299" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H299" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I299" s="7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J299" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A300" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F300" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="G300" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H300" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I300" s="7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J300" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A301" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F301" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G301" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H301" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I301" s="7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J301" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A302" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F302" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="G302" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H302" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I302" s="7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J302" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A303" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F303" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G303" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H303" s="5" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I303" s="7" t="s">
+        <v>1300</v>
+      </c>
+      <c r="J303" s="5" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A304" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F304" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G304" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H304" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="I304" s="7" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J304" s="5" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A305" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F305" s="5" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G305" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H305" s="5" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I305" s="7" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J305" s="5" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A306" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F306" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G306" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H306" s="5" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I306" s="7" t="s">
+        <v>1321</v>
+      </c>
+      <c r="J306" s="5" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A307" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F307" s="5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="G307" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H307" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I307" s="7" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J307" s="5" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A308" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F308" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G308" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H308" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I308" s="7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J308" s="5" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A309" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F309" s="5" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G309" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H309" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I309" s="7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J309" s="5" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A310" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F310" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G310" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="H310" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I310" s="7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J310" s="5" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A311" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G311" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="H311" s="5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I311" s="7" t="s">
+        <v>1342</v>
+      </c>
+      <c r="J311" s="5" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="312" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A312" s="5" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F312" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="G312" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H312" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I312" s="7" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J312" s="5" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A313" s="5" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F313" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G313" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H313" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I313" s="8"/>
+      <c r="J313" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A314" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F314" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="G314" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H314" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I314" s="7" t="s">
+        <v>1357</v>
+      </c>
+      <c r="J314" s="5" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A315" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F315" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G315" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H315" s="5" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I315" s="7" t="s">
+        <v>1363</v>
+      </c>
+      <c r="J315" s="5" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A316" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F316" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G316" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H316" s="5" t="s">
+        <v>1369</v>
+      </c>
+      <c r="I316" s="7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="J316" s="5" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="317" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A317" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F317" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G317" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H317" s="5" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I317" s="7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="J317" s="5" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="318" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A318" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F318" s="5" t="s">
+        <v>1378</v>
+      </c>
+      <c r="G318" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H318" s="5" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I318" s="7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="J318" s="5" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="319" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A319" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F319" s="5" t="s">
+        <v>1382</v>
+      </c>
+      <c r="G319" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H319" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I319" s="7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="J319" s="5" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="320" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A320" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F320" s="5" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G320" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="H320" s="5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I320" s="7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="J320" s="5" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="321" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A321" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F321" s="5" t="s">
+        <v>1390</v>
+      </c>
+      <c r="G321" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H321" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I321" s="7" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J321" s="5" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="322" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A322" s="5" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F322" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="G322" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H322" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="I322" s="7" t="s">
+        <v>1399</v>
+      </c>
+      <c r="J322" s="5" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="323" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A323" s="5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F323" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G323" s="5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H323" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I323" s="8"/>
+      <c r="J323" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="324" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A324" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="F324" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G324" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H324" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I324" s="7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="J324" s="5" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="325" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A325" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G325" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H325" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I325" s="7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="J325" s="5" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="326" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A326" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F326" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G326" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H326" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I326" s="7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="J326" s="5" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="327" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A327" s="5" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F327" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G327" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H327" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I327" s="7" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J327" s="5" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="328" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A328" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F328" s="5" t="s">
+        <v>1420</v>
+      </c>
+      <c r="G328" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H328" s="5" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I328" s="7" t="s">
+        <v>1422</v>
+      </c>
+      <c r="J328" s="5" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="329" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A329" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F329" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="G329" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H329" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="I329" s="7" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J329" s="5" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="330" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A330" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F330" s="5" t="s">
+        <v>1429</v>
+      </c>
+      <c r="G330" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H330" s="5" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I330" s="7" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J330" s="5" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="331" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A331" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F331" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G331" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H331" s="5" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I331" s="7" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J331" s="5" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="332" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A332" s="5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F332" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="G332" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H332" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I332" s="8"/>
+      <c r="J332" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="333" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A333" s="5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F333" s="5" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G333" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H333" s="5" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I333" s="7" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J333" s="5" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="334" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A334" s="5" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>1444</v>
+      </c>
+      <c r="F334" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G334" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="H334" s="5" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I334" s="7" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J334" s="5" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="335" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A335" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C335" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F335" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G335" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H335" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I335" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J335" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="336" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A336" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E336" s="5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F336" s="5" t="s">
+        <v>1455</v>
+      </c>
+      <c r="G336" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H336" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I336" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J336" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="337" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A337" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C337" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E337" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F337" s="5" t="s">
+        <v>1457</v>
+      </c>
+      <c r="G337" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H337" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I337" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J337" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="338" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A338" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F338" s="5" t="s">
+        <v>1459</v>
+      </c>
+      <c r="G338" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H338" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I338" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J338" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="339" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A339" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C339" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F339" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="G339" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H339" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I339" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J339" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="340" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A340" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B340" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C340" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="G340" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H340" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I340" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J340" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="341" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A341" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C341" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D341" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E341" s="5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="G341" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H341" s="5" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I341" s="7" t="s">
+        <v>1467</v>
+      </c>
+      <c r="J341" s="5" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="342" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A342" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C342" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F342" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="G342" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H342" s="5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="I342" s="7" t="s">
+        <v>1473</v>
+      </c>
+      <c r="J342" s="5" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="343" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A343" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C343" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D343" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F343" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="G343" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H343" s="5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="I343" s="7" t="s">
+        <v>1473</v>
+      </c>
+      <c r="J343" s="5" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="344" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A344" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C344" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D344" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E344" s="5" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F344" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G344" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H344" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I344" s="8"/>
+      <c r="J344" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="345" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A345" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C345" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D345" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E345" s="5" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F345" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="G345" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H345" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I345" s="8"/>
+      <c r="J345" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="346" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A346" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C346" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D346" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E346" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F346" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="G346" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H346" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="I346" s="7" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J346" s="5" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="347" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A347" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C347" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D347" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E347" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F347" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="G347" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H347" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="I347" s="7" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J347" s="5" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A348" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C348" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D348" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E348" s="5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F348" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="G348" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H348" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="I348" s="7" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J348" s="5" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A349" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C349" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D349" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F349" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G349" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="H349" s="5" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I349" s="7" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J349" s="5" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A350" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C350" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D350" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>1498</v>
+      </c>
+      <c r="F350" s="5" t="s">
+        <v>1499</v>
+      </c>
+      <c r="G350" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H350" s="5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I350" s="7" t="s">
+        <v>1501</v>
+      </c>
+      <c r="J350" s="5" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A351" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G351" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H351" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I351" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J351" s="5" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A352" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F352" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="G352" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H352" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I352" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J352" s="5" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A353" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C353" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D353" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F353" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G353" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H353" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I353" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J353" s="5" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A354" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F354" s="5" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G354" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H354" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I354" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J354" s="5" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A355" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E355" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F355" s="5" t="s">
+        <v>1516</v>
+      </c>
+      <c r="G355" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H355" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I355" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J355" s="5" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A356" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B356" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C356" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E356" s="5" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F356" s="5" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G356" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H356" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I356" s="7" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A357" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C357" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D357" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F357" s="5" t="s">
+        <v>1521</v>
+      </c>
+      <c r="G357" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H357" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I357" s="7" t="s">
+        <v>1523</v>
+      </c>
+      <c r="J357" s="5" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A358" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>1525</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>1526</v>
+      </c>
+      <c r="G358" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H358" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I358" s="7" t="s">
+        <v>1527</v>
+      </c>
+      <c r="J358" s="5" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A359" s="5" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D359" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E359" s="5" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F359" s="5" t="s">
+        <v>1530</v>
+      </c>
+      <c r="G359" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H359" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="I359" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J359" s="5" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A360" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D360" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E360" s="5" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F360" s="5" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G360" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H360" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I360" s="7" t="s">
+        <v>1537</v>
+      </c>
+      <c r="J360" s="5" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A361" s="5" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D361" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="E361" s="5" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F361" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G361" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H361" s="5" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I361" s="7" t="s">
+        <v>1544</v>
+      </c>
+      <c r="J361" s="5" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A362" s="5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E362" s="5" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F362" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G362" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H362" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I362" s="7" t="s">
+        <v>1549</v>
+      </c>
+      <c r="J362" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A363" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F363" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G363" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H363" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I363" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J363" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A364" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E364" s="5" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F364" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G364" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H364" s="5" t="s">
+        <v>1555</v>
+      </c>
+      <c r="I364" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J364" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A365" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E365" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F365" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="G365" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H365" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="I365" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J365" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A366" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D366" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E366" s="5" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F366" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G366" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H366" s="5" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I366" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J366" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A367" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F367" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G367" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H367" s="5" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I367" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J367" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A368" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F368" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G368" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H368" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I368" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J368" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A369" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F369" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G369" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H369" s="5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I369" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J369" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A370" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F370" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G370" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H370" s="5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I370" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A371" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F371" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G371" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H371" s="5" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I371" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J371" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A372" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E372" s="5" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F372" s="5" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G372" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H372" s="5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I372" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J372" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A373" s="5" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>1582</v>
+      </c>
+      <c r="F373" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="G373" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H373" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="I373" s="7" t="s">
+        <v>1584</v>
+      </c>
+      <c r="J373" s="5" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A374" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F374" s="5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G374" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H374" s="5" t="s">
+        <v>1589</v>
+      </c>
+      <c r="I374" s="7" t="s">
+        <v>1590</v>
+      </c>
+      <c r="J374" s="5" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A375" s="5" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F375" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="G375" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H375" s="5" t="s">
+        <v>1594</v>
+      </c>
+      <c r="I375" s="7" t="s">
+        <v>1595</v>
+      </c>
+      <c r="J375" s="5" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A376" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E376" s="5" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F376" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G376" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H376" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="I376" s="7" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J376" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A377" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G377" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H377" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="I377" s="7" t="s">
+        <v>1605</v>
+      </c>
+      <c r="J377" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A378" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F378" s="5" t="s">
+        <v>1608</v>
+      </c>
+      <c r="G378" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H378" s="5" t="s">
+        <v>1609</v>
+      </c>
+      <c r="I378" s="7" t="s">
+        <v>1610</v>
+      </c>
+      <c r="J378" s="5" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A379" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C379" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D379" s="5" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E379" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="F379" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="G379" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H379" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="I379" s="7" t="s">
+        <v>805</v>
+      </c>
+      <c r="J379" s="5" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A380" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B380" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C380" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D380" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E380" s="5" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F380" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G380" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H380" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I380" s="8"/>
+      <c r="J380" s="5" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A381" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B381" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C381" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D381" s="5" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E381" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F381" s="5" t="s">
+        <v>1621</v>
+      </c>
+      <c r="G381" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="H381" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I381" s="7" t="s">
+        <v>1622</v>
+      </c>
+      <c r="J381" s="5" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A382" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B382" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C382" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D382" s="5" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E382" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F382" s="5" t="s">
+        <v>1621</v>
+      </c>
+      <c r="G382" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="H382" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I382" s="7" t="s">
+        <v>1622</v>
+      </c>
+      <c r="J382" s="5" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A383" s="5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B383" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C383" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D383" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E383" s="5" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F383" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="G383" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H383" s="5" t="s">
+        <v>1629</v>
+      </c>
+      <c r="I383" s="7" t="s">
+        <v>1630</v>
+      </c>
+      <c r="J383" s="5" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A384" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B384" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C384" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D384" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E384" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F384" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="G384" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H384" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="I384" s="7" t="s">
+        <v>1637</v>
+      </c>
+      <c r="J384" s="5" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A385" s="5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B385" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C385" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D385" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E385" s="5" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F385" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G385" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H385" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I385" s="7" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J385" s="5" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A386" s="5" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E386" s="5" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F386" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G386" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H386" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I386" s="7" t="s">
+        <v>1650</v>
+      </c>
+      <c r="J386" s="5" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A387" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B387" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C387" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D387" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E387" s="5" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F387" s="5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G387" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H387" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I387" s="7" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J387" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A388" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B388" s="5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C388" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D388" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E388" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="F388" s="5" t="s">
+        <v>1657</v>
+      </c>
+      <c r="G388" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H388" s="5" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I388" s="7" t="s">
+        <v>1659</v>
+      </c>
+      <c r="J388" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A389" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B389" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C389" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D389" s="5" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E389" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F389" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G389" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H389" s="5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I389" s="7" t="s">
+        <v>1664</v>
+      </c>
+      <c r="J389" s="5" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A390" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B390" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C390" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D390" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E390" s="5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F390" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="G390" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H390" s="5" t="s">
+        <v>1668</v>
+      </c>
+      <c r="I390" s="7" t="s">
+        <v>1669</v>
+      </c>
+      <c r="J390" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A391" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B391" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C391" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D391" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E391" s="5" t="s">
+        <v>1672</v>
+      </c>
+      <c r="F391" s="5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="G391" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H391" s="5" t="s">
+        <v>1674</v>
+      </c>
+      <c r="I391" s="7" t="s">
+        <v>1675</v>
+      </c>
+      <c r="J391" s="5" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A392" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B392" s="5" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C392" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D392" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E392" s="5" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F392" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="G392" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H392" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="I392" s="7" t="s">
+        <v>1681</v>
+      </c>
+      <c r="J392" s="5" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A393" s="5" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B393" s="5" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C393" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D393" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="E393" s="5" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F393" s="5" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G393" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H393" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="I393" s="7" t="s">
+        <v>1681</v>
+      </c>
+      <c r="J393" s="5" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A394" s="5" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B394" s="5" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C394" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D394" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E394" s="5" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F394" s="5" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G394" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H394" s="5" t="s">
+        <v>1691</v>
+      </c>
+      <c r="I394" s="7" t="s">
+        <v>1692</v>
+      </c>
+      <c r="J394" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A395" s="5" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B395" s="5" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C395" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D395" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E395" s="5" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F395" s="5" t="s">
+        <v>1696</v>
+      </c>
+      <c r="G395" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H395" s="5" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I395" s="7" t="s">
+        <v>1698</v>
+      </c>
+      <c r="J395" s="5" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A396" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B396" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C396" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D396" s="5" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E396" s="5" t="s">
+        <v>1702</v>
+      </c>
+      <c r="F396" s="5" t="s">
+        <v>1703</v>
+      </c>
+      <c r="G396" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H396" s="5" t="s">
+        <v>1704</v>
+      </c>
+      <c r="I396" s="7" t="s">
+        <v>1705</v>
+      </c>
+      <c r="J396" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A397" s="5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B397" s="5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C397" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D397" s="5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E397" s="5" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F397" s="5" t="s">
+        <v>1709</v>
+      </c>
+      <c r="G397" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="H397" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I397" s="8"/>
+      <c r="J397" s="5" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A398" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B398" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C398" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D398" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E398" s="5" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F398" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G398" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H398" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I398" s="7" t="s">
+        <v>1714</v>
+      </c>
+      <c r="J398" s="5" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A399" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B399" s="5" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C399" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D399" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E399" s="5" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F399" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G399" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H399" s="5" t="s">
+        <v>1719</v>
+      </c>
+      <c r="I399" s="7" t="s">
+        <v>1720</v>
+      </c>
+      <c r="J399" s="5" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A400" s="5" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B400" s="5" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C400" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E400" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F400" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G400" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H400" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I400" s="8"/>
+      <c r="J400" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A401" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B401" s="5" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C401" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D401" s="5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E401" s="5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F401" s="5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G401" s="5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H401" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I401" s="8"/>
+      <c r="J401" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A402" s="5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B402" s="5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C402" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D402" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E402" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="F402" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="G402" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H402" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="I402" s="7" t="s">
+        <v>1734</v>
+      </c>
+      <c r="J402" s="5" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A403" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B403" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C403" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D403" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E403" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F403" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="G403" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H403" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="I403" s="7" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J403" s="5" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A404" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B404" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C404" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D404" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E404" s="5" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F404" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="G404" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H404" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="I404" s="7" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J404" s="5" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A405" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B405" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C405" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D405" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E405" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F405" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="G405" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H405" s="5" t="s">
+        <v>1746</v>
+      </c>
+      <c r="I405" s="7" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J405" s="5" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A406" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B406" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C406" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D406" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E406" s="5" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F406" s="5" t="s">
+        <v>1748</v>
+      </c>
+      <c r="G406" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H406" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I406" s="7" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J406" s="5" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A407" s="5" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B407" s="5" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C407" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D407" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E407" s="5" t="s">
+        <v>1752</v>
+      </c>
+      <c r="F407" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="G407" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H407" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="I407" s="7" t="s">
+        <v>1754</v>
+      </c>
+      <c r="J407" s="5" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A408" s="5" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B408" s="5" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C408" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D408" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E408" s="5" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F408" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G408" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H408" s="5" t="s">
+        <v>1758</v>
+      </c>
+      <c r="I408" s="7" t="s">
+        <v>1759</v>
+      </c>
+      <c r="J408" s="5" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A409" s="5" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B409" s="5" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C409" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D409" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E409" s="5" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F409" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G409" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H409" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I409" s="7" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J409" s="5" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A410" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B410" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C410" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D410" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E410" s="5" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F410" s="5" t="s">
+        <v>1770</v>
+      </c>
+      <c r="G410" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H410" s="5" t="s">
+        <v>1771</v>
+      </c>
+      <c r="I410" s="7" t="s">
+        <v>1772</v>
+      </c>
+      <c r="J410" s="5" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A411" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B411" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C411" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D411" s="5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E411" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F411" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G411" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H411" s="5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="I411" s="8"/>
+      <c r="J411" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A412" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B412" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C412" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D412" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E412" s="5" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F412" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G412" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H412" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I412" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J412" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A413" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B413" s="5" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C413" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D413" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E413" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="F413" s="5" t="s">
+        <v>1783</v>
+      </c>
+      <c r="G413" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H413" s="5" t="s">
+        <v>1784</v>
+      </c>
+      <c r="I413" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J413" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A414" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B414" s="5" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C414" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D414" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E414" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F414" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G414" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H414" s="5" t="s">
+        <v>1787</v>
+      </c>
+      <c r="I414" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J414" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A415" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B415" s="5" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C415" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D415" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E415" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F415" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G415" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H415" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="I415" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J415" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A416" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B416" s="5" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C416" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D416" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E416" s="5" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F416" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G416" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H416" s="5" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I416" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J416" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A417" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B417" s="5" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C417" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D417" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E417" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F417" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G417" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H417" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="I417" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J417" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A418" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B418" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C418" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D418" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E418" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F418" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G418" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H418" s="5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I418" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J418" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A419" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B419" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C419" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D419" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E419" s="5" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F419" s="5" t="s">
+        <v>1802</v>
+      </c>
+      <c r="G419" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H419" s="5" t="s">
+        <v>1803</v>
+      </c>
+      <c r="I419" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J419" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A420" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B420" s="5" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C420" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D420" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E420" s="5" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F420" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G420" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H420" s="5" t="s">
+        <v>1806</v>
+      </c>
+      <c r="I420" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J420" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A421" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B421" s="5" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C421" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D421" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E421" s="5" t="s">
+        <v>1808</v>
+      </c>
+      <c r="F421" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G421" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H421" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="I421" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J421" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A422" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B422" s="5" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C422" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D422" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E422" s="5" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F422" s="5" t="s">
+        <v>1812</v>
+      </c>
+      <c r="G422" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H422" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I422" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J422" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A423" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B423" s="5" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C423" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D423" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E423" s="5" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F423" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G423" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H423" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="I423" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J423" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A424" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B424" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C424" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D424" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E424" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F424" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="G424" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H424" s="5" t="s">
+        <v>1820</v>
+      </c>
+      <c r="I424" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="J424" s="5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A425" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B425" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C425" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D425" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E425" s="5" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F425" s="5" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G425" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H425" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I425" s="7" t="s">
+        <v>1825</v>
+      </c>
+      <c r="J425" s="5" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A426" s="5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B426" s="5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C426" s="5" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D426" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E426" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F426" s="5" t="s">
+        <v>1703</v>
+      </c>
+      <c r="G426" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H426" s="5" t="s">
+        <v>1831</v>
+      </c>
+      <c r="I426" s="7" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J426" s="5" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A427" s="5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B427" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C427" s="5" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D427" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E427" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F427" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G427" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H427" s="5" t="s">
+        <v>1835</v>
+      </c>
+      <c r="I427" s="7" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J427" s="5" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A428" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B428" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C428" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D428" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="E428" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F428" s="5" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G428" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="H428" s="5" t="s">
+        <v>1839</v>
+      </c>
+      <c r="I428" s="7" t="s">
+        <v>1840</v>
+      </c>
+      <c r="J428" s="5" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A429" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B429" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C429" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D429" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E429" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F429" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G429" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H429" s="5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="I429" s="7" t="s">
+        <v>1847</v>
+      </c>
+      <c r="J429" s="5" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A430" s="5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B430" s="5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C430" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D430" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="2" t="s">
+      <c r="E430" s="5" t="s">
+        <v>1850</v>
+      </c>
+      <c r="F430" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="G430" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H430" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I430" s="7" t="s">
+        <v>1851</v>
+      </c>
+      <c r="J430" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A431" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B431" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C431" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D431" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E431" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F431" s="5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G431" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H431" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I431" s="7" t="s">
+        <v>1856</v>
+      </c>
+      <c r="J431" s="5" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="432" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A432" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B432" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C432" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D432" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E432" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F432" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G432" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H432" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="I432" s="7" t="s">
+        <v>1863</v>
+      </c>
+      <c r="J432" s="5" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A433" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B433" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C433" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D433" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E433" s="5" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F433" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G433" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H433" s="5" t="s">
+        <v>1868</v>
+      </c>
+      <c r="I433" s="7" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J433" s="5" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A434" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B434" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C434" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D434" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E434" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F434" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G434" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H434" s="5" t="s">
+        <v>1874</v>
+      </c>
+      <c r="I434" s="7" t="s">
+        <v>1875</v>
+      </c>
+      <c r="J434" s="5" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A435" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B435" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C435" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D435" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E435" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F435" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G435" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H435" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I435" s="7" t="s">
+        <v>1875</v>
+      </c>
+      <c r="J435" s="5" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A436" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B436" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C436" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D436" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E436" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F436" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G436" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H436" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I436" s="7" t="s">
+        <v>1875</v>
+      </c>
+      <c r="J436" s="5" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A437" s="5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B437" s="5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C437" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D437" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="E437" s="5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F437" s="5" t="s">
+        <v>1883</v>
+      </c>
+      <c r="G437" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="H437" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="I437" s="7" t="s">
+        <v>1885</v>
+      </c>
+      <c r="J437" s="5" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A438" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B438" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C438" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D438" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E438" s="5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="F438" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="G438" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H438" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I438" s="7" t="s">
+        <v>1890</v>
+      </c>
+      <c r="J438" s="5" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="439" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A439" s="5" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B439" s="5" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C439" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D439" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E439" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F439" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="G439" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H439" s="5" t="s">
+        <v>1894</v>
+      </c>
+      <c r="I439" s="7" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J439" s="5" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="440" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A440" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B440" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C440" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D440" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E440" s="5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F440" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="G440" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H440" s="5" t="s">
+        <v>1900</v>
+      </c>
+      <c r="I440" s="7" t="s">
+        <v>1901</v>
+      </c>
+      <c r="J440" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A441" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B441" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C441" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D441" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E441" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="F441" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="G441" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H441" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I441" s="7" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J441" s="5" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A442" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B442" s="5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C442" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D442" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E442" s="5" t="s">
+        <v>1911</v>
+      </c>
+      <c r="F442" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="G442" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H442" s="5" t="s">
+        <v>1912</v>
+      </c>
+      <c r="I442" s="7" t="s">
+        <v>1913</v>
+      </c>
+      <c r="J442" s="5" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A443" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B443" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C443" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D443" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E443" s="5" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F443" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="G443" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H443" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I443" s="7" t="s">
+        <v>1918</v>
+      </c>
+      <c r="J443" s="5" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A444" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B444" s="5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C444" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D444" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E444" s="5" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F444" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="G444" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H444" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I444" s="7" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J444" s="5" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A445" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B445" s="5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C445" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D445" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E445" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F445" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="G445" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H445" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I445" s="7" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J445" s="5" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A446" s="5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B446" s="5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C446" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D446" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E446" s="5" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F446" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="G446" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H446" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I446" s="7" t="s">
+        <v>1927</v>
+      </c>
+      <c r="J446" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A447" s="5" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B447" s="5" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C447" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D447" s="5" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E447" s="5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F447" s="5" t="s">
+        <v>1931</v>
+      </c>
+      <c r="G447" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="H447" s="5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="I447" s="7" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J447" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="448" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A448" s="5" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B448" s="5" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C448" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D448" s="5" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E448" s="5" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F448" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G448" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H448" s="5" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I448" s="7" t="s">
+        <v>1938</v>
+      </c>
+      <c r="J448" s="5" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="449" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A449" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B449" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C449" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D449" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E449" s="5" t="s">
+        <v>1941</v>
+      </c>
+      <c r="F449" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="G449" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H449" s="5" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I449" s="7" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J449" s="5" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="450" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A450" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B450" s="5" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C450" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D450" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E450" s="5" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F450" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G450" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H450" s="5" t="s">
+        <v>1950</v>
+      </c>
+      <c r="I450" s="7" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J450" s="5" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="451" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A451" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B451" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C451" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D451" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E451" s="5" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F451" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="G451" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H451" s="5" t="s">
+        <v>1956</v>
+      </c>
+      <c r="I451" s="7" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J451" s="5" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="452" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A452" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B452" s="5" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C452" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D452" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E452" s="5" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F452" s="5" t="s">
+        <v>1959</v>
+      </c>
+      <c r="G452" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H452" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I452" s="7" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J452" s="5" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="453" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A453" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B453" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C453" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D453" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E453" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="F453" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="G453" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H453" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I453" s="7" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J453" s="5" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="454" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A454" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B454" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C454" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D454" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E454" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F454" s="5" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G454" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H454" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I454" s="7" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J454" s="5" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="455" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A455" s="5" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B455" s="5" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C455" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D455" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="E455" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F455" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="G455" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="H455" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I455" s="7" t="s">
+        <v>1967</v>
+      </c>
+      <c r="J455" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="456" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A456" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B456" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C456" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D456" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E456" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="F456" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="G456" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H456" s="5" t="s">
+        <v>1970</v>
+      </c>
+      <c r="I456" s="7" t="s">
+        <v>1971</v>
+      </c>
+      <c r="J456" s="5" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="457" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A457" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B457" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C457" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D457" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E457" s="5" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F457" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="G457" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="H457" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="I457" s="7" t="s">
+        <v>1979</v>
+      </c>
+      <c r="J457" s="5" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="458" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A458" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B458" s="9" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C458" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D458" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E458" s="5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="F458" s="5" t="s">
+        <v>1983</v>
+      </c>
+      <c r="G458" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="H458" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="I458" s="7" t="s">
+        <v>1979</v>
+      </c>
+      <c r="J458" s="5" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="459" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A459" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B459" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C459" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D459" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="E459" s="5" t="s">
+        <v>1985</v>
+      </c>
+      <c r="F459" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="G459" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H459" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="I459" s="7" t="s">
+        <v>1987</v>
+      </c>
+      <c r="J459" s="5" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="460" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A460" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B460" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C460" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D460" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="E460" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F460" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="G460" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H460" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="I460" s="7" t="s">
+        <v>1991</v>
+      </c>
+      <c r="J460" s="5" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="461" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A461" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B461" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C461" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D461" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I7" s="2" t="s">
-[...16 lines deleted...]
-      <c r="C8" s="2" t="s">
+      <c r="E461" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F461" s="5" t="s">
+        <v>1994</v>
+      </c>
+      <c r="G461" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H8" s="2" t="s">
+      <c r="H461" s="5" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I461" s="7" t="s">
+        <v>1996</v>
+      </c>
+      <c r="J461" s="5" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="462" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A462" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B462" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C462" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D462" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I8" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J8" s="2" t="s">
+      <c r="E462" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="F462" s="5" t="s">
+        <v>1994</v>
+      </c>
+      <c r="G462" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="K8" s="2" t="s">
-[...10 lines deleted...]
-      <c r="C9" s="2" t="s">
+      <c r="H462" s="5" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I462" s="7" t="s">
+        <v>1996</v>
+      </c>
+      <c r="J462" s="5" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="463" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A463" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B463" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C463" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D463" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E463" s="5" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F463" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G463" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H463" s="5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="I463" s="7" t="s">
+        <v>2002</v>
+      </c>
+      <c r="J463" s="5" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="464" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A464" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B464" s="5" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C464" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D464" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E464" s="5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F464" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G464" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H464" s="5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="I464" s="7" t="s">
+        <v>2002</v>
+      </c>
+      <c r="J464" s="5" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="465" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A465" s="5" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B465" s="5" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C465" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D465" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E465" s="5" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F465" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G465" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H465" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I465" s="8"/>
+      <c r="J465" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="466" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A466" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B466" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C466" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D466" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="E466" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F466" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="G466" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H466" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I466" s="7" t="s">
+        <v>2011</v>
+      </c>
+      <c r="J466" s="5" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="467" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A467" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B467" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C467" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D467" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E467" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F467" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G467" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H467" s="5" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I467" s="7" t="s">
+        <v>2016</v>
+      </c>
+      <c r="J467" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="468" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A468" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B468" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C468" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D468" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="E468" s="5" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F468" s="5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="G468" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="H468" s="5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I468" s="7" t="s">
+        <v>2021</v>
+      </c>
+      <c r="J468" s="5" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="469" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A469" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B469" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C469" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D469" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E469" s="5" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F469" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="G469" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H469" s="5" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I469" s="7" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J469" s="5" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="470" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A470" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B470" s="5" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C470" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D470" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E470" s="5" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F470" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="G470" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H470" s="5" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I470" s="7" t="s">
+        <v>2030</v>
+      </c>
+      <c r="J470" s="5" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="471" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A471" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B471" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C471" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D471" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E471" s="5" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F471" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="G471" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H471" s="5" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I471" s="7" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J471" s="5" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="472" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A472" s="5" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B472" s="5" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C472" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D472" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E472" s="5" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F472" s="5" t="s">
+        <v>2034</v>
+      </c>
+      <c r="G472" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H472" s="5" t="s">
+        <v>2035</v>
+      </c>
+      <c r="I472" s="7" t="s">
+        <v>2036</v>
+      </c>
+      <c r="J472" s="5" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="473" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A473" s="5" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B473" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C473" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D473" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E473" s="5" t="s">
+        <v>2039</v>
+      </c>
+      <c r="F473" s="5" t="s">
+        <v>2034</v>
+      </c>
+      <c r="G473" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H473" s="5" t="s">
+        <v>2035</v>
+      </c>
+      <c r="I473" s="7" t="s">
+        <v>2036</v>
+      </c>
+      <c r="J473" s="5" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="474" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A474" s="5" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B474" s="5" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C474" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D474" s="5" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E474" s="5" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F474" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="G474" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H474" s="5" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I474" s="7" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J474" s="5" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="475" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A475" s="5" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B475" s="5" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C475" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D475" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="E475" s="5" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F475" s="5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G475" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="H475" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I475" s="7" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J475" s="5" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="476" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A476" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B476" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C476" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D476" s="5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E476" s="5" t="s">
+        <v>2053</v>
+      </c>
+      <c r="F476" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="G476" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H476" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I476" s="7" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J476" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="477" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A477" s="5" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B477" s="5" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C477" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D477" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E477" s="5" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F477" s="5" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G477" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H477" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I477" s="8"/>
+      <c r="J477" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="478" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A478" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B478" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C478" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D478" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="G9" s="2" t="s">
+      <c r="E478" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F478" s="5" t="s">
+        <v>2060</v>
+      </c>
+      <c r="G478" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H478" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I478" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="J478" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="479" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A479" s="5" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B479" s="5" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C479" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D479" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="H9" s="2" t="s">
+      <c r="E479" s="5" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F479" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="G479" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I9" s="2" t="s">
+      <c r="H479" s="5" t="s">
+        <v>2064</v>
+      </c>
+      <c r="I479" s="7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="J479" s="5" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="480" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A480" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B480" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C480" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D480" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E480" s="5" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F480" s="5" t="s">
+        <v>2069</v>
+      </c>
+      <c r="G480" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H480" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I480" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="J480" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="481" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A481" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B481" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C481" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D481" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="E481" s="5" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F481" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="G481" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H481" s="5" t="s">
+        <v>2072</v>
+      </c>
+      <c r="I481" s="7" t="s">
+        <v>2073</v>
+      </c>
+      <c r="J481" s="5" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="482" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A482" s="5" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B482" s="5" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C482" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D482" s="5" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E482" s="5" t="s">
+        <v>2078</v>
+      </c>
+      <c r="F482" s="5" t="s">
+        <v>2079</v>
+      </c>
+      <c r="G482" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="H482" s="5" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I482" s="7" t="s">
+        <v>2081</v>
+      </c>
+      <c r="J482" s="5" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="483" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A483" s="5" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B483" s="5" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C483" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D483" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E483" s="5" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F483" s="5" t="s">
+        <v>2085</v>
+      </c>
+      <c r="G483" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H483" s="5" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I483" s="7" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J483" s="5" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="484" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A484" s="5" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B484" s="5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C484" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D484" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E484" s="5" t="s">
+        <v>2090</v>
+      </c>
+      <c r="F484" s="5" t="s">
+        <v>2085</v>
+      </c>
+      <c r="G484" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H484" s="5" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I484" s="7" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J484" s="5" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="485" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A485" s="5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B485" s="5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C485" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D485" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E485" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="F485" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="G485" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="H485" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="I485" s="7" t="s">
+        <v>755</v>
+      </c>
+      <c r="J485" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="486" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A486" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B486" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C486" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D486" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E486" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="F486" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="G486" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="H486" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="I486" s="7" t="s">
+        <v>755</v>
+      </c>
+      <c r="J486" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="487" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A487" s="5" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B487" s="5" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C487" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D487" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E487" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="F487" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="G487" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="H487" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="I487" s="7" t="s">
+        <v>755</v>
+      </c>
+      <c r="J487" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="488" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A488" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B488" s="5" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C488" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D488" s="5" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E488" s="5" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F488" s="5" t="s">
+        <v>2098</v>
+      </c>
+      <c r="G488" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="J9" s="2" t="s">
+      <c r="H488" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I488" s="7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J488" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="489" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A489" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B489" s="5" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C489" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D489" s="5" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E489" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="F489" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G489" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H489" s="5" t="s">
+        <v>2103</v>
+      </c>
+      <c r="I489" s="7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J489" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="490" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A490" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B490" s="5" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C490" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D490" s="5" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E490" s="5" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F490" s="5" t="s">
+        <v>2105</v>
+      </c>
+      <c r="G490" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="K9" s="2" t="s">
-[...25 lines deleted...]
-      <c r="H10" s="2" t="s">
+      <c r="H490" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I490" s="7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J490" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="491" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A491" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B491" s="5" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C491" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D491" s="5" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E491" s="5" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F491" s="5" t="s">
+        <v>2107</v>
+      </c>
+      <c r="G491" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I10" s="2" t="s">
-[...66 lines deleted...]
-      <c r="H12" s="2" t="s">
+      <c r="H491" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I491" s="7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J491" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="492" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A492" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B492" s="5" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C492" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D492" s="5" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E492" s="5" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F492" s="5" t="s">
+        <v>2110</v>
+      </c>
+      <c r="G492" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I12" s="2" t="s">
-[...31 lines deleted...]
-      <c r="H13" s="2" t="s">
+      <c r="H492" s="5" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I492" s="7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J492" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="493" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A493" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B493" s="5" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C493" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D493" s="5" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E493" s="5" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F493" s="5" t="s">
+        <v>2107</v>
+      </c>
+      <c r="G493" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I13" s="2" t="s">
-[...302 lines deleted...]
-      <c r="F22" s="2" t="s">
+      <c r="H493" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="I493" s="7" t="s">
+        <v>2100</v>
+      </c>
+      <c r="J493" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="494" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A494" s="5" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B494" s="5" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C494" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D494" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E494" s="5" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F494" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G494" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="H494" s="5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I494" s="7" t="s">
+        <v>2118</v>
+      </c>
+      <c r="J494" s="5" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="495" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A495" s="5" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B495" s="5" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C495" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D495" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="G22" s="2" t="s">
-[...11 lines deleted...]
-      <c r="K22" s="2" t="s">
+      <c r="E495" s="5" t="s">
+        <v>2122</v>
+      </c>
+      <c r="F495" s="5" t="s">
+        <v>2123</v>
+      </c>
+      <c r="G495" s="5" t="s">
         <v>161</v>
       </c>
-    </row>
-[...340 lines deleted...]
-      <c r="I32" s="2" t="s">
+      <c r="H495" s="5" t="s">
+        <v>2124</v>
+      </c>
+      <c r="I495" s="7" t="s">
+        <v>2125</v>
+      </c>
+      <c r="J495" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="496" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A496" s="5" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B496" s="5" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C496" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D496" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="J32" s="2" t="s">
-[...1171 lines deleted...]
-      <c r="F66" s="2" t="s">
+      <c r="E496" s="5" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F496" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G496" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H496" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="G66" s="2" t="s">
-[...416 lines deleted...]
-      <c r="F78" s="2" t="s">
+      <c r="I496" s="8"/>
+      <c r="J496" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="G78" s="2" t="s">
-[...5484 lines deleted...]
-      <c r="B236" s="2" t="s">
+    </row>
+    <row r="497" spans="1:10" ht="57.95" customHeight="1">
+      <c r="A497" s="5" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B497" s="5" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C497" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D497" s="5" t="s">
         <v>1216</v>
       </c>
-      <c r="C236" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E236" s="2" t="s">
+      <c r="E497" s="5" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F497" s="5" t="s">
+        <v>2131</v>
+      </c>
+      <c r="G497" s="5" t="s">
         <v>1219</v>
       </c>
-      <c r="F236" s="2" t="s">
-[...3238 lines deleted...]
-    </row>
+      <c r="H497" s="5" t="s">
+        <v>2132</v>
+      </c>
+      <c r="I497" s="7" t="s">
+        <v>2133</v>
+      </c>
+      <c r="J497" s="5" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="498" spans="1:10" ht="15" customHeight="1"/>
+    <row r="499" spans="1:10" ht="15" customHeight="1"/>
+    <row r="500" spans="1:10" ht="15" customHeight="1"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010090C0C142B92B7544ABD5D0A0DD86FB09" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2698843c307d5232c7b23b46b280fd0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d1618be233d3e29b182ccd59efb176b0">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -17568,88 +23079,82 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F748EA25-EECF-4782-97B3-4610BE2CF51F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7434B1F5-2AA1-41D1-B520-F0F22A434E54}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{949AA5D9-B4C5-4C7B-A46D-3902D41DC67E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{142F8546-9EA5-48E5-BDA4-08EF7D7B5012}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87864165-2356-4213-B996-2575CAA51E53}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51927AC9-94D1-4908-80A2-18109EBCB4BC}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
-  <Company>Westat</Company>
+  <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>GUIDE Model Participant List</dc:title>
   <dc:subject/>
   <dc:creator>CMS: CMMI (Center for Medicare and Medicaid Innovation)</dc:creator>
-  <cp:keywords>A list of GUIDE model participants as of November 11, 2025</cp:keywords>
+  <cp:keywords>Participant list, participants, initiative, DBA, LBN</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Participant list, participants, initiative, DBA, LBN</cp:category>
+  <cp:category>A list of GUIDE model participants as of February 17, 2026</cp:category>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010090C0C142B92B7544ABD5D0A0DD86FB09</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>