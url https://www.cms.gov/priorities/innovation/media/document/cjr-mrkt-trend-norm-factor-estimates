--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -3,94 +3,94 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\mathematica.Net\NDrive\Project\51389_Payment_Reconciliation\Restricted\DC1\SYSTEM_DELIVERABLES\PRODUCTION_SUMMARY_MEMO\MTF and NF Estimates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Box\Box\RY9G\Compliant 508 documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A7C35182-ADC4-4B70-A14C-EE012049E3BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A694E96A-B269-405C-853A-99E2BBF87E2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14400" yWindow="0" windowWidth="14490" windowHeight="15480" activeTab="2" xr2:uid="{C6EB4CEB-0786-4A57-93FF-4687EB447448}"/>
+    <workbookView xWindow="10" yWindow="0" windowWidth="19180" windowHeight="9810" activeTab="2" xr2:uid="{C6EB4CEB-0786-4A57-93FF-4687EB447448}"/>
   </bookViews>
   <sheets>
     <sheet name="PY6 MTF NF" sheetId="1" r:id="rId1"/>
     <sheet name="PY7 MTF NF" sheetId="2" r:id="rId2"/>
     <sheet name="PY8 MTF NF" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'PY6 MTF NF'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'PY7 MTF NF'!$1:$2</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'PY8 MTF NF'!$1:$2</definedName>
     <definedName name="TitleRegion1.A6.E15.1">Table3[[#Headers],[REGION]]</definedName>
     <definedName name="TitleRegion1.A6.E15.2">Table2[[#Headers],[REGION]]</definedName>
     <definedName name="TitleRegion1.A6.E15.3">Table1[[#Headers],[REGION]]</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="37">
   <si>
     <t>REGION</t>
   </si>
   <si>
     <t>(1) New England</t>
   </si>
   <si>
     <t>(2) Middle Atlantic</t>
   </si>
   <si>
     <t>(3) East North Central</t>
   </si>
   <si>
     <t>(4) West North Central</t>
   </si>
   <si>
     <t>(5) South Atlantic</t>
   </si>
   <si>
     <t>(6) East South Central</t>
   </si>
   <si>
     <t>(7) West South Central</t>
   </si>
   <si>
@@ -181,184 +181,69 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">*These are the final values calculated during reconciliation using performance period data. Previous estimates were </t>
   </si>
   <si>
     <r>
       <t>Normalization Factor for Performance Year 7</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
-    <r>
-[...33 lines deleted...]
-  <si>
     <t>blank row</t>
   </si>
   <si>
     <t>End of worksheet</t>
   </si>
   <si>
-    <t>Production date: 09/10/2025</t>
-[...91 lines deleted...]
-    </r>
+    <t>Normalization Factor for Performance Year 8*</t>
+  </si>
+  <si>
+    <t>Table 2. National normalization factor for PY8</t>
+  </si>
+  <si>
+    <t>Regional Market Trend Factors for Performance Year 8 (PY8)*</t>
+  </si>
+  <si>
+    <t>Table 1. Regional market trend factors for PY8</t>
+  </si>
+  <si>
+    <t>Production date: 1/16/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="0.0000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1499,952 +1384,944 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243BB027-7C0E-4F11-8E26-B50157A04D51}">
   <dimension ref="A1:L28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="26.5703125" customWidth="1"/>
-    <col min="2" max="5" width="20.7109375" customWidth="1"/>
+    <col min="1" max="1" width="26.54296875" customWidth="1"/>
+    <col min="2" max="5" width="20.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:12" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="7.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" ht="7.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" ht="45" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="3">
         <v>1.077183351</v>
       </c>
       <c r="C7" s="3">
         <v>0.97187401799999995</v>
       </c>
       <c r="D7" s="3">
         <v>0.98486599900000005</v>
       </c>
       <c r="E7" s="3">
         <v>1.063734137</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A8" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="4">
         <v>1.171947544</v>
       </c>
       <c r="C8" s="4">
         <v>1.0290888949999999</v>
       </c>
       <c r="D8" s="4">
         <v>0.98630230299999999</v>
       </c>
       <c r="E8" s="4">
         <v>1.08169724</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="3">
         <v>1.2679851280000001</v>
       </c>
       <c r="C9" s="3">
         <v>1.0047888410000001</v>
       </c>
       <c r="D9" s="3">
         <v>1.0071137999999999</v>
       </c>
       <c r="E9" s="3">
         <v>1.0448556259999999</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A10" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="4">
         <v>1.1845238229999999</v>
       </c>
       <c r="C10" s="4">
         <v>1.0627430550000001</v>
       </c>
       <c r="D10" s="4">
         <v>1.006308403</v>
       </c>
       <c r="E10" s="4">
         <v>1.0853867049999999</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="3">
         <v>1.2207187799999999</v>
       </c>
       <c r="C11" s="3">
         <v>1.0123586200000001</v>
       </c>
       <c r="D11" s="3">
         <v>1.004439208</v>
       </c>
       <c r="E11" s="3">
         <v>1.0751603460000001</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A12" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="4">
         <v>1.1402333819999999</v>
       </c>
       <c r="C12" s="4">
         <v>1.019564854</v>
       </c>
       <c r="D12" s="4">
         <v>1.018533847</v>
       </c>
       <c r="E12" s="4">
         <v>1.0750366250000001</v>
       </c>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="3">
         <v>1.239149018</v>
       </c>
       <c r="C13" s="3">
         <v>1.063375076</v>
       </c>
       <c r="D13" s="3">
         <v>1.001734541</v>
       </c>
       <c r="E13" s="3">
         <v>1.0879030279999999</v>
       </c>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A14" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="4">
         <v>1.293517966</v>
       </c>
       <c r="C14" s="4">
         <v>1.0317878410000001</v>
       </c>
       <c r="D14" s="4">
         <v>1.0141655999999999</v>
       </c>
       <c r="E14" s="4">
         <v>1.0378804779999999</v>
       </c>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A15" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="15">
         <v>1.150625835</v>
       </c>
       <c r="C15" s="15">
         <v>0.99957225699999996</v>
       </c>
       <c r="D15" s="15">
         <v>1.0192802729999999</v>
       </c>
       <c r="E15" s="15">
         <v>1.072366315</v>
       </c>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
     </row>
-    <row r="16" spans="1:12" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" ht="7.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A20" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" ht="11.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="7.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="7">
         <v>0.85301997100000004</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" ht="7.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="8" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B28" t="s">
         <v>14</v>
       </c>
       <c r="C28" t="s">
         <v>14</v>
       </c>
       <c r="D28" t="s">
         <v>14</v>
       </c>
       <c r="E28" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F60E638-AA24-4ABC-A8D7-0AA03E7F77BA}">
   <dimension ref="A1:E30"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17:A18"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="26.5703125" customWidth="1"/>
-    <col min="2" max="5" width="20.7109375" customWidth="1"/>
+    <col min="1" max="1" width="26.54296875" customWidth="1"/>
+    <col min="2" max="5" width="20.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="1" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3" spans="1:5" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="11.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="3">
         <v>1.1821399104999999</v>
       </c>
       <c r="C7" s="3">
         <v>1.059989557</v>
       </c>
       <c r="D7" s="3">
         <v>1.0287375303999999</v>
       </c>
       <c r="E7" s="3">
         <v>1.0587198811</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="4">
         <v>1.1247189463</v>
       </c>
       <c r="C8" s="4">
         <v>1.0563265047999999</v>
       </c>
       <c r="D8" s="4">
         <v>1.0338907557000001</v>
       </c>
       <c r="E8" s="4">
         <v>1.0809664072</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="3">
         <v>1.0653376992000001</v>
       </c>
       <c r="C9" s="3">
         <v>1.0655981923</v>
       </c>
       <c r="D9" s="3">
         <v>1.0382122179</v>
       </c>
       <c r="E9" s="3">
         <v>1.0771802949</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="4">
         <v>1.1678913998</v>
       </c>
       <c r="C10" s="4">
         <v>1.0932601307000001</v>
       </c>
       <c r="D10" s="4">
         <v>1.0344492691</v>
       </c>
       <c r="E10" s="4">
         <v>1.0277515246</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="3">
         <v>1.1219214441000001</v>
       </c>
       <c r="C11" s="3">
         <v>1.1038187998</v>
       </c>
       <c r="D11" s="3">
         <v>1.0570881086999999</v>
       </c>
       <c r="E11" s="3">
         <v>1.0696977768</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="4">
         <v>1.2405645751000001</v>
       </c>
       <c r="C12" s="4">
         <v>1.0445378891999999</v>
       </c>
       <c r="D12" s="4">
         <v>1.0677153698999999</v>
       </c>
       <c r="E12" s="4">
         <v>1.1010501092</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="3">
         <v>1.1381049831000001</v>
       </c>
       <c r="C13" s="3">
         <v>1.0751199818999999</v>
       </c>
       <c r="D13" s="3">
         <v>1.050864641</v>
       </c>
       <c r="E13" s="3">
         <v>1.0887943315999999</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="4">
         <v>1.1441497287</v>
       </c>
       <c r="C14" s="4">
         <v>1.0608924845000001</v>
       </c>
       <c r="D14" s="4">
         <v>1.0534573368</v>
       </c>
       <c r="E14" s="4">
         <v>1.0949073168000001</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="15">
         <v>1.1222632240999999</v>
       </c>
       <c r="C15" s="15">
         <v>1.0542975753999999</v>
       </c>
       <c r="D15" s="15">
         <v>1.0490321182</v>
       </c>
       <c r="E15" s="15">
         <v>1.0971021231</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A20" s="1" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="7">
         <v>0.84954204950000001</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" ht="6.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A28" s="8" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.35">
       <c r="B30" t="s">
         <v>14</v>
       </c>
       <c r="C30" t="s">
         <v>14</v>
       </c>
       <c r="D30" t="s">
         <v>14</v>
       </c>
       <c r="E30" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D098111A-9034-4BA4-88E4-8C345AF157A0}">
-  <dimension ref="A1:E31"/>
+  <dimension ref="A1:E30"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="26.5703125" customWidth="1"/>
-    <col min="2" max="5" width="20.7109375" customWidth="1"/>
+    <col min="1" max="1" width="26.54296875" customWidth="1"/>
+    <col min="2" max="5" width="20.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="1" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A4" s="2" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    <row r="5" spans="1:5" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="3">
-        <v>1.0702721153999999</v>
+        <v>1.071227793</v>
       </c>
       <c r="C7" s="3">
-        <v>1.0788860708000001</v>
+        <v>1.0788860709999999</v>
       </c>
       <c r="D7" s="3">
-        <v>0.99749598740000001</v>
+        <v>0.99762103300000005</v>
       </c>
       <c r="E7" s="3">
-        <v>1.0785597004</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.0785325610000001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A8" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="4">
-        <v>1.0828700913</v>
+        <v>1.0825897010000001</v>
       </c>
       <c r="C8" s="4">
-        <v>1.0758062333</v>
+        <v>1.0765595779999999</v>
       </c>
       <c r="D8" s="4">
-        <v>1.0106539359</v>
+        <v>1.0106738529999999</v>
       </c>
       <c r="E8" s="4">
-        <v>1.0640439666999999</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.064254426</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="3">
-        <v>1.0706711167</v>
+        <v>1.0696215090000001</v>
       </c>
       <c r="C9" s="3">
-        <v>1.0905880134999999</v>
+        <v>1.088747431</v>
       </c>
       <c r="D9" s="3">
-        <v>1.0073299576000001</v>
+        <v>1.0071904899999999</v>
       </c>
       <c r="E9" s="3">
-        <v>1.0457550787000001</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.044720876</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A10" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="4">
-        <v>1.2103799610999999</v>
+        <v>1.210126297</v>
       </c>
       <c r="C10" s="4">
-        <v>1.0675529525</v>
+        <v>1.066591957</v>
       </c>
       <c r="D10" s="4">
-        <v>1.0284919493</v>
+        <v>1.0283070400000001</v>
       </c>
       <c r="E10" s="4">
-        <v>1.0597210205000001</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.059356135</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="3">
-        <v>1.0973215349000001</v>
+        <v>1.0967186280000001</v>
       </c>
       <c r="C11" s="3">
-        <v>1.0692834937</v>
+        <v>1.0679212490000001</v>
       </c>
       <c r="D11" s="3">
-        <v>1.0279935112</v>
+        <v>1.027833555</v>
       </c>
       <c r="E11" s="3">
-        <v>1.0832859096</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.0828757330000001</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A12" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="4">
-        <v>1.1665281583</v>
+        <v>1.1644888170000001</v>
       </c>
       <c r="C12" s="4">
-        <v>1.1327930266999999</v>
+        <v>1.1327252779999999</v>
       </c>
       <c r="D12" s="4">
-        <v>1.0576362629</v>
+        <v>1.057447802</v>
       </c>
       <c r="E12" s="4">
-        <v>1.0855823166</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.085567889</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A13" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="3">
-        <v>1.0913116920999999</v>
+        <v>1.09039562</v>
       </c>
       <c r="C13" s="3">
-        <v>1.0337000977999999</v>
+        <v>1.0321405930000001</v>
       </c>
       <c r="D13" s="3">
-        <v>1.0336997496</v>
+        <v>1.0335354370000001</v>
       </c>
       <c r="E13" s="3">
-        <v>1.0806678398</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.080197246</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A14" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="4">
-        <v>1.3073679048</v>
+        <v>1.3072926469999999</v>
       </c>
       <c r="C14" s="4">
-        <v>1.0727841596000001</v>
+        <v>1.0711839759999999</v>
       </c>
       <c r="D14" s="4">
-        <v>1.0337427259</v>
+        <v>1.0337418949999999</v>
       </c>
       <c r="E14" s="4">
-        <v>1.0704838431000001</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1.0702002820000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A15" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="15">
-        <v>1.1493763919</v>
+        <v>1.148603896</v>
       </c>
       <c r="C15" s="15">
-        <v>1.1160307371</v>
+        <v>1.115280925</v>
       </c>
       <c r="D15" s="15">
-        <v>1.0372040776</v>
+        <v>1.0371144560000001</v>
       </c>
       <c r="E15" s="15">
-        <v>1.0901268944</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.089713342</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A19" s="8" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="A21" s="1" t="s">
+    <row r="20" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A20" s="1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:1" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A22" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="22" spans="1:1" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A24" s="7">
+        <v>0.86645975340000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:1" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
-        <v>39</v>
-[...18 lines deleted...]
-      <c r="A31" s="8"/>
+        <v>23</v>
+      </c>
+    </row>
+    <row r="29" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A29" s="8" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A30" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>