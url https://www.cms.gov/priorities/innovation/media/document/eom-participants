--- v0 (2025-12-25)
+++ v1 (2026-01-30)
@@ -1,86 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kwhite\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\GHFSDULI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\R5QW\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{85C67DFF-6482-48F4-9FBD-FCC32CC4540D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D565B4DF-7B13-4AF7-9FB7-0C5443422ED6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15700" xr2:uid="{BA23D6D4-5709-4907-A80D-D45B74F7ED14}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8557B422-DC12-4970-9CAF-6F2CADFDAB92}"/>
   </bookViews>
   <sheets>
-    <sheet name="Innovation_Center_Model_Partici" sheetId="1" r:id="rId1"/>
+    <sheet name="EOM_Website_File_01_29_2026_INT" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Innovation_Center_Model_Partici!$A$1:$R$493</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">EOM_Website_File_01_29_2026_INT!$A$1:$R$373</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3462" uniqueCount="1400">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2622" uniqueCount="1058">
   <si>
     <t>Name of Initiative</t>
   </si>
   <si>
     <t>Organization Name</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Location 1</t>
   </si>
   <si>
     <t>Street Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>State Based</t>
   </si>
   <si>
@@ -302,221 +285,101 @@
   <si>
     <t>500 Sentara Circle, Suite 203, Williamsburg, VA (37.337948, -76.740898)</t>
   </si>
   <si>
     <t>500 Sentara Circle, Suite 203</t>
   </si>
   <si>
     <t>Williamsburg</t>
   </si>
   <si>
     <t>Torrance Health Association</t>
   </si>
   <si>
     <t>3285 Skypark Drive, Torrance, CA (33.809394, -118.344693)</t>
   </si>
   <si>
     <t>3285 Skypark Drive</t>
   </si>
   <si>
     <t>Torrance</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
-    <t>Northwest Medical Specialties, PLLC</t>
-[...10 lines deleted...]
-  <si>
     <t>WA</t>
   </si>
   <si>
-    <t>3920 Capital Mall Dr. Suite 100, Olympia, WA (47.04234, -122.952206)</t>
-[...43 lines deleted...]
-  <si>
     <t>Shenandoah Oncology, P.C.</t>
   </si>
   <si>
     <t>400 Campus Blvd, Suite 100, Winchester, VA (39.197429, -78.189535)</t>
   </si>
   <si>
     <t>400 Campus Blvd, Suite 100</t>
   </si>
   <si>
     <t>Winchester</t>
   </si>
   <si>
     <t>Northwest Cancer Specialists PC, dba Compass Oncology</t>
   </si>
   <si>
     <t>12123 SW 69th Ave., Tigard, OR (45.432558, -122.748068)</t>
   </si>
   <si>
     <t>12123 SW 69th Ave.</t>
   </si>
   <si>
     <t>Tigard</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t>265 N Broadway, Portland, OR (45.535184, -122.66992)</t>
   </si>
   <si>
     <t>265 N Broadway</t>
   </si>
   <si>
     <t>Portland</t>
   </si>
   <si>
-    <t>5050 NE Hoyt St., Ste. 256, Portland, OR (45.526964, -122.61155)</t>
-[...4 lines deleted...]
-  <si>
     <t>210 SE 136th Ave., VANCOUVER, WA (45.620239, -122.534469)</t>
   </si>
   <si>
     <t>210 SE 136th Ave.</t>
   </si>
   <si>
     <t>VANCOUVER</t>
   </si>
   <si>
-    <t>West Clinic</t>
-[...49 lines deleted...]
-  <si>
     <t>Brighton</t>
   </si>
   <si>
-    <t>1290 Kelley Drive, Paris, TN (36.294432, -88.305963)</t>
-[...4 lines deleted...]
-  <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Virginia Cancer Specialists, P.C.</t>
   </si>
   <si>
     <t>4660 Kenmore Avenue, Suite 1018, Alexandria, VA (38.828211, -77.110358)</t>
   </si>
   <si>
     <t>4660 Kenmore Avenue, Suite 1018</t>
   </si>
   <si>
     <t>Alexandria</t>
   </si>
   <si>
     <t>44035 Riverside Pkwy, Suite 300, Leesburg, VA (39.075166, -77.478425)</t>
   </si>
   <si>
     <t>44035 Riverside Pkwy, Suite 300</t>
   </si>
   <si>
     <t>Leesburg</t>
   </si>
   <si>
     <t>1860 Town Center Dr, Ste 460, Reston, VA (38.961887, -77.365984)</t>
@@ -1892,1769 +1755,977 @@
   <si>
     <t>400 Rosalind Redfern Grover Pkwy., Midland, TX (31.997566, -102.100201)</t>
   </si>
   <si>
     <t>400 Rosalind Redfern Grover Pkwy.</t>
   </si>
   <si>
     <t>Midland</t>
   </si>
   <si>
     <t>925 Gessner Road, Houston, TX (29.781791, -95.54515)</t>
   </si>
   <si>
     <t>925 Gessner Road</t>
   </si>
   <si>
     <t>1507 W. Main Street, Gatesville, TX (31.435215, -97.779162)</t>
   </si>
   <si>
     <t>1507 W. Main Street</t>
   </si>
   <si>
     <t>Gatesville</t>
   </si>
   <si>
-    <t>Nashville</t>
-[...2 lines deleted...]
-    <t>Franklin</t>
+    <t>Oncology Associates of Oregon, PC</t>
+  </si>
+  <si>
+    <t>520 Country Club Rd, Eugene, OR (44.063247, -123.091311)</t>
+  </si>
+  <si>
+    <t>520 Country Club Rd</t>
+  </si>
+  <si>
+    <t>Eugene</t>
+  </si>
+  <si>
+    <t>444 NW Elks Drive, Corvallis, OR (44.60054, -123.254024)</t>
+  </si>
+  <si>
+    <t>444 NW Elks Drive</t>
+  </si>
+  <si>
+    <t>Corvallis</t>
+  </si>
+  <si>
+    <t>2615 Willetta Street, Suite C, Albany, OR (44.61611, -123.114844)</t>
+  </si>
+  <si>
+    <t>2615 Willetta Street, Suite C</t>
+  </si>
+  <si>
+    <t>Albany</t>
+  </si>
+  <si>
+    <t>340 9th Street, Florence, OR (43.974692, -124.119271)</t>
+  </si>
+  <si>
+    <t>340 9th Street</t>
+  </si>
+  <si>
+    <t>Florence</t>
+  </si>
+  <si>
+    <t>2039 North Coast Highway, Newport, OR (44.651837, -124.053156)</t>
+  </si>
+  <si>
+    <t>2039 North Coast Highway</t>
+  </si>
+  <si>
+    <t>Newport</t>
+  </si>
+  <si>
+    <t>3355 Riverbend Drive, Suite 450, Springfield, OR (44.082264, -123.027538)</t>
+  </si>
+  <si>
+    <t>3355 Riverbend Drive, Suite 450</t>
   </si>
   <si>
     <t>Springfield</t>
   </si>
   <si>
+    <t>3015 NE West Devils Lake Rd, Lincoln City, OR (44.98742, -123.997093)</t>
+  </si>
+  <si>
+    <t>3015 NE West Devils Lake Rd</t>
+  </si>
+  <si>
+    <t>Lincoln City</t>
+  </si>
+  <si>
+    <t>HonorHealth Cancer care</t>
+  </si>
+  <si>
+    <t>3645 S. Rome St. , Suite 209, Gilbert, AZ (33.284609, -111.749969)</t>
+  </si>
+  <si>
+    <t>3645 S. Rome St. , Suite 209</t>
+  </si>
+  <si>
+    <t>Gilbert</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>10320 W. McDowell Rd., #H8025, Avondale, AZ (33.465607, -112.282204)</t>
+  </si>
+  <si>
+    <t>10320 W. McDowell Rd., #H8025</t>
+  </si>
+  <si>
+    <t>Avondale</t>
+  </si>
+  <si>
+    <t>20745 N. Scottsdale Rd., #115, Scottsdale, AZ (33.675483, -111.923589)</t>
+  </si>
+  <si>
+    <t>20745 N. Scottsdale Rd., #115</t>
+  </si>
+  <si>
+    <t>Scottsdale</t>
+  </si>
+  <si>
+    <t>1110 S. Dobson Rd., #1, Chandler, AZ (33.289758, -111.878012)</t>
+  </si>
+  <si>
+    <t>1110 S. Dobson Rd., #1</t>
+  </si>
+  <si>
+    <t>Chandler</t>
+  </si>
+  <si>
+    <t>7695 S. Research Dr., Tempe, AZ (33.347304, -111.894965)</t>
+  </si>
+  <si>
+    <t>7695 S. Research Dr.</t>
+  </si>
+  <si>
+    <t>Tempe</t>
+  </si>
+  <si>
+    <t>10197 N 92nd Street, #101, Scottsdale, AZ (33.578224, -111.878785)</t>
+  </si>
+  <si>
+    <t>10197 N 92nd Street, #101</t>
+  </si>
+  <si>
+    <t>750 S. Ironwood Dr., #102, Apache Junction, AZ (33.408513, -111.563739)</t>
+  </si>
+  <si>
+    <t>750 S. Ironwood Dr., #102</t>
+  </si>
+  <si>
+    <t>Apache Junction</t>
+  </si>
+  <si>
+    <t>19646 N. 27th Avenue, #301, Phoenix, AZ (33.665378, -112.118338)</t>
+  </si>
+  <si>
+    <t>19646 N. 27th Avenue, #301</t>
+  </si>
+  <si>
+    <t>Phoenix</t>
+  </si>
+  <si>
+    <t>10460 N. 92nd Street, #200 &amp; #400, Scottsdale, AZ (33.580895, -111.883219)</t>
+  </si>
+  <si>
+    <t>10460 N. 92nd Street, #200 &amp; #400</t>
+  </si>
+  <si>
+    <t>9250 N. 3rd Street, #3010, Phoenix, AZ (33.570363, -112.070173)</t>
+  </si>
+  <si>
+    <t>9250 N. 3rd Street, #3010</t>
+  </si>
+  <si>
+    <t>3501 N. Scottsdale Rd., #300, Scottsdale, AZ (33.488992, -111.925436)</t>
+  </si>
+  <si>
+    <t>3501 N. Scottsdale Rd., #300</t>
+  </si>
+  <si>
+    <t>14674 W. Mountain View Blvd., #105, Surprise, AZ (33.655481, -112.376797)</t>
+  </si>
+  <si>
+    <t>14674 W. Mountain View Blvd., #105</t>
+  </si>
+  <si>
+    <t>Surprise</t>
+  </si>
+  <si>
+    <t>2222 E. Highland Ave. #400, Phoenix, AZ (33.506355, -112.033409)</t>
+  </si>
+  <si>
+    <t>2222 E. Highland Ave. #400</t>
+  </si>
+  <si>
+    <t>3648 W. Anthem Way, A100, Anthem, AZ (33.86722, -112.136594)</t>
+  </si>
+  <si>
+    <t>3648 W. Anthem Way, A100</t>
+  </si>
+  <si>
+    <t>Anthem</t>
+  </si>
+  <si>
+    <t>6716 E. Palisades Blvd., #103, Fountain Hills, AZ (33.487717, -111.935989)</t>
+  </si>
+  <si>
+    <t>6716 E. Palisades Blvd., #103</t>
+  </si>
+  <si>
+    <t>Fountain Hills</t>
+  </si>
+  <si>
+    <t>15000 N 83rd Ave, Suite 300, Peoria, AZ (33.62120927821171, -112.23824778078873)</t>
+  </si>
+  <si>
+    <t>15000 N 83rd Ave, Suite 300</t>
+  </si>
+  <si>
+    <t>Peoria</t>
+  </si>
+  <si>
+    <t>Edwards Comprehensive Cancer Center@ Cabell Huntington Hospital</t>
+  </si>
+  <si>
+    <t>1600 Hal Greer Boulevard, Huntington, WV (38.404513, -82.427897)</t>
+  </si>
+  <si>
+    <t>1600 Hal Greer Boulevard</t>
+  </si>
+  <si>
+    <t>Huntington</t>
+  </si>
+  <si>
+    <t>WV</t>
+  </si>
+  <si>
+    <t>Oncology &amp; Hematology Assoc. of Southwest Virginia, lnc.</t>
+  </si>
+  <si>
+    <t>1 ARH Lane, Suite 203, Low Moor, VA (37.792015, -79.881035)</t>
+  </si>
+  <si>
+    <t>1 ARH Lane, Suite 203</t>
+  </si>
+  <si>
+    <t>Low Moor</t>
+  </si>
+  <si>
+    <t>1710 Whitfield Drive, Bedford, VA (37.35314, -79.519203)</t>
+  </si>
+  <si>
+    <t>1710 Whitfield Drive</t>
+  </si>
+  <si>
+    <t>2600 Research Center Dr., Suite A, Blacksburg, VA (37.195457, -80.40438)</t>
+  </si>
+  <si>
+    <t>2600 Research Center Dr., Suite A</t>
+  </si>
+  <si>
+    <t>Blacksburg</t>
+  </si>
+  <si>
+    <t>390 South Main Street, Suite 103, Rocky Mount, VA (36.993812, -79.890387)</t>
+  </si>
+  <si>
+    <t>390 South Main Street, Suite 103</t>
+  </si>
+  <si>
+    <t>Rocky Mount</t>
+  </si>
+  <si>
+    <t>1900 Electric Road, Salem, VA (37.263169, -80.031284)</t>
+  </si>
+  <si>
+    <t>1900 Electric Road</t>
+  </si>
+  <si>
+    <t>Salem</t>
+  </si>
+  <si>
+    <t>108 Houston Street, Suite B, Lexington, VA (37.777969, -79.444107)</t>
+  </si>
+  <si>
+    <t>108 Houston Street, Suite B</t>
+  </si>
+  <si>
+    <t>Lexington</t>
+  </si>
+  <si>
+    <t>2400 Lee Highway, Pulaski, VA (37.068329, -80.757196)</t>
+  </si>
+  <si>
+    <t>2400 Lee Highway</t>
+  </si>
+  <si>
+    <t>Pulaski</t>
+  </si>
+  <si>
+    <t>2013 South Jefferson Street, Roanoke, VA (37.251874, -79.94323)</t>
+  </si>
+  <si>
+    <t>2013 South Jefferson Street</t>
+  </si>
+  <si>
+    <t>Roanoke</t>
+  </si>
+  <si>
+    <t>710 West Ridge Road, Suite E, Wytheville, VA (36.953465, -81.096809)</t>
+  </si>
+  <si>
+    <t>710 West Ridge Road, Suite E</t>
+  </si>
+  <si>
+    <t>Wytheville</t>
+  </si>
+  <si>
+    <t>Illinois Cancer Specialists</t>
+  </si>
+  <si>
+    <t>1555 Barrington Rd, Suite 235, Hoffman Estates, IL (42.052346, -88.141387)</t>
+  </si>
+  <si>
+    <t>1555 Barrington Rd, Suite 235</t>
+  </si>
+  <si>
+    <t>Hoffman Estates</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>8915 W. Gold Rd, Niles, IL (41.733, -87.572844)</t>
+  </si>
+  <si>
+    <t>8915 W. Gold Rd</t>
+  </si>
+  <si>
+    <t>Niles</t>
+  </si>
+  <si>
+    <t>880 W. Central Road, Suite 8200, Arlington Heights, IL (42.066744, -87.995515)</t>
+  </si>
+  <si>
+    <t>880 W. Central Road, Suite 8200</t>
+  </si>
+  <si>
+    <t>Arlington Heights</t>
+  </si>
+  <si>
+    <t>360 Station Dr, Suite 201, Crystal Lake, IL (42.357997, -88.164088)</t>
+  </si>
+  <si>
+    <t>360 Station Dr, Suite 201</t>
+  </si>
+  <si>
+    <t>Crystal Lake</t>
+  </si>
+  <si>
+    <t>1710 N. Randall Rd, Suite 300, Elgin, IL (42.076007, -88.336582)</t>
+  </si>
+  <si>
+    <t>1710 N. Randall Rd, Suite 300</t>
+  </si>
+  <si>
+    <t>Elgin</t>
+  </si>
+  <si>
+    <t>7447 W. Talcott Ave, Suite 1, Chicago, IL (41.988318, -87.814727)</t>
+  </si>
+  <si>
+    <t>7447 W. Talcott Ave, Suite 1</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>Prisma Health dba Prisma Health University Medical Group</t>
+  </si>
+  <si>
+    <t>200 Fleetwood Dr., Ste 200, Easley, SC (34.84066, -82.60679)</t>
+  </si>
+  <si>
+    <t>200 Fleetwood Dr., Ste 200</t>
+  </si>
+  <si>
+    <t>Easley</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>900 W. Faris Rd, Greenville, SC (34.817709, -82.411051)</t>
+  </si>
+  <si>
+    <t>900 W. Faris Rd</t>
+  </si>
+  <si>
+    <t>65 International Dr., Greenville, SC (34.847412, -82.319789)</t>
+  </si>
+  <si>
+    <t>65 International Dr.</t>
+  </si>
+  <si>
+    <t>340 Medical Pkwy, Greer, SC (34.919033, -82.243518)</t>
+  </si>
+  <si>
+    <t>340 Medical Pkwy</t>
+  </si>
+  <si>
+    <t>Greer</t>
+  </si>
+  <si>
+    <t>131 Lila Doyle Dr., Seneca, SC (34.693633, -82.985287)</t>
+  </si>
+  <si>
+    <t>131 Lila Doyle Dr.</t>
+  </si>
+  <si>
+    <t>Seneca</t>
+  </si>
+  <si>
+    <t>130 N. Washington St., Sumter, SC (33.923542, -80.344579)</t>
+  </si>
+  <si>
+    <t>130 N. Washington St.</t>
+  </si>
+  <si>
+    <t>Sumter</t>
+  </si>
+  <si>
+    <t>3 Butternut Dr., Ste B, Greenville, SC (34.814362, -82.420141)</t>
+  </si>
+  <si>
+    <t>3 Butternut Dr., Ste B</t>
+  </si>
+  <si>
+    <t>340 Medical Parkway, Ste 200, Greer, SC (34.919033, -82.243518)</t>
+  </si>
+  <si>
+    <t>340 Medical Parkway, Ste 200</t>
+  </si>
+  <si>
+    <t>22725 Hwy 76 E., 3rd Flr, Clinton, SC (34.481542, -81.940423)</t>
+  </si>
+  <si>
+    <t>22725 Hwy 76 E., 3rd Flr</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>890 W. Faris Rd., Ste 320, Greenville, SC (34.817546, -82.410508)</t>
+  </si>
+  <si>
+    <t>890 W. Faris Rd., Ste 320</t>
+  </si>
+  <si>
+    <t>2400 Boiling Springs Rd., Spartanburg, SC (35.027285, -81.965004)</t>
+  </si>
+  <si>
+    <t>2400 Boiling Springs Rd.</t>
+  </si>
+  <si>
+    <t>Spartanburg</t>
+  </si>
+  <si>
+    <t>48 Centennial Way, Ste A, Greenville, SC (34.811368, -82.415389)</t>
+  </si>
+  <si>
+    <t>48 Centennial Way, Ste A</t>
+  </si>
+  <si>
+    <t>135 Professional Park Dr., Seneca, SC (34.694717, -82.96998)</t>
+  </si>
+  <si>
+    <t>135 Professional Park Dr.</t>
+  </si>
+  <si>
+    <t>Starling Physicians, PLLC</t>
+  </si>
+  <si>
+    <t>1260 Silas Deane Highway, Wethersfield, CT (41.687287, -72.654376)</t>
+  </si>
+  <si>
+    <t>1260 Silas Deane Highway</t>
+  </si>
+  <si>
+    <t>Wethersfield</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>300 Kensington Ave, New Britain, CT (41.647799, -72.786677)</t>
+  </si>
+  <si>
+    <t>300 Kensington Ave</t>
+  </si>
+  <si>
+    <t>New Britain</t>
+  </si>
+  <si>
+    <t>160 Hazard Avenue, Enfield, CT (41.98733, -72.55711)</t>
+  </si>
+  <si>
+    <t>160 Hazard Avenue</t>
+  </si>
+  <si>
+    <t>Enfield</t>
+  </si>
+  <si>
+    <t>Bozeman Health Deaconess Hospital</t>
+  </si>
+  <si>
+    <t>915 Highland Blvd, Bozeman, MT (45.670059, -111.018981)</t>
+  </si>
+  <si>
+    <t>915 Highland Blvd</t>
+  </si>
+  <si>
+    <t>Bozeman</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>931 Highland Blvd, Bozeman, MT (45.670521, -111.020201)</t>
+  </si>
+  <si>
+    <t>931 Highland Blvd</t>
+  </si>
+  <si>
+    <t>Vidant Medical Group, LLC</t>
+  </si>
+  <si>
+    <t>524 Moye Blvd, Greenville, NC (35.611137, -77.401283)</t>
+  </si>
+  <si>
+    <t>524 Moye Blvd</t>
+  </si>
+  <si>
+    <t>1209 Brown Street, Washington, NC (35.550746, -77.03841)</t>
+  </si>
+  <si>
+    <t>1209 Brown Street</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>113 Virginia Road, Edenton, NC (36.070631, -76.607512)</t>
+  </si>
+  <si>
+    <t>113 Virginia Road</t>
+  </si>
+  <si>
+    <t>Edenton</t>
+  </si>
+  <si>
+    <t>401 N. Main Street, Kenansville, NC (34.964745, -77.960002)</t>
+  </si>
+  <si>
+    <t>401 N. Main Street</t>
+  </si>
+  <si>
+    <t>Kenansville</t>
+  </si>
+  <si>
+    <t>313 Airport Road, Kinston, NC (35.296726, -77.585872)</t>
+  </si>
+  <si>
+    <t>313 Airport Road</t>
+  </si>
+  <si>
+    <t>Kinston</t>
+  </si>
+  <si>
+    <t>250 Smith Church Road, Roanoke Rapids, NC (36.432013, -77.64563)</t>
+  </si>
+  <si>
+    <t>250 Smith Church Road</t>
+  </si>
+  <si>
+    <t>Roanoke Rapids</t>
+  </si>
+  <si>
+    <t>500 S. Academy Street, Ahoskie, NC (36.285176, -76.994756)</t>
+  </si>
+  <si>
+    <t>500 S. Academy Street</t>
+  </si>
+  <si>
+    <t>Ahoskie</t>
+  </si>
+  <si>
+    <t>105 Hospital Drive, Tarboro, NC (35.919766, -77.558171)</t>
+  </si>
+  <si>
+    <t>105 Hospital Drive</t>
+  </si>
+  <si>
+    <t>Tarboro</t>
+  </si>
+  <si>
+    <t>Rocky Mountain Cancer Centers</t>
+  </si>
+  <si>
+    <t>1700 South Potomac St., Aurora, CO (39.685719, -104.83033)</t>
+  </si>
+  <si>
+    <t>1700 South Potomac St.</t>
+  </si>
+  <si>
+    <t>Aurora</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>4715 Arapahoe Avenue, Boulder, CO (40.015113, -105.236922)</t>
+  </si>
+  <si>
+    <t>4715 Arapahoe Avenue</t>
+  </si>
+  <si>
+    <t>Boulder</t>
+  </si>
+  <si>
+    <t>2312 N. Nevada Ave, Suite 400, Colorado Springs, CO (38.865945, -104.820051)</t>
+  </si>
+  <si>
+    <t>2312 N. Nevada Ave, Suite 400</t>
+  </si>
+  <si>
+    <t>Colorado Springs</t>
+  </si>
+  <si>
+    <t>14000 East Arapahoe Road, Suite 160, Centennial, CO (39.593887, -104.82564)</t>
+  </si>
+  <si>
+    <t>14000 East Arapahoe Road, Suite 160</t>
+  </si>
+  <si>
+    <t>Centennial</t>
+  </si>
+  <si>
+    <t>701 East Hampden Avenue, Suite 300, Englewood, CO (39.653365, -104.979354)</t>
+  </si>
+  <si>
+    <t>701 East Hampden Avenue, Suite 300</t>
+  </si>
+  <si>
+    <t>Englewood</t>
+  </si>
+  <si>
+    <t>11750 W 2nd Place, Ste 160, Lakewood, CO (39.716264, -105.129536)</t>
+  </si>
+  <si>
+    <t>11750 W 2nd Place, Ste 160</t>
+  </si>
+  <si>
+    <t>Lakewood</t>
+  </si>
+  <si>
+    <t>1800 Williams Street, Suite 200, Denver, CO (39.744658, -104.965976)</t>
+  </si>
+  <si>
+    <t>1800 Williams Street, Suite 200</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>8820 Huron Street, Thornton, CO (39.85698, -104.995882)</t>
+  </si>
+  <si>
+    <t>8820 Huron Street</t>
+  </si>
+  <si>
+    <t>Thornton</t>
+  </si>
+  <si>
+    <t>22 West Dry Creek Circle, Littleton, CO (39.581152, -104.992097)</t>
+  </si>
+  <si>
+    <t>22 West Dry Creek Circle</t>
+  </si>
+  <si>
+    <t>Littleton</t>
+  </si>
+  <si>
+    <t>4700 East Hale Parkway, Suite 400, Denver, CO (39.732558, -104.932006)</t>
+  </si>
+  <si>
+    <t>4700 East Hale Parkway, Suite 400</t>
+  </si>
+  <si>
+    <t>1760 E Ken Pratt Blvd, Suite 302, Longmont, CO (40.161925, -105.058271)</t>
+  </si>
+  <si>
+    <t>1760 E Ken Pratt Blvd, Suite 302</t>
+  </si>
+  <si>
+    <t>Longmont</t>
+  </si>
+  <si>
+    <t>10107 RidgeGate Parkway, Suite 200, Lone Tree, CO (39.530643, -104.870762)</t>
+  </si>
+  <si>
+    <t>10107 RidgeGate Parkway, Suite 200</t>
+  </si>
+  <si>
+    <t>Lone Tree</t>
+  </si>
+  <si>
+    <t>525 West 15th Street Suite 200, Pueblo, CO (38.281470, -104.614180)</t>
+  </si>
+  <si>
+    <t>525 West 15th Street Suite 200</t>
+  </si>
+  <si>
+    <t>Pueblo</t>
+  </si>
+  <si>
+    <t>6031 E. Woodmen Rd., Ste 200, Colorado Springs, CO (38.937669, -104.714382)</t>
+  </si>
+  <si>
+    <t>6031 E. Woodmen Rd., Ste 200</t>
+  </si>
+  <si>
+    <t>Minnesota Oncology Hematology, P. A.</t>
+  </si>
+  <si>
+    <t>675 East Nicollet Boulevard, Suite 100, Burnsville, MN (44.75167, -93.265876)</t>
+  </si>
+  <si>
+    <t>675 East Nicollet Boulevard, Suite 100</t>
+  </si>
+  <si>
+    <t>Burnsville</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>110105 Pioneer Trail, Suite 302, Chaska, MN (44.827858, -93.603697)</t>
+  </si>
+  <si>
+    <t>110105 Pioneer Trail, Suite 302</t>
+  </si>
+  <si>
+    <t>Chaska</t>
+  </si>
+  <si>
+    <t>1580 Beam Avenue, Maplewood, MN (45.027902, -93.034789)</t>
+  </si>
+  <si>
+    <t>1580 Beam Avenue</t>
+  </si>
+  <si>
+    <t>Maplewood</t>
+  </si>
+  <si>
+    <t>11850 Blackfoot Street NW, Suite 100, Coon Rapids, MN (45.1851254, -93.3718643)</t>
+  </si>
+  <si>
+    <t>11850 Blackfoot Street NW, Suite 100</t>
+  </si>
+  <si>
+    <t>Coon Rapids</t>
+  </si>
+  <si>
+    <t>6545 France Ave, Suite 210, Edina, MN (44.884737, -93.329094)</t>
+  </si>
+  <si>
+    <t>6545 France Ave, Suite 210</t>
+  </si>
+  <si>
+    <t>Edina</t>
+  </si>
+  <si>
+    <t>480 Osborne Rd NE, Suite 220, Fridley, MN (45.1072476, -93.261776)</t>
+  </si>
+  <si>
+    <t>480 Osborne Rd NE, Suite 220</t>
+  </si>
+  <si>
+    <t>Fridley</t>
+  </si>
+  <si>
+    <t>910 E. 26th Street, Suite 200, Minneapolis, MN (44.955712, -93.260557)</t>
+  </si>
+  <si>
+    <t>910 E. 26th Street, Suite 200</t>
+  </si>
+  <si>
+    <t>Minneapolis</t>
+  </si>
+  <si>
+    <t>2805 Campus Drive, Suite 105, Plymouth, MN (45.01086, -93.454072)</t>
+  </si>
+  <si>
+    <t>2805 Campus Drive, Suite 105</t>
+  </si>
+  <si>
+    <t>Plymouth</t>
+  </si>
+  <si>
+    <t>560 Maple Street South, Suite 100, Waconia, MN (44.842093, -93.792115)</t>
+  </si>
+  <si>
+    <t>560 Maple Street South, Suite 100</t>
+  </si>
+  <si>
+    <t>Waconia</t>
+  </si>
+  <si>
+    <t>6025 Lake Road, Suite 110, Woodbury, MN (44.917641, -92.983074)</t>
+  </si>
+  <si>
+    <t>6025 Lake Road, Suite 110</t>
+  </si>
+  <si>
+    <t>Woodbury</t>
+  </si>
+  <si>
+    <t>2651 Hillcrest Drive, Suite 105, Hudson, WI (44.969285, -92.719026)</t>
+  </si>
+  <si>
+    <t>2651 Hillcrest Drive, Suite 105</t>
+  </si>
+  <si>
+    <t>Hudson</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>10150 Niagara Lane N, Suite 100, Maple Grove, MN (45.125343, -93.471852)</t>
+  </si>
+  <si>
+    <t>10150 Niagara Lane N, Suite 100</t>
+  </si>
+  <si>
+    <t>Maple Grove</t>
+  </si>
+  <si>
+    <t>MERCY CLINIC FORT SMITH COMMUNITIES</t>
+  </si>
+  <si>
+    <t>7001 Rogers Ave, Fort Smith, AR (35.355597, -94.353961)</t>
+  </si>
+  <si>
+    <t>7001 Rogers Ave</t>
+  </si>
+  <si>
+    <t>Fort Smith</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Mercy Clinic Joplin LLC</t>
+  </si>
+  <si>
+    <t>100 Mercy Way, Joplin, MO (37.036573, -94.509755)</t>
+  </si>
+  <si>
+    <t>100 Mercy Way</t>
+  </si>
+  <si>
+    <t>Joplin</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Self Medical Group</t>
+  </si>
+  <si>
+    <t>1325 Spring Street, Greenwood, SC (34.175238, -82.156707)</t>
+  </si>
+  <si>
+    <t>1325 Spring Street</t>
+  </si>
+  <si>
+    <t>Greenwood</t>
+  </si>
+  <si>
+    <t>Trinity Health IHA Medical Group Hematology Oncology</t>
+  </si>
+  <si>
+    <t>7575 Grand River Avenue, Brighton, MI (42.564901, -83.799556)</t>
+  </si>
+  <si>
+    <t>7575 Grand River Avenue</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>1600 S. Canton Center Rd., Canton, MI (42.29782, -83.486729)</t>
+  </si>
+  <si>
+    <t>1600 S. Canton Center Rd.</t>
+  </si>
+  <si>
+    <t>775 S. Main St., Chelsea, MI (42.310439, -84.016569)</t>
+  </si>
+  <si>
+    <t>775 S. Main St.</t>
+  </si>
+  <si>
+    <t>Chelsea</t>
+  </si>
+  <si>
+    <t>5303 Elliot Drive, Suite 210, Ypsilanti, MI (42.2646392, -83.6577826)</t>
+  </si>
+  <si>
+    <t>5303 Elliot Drive, Suite 210</t>
+  </si>
+  <si>
+    <t>Ypsilanti</t>
+  </si>
+  <si>
+    <t>14555 Levan Rd., Suite 112, Livonia, MI (42.390244, -83.402784)</t>
+  </si>
+  <si>
+    <t>14555 Levan Rd., Suite 112</t>
+  </si>
+  <si>
+    <t>Livonia</t>
+  </si>
+  <si>
+    <t>Casa Grande</t>
+  </si>
+  <si>
     <t>Lebanon</t>
   </si>
   <si>
-    <t>GA</t>
-[...1390 lines deleted...]
-  <si>
     <t>OH</t>
   </si>
   <si>
-    <t>41201 Schadden Road, Suite 2, Elyria, OH (41.4064, -82.1205)</t>
-[...256 lines deleted...]
-  <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>303 S Main Street, Bluffton, IN (40.7376935611862, -85.17074844985666)</t>
-[...49 lines deleted...]
-  <si>
     <t>Emerald Coast Cancer Center</t>
   </si>
   <si>
     <t>1024 Mar Walt Drive, Fort Walton Beach, FL (30.4548935, -86.6377895)</t>
   </si>
   <si>
     <t>1024 Mar Walt Drive</t>
   </si>
   <si>
     <t>Fort Walton Beach</t>
   </si>
   <si>
     <t>Oncology Hematology Associates of Central Illinois</t>
   </si>
   <si>
     <t>8940 N Wood Sage Road, Peoria, IL (40.7952465, -89.6675173)</t>
   </si>
   <si>
     <t>8940 N Wood Sage Road</t>
   </si>
   <si>
     <t>3105 Magory Drive, Bloomington, IL (40.4890458, -88.9200229)</t>
   </si>
   <si>
     <t>3105 Magory Drive</t>
@@ -4028,50 +3099,53 @@
   <si>
     <t>516 S Van Buren Rd</t>
   </si>
   <si>
     <t>Eden</t>
   </si>
   <si>
     <t>6011 Farrington Road, Suite 201, Chapel Hill, NC (35.91166672474959, -78.98273218917458)</t>
   </si>
   <si>
     <t>6011 Farrington Road, Suite 201</t>
   </si>
   <si>
     <t>6013 Farrington Road, Chapel Hill, NC (35.9110162749731, -78.98247791801062)</t>
   </si>
   <si>
     <t>6013 Farrington Road</t>
   </si>
   <si>
     <t>6715 McCrimmon Pkwy, Ste 204, Cary, NC (35.828978944635594, -78.8781407468514)</t>
   </si>
   <si>
     <t>6715 McCrimmon Pkwy, Ste 204</t>
   </si>
   <si>
+    <t>North Carolina MG, LLC</t>
+  </si>
+  <si>
     <t>2901 Blue Ridge Road, Suite 200, Raeigh, NC (35.820672962845066, -78.70569253336)</t>
   </si>
   <si>
     <t>2901 Blue Ridge Road, Suite 200</t>
   </si>
   <si>
     <t>Raeigh</t>
   </si>
   <si>
     <t>2901 Blue Ridge Rd, Ste 100, Raleigh, NC (35.820672962845066, -78.70569253336)</t>
   </si>
   <si>
     <t>2901 Blue Ridge Rd, Ste 100</t>
   </si>
   <si>
     <t>2901 Blue Ridge Rd Ste 203, Raleigh, NC (35.820672962845066, -78.70569253336)</t>
   </si>
   <si>
     <t>2901 Blue Ridge Rd Ste 203</t>
   </si>
   <si>
     <t>11200 Governor Manly Way Ste 102, Raleigh, NC (35.94784905104213, -78.54115096218877)</t>
   </si>
   <si>
     <t>11200 Governor Manly Way Ste 102</t>
@@ -4109,184 +3183,67 @@
   <si>
     <t>2901 Blue Ridge Rd Ste 102</t>
   </si>
   <si>
     <t>2901 Blue Ridge Rd Ste 300, Raleigh, NC (35.82069906135756, -78.70568180452393)</t>
   </si>
   <si>
     <t>2901 Blue Ridge Rd Ste 300</t>
   </si>
   <si>
     <t>2901 Blue Ridge Road, Suite 203, Raleigh, NC (35.82069906135756, -78.70568180452393)</t>
   </si>
   <si>
     <t>2901 Blue Ridge Road, Suite 203</t>
   </si>
   <si>
     <t>300 Health Park Drive, Suite 220, Garner, NC (35.68691418080136, -78.57716950453154)</t>
   </si>
   <si>
     <t>300 Health Park Drive, Suite 220</t>
   </si>
   <si>
     <t>Garner</t>
   </si>
   <si>
-    <t>DELTA COUNTY MEMORIAL HOSPITAL</t>
-[...125 lines deleted...]
-    <t>420 McPhee Rd SW, Olympia, WA</t>
+    <t>12535 SE 82nd Ave.</t>
+  </si>
+  <si>
+    <t>Happy Valley</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OR </t>
+  </si>
+  <si>
+    <t>12535 SE 82nd Ave., Happy Valley, OR (45.4318099, -122.5834432)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -4373,50 +3330,57 @@
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -4560,56 +3524,55 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -4680,98 +3643,115 @@
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFD5D3D1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFD5D3D1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD5D3D1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD5D3D1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="33" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
@@ -4787,51 +3767,51 @@
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5106,75 +4086,77 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5463664D-B103-4CB2-8A21-727BFC5859E7}">
-  <dimension ref="A1:R493"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B35CAE4-1A43-413C-B0F5-F82868EF72D3}">
+  <dimension ref="A1:R373"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="E1" workbookViewId="0">
+      <selection activeCell="R2" sqref="R2:R373"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.6328125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="43.6328125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="68.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="90.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="43.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="5.08984375" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="15" max="15" width="35.08984375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="5.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="7.140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="10" bestFit="1" customWidth="1"/>
-    <col min="17" max="17" width="8.6328125" bestFit="1" customWidth="1"/>
-    <col min="18" max="18" width="10.54296875" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="10.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -5186,14571 +4168,9738 @@
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2" spans="1:18" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2" t="b">
         <v>0</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
-      <c r="Q2">
-[...3 lines deleted...]
-    <row r="3" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="b">
         <v>0</v>
       </c>
       <c r="O3" t="s">
         <v>24</v>
       </c>
-      <c r="Q3">
-[...3 lines deleted...]
-    <row r="4" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>28</v>
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="b">
         <v>0</v>
       </c>
       <c r="O4" t="s">
         <v>24</v>
       </c>
-      <c r="Q4">
-[...3 lines deleted...]
-    <row r="5" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5" t="b">
         <v>0</v>
       </c>
       <c r="O5" t="s">
         <v>24</v>
       </c>
-      <c r="Q5">
-[...3 lines deleted...]
-    <row r="6" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="b">
         <v>0</v>
       </c>
       <c r="O6" t="s">
         <v>24</v>
       </c>
-      <c r="Q6">
-[...3 lines deleted...]
-    <row r="7" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>23</v>
       </c>
       <c r="H7" t="b">
         <v>0</v>
       </c>
       <c r="O7" t="s">
         <v>24</v>
       </c>
-      <c r="Q7">
-[...3 lines deleted...]
-    <row r="8" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
         <v>40</v>
       </c>
       <c r="G8" t="s">
         <v>23</v>
       </c>
       <c r="H8" t="b">
         <v>0</v>
       </c>
       <c r="O8" t="s">
         <v>24</v>
       </c>
-      <c r="Q8">
-[...3 lines deleted...]
-    <row r="9" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
         <v>23</v>
       </c>
       <c r="H9" t="b">
         <v>0</v>
       </c>
       <c r="O9" t="s">
         <v>24</v>
       </c>
-      <c r="Q9">
-[...3 lines deleted...]
-    <row r="10" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>23</v>
       </c>
       <c r="H10" t="b">
         <v>0</v>
       </c>
       <c r="O10" t="s">
         <v>24</v>
       </c>
-      <c r="Q10">
-[...3 lines deleted...]
-    <row r="11" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
         <v>46</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11" t="s">
         <v>23</v>
       </c>
       <c r="H11" t="b">
         <v>0</v>
       </c>
       <c r="O11" t="s">
         <v>24</v>
       </c>
-      <c r="Q11">
-[...3 lines deleted...]
-    <row r="12" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>23</v>
       </c>
       <c r="H12" t="b">
         <v>0</v>
       </c>
       <c r="O12" t="s">
         <v>24</v>
       </c>
-      <c r="Q12">
-[...3 lines deleted...]
-    <row r="13" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="D13" t="s">
         <v>50</v>
       </c>
       <c r="E13" t="s">
         <v>51</v>
       </c>
       <c r="F13" t="s">
         <v>52</v>
       </c>
       <c r="G13" t="s">
         <v>23</v>
       </c>
       <c r="H13" t="b">
         <v>0</v>
       </c>
       <c r="O13" t="s">
         <v>24</v>
       </c>
-      <c r="Q13">
-[...3 lines deleted...]
-    <row r="14" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>23</v>
       </c>
       <c r="H14" t="b">
         <v>0</v>
       </c>
       <c r="O14" t="s">
         <v>24</v>
       </c>
-      <c r="Q14">
-[...3 lines deleted...]
-    <row r="15" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
       <c r="D15" t="s">
         <v>56</v>
       </c>
       <c r="E15" t="s">
         <v>57</v>
       </c>
       <c r="F15" t="s">
         <v>58</v>
       </c>
       <c r="G15" t="s">
         <v>59</v>
       </c>
       <c r="H15" t="b">
         <v>0</v>
       </c>
       <c r="O15" t="s">
         <v>24</v>
       </c>
-      <c r="Q15">
-[...3 lines deleted...]
-    <row r="16" spans="1:18" x14ac:dyDescent="0.35">
+    </row>
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>55</v>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>61</v>
       </c>
       <c r="F16" t="s">
         <v>62</v>
       </c>
       <c r="G16" t="s">
         <v>59</v>
       </c>
       <c r="H16" t="b">
         <v>0</v>
       </c>
       <c r="O16" t="s">
         <v>24</v>
       </c>
-      <c r="Q16">
-[...3 lines deleted...]
-    <row r="17" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
       <c r="D17" t="s">
         <v>63</v>
       </c>
       <c r="E17" t="s">
         <v>64</v>
       </c>
       <c r="F17" t="s">
         <v>65</v>
       </c>
       <c r="G17" t="s">
         <v>66</v>
       </c>
       <c r="H17" t="b">
         <v>0</v>
       </c>
       <c r="O17" t="s">
         <v>24</v>
       </c>
-      <c r="Q17">
-[...3 lines deleted...]
-    <row r="18" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
       <c r="D18" t="s">
         <v>67</v>
       </c>
       <c r="E18" t="s">
         <v>68</v>
       </c>
       <c r="F18" t="s">
         <v>69</v>
       </c>
       <c r="G18" t="s">
         <v>59</v>
       </c>
       <c r="H18" t="b">
         <v>0</v>
       </c>
       <c r="O18" t="s">
         <v>24</v>
       </c>
-      <c r="Q18">
-[...3 lines deleted...]
-    <row r="19" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="E19" t="s">
         <v>71</v>
       </c>
       <c r="F19" t="s">
         <v>69</v>
       </c>
       <c r="G19" t="s">
         <v>59</v>
       </c>
       <c r="H19" t="b">
         <v>0</v>
       </c>
       <c r="O19" t="s">
         <v>24</v>
       </c>
-      <c r="Q19">
-[...3 lines deleted...]
-    <row r="20" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
       <c r="D20" t="s">
         <v>72</v>
       </c>
       <c r="E20" t="s">
         <v>73</v>
       </c>
       <c r="F20" t="s">
         <v>74</v>
       </c>
       <c r="G20" t="s">
         <v>59</v>
       </c>
       <c r="H20" t="b">
         <v>0</v>
       </c>
       <c r="O20" t="s">
         <v>24</v>
       </c>
-      <c r="Q20">
-[...3 lines deleted...]
-    <row r="21" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
       <c r="D21" t="s">
         <v>75</v>
       </c>
       <c r="E21" t="s">
         <v>76</v>
       </c>
       <c r="F21" t="s">
         <v>74</v>
       </c>
       <c r="G21" t="s">
         <v>59</v>
       </c>
       <c r="H21" t="b">
         <v>0</v>
       </c>
       <c r="O21" t="s">
         <v>24</v>
       </c>
-      <c r="Q21">
-[...3 lines deleted...]
-    <row r="22" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
       <c r="D22" t="s">
         <v>77</v>
       </c>
       <c r="E22" t="s">
         <v>78</v>
       </c>
       <c r="F22" t="s">
         <v>79</v>
       </c>
       <c r="G22" t="s">
         <v>59</v>
       </c>
       <c r="H22" t="b">
         <v>0</v>
       </c>
       <c r="O22" t="s">
         <v>24</v>
       </c>
-      <c r="Q22">
-[...3 lines deleted...]
-    <row r="23" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>55</v>
       </c>
       <c r="D23" t="s">
         <v>80</v>
       </c>
       <c r="E23" t="s">
         <v>81</v>
       </c>
       <c r="F23" t="s">
         <v>82</v>
       </c>
       <c r="G23" t="s">
         <v>59</v>
       </c>
       <c r="H23" t="b">
         <v>0</v>
       </c>
       <c r="O23" t="s">
         <v>24</v>
       </c>
-      <c r="Q23">
-[...3 lines deleted...]
-    <row r="24" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>83</v>
       </c>
       <c r="D24" t="s">
         <v>84</v>
       </c>
       <c r="E24" t="s">
         <v>85</v>
       </c>
       <c r="F24" t="s">
         <v>86</v>
       </c>
       <c r="G24" t="s">
         <v>87</v>
       </c>
       <c r="H24" t="b">
         <v>0</v>
       </c>
       <c r="O24" t="s">
         <v>24</v>
       </c>
-      <c r="Q24">
-[...3 lines deleted...]
-    <row r="25" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
+        <v>89</v>
+      </c>
+      <c r="D25" t="s">
+        <v>90</v>
+      </c>
+      <c r="E25" t="s">
+        <v>91</v>
+      </c>
+      <c r="F25" t="s">
+        <v>92</v>
+      </c>
+      <c r="G25" t="s">
+        <v>59</v>
+      </c>
+      <c r="H25" t="b">
+        <v>0</v>
+      </c>
+      <c r="O25" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" t="s">
+        <v>93</v>
+      </c>
+      <c r="D26" t="s">
+        <v>94</v>
+      </c>
+      <c r="E26" t="s">
+        <v>95</v>
+      </c>
+      <c r="F26" t="s">
+        <v>96</v>
+      </c>
+      <c r="G26" t="s">
+        <v>97</v>
+      </c>
+      <c r="H26" t="b">
+        <v>0</v>
+      </c>
+      <c r="O26" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" t="s">
+        <v>98</v>
+      </c>
+      <c r="E27" t="s">
+        <v>99</v>
+      </c>
+      <c r="F27" t="s">
+        <v>100</v>
+      </c>
+      <c r="G27" t="s">
+        <v>97</v>
+      </c>
+      <c r="H27" t="b">
+        <v>0</v>
+      </c>
+      <c r="O27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28" t="s">
+        <v>101</v>
+      </c>
+      <c r="E28" t="s">
+        <v>102</v>
+      </c>
+      <c r="F28" t="s">
+        <v>103</v>
+      </c>
+      <c r="G28" t="s">
         <v>88</v>
       </c>
-      <c r="D25" t="s">
-[...28 lines deleted...]
-      <c r="D26" t="s">
+      <c r="H28" t="b">
+        <v>0</v>
+      </c>
+      <c r="O28" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B29" t="s">
         <v>93</v>
       </c>
-      <c r="E26" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>1057</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>1054</v>
       </c>
       <c r="F29" t="s">
-        <v>104</v>
+        <v>1055</v>
       </c>
       <c r="G29" t="s">
-        <v>92</v>
+        <v>1056</v>
       </c>
       <c r="H29" t="b">
         <v>0</v>
       </c>
       <c r="O29" t="s">
         <v>24</v>
       </c>
-      <c r="Q29">
-[...3 lines deleted...]
-    <row r="30" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="D30" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E30" t="s">
+        <v>108</v>
+      </c>
+      <c r="F30" t="s">
+        <v>109</v>
+      </c>
+      <c r="G30" t="s">
+        <v>59</v>
+      </c>
+      <c r="H30" t="b">
+        <v>0</v>
+      </c>
+      <c r="O30" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" t="s">
         <v>106</v>
       </c>
-      <c r="F30" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E31" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F31" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G31" t="s">
         <v>59</v>
       </c>
       <c r="H31" t="b">
         <v>0</v>
       </c>
       <c r="O31" t="s">
         <v>24</v>
       </c>
-      <c r="Q31">
-[...3 lines deleted...]
-    <row r="32" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D32" t="s">
         <v>113</v>
       </c>
       <c r="E32" t="s">
         <v>114</v>
       </c>
       <c r="F32" t="s">
         <v>115</v>
       </c>
       <c r="G32" t="s">
+        <v>59</v>
+      </c>
+      <c r="H32" t="b">
+        <v>0</v>
+      </c>
+      <c r="O32" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" t="s">
+        <v>106</v>
+      </c>
+      <c r="D33" t="s">
         <v>116</v>
       </c>
-      <c r="H32" t="b">
-[...13 lines deleted...]
-      <c r="B33" t="s">
+      <c r="E33" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" t="s">
+        <v>118</v>
+      </c>
+      <c r="G33" t="s">
+        <v>59</v>
+      </c>
+      <c r="H33" t="b">
+        <v>0</v>
+      </c>
+      <c r="O33" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>18</v>
+      </c>
+      <c r="B34" t="s">
+        <v>106</v>
+      </c>
+      <c r="D34" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" t="s">
+        <v>118</v>
+      </c>
+      <c r="G34" t="s">
+        <v>59</v>
+      </c>
+      <c r="H34" t="b">
+        <v>0</v>
+      </c>
+      <c r="O34" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B35" t="s">
+        <v>106</v>
+      </c>
+      <c r="D35" t="s">
+        <v>121</v>
+      </c>
+      <c r="E35" t="s">
+        <v>122</v>
+      </c>
+      <c r="F35" t="s">
+        <v>109</v>
+      </c>
+      <c r="G35" t="s">
+        <v>59</v>
+      </c>
+      <c r="H35" t="b">
+        <v>0</v>
+      </c>
+      <c r="O35" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B36" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" t="s">
+        <v>123</v>
+      </c>
+      <c r="E36" t="s">
+        <v>124</v>
+      </c>
+      <c r="F36" t="s">
         <v>112</v>
       </c>
-      <c r="D33" t="s">
-[...83 lines deleted...]
-      <c r="B36" t="s">
+      <c r="G36" t="s">
+        <v>59</v>
+      </c>
+      <c r="H36" t="b">
+        <v>0</v>
+      </c>
+      <c r="O36" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37" t="s">
         <v>125</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E37" t="s">
         <v>126</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F37" t="s">
         <v>127</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G37" t="s">
+        <v>59</v>
+      </c>
+      <c r="H37" t="b">
+        <v>0</v>
+      </c>
+      <c r="O37" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" t="s">
         <v>128</v>
       </c>
-      <c r="G36" t="s">
+      <c r="E38" t="s">
         <v>129</v>
       </c>
-      <c r="H36" t="b">
-[...16 lines deleted...]
-      <c r="D37" t="s">
+      <c r="F38" t="s">
         <v>130</v>
       </c>
-      <c r="E37" t="s">
+      <c r="G38" t="s">
+        <v>59</v>
+      </c>
+      <c r="H38" t="b">
+        <v>0</v>
+      </c>
+      <c r="O38" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>18</v>
+      </c>
+      <c r="B39" t="s">
+        <v>106</v>
+      </c>
+      <c r="D39" t="s">
         <v>131</v>
       </c>
-      <c r="F37" t="s">
+      <c r="E39" t="s">
         <v>132</v>
       </c>
-      <c r="G37" t="s">
-[...19 lines deleted...]
-      <c r="D38" t="s">
+      <c r="F39" t="s">
+        <v>127</v>
+      </c>
+      <c r="G39" t="s">
+        <v>59</v>
+      </c>
+      <c r="H39" t="b">
+        <v>0</v>
+      </c>
+      <c r="O39" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>18</v>
+      </c>
+      <c r="B40" t="s">
+        <v>106</v>
+      </c>
+      <c r="D40" t="s">
         <v>133</v>
       </c>
-      <c r="E38" t="s">
+      <c r="E40" t="s">
         <v>134</v>
       </c>
-      <c r="F38" t="s">
+      <c r="F40" t="s">
         <v>135</v>
       </c>
-      <c r="G38" t="s">
+      <c r="G40" t="s">
+        <v>59</v>
+      </c>
+      <c r="H40" t="b">
+        <v>0</v>
+      </c>
+      <c r="O40" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" t="s">
+        <v>106</v>
+      </c>
+      <c r="D41" t="s">
         <v>136</v>
       </c>
-      <c r="H38" t="b">
-[...16 lines deleted...]
-      <c r="D39" t="s">
+      <c r="E41" t="s">
         <v>137</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F41" t="s">
         <v>138</v>
       </c>
-      <c r="F39" t="s">
-[...22 lines deleted...]
-      <c r="D40" t="s">
+      <c r="G41" t="s">
+        <v>59</v>
+      </c>
+      <c r="H41" t="b">
+        <v>0</v>
+      </c>
+      <c r="O41" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>18</v>
+      </c>
+      <c r="B42" t="s">
+        <v>139</v>
+      </c>
+      <c r="D42" t="s">
         <v>140</v>
       </c>
-      <c r="E40" t="s">
+      <c r="E42" t="s">
         <v>141</v>
       </c>
-      <c r="F40" t="s">
+      <c r="F42" t="s">
         <v>142</v>
       </c>
-      <c r="G40" t="s">
-[...22 lines deleted...]
-      <c r="E41" t="s">
+      <c r="G42" t="s">
+        <v>143</v>
+      </c>
+      <c r="H42" t="b">
+        <v>0</v>
+      </c>
+      <c r="O42" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>18</v>
+      </c>
+      <c r="B43" t="s">
+        <v>139</v>
+      </c>
+      <c r="D43" t="s">
         <v>144</v>
       </c>
-      <c r="F41" t="s">
+      <c r="E43" t="s">
         <v>145</v>
       </c>
-      <c r="G41" t="s">
-[...16 lines deleted...]
-      <c r="B42" t="s">
+      <c r="F43" t="s">
         <v>146</v>
       </c>
-      <c r="D42" t="s">
+      <c r="G43" t="s">
+        <v>143</v>
+      </c>
+      <c r="H43" t="b">
+        <v>0</v>
+      </c>
+      <c r="O43" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>18</v>
+      </c>
+      <c r="B44" t="s">
+        <v>139</v>
+      </c>
+      <c r="D44" t="s">
         <v>147</v>
       </c>
-      <c r="E42" t="s">
+      <c r="E44" t="s">
         <v>148</v>
       </c>
-      <c r="F42" t="s">
+      <c r="F44" t="s">
         <v>149</v>
       </c>
-      <c r="G42" t="s">
+      <c r="G44" t="s">
+        <v>143</v>
+      </c>
+      <c r="H44" t="b">
+        <v>0</v>
+      </c>
+      <c r="O44" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>18</v>
+      </c>
+      <c r="B45" t="s">
+        <v>139</v>
+      </c>
+      <c r="D45" t="s">
+        <v>150</v>
+      </c>
+      <c r="E45" t="s">
+        <v>151</v>
+      </c>
+      <c r="F45" t="s">
+        <v>152</v>
+      </c>
+      <c r="G45" t="s">
+        <v>143</v>
+      </c>
+      <c r="H45" t="b">
+        <v>0</v>
+      </c>
+      <c r="O45" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>18</v>
+      </c>
+      <c r="B46" t="s">
+        <v>139</v>
+      </c>
+      <c r="D46" t="s">
+        <v>153</v>
+      </c>
+      <c r="E46" t="s">
+        <v>154</v>
+      </c>
+      <c r="F46" t="s">
+        <v>155</v>
+      </c>
+      <c r="G46" t="s">
+        <v>143</v>
+      </c>
+      <c r="H46" t="b">
+        <v>0</v>
+      </c>
+      <c r="O46" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>18</v>
+      </c>
+      <c r="B47" t="s">
+        <v>139</v>
+      </c>
+      <c r="D47" t="s">
+        <v>156</v>
+      </c>
+      <c r="E47" t="s">
+        <v>157</v>
+      </c>
+      <c r="F47" t="s">
+        <v>158</v>
+      </c>
+      <c r="G47" t="s">
+        <v>143</v>
+      </c>
+      <c r="H47" t="b">
+        <v>0</v>
+      </c>
+      <c r="O47" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>18</v>
+      </c>
+      <c r="B48" t="s">
+        <v>139</v>
+      </c>
+      <c r="D48" t="s">
+        <v>159</v>
+      </c>
+      <c r="E48" t="s">
+        <v>160</v>
+      </c>
+      <c r="F48" t="s">
+        <v>161</v>
+      </c>
+      <c r="G48" t="s">
+        <v>143</v>
+      </c>
+      <c r="H48" t="b">
+        <v>0</v>
+      </c>
+      <c r="O48" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>18</v>
+      </c>
+      <c r="B49" t="s">
+        <v>139</v>
+      </c>
+      <c r="D49" t="s">
+        <v>162</v>
+      </c>
+      <c r="E49" t="s">
+        <v>163</v>
+      </c>
+      <c r="F49" t="s">
+        <v>164</v>
+      </c>
+      <c r="G49" t="s">
+        <v>143</v>
+      </c>
+      <c r="H49" t="b">
+        <v>0</v>
+      </c>
+      <c r="O49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>18</v>
+      </c>
+      <c r="B50" t="s">
+        <v>139</v>
+      </c>
+      <c r="D50" t="s">
+        <v>165</v>
+      </c>
+      <c r="E50" t="s">
+        <v>166</v>
+      </c>
+      <c r="F50" t="s">
+        <v>152</v>
+      </c>
+      <c r="G50" t="s">
+        <v>143</v>
+      </c>
+      <c r="H50" t="b">
+        <v>0</v>
+      </c>
+      <c r="O50" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>18</v>
+      </c>
+      <c r="B51" t="s">
+        <v>139</v>
+      </c>
+      <c r="D51" t="s">
+        <v>167</v>
+      </c>
+      <c r="E51" t="s">
+        <v>168</v>
+      </c>
+      <c r="F51" t="s">
+        <v>169</v>
+      </c>
+      <c r="G51" t="s">
+        <v>143</v>
+      </c>
+      <c r="H51" t="b">
+        <v>0</v>
+      </c>
+      <c r="O51" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>18</v>
+      </c>
+      <c r="B52" t="s">
+        <v>139</v>
+      </c>
+      <c r="D52" t="s">
+        <v>170</v>
+      </c>
+      <c r="E52" t="s">
+        <v>171</v>
+      </c>
+      <c r="F52" t="s">
+        <v>172</v>
+      </c>
+      <c r="G52" t="s">
+        <v>143</v>
+      </c>
+      <c r="H52" t="b">
+        <v>0</v>
+      </c>
+      <c r="O52" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" t="s">
+        <v>173</v>
+      </c>
+      <c r="E53" t="s">
+        <v>174</v>
+      </c>
+      <c r="F53" t="s">
+        <v>175</v>
+      </c>
+      <c r="G53" t="s">
+        <v>143</v>
+      </c>
+      <c r="H53" t="b">
+        <v>0</v>
+      </c>
+      <c r="O53" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>18</v>
+      </c>
+      <c r="B54" t="s">
+        <v>139</v>
+      </c>
+      <c r="D54" t="s">
+        <v>176</v>
+      </c>
+      <c r="E54" t="s">
+        <v>177</v>
+      </c>
+      <c r="F54" t="s">
+        <v>164</v>
+      </c>
+      <c r="G54" t="s">
+        <v>143</v>
+      </c>
+      <c r="H54" t="b">
+        <v>0</v>
+      </c>
+      <c r="O54" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>18</v>
+      </c>
+      <c r="B55" t="s">
+        <v>139</v>
+      </c>
+      <c r="D55" t="s">
+        <v>178</v>
+      </c>
+      <c r="E55" t="s">
+        <v>179</v>
+      </c>
+      <c r="F55" t="s">
+        <v>180</v>
+      </c>
+      <c r="G55" t="s">
+        <v>143</v>
+      </c>
+      <c r="H55" t="b">
+        <v>0</v>
+      </c>
+      <c r="O55" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>18</v>
+      </c>
+      <c r="B56" t="s">
+        <v>139</v>
+      </c>
+      <c r="D56" t="s">
+        <v>181</v>
+      </c>
+      <c r="E56" t="s">
+        <v>182</v>
+      </c>
+      <c r="F56" t="s">
+        <v>183</v>
+      </c>
+      <c r="G56" t="s">
+        <v>143</v>
+      </c>
+      <c r="H56" t="b">
+        <v>0</v>
+      </c>
+      <c r="O56" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>18</v>
+      </c>
+      <c r="B57" t="s">
+        <v>139</v>
+      </c>
+      <c r="D57" t="s">
+        <v>184</v>
+      </c>
+      <c r="E57" t="s">
+        <v>185</v>
+      </c>
+      <c r="F57" t="s">
+        <v>186</v>
+      </c>
+      <c r="G57" t="s">
+        <v>143</v>
+      </c>
+      <c r="H57" t="b">
+        <v>0</v>
+      </c>
+      <c r="O57" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>18</v>
+      </c>
+      <c r="B58" t="s">
+        <v>139</v>
+      </c>
+      <c r="D58" t="s">
+        <v>187</v>
+      </c>
+      <c r="E58" t="s">
+        <v>188</v>
+      </c>
+      <c r="F58" t="s">
+        <v>149</v>
+      </c>
+      <c r="G58" t="s">
+        <v>143</v>
+      </c>
+      <c r="H58" t="b">
+        <v>0</v>
+      </c>
+      <c r="O58" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>18</v>
+      </c>
+      <c r="B59" t="s">
+        <v>139</v>
+      </c>
+      <c r="D59" t="s">
+        <v>189</v>
+      </c>
+      <c r="E59" t="s">
+        <v>190</v>
+      </c>
+      <c r="F59" t="s">
+        <v>191</v>
+      </c>
+      <c r="G59" t="s">
+        <v>143</v>
+      </c>
+      <c r="H59" t="b">
+        <v>0</v>
+      </c>
+      <c r="O59" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>18</v>
+      </c>
+      <c r="B60" t="s">
+        <v>139</v>
+      </c>
+      <c r="D60" t="s">
+        <v>192</v>
+      </c>
+      <c r="E60" t="s">
+        <v>193</v>
+      </c>
+      <c r="F60" t="s">
+        <v>186</v>
+      </c>
+      <c r="G60" t="s">
+        <v>143</v>
+      </c>
+      <c r="H60" t="b">
+        <v>0</v>
+      </c>
+      <c r="O60" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>18</v>
+      </c>
+      <c r="B61" t="s">
+        <v>139</v>
+      </c>
+      <c r="D61" t="s">
+        <v>194</v>
+      </c>
+      <c r="E61" t="s">
+        <v>195</v>
+      </c>
+      <c r="F61" t="s">
+        <v>196</v>
+      </c>
+      <c r="G61" t="s">
+        <v>143</v>
+      </c>
+      <c r="H61" t="b">
+        <v>0</v>
+      </c>
+      <c r="O61" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>18</v>
+      </c>
+      <c r="B62" t="s">
+        <v>139</v>
+      </c>
+      <c r="D62" t="s">
+        <v>197</v>
+      </c>
+      <c r="E62" t="s">
+        <v>198</v>
+      </c>
+      <c r="F62" t="s">
+        <v>199</v>
+      </c>
+      <c r="G62" t="s">
+        <v>143</v>
+      </c>
+      <c r="H62" t="b">
+        <v>0</v>
+      </c>
+      <c r="O62" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>18</v>
+      </c>
+      <c r="B63" t="s">
+        <v>139</v>
+      </c>
+      <c r="D63" t="s">
+        <v>200</v>
+      </c>
+      <c r="E63" t="s">
+        <v>201</v>
+      </c>
+      <c r="F63" t="s">
+        <v>202</v>
+      </c>
+      <c r="G63" t="s">
+        <v>143</v>
+      </c>
+      <c r="H63" t="b">
+        <v>0</v>
+      </c>
+      <c r="O63" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>18</v>
+      </c>
+      <c r="B64" t="s">
+        <v>139</v>
+      </c>
+      <c r="D64" t="s">
+        <v>203</v>
+      </c>
+      <c r="E64" t="s">
+        <v>204</v>
+      </c>
+      <c r="F64" t="s">
+        <v>205</v>
+      </c>
+      <c r="G64" t="s">
+        <v>206</v>
+      </c>
+      <c r="H64" t="b">
+        <v>0</v>
+      </c>
+      <c r="O64" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>18</v>
+      </c>
+      <c r="B65" t="s">
+        <v>139</v>
+      </c>
+      <c r="D65" t="s">
+        <v>207</v>
+      </c>
+      <c r="E65" t="s">
+        <v>208</v>
+      </c>
+      <c r="F65" t="s">
+        <v>186</v>
+      </c>
+      <c r="G65" t="s">
+        <v>143</v>
+      </c>
+      <c r="H65" t="b">
+        <v>0</v>
+      </c>
+      <c r="O65" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>18</v>
+      </c>
+      <c r="B66" t="s">
+        <v>139</v>
+      </c>
+      <c r="D66" t="s">
+        <v>209</v>
+      </c>
+      <c r="E66" t="s">
+        <v>210</v>
+      </c>
+      <c r="F66" t="s">
+        <v>211</v>
+      </c>
+      <c r="G66" t="s">
+        <v>143</v>
+      </c>
+      <c r="H66" t="b">
+        <v>0</v>
+      </c>
+      <c r="O66" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>18</v>
+      </c>
+      <c r="B67" t="s">
+        <v>139</v>
+      </c>
+      <c r="D67" t="s">
+        <v>212</v>
+      </c>
+      <c r="E67" t="s">
+        <v>213</v>
+      </c>
+      <c r="F67" t="s">
+        <v>172</v>
+      </c>
+      <c r="G67" t="s">
+        <v>143</v>
+      </c>
+      <c r="H67" t="b">
+        <v>0</v>
+      </c>
+      <c r="O67" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>18</v>
+      </c>
+      <c r="B68" t="s">
+        <v>139</v>
+      </c>
+      <c r="D68" t="s">
+        <v>214</v>
+      </c>
+      <c r="E68" t="s">
+        <v>215</v>
+      </c>
+      <c r="F68" t="s">
+        <v>216</v>
+      </c>
+      <c r="G68" t="s">
+        <v>143</v>
+      </c>
+      <c r="H68" t="b">
+        <v>0</v>
+      </c>
+      <c r="O68" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>18</v>
+      </c>
+      <c r="B69" t="s">
+        <v>139</v>
+      </c>
+      <c r="D69" t="s">
+        <v>217</v>
+      </c>
+      <c r="E69" t="s">
+        <v>218</v>
+      </c>
+      <c r="F69" t="s">
+        <v>219</v>
+      </c>
+      <c r="G69" t="s">
+        <v>143</v>
+      </c>
+      <c r="H69" t="b">
+        <v>0</v>
+      </c>
+      <c r="O69" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>18</v>
+      </c>
+      <c r="B70" t="s">
+        <v>139</v>
+      </c>
+      <c r="D70" t="s">
+        <v>220</v>
+      </c>
+      <c r="E70" t="s">
+        <v>221</v>
+      </c>
+      <c r="F70" t="s">
+        <v>196</v>
+      </c>
+      <c r="G70" t="s">
+        <v>143</v>
+      </c>
+      <c r="H70" t="b">
+        <v>0</v>
+      </c>
+      <c r="O70" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>18</v>
+      </c>
+      <c r="B71" t="s">
+        <v>139</v>
+      </c>
+      <c r="D71" t="s">
+        <v>222</v>
+      </c>
+      <c r="E71" t="s">
+        <v>223</v>
+      </c>
+      <c r="F71" t="s">
+        <v>224</v>
+      </c>
+      <c r="G71" t="s">
+        <v>143</v>
+      </c>
+      <c r="H71" t="b">
+        <v>0</v>
+      </c>
+      <c r="O71" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>18</v>
+      </c>
+      <c r="B72" t="s">
+        <v>139</v>
+      </c>
+      <c r="D72" t="s">
+        <v>225</v>
+      </c>
+      <c r="E72" t="s">
+        <v>226</v>
+      </c>
+      <c r="F72" t="s">
+        <v>227</v>
+      </c>
+      <c r="G72" t="s">
+        <v>143</v>
+      </c>
+      <c r="H72" t="b">
+        <v>0</v>
+      </c>
+      <c r="O72" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>18</v>
+      </c>
+      <c r="B73" t="s">
+        <v>139</v>
+      </c>
+      <c r="D73" t="s">
+        <v>228</v>
+      </c>
+      <c r="E73" t="s">
+        <v>229</v>
+      </c>
+      <c r="F73" t="s">
+        <v>230</v>
+      </c>
+      <c r="G73" t="s">
+        <v>143</v>
+      </c>
+      <c r="H73" t="b">
+        <v>0</v>
+      </c>
+      <c r="O73" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>18</v>
+      </c>
+      <c r="B74" t="s">
+        <v>139</v>
+      </c>
+      <c r="D74" t="s">
+        <v>231</v>
+      </c>
+      <c r="E74" t="s">
+        <v>232</v>
+      </c>
+      <c r="F74" t="s">
+        <v>233</v>
+      </c>
+      <c r="G74" t="s">
+        <v>143</v>
+      </c>
+      <c r="H74" t="b">
+        <v>0</v>
+      </c>
+      <c r="O74" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>18</v>
+      </c>
+      <c r="B75" t="s">
+        <v>139</v>
+      </c>
+      <c r="D75" t="s">
+        <v>234</v>
+      </c>
+      <c r="E75" t="s">
+        <v>235</v>
+      </c>
+      <c r="F75" t="s">
+        <v>236</v>
+      </c>
+      <c r="G75" t="s">
+        <v>143</v>
+      </c>
+      <c r="H75" t="b">
+        <v>0</v>
+      </c>
+      <c r="O75" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>18</v>
+      </c>
+      <c r="B76" t="s">
+        <v>139</v>
+      </c>
+      <c r="D76" t="s">
+        <v>237</v>
+      </c>
+      <c r="E76" t="s">
+        <v>238</v>
+      </c>
+      <c r="F76" t="s">
+        <v>239</v>
+      </c>
+      <c r="G76" t="s">
+        <v>143</v>
+      </c>
+      <c r="H76" t="b">
+        <v>0</v>
+      </c>
+      <c r="O76" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>18</v>
+      </c>
+      <c r="B77" t="s">
+        <v>139</v>
+      </c>
+      <c r="D77" t="s">
+        <v>240</v>
+      </c>
+      <c r="E77" t="s">
+        <v>241</v>
+      </c>
+      <c r="F77" t="s">
+        <v>242</v>
+      </c>
+      <c r="G77" t="s">
+        <v>143</v>
+      </c>
+      <c r="H77" t="b">
+        <v>0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>18</v>
+      </c>
+      <c r="B78" t="s">
+        <v>139</v>
+      </c>
+      <c r="D78" t="s">
+        <v>243</v>
+      </c>
+      <c r="E78" t="s">
+        <v>244</v>
+      </c>
+      <c r="F78" t="s">
+        <v>245</v>
+      </c>
+      <c r="G78" t="s">
+        <v>143</v>
+      </c>
+      <c r="H78" t="b">
+        <v>0</v>
+      </c>
+      <c r="O78" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>18</v>
+      </c>
+      <c r="B79" t="s">
+        <v>139</v>
+      </c>
+      <c r="D79" t="s">
+        <v>246</v>
+      </c>
+      <c r="E79" t="s">
+        <v>247</v>
+      </c>
+      <c r="F79" t="s">
+        <v>248</v>
+      </c>
+      <c r="G79" t="s">
+        <v>143</v>
+      </c>
+      <c r="H79" t="b">
+        <v>0</v>
+      </c>
+      <c r="O79" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>18</v>
+      </c>
+      <c r="B80" t="s">
+        <v>139</v>
+      </c>
+      <c r="D80" t="s">
+        <v>249</v>
+      </c>
+      <c r="E80" t="s">
+        <v>250</v>
+      </c>
+      <c r="F80" t="s">
+        <v>251</v>
+      </c>
+      <c r="G80" t="s">
+        <v>143</v>
+      </c>
+      <c r="H80" t="b">
+        <v>0</v>
+      </c>
+      <c r="O80" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>18</v>
+      </c>
+      <c r="B81" t="s">
+        <v>139</v>
+      </c>
+      <c r="D81" t="s">
+        <v>252</v>
+      </c>
+      <c r="E81" t="s">
+        <v>253</v>
+      </c>
+      <c r="F81" t="s">
+        <v>191</v>
+      </c>
+      <c r="G81" t="s">
+        <v>143</v>
+      </c>
+      <c r="H81" t="b">
+        <v>0</v>
+      </c>
+      <c r="O81" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>18</v>
+      </c>
+      <c r="B82" t="s">
+        <v>139</v>
+      </c>
+      <c r="D82" t="s">
+        <v>254</v>
+      </c>
+      <c r="E82" t="s">
+        <v>255</v>
+      </c>
+      <c r="F82" t="s">
+        <v>152</v>
+      </c>
+      <c r="G82" t="s">
+        <v>143</v>
+      </c>
+      <c r="H82" t="b">
+        <v>0</v>
+      </c>
+      <c r="O82" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>18</v>
+      </c>
+      <c r="B83" t="s">
+        <v>139</v>
+      </c>
+      <c r="D83" t="s">
+        <v>256</v>
+      </c>
+      <c r="E83" t="s">
+        <v>257</v>
+      </c>
+      <c r="F83" t="s">
+        <v>258</v>
+      </c>
+      <c r="G83" t="s">
+        <v>143</v>
+      </c>
+      <c r="H83" t="b">
+        <v>0</v>
+      </c>
+      <c r="O83" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>18</v>
+      </c>
+      <c r="B84" t="s">
+        <v>139</v>
+      </c>
+      <c r="D84" t="s">
+        <v>259</v>
+      </c>
+      <c r="E84" t="s">
+        <v>260</v>
+      </c>
+      <c r="F84" t="s">
+        <v>261</v>
+      </c>
+      <c r="G84" t="s">
+        <v>143</v>
+      </c>
+      <c r="H84" t="b">
+        <v>0</v>
+      </c>
+      <c r="O84" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>18</v>
+      </c>
+      <c r="B85" t="s">
+        <v>139</v>
+      </c>
+      <c r="D85" t="s">
+        <v>262</v>
+      </c>
+      <c r="E85" t="s">
+        <v>263</v>
+      </c>
+      <c r="F85" t="s">
+        <v>264</v>
+      </c>
+      <c r="G85" t="s">
+        <v>143</v>
+      </c>
+      <c r="H85" t="b">
+        <v>0</v>
+      </c>
+      <c r="O85" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>18</v>
+      </c>
+      <c r="B86" t="s">
+        <v>139</v>
+      </c>
+      <c r="D86" t="s">
+        <v>265</v>
+      </c>
+      <c r="E86" t="s">
+        <v>266</v>
+      </c>
+      <c r="F86" t="s">
+        <v>258</v>
+      </c>
+      <c r="G86" t="s">
+        <v>143</v>
+      </c>
+      <c r="H86" t="b">
+        <v>0</v>
+      </c>
+      <c r="O86" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>18</v>
+      </c>
+      <c r="B87" t="s">
+        <v>139</v>
+      </c>
+      <c r="D87" t="s">
+        <v>267</v>
+      </c>
+      <c r="E87" t="s">
+        <v>268</v>
+      </c>
+      <c r="F87" t="s">
+        <v>269</v>
+      </c>
+      <c r="G87" t="s">
+        <v>143</v>
+      </c>
+      <c r="H87" t="b">
+        <v>0</v>
+      </c>
+      <c r="O87" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>18</v>
+      </c>
+      <c r="B88" t="s">
+        <v>139</v>
+      </c>
+      <c r="D88" t="s">
+        <v>270</v>
+      </c>
+      <c r="E88" t="s">
+        <v>271</v>
+      </c>
+      <c r="F88" t="s">
+        <v>272</v>
+      </c>
+      <c r="G88" t="s">
+        <v>143</v>
+      </c>
+      <c r="H88" t="b">
+        <v>0</v>
+      </c>
+      <c r="O88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>18</v>
+      </c>
+      <c r="B89" t="s">
+        <v>139</v>
+      </c>
+      <c r="D89" t="s">
+        <v>273</v>
+      </c>
+      <c r="E89" t="s">
+        <v>274</v>
+      </c>
+      <c r="F89" t="s">
+        <v>275</v>
+      </c>
+      <c r="G89" t="s">
+        <v>143</v>
+      </c>
+      <c r="H89" t="b">
+        <v>0</v>
+      </c>
+      <c r="O89" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>18</v>
+      </c>
+      <c r="B90" t="s">
+        <v>139</v>
+      </c>
+      <c r="D90" t="s">
+        <v>276</v>
+      </c>
+      <c r="E90" t="s">
+        <v>277</v>
+      </c>
+      <c r="F90" t="s">
+        <v>278</v>
+      </c>
+      <c r="G90" t="s">
+        <v>143</v>
+      </c>
+      <c r="H90" t="b">
+        <v>0</v>
+      </c>
+      <c r="O90" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>18</v>
+      </c>
+      <c r="B91" t="s">
+        <v>139</v>
+      </c>
+      <c r="D91" t="s">
+        <v>279</v>
+      </c>
+      <c r="E91" t="s">
+        <v>280</v>
+      </c>
+      <c r="F91" t="s">
+        <v>281</v>
+      </c>
+      <c r="G91" t="s">
+        <v>143</v>
+      </c>
+      <c r="H91" t="b">
+        <v>0</v>
+      </c>
+      <c r="O91" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>18</v>
+      </c>
+      <c r="B92" t="s">
+        <v>139</v>
+      </c>
+      <c r="D92" t="s">
+        <v>282</v>
+      </c>
+      <c r="E92" t="s">
+        <v>283</v>
+      </c>
+      <c r="F92" t="s">
+        <v>284</v>
+      </c>
+      <c r="G92" t="s">
+        <v>143</v>
+      </c>
+      <c r="H92" t="b">
+        <v>0</v>
+      </c>
+      <c r="O92" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>18</v>
+      </c>
+      <c r="B93" t="s">
+        <v>139</v>
+      </c>
+      <c r="D93" t="s">
+        <v>285</v>
+      </c>
+      <c r="E93" t="s">
+        <v>286</v>
+      </c>
+      <c r="F93" t="s">
+        <v>287</v>
+      </c>
+      <c r="G93" t="s">
+        <v>143</v>
+      </c>
+      <c r="H93" t="b">
+        <v>0</v>
+      </c>
+      <c r="O93" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="94" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>18</v>
+      </c>
+      <c r="B94" t="s">
+        <v>139</v>
+      </c>
+      <c r="D94" t="s">
+        <v>288</v>
+      </c>
+      <c r="E94" t="s">
+        <v>289</v>
+      </c>
+      <c r="F94" t="s">
+        <v>290</v>
+      </c>
+      <c r="G94" t="s">
+        <v>143</v>
+      </c>
+      <c r="H94" t="b">
+        <v>0</v>
+      </c>
+      <c r="O94" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>18</v>
+      </c>
+      <c r="B95" t="s">
+        <v>139</v>
+      </c>
+      <c r="D95" t="s">
+        <v>291</v>
+      </c>
+      <c r="E95" t="s">
+        <v>292</v>
+      </c>
+      <c r="F95" t="s">
+        <v>293</v>
+      </c>
+      <c r="G95" t="s">
+        <v>143</v>
+      </c>
+      <c r="H95" t="b">
+        <v>0</v>
+      </c>
+      <c r="O95" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>18</v>
+      </c>
+      <c r="B96" t="s">
+        <v>139</v>
+      </c>
+      <c r="D96" t="s">
+        <v>294</v>
+      </c>
+      <c r="E96" t="s">
+        <v>295</v>
+      </c>
+      <c r="F96" t="s">
+        <v>296</v>
+      </c>
+      <c r="G96" t="s">
+        <v>143</v>
+      </c>
+      <c r="H96" t="b">
+        <v>0</v>
+      </c>
+      <c r="O96" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="97" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>18</v>
+      </c>
+      <c r="B97" t="s">
+        <v>139</v>
+      </c>
+      <c r="D97" t="s">
+        <v>297</v>
+      </c>
+      <c r="E97" t="s">
+        <v>298</v>
+      </c>
+      <c r="F97" t="s">
+        <v>299</v>
+      </c>
+      <c r="G97" t="s">
+        <v>143</v>
+      </c>
+      <c r="H97" t="b">
+        <v>0</v>
+      </c>
+      <c r="O97" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>18</v>
+      </c>
+      <c r="B98" t="s">
+        <v>139</v>
+      </c>
+      <c r="D98" t="s">
+        <v>300</v>
+      </c>
+      <c r="E98" t="s">
+        <v>301</v>
+      </c>
+      <c r="F98" t="s">
+        <v>302</v>
+      </c>
+      <c r="G98" t="s">
+        <v>143</v>
+      </c>
+      <c r="H98" t="b">
+        <v>0</v>
+      </c>
+      <c r="O98" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>18</v>
+      </c>
+      <c r="B99" t="s">
+        <v>139</v>
+      </c>
+      <c r="D99" t="s">
+        <v>303</v>
+      </c>
+      <c r="E99" t="s">
+        <v>304</v>
+      </c>
+      <c r="F99" t="s">
+        <v>305</v>
+      </c>
+      <c r="G99" t="s">
+        <v>143</v>
+      </c>
+      <c r="H99" t="b">
+        <v>0</v>
+      </c>
+      <c r="O99" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>18</v>
+      </c>
+      <c r="B100" t="s">
+        <v>139</v>
+      </c>
+      <c r="D100" t="s">
+        <v>306</v>
+      </c>
+      <c r="E100" t="s">
+        <v>307</v>
+      </c>
+      <c r="F100" t="s">
+        <v>130</v>
+      </c>
+      <c r="G100" t="s">
+        <v>143</v>
+      </c>
+      <c r="H100" t="b">
+        <v>0</v>
+      </c>
+      <c r="O100" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>18</v>
+      </c>
+      <c r="B101" t="s">
+        <v>139</v>
+      </c>
+      <c r="D101" t="s">
+        <v>308</v>
+      </c>
+      <c r="E101" t="s">
+        <v>309</v>
+      </c>
+      <c r="F101" t="s">
+        <v>310</v>
+      </c>
+      <c r="G101" t="s">
+        <v>143</v>
+      </c>
+      <c r="H101" t="b">
+        <v>0</v>
+      </c>
+      <c r="O101" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>18</v>
+      </c>
+      <c r="B102" t="s">
+        <v>139</v>
+      </c>
+      <c r="D102" t="s">
+        <v>311</v>
+      </c>
+      <c r="E102" t="s">
+        <v>312</v>
+      </c>
+      <c r="F102" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102" t="s">
+        <v>143</v>
+      </c>
+      <c r="H102" t="b">
+        <v>0</v>
+      </c>
+      <c r="O102" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="103" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>18</v>
+      </c>
+      <c r="B103" t="s">
+        <v>139</v>
+      </c>
+      <c r="D103" t="s">
+        <v>313</v>
+      </c>
+      <c r="E103" t="s">
+        <v>314</v>
+      </c>
+      <c r="F103" t="s">
+        <v>315</v>
+      </c>
+      <c r="G103" t="s">
+        <v>143</v>
+      </c>
+      <c r="H103" t="b">
+        <v>0</v>
+      </c>
+      <c r="O103" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>18</v>
+      </c>
+      <c r="B104" t="s">
+        <v>139</v>
+      </c>
+      <c r="D104" t="s">
+        <v>316</v>
+      </c>
+      <c r="E104" t="s">
+        <v>317</v>
+      </c>
+      <c r="F104" t="s">
+        <v>318</v>
+      </c>
+      <c r="G104" t="s">
+        <v>143</v>
+      </c>
+      <c r="H104" t="b">
+        <v>0</v>
+      </c>
+      <c r="O104" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>18</v>
+      </c>
+      <c r="B105" t="s">
+        <v>139</v>
+      </c>
+      <c r="D105" t="s">
+        <v>319</v>
+      </c>
+      <c r="E105" t="s">
+        <v>320</v>
+      </c>
+      <c r="F105" t="s">
+        <v>321</v>
+      </c>
+      <c r="G105" t="s">
+        <v>143</v>
+      </c>
+      <c r="H105" t="b">
+        <v>0</v>
+      </c>
+      <c r="O105" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>18</v>
+      </c>
+      <c r="B106" t="s">
+        <v>139</v>
+      </c>
+      <c r="D106" t="s">
+        <v>322</v>
+      </c>
+      <c r="E106" t="s">
+        <v>323</v>
+      </c>
+      <c r="F106" t="s">
+        <v>324</v>
+      </c>
+      <c r="G106" t="s">
+        <v>143</v>
+      </c>
+      <c r="H106" t="b">
+        <v>0</v>
+      </c>
+      <c r="O106" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>18</v>
+      </c>
+      <c r="B107" t="s">
+        <v>139</v>
+      </c>
+      <c r="D107" t="s">
+        <v>325</v>
+      </c>
+      <c r="E107" t="s">
+        <v>326</v>
+      </c>
+      <c r="F107" t="s">
+        <v>327</v>
+      </c>
+      <c r="G107" t="s">
+        <v>143</v>
+      </c>
+      <c r="H107" t="b">
+        <v>0</v>
+      </c>
+      <c r="O107" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>18</v>
+      </c>
+      <c r="B108" t="s">
+        <v>139</v>
+      </c>
+      <c r="D108" t="s">
+        <v>328</v>
+      </c>
+      <c r="E108" t="s">
+        <v>329</v>
+      </c>
+      <c r="F108" t="s">
+        <v>330</v>
+      </c>
+      <c r="G108" t="s">
+        <v>143</v>
+      </c>
+      <c r="H108" t="b">
+        <v>0</v>
+      </c>
+      <c r="O108" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>18</v>
+      </c>
+      <c r="B109" t="s">
+        <v>139</v>
+      </c>
+      <c r="D109" t="s">
+        <v>331</v>
+      </c>
+      <c r="E109" t="s">
+        <v>332</v>
+      </c>
+      <c r="F109" t="s">
+        <v>333</v>
+      </c>
+      <c r="G109" t="s">
+        <v>143</v>
+      </c>
+      <c r="H109" t="b">
+        <v>0</v>
+      </c>
+      <c r="O109" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>18</v>
+      </c>
+      <c r="B110" t="s">
+        <v>139</v>
+      </c>
+      <c r="D110" t="s">
+        <v>334</v>
+      </c>
+      <c r="E110" t="s">
+        <v>335</v>
+      </c>
+      <c r="F110" t="s">
+        <v>336</v>
+      </c>
+      <c r="G110" t="s">
+        <v>143</v>
+      </c>
+      <c r="H110" t="b">
+        <v>0</v>
+      </c>
+      <c r="O110" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>18</v>
+      </c>
+      <c r="B111" t="s">
+        <v>139</v>
+      </c>
+      <c r="D111" t="s">
+        <v>337</v>
+      </c>
+      <c r="E111" t="s">
+        <v>338</v>
+      </c>
+      <c r="F111" t="s">
+        <v>339</v>
+      </c>
+      <c r="G111" t="s">
+        <v>143</v>
+      </c>
+      <c r="H111" t="b">
+        <v>0</v>
+      </c>
+      <c r="O111" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>18</v>
+      </c>
+      <c r="B112" t="s">
+        <v>139</v>
+      </c>
+      <c r="D112" t="s">
+        <v>340</v>
+      </c>
+      <c r="E112" t="s">
+        <v>341</v>
+      </c>
+      <c r="F112" t="s">
+        <v>149</v>
+      </c>
+      <c r="G112" t="s">
+        <v>143</v>
+      </c>
+      <c r="H112" t="b">
+        <v>0</v>
+      </c>
+      <c r="O112" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>18</v>
+      </c>
+      <c r="B113" t="s">
+        <v>139</v>
+      </c>
+      <c r="D113" t="s">
+        <v>342</v>
+      </c>
+      <c r="E113" t="s">
+        <v>343</v>
+      </c>
+      <c r="F113" t="s">
+        <v>344</v>
+      </c>
+      <c r="G113" t="s">
+        <v>143</v>
+      </c>
+      <c r="H113" t="b">
+        <v>0</v>
+      </c>
+      <c r="O113" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>18</v>
+      </c>
+      <c r="B114" t="s">
+        <v>139</v>
+      </c>
+      <c r="D114" t="s">
+        <v>345</v>
+      </c>
+      <c r="E114" t="s">
+        <v>346</v>
+      </c>
+      <c r="F114" t="s">
+        <v>347</v>
+      </c>
+      <c r="G114" t="s">
+        <v>143</v>
+      </c>
+      <c r="H114" t="b">
+        <v>0</v>
+      </c>
+      <c r="O114" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>18</v>
+      </c>
+      <c r="B115" t="s">
+        <v>139</v>
+      </c>
+      <c r="D115" t="s">
+        <v>348</v>
+      </c>
+      <c r="E115" t="s">
+        <v>349</v>
+      </c>
+      <c r="F115" t="s">
+        <v>186</v>
+      </c>
+      <c r="G115" t="s">
+        <v>143</v>
+      </c>
+      <c r="H115" t="b">
+        <v>0</v>
+      </c>
+      <c r="O115" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>18</v>
+      </c>
+      <c r="B116" t="s">
+        <v>139</v>
+      </c>
+      <c r="D116" t="s">
+        <v>350</v>
+      </c>
+      <c r="E116" t="s">
+        <v>351</v>
+      </c>
+      <c r="F116" t="s">
+        <v>352</v>
+      </c>
+      <c r="G116" t="s">
+        <v>143</v>
+      </c>
+      <c r="H116" t="b">
+        <v>0</v>
+      </c>
+      <c r="O116" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>18</v>
+      </c>
+      <c r="B117" t="s">
+        <v>139</v>
+      </c>
+      <c r="D117" t="s">
+        <v>353</v>
+      </c>
+      <c r="E117" t="s">
+        <v>354</v>
+      </c>
+      <c r="F117" t="s">
+        <v>355</v>
+      </c>
+      <c r="G117" t="s">
+        <v>143</v>
+      </c>
+      <c r="H117" t="b">
+        <v>0</v>
+      </c>
+      <c r="O117" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>18</v>
+      </c>
+      <c r="B118" t="s">
+        <v>139</v>
+      </c>
+      <c r="D118" t="s">
+        <v>356</v>
+      </c>
+      <c r="E118" t="s">
+        <v>357</v>
+      </c>
+      <c r="F118" t="s">
+        <v>310</v>
+      </c>
+      <c r="G118" t="s">
+        <v>143</v>
+      </c>
+      <c r="H118" t="b">
+        <v>0</v>
+      </c>
+      <c r="O118" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>18</v>
+      </c>
+      <c r="B119" t="s">
+        <v>139</v>
+      </c>
+      <c r="D119" t="s">
+        <v>358</v>
+      </c>
+      <c r="E119" t="s">
+        <v>359</v>
+      </c>
+      <c r="F119" t="s">
+        <v>360</v>
+      </c>
+      <c r="G119" t="s">
+        <v>143</v>
+      </c>
+      <c r="H119" t="b">
+        <v>0</v>
+      </c>
+      <c r="O119" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>18</v>
+      </c>
+      <c r="B120" t="s">
+        <v>139</v>
+      </c>
+      <c r="D120" t="s">
+        <v>361</v>
+      </c>
+      <c r="E120" t="s">
+        <v>362</v>
+      </c>
+      <c r="F120" t="s">
+        <v>363</v>
+      </c>
+      <c r="G120" t="s">
+        <v>143</v>
+      </c>
+      <c r="H120" t="b">
+        <v>0</v>
+      </c>
+      <c r="O120" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>18</v>
+      </c>
+      <c r="B121" t="s">
+        <v>139</v>
+      </c>
+      <c r="D121" t="s">
+        <v>364</v>
+      </c>
+      <c r="E121" t="s">
+        <v>365</v>
+      </c>
+      <c r="F121" t="s">
+        <v>366</v>
+      </c>
+      <c r="G121" t="s">
+        <v>143</v>
+      </c>
+      <c r="H121" t="b">
+        <v>0</v>
+      </c>
+      <c r="O121" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>18</v>
+      </c>
+      <c r="B122" t="s">
+        <v>139</v>
+      </c>
+      <c r="D122" t="s">
+        <v>367</v>
+      </c>
+      <c r="E122" t="s">
+        <v>368</v>
+      </c>
+      <c r="F122" t="s">
+        <v>369</v>
+      </c>
+      <c r="G122" t="s">
+        <v>143</v>
+      </c>
+      <c r="H122" t="b">
+        <v>0</v>
+      </c>
+      <c r="O122" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>18</v>
+      </c>
+      <c r="B123" t="s">
+        <v>139</v>
+      </c>
+      <c r="D123" t="s">
+        <v>370</v>
+      </c>
+      <c r="E123" t="s">
+        <v>371</v>
+      </c>
+      <c r="F123" t="s">
+        <v>372</v>
+      </c>
+      <c r="G123" t="s">
+        <v>143</v>
+      </c>
+      <c r="H123" t="b">
+        <v>0</v>
+      </c>
+      <c r="O123" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>18</v>
+      </c>
+      <c r="B124" t="s">
+        <v>139</v>
+      </c>
+      <c r="D124" t="s">
+        <v>373</v>
+      </c>
+      <c r="E124" t="s">
+        <v>374</v>
+      </c>
+      <c r="F124" t="s">
+        <v>296</v>
+      </c>
+      <c r="G124" t="s">
+        <v>143</v>
+      </c>
+      <c r="H124" t="b">
+        <v>0</v>
+      </c>
+      <c r="O124" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="125" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>18</v>
+      </c>
+      <c r="B125" t="s">
+        <v>139</v>
+      </c>
+      <c r="D125" t="s">
+        <v>375</v>
+      </c>
+      <c r="E125" t="s">
+        <v>376</v>
+      </c>
+      <c r="F125" t="s">
+        <v>377</v>
+      </c>
+      <c r="G125" t="s">
+        <v>143</v>
+      </c>
+      <c r="H125" t="b">
+        <v>0</v>
+      </c>
+      <c r="O125" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="126" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>18</v>
+      </c>
+      <c r="B126" t="s">
+        <v>139</v>
+      </c>
+      <c r="D126" t="s">
+        <v>378</v>
+      </c>
+      <c r="E126" t="s">
+        <v>379</v>
+      </c>
+      <c r="F126" t="s">
+        <v>366</v>
+      </c>
+      <c r="G126" t="s">
+        <v>143</v>
+      </c>
+      <c r="H126" t="b">
+        <v>0</v>
+      </c>
+      <c r="O126" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>18</v>
+      </c>
+      <c r="B127" t="s">
+        <v>139</v>
+      </c>
+      <c r="D127" t="s">
+        <v>380</v>
+      </c>
+      <c r="E127" t="s">
+        <v>381</v>
+      </c>
+      <c r="F127" t="s">
+        <v>382</v>
+      </c>
+      <c r="G127" t="s">
+        <v>143</v>
+      </c>
+      <c r="H127" t="b">
+        <v>0</v>
+      </c>
+      <c r="O127" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>18</v>
+      </c>
+      <c r="B128" t="s">
+        <v>139</v>
+      </c>
+      <c r="D128" t="s">
+        <v>383</v>
+      </c>
+      <c r="E128" t="s">
+        <v>384</v>
+      </c>
+      <c r="F128" t="s">
+        <v>186</v>
+      </c>
+      <c r="G128" t="s">
+        <v>143</v>
+      </c>
+      <c r="H128" t="b">
+        <v>0</v>
+      </c>
+      <c r="O128" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>18</v>
+      </c>
+      <c r="B129" t="s">
+        <v>139</v>
+      </c>
+      <c r="D129" t="s">
+        <v>385</v>
+      </c>
+      <c r="E129" t="s">
+        <v>386</v>
+      </c>
+      <c r="F129" t="s">
+        <v>387</v>
+      </c>
+      <c r="G129" t="s">
+        <v>143</v>
+      </c>
+      <c r="H129" t="b">
+        <v>0</v>
+      </c>
+      <c r="O129" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>18</v>
+      </c>
+      <c r="B130" t="s">
+        <v>139</v>
+      </c>
+      <c r="D130" t="s">
+        <v>388</v>
+      </c>
+      <c r="E130" t="s">
+        <v>389</v>
+      </c>
+      <c r="F130" t="s">
+        <v>336</v>
+      </c>
+      <c r="G130" t="s">
+        <v>143</v>
+      </c>
+      <c r="H130" t="b">
+        <v>0</v>
+      </c>
+      <c r="O130" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>18</v>
+      </c>
+      <c r="B131" t="s">
+        <v>139</v>
+      </c>
+      <c r="D131" t="s">
+        <v>390</v>
+      </c>
+      <c r="E131" t="s">
+        <v>391</v>
+      </c>
+      <c r="F131" t="s">
+        <v>392</v>
+      </c>
+      <c r="G131" t="s">
+        <v>143</v>
+      </c>
+      <c r="H131" t="b">
+        <v>0</v>
+      </c>
+      <c r="O131" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>18</v>
+      </c>
+      <c r="B132" t="s">
+        <v>139</v>
+      </c>
+      <c r="D132" t="s">
+        <v>393</v>
+      </c>
+      <c r="E132" t="s">
+        <v>394</v>
+      </c>
+      <c r="F132" t="s">
+        <v>395</v>
+      </c>
+      <c r="G132" t="s">
+        <v>143</v>
+      </c>
+      <c r="H132" t="b">
+        <v>0</v>
+      </c>
+      <c r="O132" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>18</v>
+      </c>
+      <c r="B133" t="s">
+        <v>139</v>
+      </c>
+      <c r="D133" t="s">
+        <v>396</v>
+      </c>
+      <c r="E133" t="s">
+        <v>397</v>
+      </c>
+      <c r="F133" t="s">
+        <v>398</v>
+      </c>
+      <c r="G133" t="s">
+        <v>143</v>
+      </c>
+      <c r="H133" t="b">
+        <v>0</v>
+      </c>
+      <c r="O133" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="134" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>18</v>
+      </c>
+      <c r="B134" t="s">
+        <v>139</v>
+      </c>
+      <c r="D134" t="s">
+        <v>399</v>
+      </c>
+      <c r="E134" t="s">
+        <v>400</v>
+      </c>
+      <c r="F134" t="s">
+        <v>401</v>
+      </c>
+      <c r="G134" t="s">
+        <v>143</v>
+      </c>
+      <c r="H134" t="b">
+        <v>0</v>
+      </c>
+      <c r="O134" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>18</v>
+      </c>
+      <c r="B135" t="s">
+        <v>139</v>
+      </c>
+      <c r="D135" t="s">
+        <v>402</v>
+      </c>
+      <c r="E135" t="s">
+        <v>403</v>
+      </c>
+      <c r="F135" t="s">
+        <v>245</v>
+      </c>
+      <c r="G135" t="s">
+        <v>143</v>
+      </c>
+      <c r="H135" t="b">
+        <v>0</v>
+      </c>
+      <c r="O135" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>18</v>
+      </c>
+      <c r="B136" t="s">
+        <v>139</v>
+      </c>
+      <c r="D136" t="s">
+        <v>404</v>
+      </c>
+      <c r="E136" t="s">
+        <v>405</v>
+      </c>
+      <c r="F136" t="s">
+        <v>406</v>
+      </c>
+      <c r="G136" t="s">
+        <v>143</v>
+      </c>
+      <c r="H136" t="b">
+        <v>0</v>
+      </c>
+      <c r="O136" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>18</v>
+      </c>
+      <c r="B137" t="s">
+        <v>139</v>
+      </c>
+      <c r="D137" t="s">
+        <v>407</v>
+      </c>
+      <c r="E137" t="s">
+        <v>408</v>
+      </c>
+      <c r="F137" t="s">
+        <v>293</v>
+      </c>
+      <c r="G137" t="s">
+        <v>143</v>
+      </c>
+      <c r="H137" t="b">
+        <v>0</v>
+      </c>
+      <c r="O137" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>18</v>
+      </c>
+      <c r="B138" t="s">
+        <v>139</v>
+      </c>
+      <c r="D138" t="s">
+        <v>409</v>
+      </c>
+      <c r="E138" t="s">
+        <v>410</v>
+      </c>
+      <c r="F138" t="s">
+        <v>149</v>
+      </c>
+      <c r="G138" t="s">
+        <v>143</v>
+      </c>
+      <c r="H138" t="b">
+        <v>0</v>
+      </c>
+      <c r="O138" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>18</v>
+      </c>
+      <c r="B139" t="s">
+        <v>139</v>
+      </c>
+      <c r="D139" t="s">
+        <v>411</v>
+      </c>
+      <c r="E139" t="s">
+        <v>412</v>
+      </c>
+      <c r="F139" t="s">
+        <v>105</v>
+      </c>
+      <c r="G139" t="s">
+        <v>143</v>
+      </c>
+      <c r="H139" t="b">
+        <v>0</v>
+      </c>
+      <c r="O139" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>18</v>
+      </c>
+      <c r="B140" t="s">
+        <v>139</v>
+      </c>
+      <c r="D140" t="s">
+        <v>413</v>
+      </c>
+      <c r="E140" t="s">
+        <v>414</v>
+      </c>
+      <c r="F140" t="s">
+        <v>415</v>
+      </c>
+      <c r="G140" t="s">
+        <v>143</v>
+      </c>
+      <c r="H140" t="b">
+        <v>0</v>
+      </c>
+      <c r="O140" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="141" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>18</v>
+      </c>
+      <c r="B141" t="s">
+        <v>139</v>
+      </c>
+      <c r="D141" t="s">
+        <v>416</v>
+      </c>
+      <c r="E141" t="s">
+        <v>417</v>
+      </c>
+      <c r="F141" t="s">
+        <v>336</v>
+      </c>
+      <c r="G141" t="s">
+        <v>143</v>
+      </c>
+      <c r="H141" t="b">
+        <v>0</v>
+      </c>
+      <c r="O141" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="142" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>18</v>
+      </c>
+      <c r="B142" t="s">
+        <v>139</v>
+      </c>
+      <c r="D142" t="s">
+        <v>418</v>
+      </c>
+      <c r="E142" t="s">
+        <v>419</v>
+      </c>
+      <c r="F142" t="s">
+        <v>186</v>
+      </c>
+      <c r="G142" t="s">
+        <v>143</v>
+      </c>
+      <c r="H142" t="b">
+        <v>0</v>
+      </c>
+      <c r="O142" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="143" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>18</v>
+      </c>
+      <c r="B143" t="s">
+        <v>139</v>
+      </c>
+      <c r="D143" t="s">
+        <v>420</v>
+      </c>
+      <c r="E143" t="s">
+        <v>421</v>
+      </c>
+      <c r="F143" t="s">
+        <v>172</v>
+      </c>
+      <c r="G143" t="s">
+        <v>143</v>
+      </c>
+      <c r="H143" t="b">
+        <v>0</v>
+      </c>
+      <c r="O143" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="144" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>18</v>
+      </c>
+      <c r="B144" t="s">
+        <v>139</v>
+      </c>
+      <c r="D144" t="s">
+        <v>422</v>
+      </c>
+      <c r="E144" t="s">
+        <v>423</v>
+      </c>
+      <c r="F144" t="s">
+        <v>424</v>
+      </c>
+      <c r="G144" t="s">
+        <v>143</v>
+      </c>
+      <c r="H144" t="b">
+        <v>0</v>
+      </c>
+      <c r="O144" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="145" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>18</v>
+      </c>
+      <c r="B145" t="s">
+        <v>139</v>
+      </c>
+      <c r="D145" t="s">
+        <v>425</v>
+      </c>
+      <c r="E145" t="s">
+        <v>426</v>
+      </c>
+      <c r="F145" t="s">
+        <v>372</v>
+      </c>
+      <c r="G145" t="s">
+        <v>143</v>
+      </c>
+      <c r="H145" t="b">
+        <v>0</v>
+      </c>
+      <c r="O145" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="146" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>18</v>
+      </c>
+      <c r="B146" t="s">
+        <v>139</v>
+      </c>
+      <c r="D146" t="s">
+        <v>427</v>
+      </c>
+      <c r="E146" t="s">
+        <v>428</v>
+      </c>
+      <c r="F146" t="s">
+        <v>149</v>
+      </c>
+      <c r="G146" t="s">
+        <v>143</v>
+      </c>
+      <c r="H146" t="b">
+        <v>0</v>
+      </c>
+      <c r="O146" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="147" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>18</v>
+      </c>
+      <c r="B147" t="s">
+        <v>139</v>
+      </c>
+      <c r="D147" t="s">
+        <v>429</v>
+      </c>
+      <c r="E147" t="s">
+        <v>430</v>
+      </c>
+      <c r="F147" t="s">
+        <v>415</v>
+      </c>
+      <c r="G147" t="s">
+        <v>143</v>
+      </c>
+      <c r="H147" t="b">
+        <v>0</v>
+      </c>
+      <c r="O147" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="148" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>18</v>
+      </c>
+      <c r="B148" t="s">
+        <v>139</v>
+      </c>
+      <c r="D148" t="s">
+        <v>431</v>
+      </c>
+      <c r="E148" t="s">
+        <v>432</v>
+      </c>
+      <c r="F148" t="s">
+        <v>433</v>
+      </c>
+      <c r="G148" t="s">
+        <v>143</v>
+      </c>
+      <c r="H148" t="b">
+        <v>0</v>
+      </c>
+      <c r="O148" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="149" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>18</v>
+      </c>
+      <c r="B149" t="s">
+        <v>139</v>
+      </c>
+      <c r="D149" t="s">
+        <v>434</v>
+      </c>
+      <c r="E149" t="s">
+        <v>435</v>
+      </c>
+      <c r="F149" t="s">
+        <v>436</v>
+      </c>
+      <c r="G149" t="s">
+        <v>143</v>
+      </c>
+      <c r="H149" t="b">
+        <v>0</v>
+      </c>
+      <c r="O149" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="150" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>18</v>
+      </c>
+      <c r="B150" t="s">
+        <v>139</v>
+      </c>
+      <c r="D150" t="s">
+        <v>437</v>
+      </c>
+      <c r="E150" t="s">
+        <v>438</v>
+      </c>
+      <c r="F150" t="s">
+        <v>439</v>
+      </c>
+      <c r="G150" t="s">
+        <v>143</v>
+      </c>
+      <c r="H150" t="b">
+        <v>0</v>
+      </c>
+      <c r="O150" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="151" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>18</v>
+      </c>
+      <c r="B151" t="s">
+        <v>139</v>
+      </c>
+      <c r="D151" t="s">
+        <v>440</v>
+      </c>
+      <c r="E151" t="s">
+        <v>441</v>
+      </c>
+      <c r="F151" t="s">
+        <v>336</v>
+      </c>
+      <c r="G151" t="s">
+        <v>143</v>
+      </c>
+      <c r="H151" t="b">
+        <v>0</v>
+      </c>
+      <c r="O151" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="152" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>18</v>
+      </c>
+      <c r="B152" t="s">
+        <v>139</v>
+      </c>
+      <c r="D152" t="s">
+        <v>442</v>
+      </c>
+      <c r="E152" t="s">
+        <v>443</v>
+      </c>
+      <c r="F152" t="s">
+        <v>444</v>
+      </c>
+      <c r="G152" t="s">
+        <v>143</v>
+      </c>
+      <c r="H152" t="b">
+        <v>0</v>
+      </c>
+      <c r="O152" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="153" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>18</v>
+      </c>
+      <c r="B153" t="s">
+        <v>139</v>
+      </c>
+      <c r="D153" t="s">
+        <v>445</v>
+      </c>
+      <c r="E153" t="s">
+        <v>446</v>
+      </c>
+      <c r="F153" t="s">
+        <v>447</v>
+      </c>
+      <c r="G153" t="s">
+        <v>143</v>
+      </c>
+      <c r="H153" t="b">
+        <v>0</v>
+      </c>
+      <c r="O153" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="154" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>18</v>
+      </c>
+      <c r="B154" t="s">
+        <v>139</v>
+      </c>
+      <c r="D154" t="s">
+        <v>448</v>
+      </c>
+      <c r="E154" t="s">
+        <v>449</v>
+      </c>
+      <c r="F154" t="s">
+        <v>450</v>
+      </c>
+      <c r="G154" t="s">
+        <v>143</v>
+      </c>
+      <c r="H154" t="b">
+        <v>0</v>
+      </c>
+      <c r="O154" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="155" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>18</v>
+      </c>
+      <c r="B155" t="s">
+        <v>139</v>
+      </c>
+      <c r="D155" t="s">
+        <v>451</v>
+      </c>
+      <c r="E155" t="s">
+        <v>452</v>
+      </c>
+      <c r="F155" t="s">
+        <v>453</v>
+      </c>
+      <c r="G155" t="s">
+        <v>143</v>
+      </c>
+      <c r="H155" t="b">
+        <v>0</v>
+      </c>
+      <c r="O155" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="156" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>18</v>
+      </c>
+      <c r="B156" t="s">
+        <v>139</v>
+      </c>
+      <c r="D156" t="s">
+        <v>454</v>
+      </c>
+      <c r="E156" t="s">
+        <v>455</v>
+      </c>
+      <c r="F156" t="s">
+        <v>310</v>
+      </c>
+      <c r="G156" t="s">
+        <v>143</v>
+      </c>
+      <c r="H156" t="b">
+        <v>0</v>
+      </c>
+      <c r="O156" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="157" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>18</v>
+      </c>
+      <c r="B157" t="s">
+        <v>139</v>
+      </c>
+      <c r="D157" t="s">
+        <v>456</v>
+      </c>
+      <c r="E157" t="s">
+        <v>457</v>
+      </c>
+      <c r="F157" t="s">
+        <v>245</v>
+      </c>
+      <c r="G157" t="s">
+        <v>143</v>
+      </c>
+      <c r="H157" t="b">
+        <v>0</v>
+      </c>
+      <c r="O157" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="158" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>18</v>
+      </c>
+      <c r="B158" t="s">
+        <v>139</v>
+      </c>
+      <c r="D158" t="s">
+        <v>458</v>
+      </c>
+      <c r="E158" t="s">
+        <v>459</v>
+      </c>
+      <c r="F158" t="s">
+        <v>460</v>
+      </c>
+      <c r="G158" t="s">
+        <v>143</v>
+      </c>
+      <c r="H158" t="b">
+        <v>0</v>
+      </c>
+      <c r="O158" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="159" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>18</v>
+      </c>
+      <c r="B159" t="s">
+        <v>139</v>
+      </c>
+      <c r="D159" t="s">
+        <v>461</v>
+      </c>
+      <c r="E159" t="s">
+        <v>462</v>
+      </c>
+      <c r="F159" t="s">
+        <v>463</v>
+      </c>
+      <c r="G159" t="s">
+        <v>143</v>
+      </c>
+      <c r="H159" t="b">
+        <v>0</v>
+      </c>
+      <c r="O159" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="160" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>18</v>
+      </c>
+      <c r="B160" t="s">
+        <v>139</v>
+      </c>
+      <c r="D160" t="s">
+        <v>464</v>
+      </c>
+      <c r="E160" t="s">
+        <v>465</v>
+      </c>
+      <c r="F160" t="s">
+        <v>466</v>
+      </c>
+      <c r="G160" t="s">
+        <v>143</v>
+      </c>
+      <c r="H160" t="b">
+        <v>0</v>
+      </c>
+      <c r="O160" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="161" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>18</v>
+      </c>
+      <c r="B161" t="s">
+        <v>139</v>
+      </c>
+      <c r="D161" t="s">
+        <v>467</v>
+      </c>
+      <c r="E161" t="s">
+        <v>468</v>
+      </c>
+      <c r="F161" t="s">
+        <v>469</v>
+      </c>
+      <c r="G161" t="s">
+        <v>143</v>
+      </c>
+      <c r="H161" t="b">
+        <v>0</v>
+      </c>
+      <c r="O161" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="162" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>18</v>
+      </c>
+      <c r="B162" t="s">
+        <v>139</v>
+      </c>
+      <c r="D162" t="s">
+        <v>470</v>
+      </c>
+      <c r="E162" t="s">
+        <v>471</v>
+      </c>
+      <c r="F162" t="s">
+        <v>336</v>
+      </c>
+      <c r="G162" t="s">
+        <v>143</v>
+      </c>
+      <c r="H162" t="b">
+        <v>0</v>
+      </c>
+      <c r="O162" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="163" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>18</v>
+      </c>
+      <c r="B163" t="s">
+        <v>139</v>
+      </c>
+      <c r="D163" t="s">
+        <v>472</v>
+      </c>
+      <c r="E163" t="s">
+        <v>473</v>
+      </c>
+      <c r="F163" t="s">
+        <v>474</v>
+      </c>
+      <c r="G163" t="s">
+        <v>143</v>
+      </c>
+      <c r="H163" t="b">
+        <v>0</v>
+      </c>
+      <c r="O163" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="164" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>18</v>
+      </c>
+      <c r="B164" t="s">
+        <v>139</v>
+      </c>
+      <c r="D164" t="s">
+        <v>475</v>
+      </c>
+      <c r="E164" t="s">
+        <v>476</v>
+      </c>
+      <c r="F164" t="s">
+        <v>152</v>
+      </c>
+      <c r="G164" t="s">
+        <v>143</v>
+      </c>
+      <c r="H164" t="b">
+        <v>0</v>
+      </c>
+      <c r="O164" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="165" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>18</v>
+      </c>
+      <c r="B165" t="s">
+        <v>139</v>
+      </c>
+      <c r="D165" t="s">
+        <v>477</v>
+      </c>
+      <c r="E165" t="s">
+        <v>478</v>
+      </c>
+      <c r="F165" t="s">
+        <v>293</v>
+      </c>
+      <c r="G165" t="s">
+        <v>143</v>
+      </c>
+      <c r="H165" t="b">
+        <v>0</v>
+      </c>
+      <c r="O165" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="166" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>18</v>
+      </c>
+      <c r="B166" t="s">
+        <v>139</v>
+      </c>
+      <c r="D166" t="s">
+        <v>479</v>
+      </c>
+      <c r="E166" t="s">
+        <v>480</v>
+      </c>
+      <c r="F166" t="s">
+        <v>474</v>
+      </c>
+      <c r="G166" t="s">
+        <v>143</v>
+      </c>
+      <c r="H166" t="b">
+        <v>0</v>
+      </c>
+      <c r="O166" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="167" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>18</v>
+      </c>
+      <c r="B167" t="s">
+        <v>139</v>
+      </c>
+      <c r="D167" t="s">
+        <v>481</v>
+      </c>
+      <c r="E167" t="s">
+        <v>482</v>
+      </c>
+      <c r="F167" t="s">
+        <v>245</v>
+      </c>
+      <c r="G167" t="s">
+        <v>143</v>
+      </c>
+      <c r="H167" t="b">
+        <v>0</v>
+      </c>
+      <c r="O167" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="168" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>18</v>
+      </c>
+      <c r="B168" t="s">
+        <v>139</v>
+      </c>
+      <c r="D168" t="s">
+        <v>483</v>
+      </c>
+      <c r="E168" t="s">
+        <v>484</v>
+      </c>
+      <c r="F168" t="s">
+        <v>485</v>
+      </c>
+      <c r="G168" t="s">
+        <v>143</v>
+      </c>
+      <c r="H168" t="b">
+        <v>0</v>
+      </c>
+      <c r="O168" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="169" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>18</v>
+      </c>
+      <c r="B169" t="s">
+        <v>139</v>
+      </c>
+      <c r="D169" t="s">
+        <v>486</v>
+      </c>
+      <c r="E169" t="s">
+        <v>487</v>
+      </c>
+      <c r="F169" t="s">
+        <v>488</v>
+      </c>
+      <c r="G169" t="s">
+        <v>143</v>
+      </c>
+      <c r="H169" t="b">
+        <v>0</v>
+      </c>
+      <c r="O169" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="170" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>18</v>
+      </c>
+      <c r="B170" t="s">
+        <v>139</v>
+      </c>
+      <c r="D170" t="s">
+        <v>489</v>
+      </c>
+      <c r="E170" t="s">
+        <v>490</v>
+      </c>
+      <c r="F170" t="s">
+        <v>186</v>
+      </c>
+      <c r="G170" t="s">
+        <v>143</v>
+      </c>
+      <c r="H170" t="b">
+        <v>0</v>
+      </c>
+      <c r="O170" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="171" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>18</v>
+      </c>
+      <c r="B171" t="s">
+        <v>139</v>
+      </c>
+      <c r="D171" t="s">
+        <v>491</v>
+      </c>
+      <c r="E171" t="s">
+        <v>492</v>
+      </c>
+      <c r="F171" t="s">
+        <v>444</v>
+      </c>
+      <c r="G171" t="s">
+        <v>143</v>
+      </c>
+      <c r="H171" t="b">
+        <v>0</v>
+      </c>
+      <c r="O171" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="172" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>18</v>
+      </c>
+      <c r="B172" t="s">
+        <v>139</v>
+      </c>
+      <c r="D172" t="s">
+        <v>493</v>
+      </c>
+      <c r="E172" t="s">
+        <v>494</v>
+      </c>
+      <c r="F172" t="s">
+        <v>495</v>
+      </c>
+      <c r="G172" t="s">
+        <v>143</v>
+      </c>
+      <c r="H172" t="b">
+        <v>0</v>
+      </c>
+      <c r="O172" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="173" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>18</v>
+      </c>
+      <c r="B173" t="s">
+        <v>139</v>
+      </c>
+      <c r="D173" t="s">
+        <v>496</v>
+      </c>
+      <c r="E173" t="s">
+        <v>497</v>
+      </c>
+      <c r="F173" t="s">
+        <v>498</v>
+      </c>
+      <c r="G173" t="s">
+        <v>143</v>
+      </c>
+      <c r="H173" t="b">
+        <v>0</v>
+      </c>
+      <c r="O173" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="174" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>18</v>
+      </c>
+      <c r="B174" t="s">
+        <v>139</v>
+      </c>
+      <c r="D174" t="s">
+        <v>499</v>
+      </c>
+      <c r="E174" t="s">
+        <v>500</v>
+      </c>
+      <c r="F174" t="s">
+        <v>149</v>
+      </c>
+      <c r="G174" t="s">
+        <v>143</v>
+      </c>
+      <c r="H174" t="b">
+        <v>0</v>
+      </c>
+      <c r="O174" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="175" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>18</v>
+      </c>
+      <c r="B175" t="s">
+        <v>139</v>
+      </c>
+      <c r="D175" t="s">
+        <v>501</v>
+      </c>
+      <c r="E175" t="s">
+        <v>502</v>
+      </c>
+      <c r="F175" t="s">
+        <v>310</v>
+      </c>
+      <c r="G175" t="s">
+        <v>143</v>
+      </c>
+      <c r="H175" t="b">
+        <v>0</v>
+      </c>
+      <c r="O175" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="176" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>18</v>
+      </c>
+      <c r="B176" t="s">
+        <v>139</v>
+      </c>
+      <c r="D176" t="s">
+        <v>503</v>
+      </c>
+      <c r="E176" t="s">
+        <v>504</v>
+      </c>
+      <c r="F176" t="s">
+        <v>336</v>
+      </c>
+      <c r="G176" t="s">
+        <v>143</v>
+      </c>
+      <c r="H176" t="b">
+        <v>0</v>
+      </c>
+      <c r="O176" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="177" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>18</v>
+      </c>
+      <c r="B177" t="s">
+        <v>139</v>
+      </c>
+      <c r="D177" t="s">
+        <v>505</v>
+      </c>
+      <c r="E177" t="s">
+        <v>506</v>
+      </c>
+      <c r="F177" t="s">
+        <v>172</v>
+      </c>
+      <c r="G177" t="s">
+        <v>143</v>
+      </c>
+      <c r="H177" t="b">
+        <v>0</v>
+      </c>
+      <c r="O177" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="178" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>18</v>
+      </c>
+      <c r="B178" t="s">
+        <v>139</v>
+      </c>
+      <c r="D178" t="s">
+        <v>507</v>
+      </c>
+      <c r="E178" t="s">
+        <v>508</v>
+      </c>
+      <c r="F178" t="s">
+        <v>336</v>
+      </c>
+      <c r="G178" t="s">
+        <v>143</v>
+      </c>
+      <c r="H178" t="b">
+        <v>0</v>
+      </c>
+      <c r="O178" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="179" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>18</v>
+      </c>
+      <c r="B179" t="s">
+        <v>139</v>
+      </c>
+      <c r="D179" t="s">
+        <v>509</v>
+      </c>
+      <c r="E179" t="s">
+        <v>510</v>
+      </c>
+      <c r="F179" t="s">
+        <v>281</v>
+      </c>
+      <c r="G179" t="s">
+        <v>143</v>
+      </c>
+      <c r="H179" t="b">
+        <v>0</v>
+      </c>
+      <c r="O179" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>18</v>
+      </c>
+      <c r="B180" t="s">
+        <v>139</v>
+      </c>
+      <c r="D180" t="s">
+        <v>511</v>
+      </c>
+      <c r="E180" t="s">
+        <v>512</v>
+      </c>
+      <c r="F180" t="s">
+        <v>513</v>
+      </c>
+      <c r="G180" t="s">
+        <v>143</v>
+      </c>
+      <c r="H180" t="b">
+        <v>0</v>
+      </c>
+      <c r="O180" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="181" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>18</v>
+      </c>
+      <c r="B181" t="s">
+        <v>139</v>
+      </c>
+      <c r="D181" t="s">
+        <v>514</v>
+      </c>
+      <c r="E181" t="s">
+        <v>515</v>
+      </c>
+      <c r="F181" t="s">
+        <v>336</v>
+      </c>
+      <c r="G181" t="s">
+        <v>143</v>
+      </c>
+      <c r="H181" t="b">
+        <v>0</v>
+      </c>
+      <c r="O181" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="182" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>18</v>
+      </c>
+      <c r="B182" t="s">
+        <v>139</v>
+      </c>
+      <c r="D182" t="s">
+        <v>516</v>
+      </c>
+      <c r="E182" t="s">
+        <v>517</v>
+      </c>
+      <c r="F182" t="s">
+        <v>518</v>
+      </c>
+      <c r="G182" t="s">
+        <v>143</v>
+      </c>
+      <c r="H182" t="b">
+        <v>0</v>
+      </c>
+      <c r="O182" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="183" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>18</v>
+      </c>
+      <c r="B183" t="s">
+        <v>139</v>
+      </c>
+      <c r="D183" t="s">
+        <v>519</v>
+      </c>
+      <c r="E183" t="s">
+        <v>520</v>
+      </c>
+      <c r="F183" t="s">
+        <v>521</v>
+      </c>
+      <c r="G183" t="s">
+        <v>143</v>
+      </c>
+      <c r="H183" t="b">
+        <v>0</v>
+      </c>
+      <c r="O183" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>18</v>
+      </c>
+      <c r="B184" t="s">
+        <v>139</v>
+      </c>
+      <c r="D184" t="s">
+        <v>522</v>
+      </c>
+      <c r="E184" t="s">
+        <v>523</v>
+      </c>
+      <c r="F184" t="s">
+        <v>377</v>
+      </c>
+      <c r="G184" t="s">
+        <v>143</v>
+      </c>
+      <c r="H184" t="b">
+        <v>0</v>
+      </c>
+      <c r="O184" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>18</v>
+      </c>
+      <c r="B185" t="s">
+        <v>139</v>
+      </c>
+      <c r="D185" t="s">
+        <v>524</v>
+      </c>
+      <c r="E185" t="s">
+        <v>525</v>
+      </c>
+      <c r="F185" t="s">
+        <v>287</v>
+      </c>
+      <c r="G185" t="s">
+        <v>143</v>
+      </c>
+      <c r="H185" t="b">
+        <v>0</v>
+      </c>
+      <c r="O185" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>18</v>
+      </c>
+      <c r="B186" t="s">
+        <v>139</v>
+      </c>
+      <c r="D186" t="s">
+        <v>526</v>
+      </c>
+      <c r="E186" t="s">
+        <v>527</v>
+      </c>
+      <c r="F186" t="s">
+        <v>287</v>
+      </c>
+      <c r="G186" t="s">
+        <v>143</v>
+      </c>
+      <c r="H186" t="b">
+        <v>0</v>
+      </c>
+      <c r="O186" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>18</v>
+      </c>
+      <c r="B187" t="s">
+        <v>139</v>
+      </c>
+      <c r="D187" t="s">
+        <v>528</v>
+      </c>
+      <c r="E187" t="s">
+        <v>529</v>
+      </c>
+      <c r="F187" t="s">
+        <v>530</v>
+      </c>
+      <c r="G187" t="s">
+        <v>143</v>
+      </c>
+      <c r="H187" t="b">
+        <v>0</v>
+      </c>
+      <c r="O187" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>18</v>
+      </c>
+      <c r="B188" t="s">
+        <v>139</v>
+      </c>
+      <c r="D188" t="s">
+        <v>531</v>
+      </c>
+      <c r="E188" t="s">
+        <v>532</v>
+      </c>
+      <c r="F188" t="s">
+        <v>196</v>
+      </c>
+      <c r="G188" t="s">
+        <v>143</v>
+      </c>
+      <c r="H188" t="b">
+        <v>0</v>
+      </c>
+      <c r="O188" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="189" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>18</v>
+      </c>
+      <c r="B189" t="s">
+        <v>139</v>
+      </c>
+      <c r="D189" t="s">
+        <v>533</v>
+      </c>
+      <c r="E189" t="s">
+        <v>534</v>
+      </c>
+      <c r="F189" t="s">
+        <v>535</v>
+      </c>
+      <c r="G189" t="s">
+        <v>143</v>
+      </c>
+      <c r="H189" t="b">
+        <v>0</v>
+      </c>
+      <c r="O189" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="190" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>18</v>
+      </c>
+      <c r="B190" t="s">
+        <v>139</v>
+      </c>
+      <c r="D190" t="s">
+        <v>536</v>
+      </c>
+      <c r="E190" t="s">
+        <v>537</v>
+      </c>
+      <c r="F190" t="s">
+        <v>538</v>
+      </c>
+      <c r="G190" t="s">
+        <v>143</v>
+      </c>
+      <c r="H190" t="b">
+        <v>0</v>
+      </c>
+      <c r="O190" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="191" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>18</v>
+      </c>
+      <c r="B191" t="s">
+        <v>139</v>
+      </c>
+      <c r="D191" t="s">
+        <v>539</v>
+      </c>
+      <c r="E191" t="s">
+        <v>540</v>
+      </c>
+      <c r="F191" t="s">
+        <v>196</v>
+      </c>
+      <c r="G191" t="s">
+        <v>143</v>
+      </c>
+      <c r="H191" t="b">
+        <v>0</v>
+      </c>
+      <c r="O191" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="192" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>18</v>
+      </c>
+      <c r="B192" t="s">
+        <v>139</v>
+      </c>
+      <c r="D192" t="s">
+        <v>541</v>
+      </c>
+      <c r="E192" t="s">
+        <v>542</v>
+      </c>
+      <c r="F192" t="s">
+        <v>149</v>
+      </c>
+      <c r="G192" t="s">
+        <v>143</v>
+      </c>
+      <c r="H192" t="b">
+        <v>0</v>
+      </c>
+      <c r="O192" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="193" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>18</v>
+      </c>
+      <c r="B193" t="s">
+        <v>139</v>
+      </c>
+      <c r="D193" t="s">
+        <v>543</v>
+      </c>
+      <c r="E193" t="s">
+        <v>544</v>
+      </c>
+      <c r="F193" t="s">
+        <v>149</v>
+      </c>
+      <c r="G193" t="s">
+        <v>143</v>
+      </c>
+      <c r="H193" t="b">
+        <v>0</v>
+      </c>
+      <c r="O193" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="194" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>18</v>
+      </c>
+      <c r="B194" t="s">
+        <v>139</v>
+      </c>
+      <c r="D194" t="s">
+        <v>545</v>
+      </c>
+      <c r="E194" t="s">
+        <v>546</v>
+      </c>
+      <c r="F194" t="s">
+        <v>130</v>
+      </c>
+      <c r="G194" t="s">
+        <v>143</v>
+      </c>
+      <c r="H194" t="b">
+        <v>0</v>
+      </c>
+      <c r="O194" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="195" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>18</v>
+      </c>
+      <c r="B195" t="s">
+        <v>139</v>
+      </c>
+      <c r="D195" t="s">
+        <v>547</v>
+      </c>
+      <c r="E195" t="s">
+        <v>548</v>
+      </c>
+      <c r="F195" t="s">
+        <v>549</v>
+      </c>
+      <c r="G195" t="s">
+        <v>143</v>
+      </c>
+      <c r="H195" t="b">
+        <v>0</v>
+      </c>
+      <c r="O195" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="196" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>18</v>
+      </c>
+      <c r="B196" t="s">
+        <v>139</v>
+      </c>
+      <c r="D196" t="s">
+        <v>550</v>
+      </c>
+      <c r="E196" t="s">
+        <v>551</v>
+      </c>
+      <c r="F196" t="s">
+        <v>552</v>
+      </c>
+      <c r="G196" t="s">
+        <v>143</v>
+      </c>
+      <c r="H196" t="b">
+        <v>0</v>
+      </c>
+      <c r="O196" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="197" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>18</v>
+      </c>
+      <c r="B197" t="s">
+        <v>139</v>
+      </c>
+      <c r="D197" t="s">
+        <v>553</v>
+      </c>
+      <c r="E197" t="s">
+        <v>554</v>
+      </c>
+      <c r="F197" t="s">
+        <v>186</v>
+      </c>
+      <c r="G197" t="s">
+        <v>143</v>
+      </c>
+      <c r="H197" t="b">
+        <v>0</v>
+      </c>
+      <c r="O197" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="198" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>18</v>
+      </c>
+      <c r="B198" t="s">
+        <v>139</v>
+      </c>
+      <c r="D198" t="s">
+        <v>555</v>
+      </c>
+      <c r="E198" t="s">
+        <v>556</v>
+      </c>
+      <c r="F198" t="s">
+        <v>199</v>
+      </c>
+      <c r="G198" t="s">
+        <v>143</v>
+      </c>
+      <c r="H198" t="b">
+        <v>0</v>
+      </c>
+      <c r="O198" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="199" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>18</v>
+      </c>
+      <c r="B199" t="s">
+        <v>139</v>
+      </c>
+      <c r="D199" t="s">
+        <v>557</v>
+      </c>
+      <c r="E199" t="s">
+        <v>558</v>
+      </c>
+      <c r="F199" t="s">
+        <v>172</v>
+      </c>
+      <c r="G199" t="s">
+        <v>143</v>
+      </c>
+      <c r="H199" t="b">
+        <v>0</v>
+      </c>
+      <c r="O199" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="200" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>18</v>
+      </c>
+      <c r="B200" t="s">
+        <v>139</v>
+      </c>
+      <c r="D200" t="s">
+        <v>559</v>
+      </c>
+      <c r="E200" t="s">
+        <v>560</v>
+      </c>
+      <c r="F200" t="s">
+        <v>561</v>
+      </c>
+      <c r="G200" t="s">
+        <v>143</v>
+      </c>
+      <c r="H200" t="b">
+        <v>0</v>
+      </c>
+      <c r="O200" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="201" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>18</v>
+      </c>
+      <c r="B201" t="s">
+        <v>139</v>
+      </c>
+      <c r="D201" t="s">
+        <v>562</v>
+      </c>
+      <c r="E201" t="s">
+        <v>563</v>
+      </c>
+      <c r="F201" t="s">
+        <v>149</v>
+      </c>
+      <c r="G201" t="s">
+        <v>143</v>
+      </c>
+      <c r="H201" t="b">
+        <v>0</v>
+      </c>
+      <c r="O201" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="202" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>18</v>
+      </c>
+      <c r="B202" t="s">
+        <v>139</v>
+      </c>
+      <c r="D202" t="s">
+        <v>564</v>
+      </c>
+      <c r="E202" t="s">
+        <v>565</v>
+      </c>
+      <c r="F202" t="s">
+        <v>566</v>
+      </c>
+      <c r="G202" t="s">
+        <v>143</v>
+      </c>
+      <c r="H202" t="b">
+        <v>0</v>
+      </c>
+      <c r="O202" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="203" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>18</v>
+      </c>
+      <c r="B203" t="s">
+        <v>139</v>
+      </c>
+      <c r="D203" t="s">
+        <v>567</v>
+      </c>
+      <c r="E203" t="s">
+        <v>568</v>
+      </c>
+      <c r="F203" t="s">
+        <v>569</v>
+      </c>
+      <c r="G203" t="s">
+        <v>143</v>
+      </c>
+      <c r="H203" t="b">
+        <v>0</v>
+      </c>
+      <c r="O203" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="204" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>18</v>
+      </c>
+      <c r="B204" t="s">
+        <v>139</v>
+      </c>
+      <c r="D204" t="s">
+        <v>570</v>
+      </c>
+      <c r="E204" t="s">
+        <v>571</v>
+      </c>
+      <c r="F204" t="s">
+        <v>572</v>
+      </c>
+      <c r="G204" t="s">
+        <v>143</v>
+      </c>
+      <c r="H204" t="b">
+        <v>0</v>
+      </c>
+      <c r="O204" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="205" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>18</v>
+      </c>
+      <c r="B205" t="s">
+        <v>139</v>
+      </c>
+      <c r="D205" t="s">
+        <v>573</v>
+      </c>
+      <c r="E205" t="s">
+        <v>574</v>
+      </c>
+      <c r="F205" t="s">
+        <v>196</v>
+      </c>
+      <c r="G205" t="s">
+        <v>143</v>
+      </c>
+      <c r="H205" t="b">
+        <v>0</v>
+      </c>
+      <c r="O205" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="206" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>18</v>
+      </c>
+      <c r="B206" t="s">
+        <v>139</v>
+      </c>
+      <c r="D206" t="s">
+        <v>575</v>
+      </c>
+      <c r="E206" t="s">
+        <v>576</v>
+      </c>
+      <c r="F206" t="s">
+        <v>577</v>
+      </c>
+      <c r="G206" t="s">
+        <v>143</v>
+      </c>
+      <c r="H206" t="b">
+        <v>0</v>
+      </c>
+      <c r="O206" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="207" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>18</v>
+      </c>
+      <c r="B207" t="s">
+        <v>578</v>
+      </c>
+      <c r="D207" t="s">
+        <v>579</v>
+      </c>
+      <c r="E207" t="s">
+        <v>580</v>
+      </c>
+      <c r="F207" t="s">
+        <v>581</v>
+      </c>
+      <c r="G207" t="s">
+        <v>97</v>
+      </c>
+      <c r="H207" t="b">
+        <v>0</v>
+      </c>
+      <c r="O207" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="208" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>18</v>
+      </c>
+      <c r="B208" t="s">
+        <v>578</v>
+      </c>
+      <c r="D208" t="s">
+        <v>582</v>
+      </c>
+      <c r="E208" t="s">
+        <v>583</v>
+      </c>
+      <c r="F208" t="s">
+        <v>584</v>
+      </c>
+      <c r="G208" t="s">
+        <v>97</v>
+      </c>
+      <c r="H208" t="b">
+        <v>0</v>
+      </c>
+      <c r="O208" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="209" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>18</v>
+      </c>
+      <c r="B209" t="s">
+        <v>578</v>
+      </c>
+      <c r="D209" t="s">
+        <v>585</v>
+      </c>
+      <c r="E209" t="s">
+        <v>586</v>
+      </c>
+      <c r="F209" t="s">
+        <v>587</v>
+      </c>
+      <c r="G209" t="s">
+        <v>97</v>
+      </c>
+      <c r="H209" t="b">
+        <v>0</v>
+      </c>
+      <c r="O209" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="210" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>18</v>
+      </c>
+      <c r="B210" t="s">
+        <v>578</v>
+      </c>
+      <c r="D210" t="s">
+        <v>588</v>
+      </c>
+      <c r="E210" t="s">
+        <v>589</v>
+      </c>
+      <c r="F210" t="s">
+        <v>590</v>
+      </c>
+      <c r="G210" t="s">
+        <v>97</v>
+      </c>
+      <c r="H210" t="b">
+        <v>0</v>
+      </c>
+      <c r="O210" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="211" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>18</v>
+      </c>
+      <c r="B211" t="s">
+        <v>578</v>
+      </c>
+      <c r="D211" t="s">
+        <v>591</v>
+      </c>
+      <c r="E211" t="s">
+        <v>592</v>
+      </c>
+      <c r="F211" t="s">
+        <v>593</v>
+      </c>
+      <c r="G211" t="s">
+        <v>97</v>
+      </c>
+      <c r="H211" t="b">
+        <v>0</v>
+      </c>
+      <c r="O211" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="212" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>18</v>
+      </c>
+      <c r="B212" t="s">
+        <v>578</v>
+      </c>
+      <c r="D212" t="s">
+        <v>594</v>
+      </c>
+      <c r="E212" t="s">
+        <v>595</v>
+      </c>
+      <c r="F212" t="s">
+        <v>596</v>
+      </c>
+      <c r="G212" t="s">
+        <v>97</v>
+      </c>
+      <c r="H212" t="b">
+        <v>0</v>
+      </c>
+      <c r="O212" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="213" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>18</v>
+      </c>
+      <c r="B213" t="s">
+        <v>578</v>
+      </c>
+      <c r="D213" t="s">
+        <v>597</v>
+      </c>
+      <c r="E213" t="s">
+        <v>598</v>
+      </c>
+      <c r="F213" t="s">
+        <v>599</v>
+      </c>
+      <c r="G213" t="s">
+        <v>97</v>
+      </c>
+      <c r="H213" t="b">
+        <v>0</v>
+      </c>
+      <c r="O213" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="214" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>18</v>
+      </c>
+      <c r="B214" t="s">
+        <v>600</v>
+      </c>
+      <c r="D214" t="s">
+        <v>601</v>
+      </c>
+      <c r="E214" t="s">
+        <v>602</v>
+      </c>
+      <c r="F214" t="s">
+        <v>603</v>
+      </c>
+      <c r="G214" t="s">
+        <v>604</v>
+      </c>
+      <c r="H214" t="b">
+        <v>0</v>
+      </c>
+      <c r="O214" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="215" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>18</v>
+      </c>
+      <c r="B215" t="s">
+        <v>600</v>
+      </c>
+      <c r="D215" t="s">
+        <v>605</v>
+      </c>
+      <c r="E215" t="s">
+        <v>606</v>
+      </c>
+      <c r="F215" t="s">
+        <v>607</v>
+      </c>
+      <c r="G215" t="s">
+        <v>604</v>
+      </c>
+      <c r="H215" t="b">
+        <v>0</v>
+      </c>
+      <c r="O215" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="216" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>18</v>
+      </c>
+      <c r="B216" t="s">
+        <v>600</v>
+      </c>
+      <c r="D216" t="s">
+        <v>608</v>
+      </c>
+      <c r="E216" t="s">
+        <v>609</v>
+      </c>
+      <c r="F216" t="s">
+        <v>610</v>
+      </c>
+      <c r="G216" t="s">
+        <v>604</v>
+      </c>
+      <c r="H216" t="b">
+        <v>0</v>
+      </c>
+      <c r="O216" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="217" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>18</v>
+      </c>
+      <c r="B217" t="s">
+        <v>600</v>
+      </c>
+      <c r="D217" t="s">
+        <v>611</v>
+      </c>
+      <c r="E217" t="s">
+        <v>612</v>
+      </c>
+      <c r="F217" t="s">
+        <v>613</v>
+      </c>
+      <c r="G217" t="s">
+        <v>604</v>
+      </c>
+      <c r="H217" t="b">
+        <v>0</v>
+      </c>
+      <c r="O217" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="218" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>18</v>
+      </c>
+      <c r="B218" t="s">
+        <v>600</v>
+      </c>
+      <c r="D218" t="s">
+        <v>614</v>
+      </c>
+      <c r="E218" t="s">
+        <v>615</v>
+      </c>
+      <c r="F218" t="s">
+        <v>616</v>
+      </c>
+      <c r="G218" t="s">
+        <v>604</v>
+      </c>
+      <c r="H218" t="b">
+        <v>0</v>
+      </c>
+      <c r="O218" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="219" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>18</v>
+      </c>
+      <c r="B219" t="s">
+        <v>600</v>
+      </c>
+      <c r="D219" t="s">
+        <v>617</v>
+      </c>
+      <c r="E219" t="s">
+        <v>618</v>
+      </c>
+      <c r="F219" t="s">
+        <v>610</v>
+      </c>
+      <c r="G219" t="s">
+        <v>604</v>
+      </c>
+      <c r="H219" t="b">
+        <v>0</v>
+      </c>
+      <c r="O219" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="220" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>18</v>
+      </c>
+      <c r="B220" t="s">
+        <v>600</v>
+      </c>
+      <c r="D220" t="s">
+        <v>619</v>
+      </c>
+      <c r="E220" t="s">
+        <v>620</v>
+      </c>
+      <c r="F220" t="s">
+        <v>621</v>
+      </c>
+      <c r="G220" t="s">
+        <v>604</v>
+      </c>
+      <c r="H220" t="b">
+        <v>0</v>
+      </c>
+      <c r="O220" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="221" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>18</v>
+      </c>
+      <c r="B221" t="s">
+        <v>600</v>
+      </c>
+      <c r="D221" t="s">
+        <v>622</v>
+      </c>
+      <c r="E221" t="s">
+        <v>623</v>
+      </c>
+      <c r="F221" t="s">
+        <v>624</v>
+      </c>
+      <c r="G221" t="s">
+        <v>604</v>
+      </c>
+      <c r="H221" t="b">
+        <v>0</v>
+      </c>
+      <c r="O221" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="222" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>18</v>
+      </c>
+      <c r="B222" t="s">
+        <v>600</v>
+      </c>
+      <c r="D222" t="s">
+        <v>625</v>
+      </c>
+      <c r="E222" t="s">
+        <v>626</v>
+      </c>
+      <c r="F222" t="s">
+        <v>610</v>
+      </c>
+      <c r="G222" t="s">
+        <v>604</v>
+      </c>
+      <c r="H222" t="b">
+        <v>0</v>
+      </c>
+      <c r="O222" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="223" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>18</v>
+      </c>
+      <c r="B223" t="s">
+        <v>600</v>
+      </c>
+      <c r="D223" t="s">
+        <v>627</v>
+      </c>
+      <c r="E223" t="s">
+        <v>628</v>
+      </c>
+      <c r="F223" t="s">
+        <v>624</v>
+      </c>
+      <c r="G223" t="s">
+        <v>604</v>
+      </c>
+      <c r="H223" t="b">
+        <v>0</v>
+      </c>
+      <c r="O223" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="224" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>18</v>
+      </c>
+      <c r="B224" t="s">
+        <v>600</v>
+      </c>
+      <c r="D224" t="s">
+        <v>629</v>
+      </c>
+      <c r="E224" t="s">
+        <v>630</v>
+      </c>
+      <c r="F224" t="s">
+        <v>610</v>
+      </c>
+      <c r="G224" t="s">
+        <v>604</v>
+      </c>
+      <c r="H224" t="b">
+        <v>0</v>
+      </c>
+      <c r="O224" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="225" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>18</v>
+      </c>
+      <c r="B225" t="s">
+        <v>600</v>
+      </c>
+      <c r="D225" t="s">
+        <v>631</v>
+      </c>
+      <c r="E225" t="s">
+        <v>632</v>
+      </c>
+      <c r="F225" t="s">
+        <v>633</v>
+      </c>
+      <c r="G225" t="s">
+        <v>604</v>
+      </c>
+      <c r="H225" t="b">
+        <v>0</v>
+      </c>
+      <c r="O225" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="226" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>18</v>
+      </c>
+      <c r="B226" t="s">
+        <v>600</v>
+      </c>
+      <c r="D226" t="s">
+        <v>634</v>
+      </c>
+      <c r="E226" t="s">
+        <v>635</v>
+      </c>
+      <c r="F226" t="s">
+        <v>624</v>
+      </c>
+      <c r="G226" t="s">
+        <v>604</v>
+      </c>
+      <c r="H226" t="b">
+        <v>0</v>
+      </c>
+      <c r="O226" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="227" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>18</v>
+      </c>
+      <c r="B227" t="s">
+        <v>600</v>
+      </c>
+      <c r="D227" t="s">
+        <v>636</v>
+      </c>
+      <c r="E227" t="s">
+        <v>637</v>
+      </c>
+      <c r="F227" t="s">
+        <v>638</v>
+      </c>
+      <c r="G227" t="s">
+        <v>604</v>
+      </c>
+      <c r="H227" t="b">
+        <v>0</v>
+      </c>
+      <c r="O227" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="228" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>18</v>
+      </c>
+      <c r="B228" t="s">
+        <v>600</v>
+      </c>
+      <c r="D228" t="s">
+        <v>639</v>
+      </c>
+      <c r="E228" t="s">
+        <v>640</v>
+      </c>
+      <c r="F228" t="s">
+        <v>641</v>
+      </c>
+      <c r="G228" t="s">
+        <v>604</v>
+      </c>
+      <c r="H228" t="b">
+        <v>0</v>
+      </c>
+      <c r="O228" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="229" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>18</v>
+      </c>
+      <c r="B229" t="s">
+        <v>600</v>
+      </c>
+      <c r="D229" t="s">
+        <v>642</v>
+      </c>
+      <c r="E229" t="s">
+        <v>643</v>
+      </c>
+      <c r="F229" t="s">
+        <v>644</v>
+      </c>
+      <c r="G229" t="s">
+        <v>604</v>
+      </c>
+      <c r="H229" t="b">
+        <v>0</v>
+      </c>
+      <c r="O229" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="230" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>18</v>
+      </c>
+      <c r="B230" t="s">
+        <v>645</v>
+      </c>
+      <c r="D230" t="s">
+        <v>646</v>
+      </c>
+      <c r="E230" t="s">
+        <v>647</v>
+      </c>
+      <c r="F230" t="s">
+        <v>648</v>
+      </c>
+      <c r="G230" t="s">
+        <v>649</v>
+      </c>
+      <c r="H230" t="b">
+        <v>0</v>
+      </c>
+      <c r="O230" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="231" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>18</v>
+      </c>
+      <c r="B231" t="s">
+        <v>650</v>
+      </c>
+      <c r="D231" t="s">
+        <v>651</v>
+      </c>
+      <c r="E231" t="s">
+        <v>652</v>
+      </c>
+      <c r="F231" t="s">
+        <v>653</v>
+      </c>
+      <c r="G231" t="s">
         <v>59</v>
       </c>
-      <c r="H42" t="b">
-[...25 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H231" t="b">
+        <v>0</v>
+      </c>
+      <c r="O231" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="232" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>18</v>
+      </c>
+      <c r="B232" t="s">
+        <v>650</v>
+      </c>
+      <c r="D232" t="s">
+        <v>654</v>
+      </c>
+      <c r="E232" t="s">
+        <v>655</v>
+      </c>
+      <c r="F232" t="s">
+        <v>264</v>
+      </c>
+      <c r="G232" t="s">
         <v>59</v>
       </c>
-      <c r="H43" t="b">
-[...25 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H232" t="b">
+        <v>0</v>
+      </c>
+      <c r="O232" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="233" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>18</v>
+      </c>
+      <c r="B233" t="s">
+        <v>650</v>
+      </c>
+      <c r="D233" t="s">
+        <v>656</v>
+      </c>
+      <c r="E233" t="s">
+        <v>657</v>
+      </c>
+      <c r="F233" t="s">
+        <v>658</v>
+      </c>
+      <c r="G233" t="s">
         <v>59</v>
       </c>
-      <c r="H44" t="b">
-[...25 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H233" t="b">
+        <v>0</v>
+      </c>
+      <c r="O233" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="234" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>18</v>
+      </c>
+      <c r="B234" t="s">
+        <v>650</v>
+      </c>
+      <c r="D234" t="s">
+        <v>659</v>
+      </c>
+      <c r="E234" t="s">
+        <v>660</v>
+      </c>
+      <c r="F234" t="s">
+        <v>661</v>
+      </c>
+      <c r="G234" t="s">
         <v>59</v>
       </c>
-      <c r="H45" t="b">
-[...25 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H234" t="b">
+        <v>0</v>
+      </c>
+      <c r="O234" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="235" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>18</v>
+      </c>
+      <c r="B235" t="s">
+        <v>650</v>
+      </c>
+      <c r="D235" t="s">
+        <v>662</v>
+      </c>
+      <c r="E235" t="s">
+        <v>663</v>
+      </c>
+      <c r="F235" t="s">
+        <v>664</v>
+      </c>
+      <c r="G235" t="s">
         <v>59</v>
       </c>
-      <c r="H46" t="b">
-[...25 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H235" t="b">
+        <v>0</v>
+      </c>
+      <c r="O235" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="236" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>18</v>
+      </c>
+      <c r="B236" t="s">
+        <v>650</v>
+      </c>
+      <c r="D236" t="s">
+        <v>665</v>
+      </c>
+      <c r="E236" t="s">
+        <v>666</v>
+      </c>
+      <c r="F236" t="s">
+        <v>667</v>
+      </c>
+      <c r="G236" t="s">
         <v>59</v>
       </c>
-      <c r="H47" t="b">
-[...25 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H236" t="b">
+        <v>0</v>
+      </c>
+      <c r="O236" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="237" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>18</v>
+      </c>
+      <c r="B237" t="s">
+        <v>650</v>
+      </c>
+      <c r="D237" t="s">
+        <v>668</v>
+      </c>
+      <c r="E237" t="s">
+        <v>669</v>
+      </c>
+      <c r="F237" t="s">
+        <v>670</v>
+      </c>
+      <c r="G237" t="s">
         <v>59</v>
       </c>
-      <c r="H48" t="b">
-[...25 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H237" t="b">
+        <v>0</v>
+      </c>
+      <c r="O237" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="238" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>18</v>
+      </c>
+      <c r="B238" t="s">
+        <v>650</v>
+      </c>
+      <c r="D238" t="s">
+        <v>671</v>
+      </c>
+      <c r="E238" t="s">
+        <v>672</v>
+      </c>
+      <c r="F238" t="s">
+        <v>673</v>
+      </c>
+      <c r="G238" t="s">
         <v>59</v>
       </c>
-      <c r="H49" t="b">
-[...25 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H238" t="b">
+        <v>0</v>
+      </c>
+      <c r="O238" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="239" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>18</v>
+      </c>
+      <c r="B239" t="s">
+        <v>650</v>
+      </c>
+      <c r="D239" t="s">
+        <v>674</v>
+      </c>
+      <c r="E239" t="s">
+        <v>675</v>
+      </c>
+      <c r="F239" t="s">
+        <v>676</v>
+      </c>
+      <c r="G239" t="s">
         <v>59</v>
       </c>
-      <c r="H50" t="b">
-[...2600 lines deleted...]
-      <c r="E140" t="s">
+      <c r="H239" t="b">
+        <v>0</v>
+      </c>
+      <c r="O239" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="240" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>18</v>
+      </c>
+      <c r="B240" t="s">
+        <v>677</v>
+      </c>
+      <c r="D240" t="s">
+        <v>678</v>
+      </c>
+      <c r="E240" t="s">
+        <v>679</v>
+      </c>
+      <c r="F240" t="s">
+        <v>680</v>
+      </c>
+      <c r="G240" t="s">
+        <v>681</v>
+      </c>
+      <c r="H240" t="b">
+        <v>0</v>
+      </c>
+      <c r="O240" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="241" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>18</v>
+      </c>
+      <c r="B241" t="s">
+        <v>677</v>
+      </c>
+      <c r="D241" t="s">
+        <v>682</v>
+      </c>
+      <c r="E241" t="s">
+        <v>683</v>
+      </c>
+      <c r="F241" t="s">
+        <v>684</v>
+      </c>
+      <c r="G241" t="s">
+        <v>681</v>
+      </c>
+      <c r="H241" t="b">
+        <v>0</v>
+      </c>
+      <c r="O241" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="242" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>18</v>
+      </c>
+      <c r="B242" t="s">
+        <v>677</v>
+      </c>
+      <c r="D242" t="s">
+        <v>685</v>
+      </c>
+      <c r="E242" t="s">
+        <v>686</v>
+      </c>
+      <c r="F242" t="s">
+        <v>687</v>
+      </c>
+      <c r="G242" t="s">
+        <v>681</v>
+      </c>
+      <c r="H242" t="b">
+        <v>0</v>
+      </c>
+      <c r="O242" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="243" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>18</v>
+      </c>
+      <c r="B243" t="s">
+        <v>677</v>
+      </c>
+      <c r="D243" t="s">
+        <v>688</v>
+      </c>
+      <c r="E243" t="s">
+        <v>689</v>
+      </c>
+      <c r="F243" t="s">
+        <v>690</v>
+      </c>
+      <c r="G243" t="s">
+        <v>681</v>
+      </c>
+      <c r="H243" t="b">
+        <v>0</v>
+      </c>
+      <c r="O243" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="244" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>18</v>
+      </c>
+      <c r="B244" t="s">
+        <v>677</v>
+      </c>
+      <c r="D244" t="s">
+        <v>691</v>
+      </c>
+      <c r="E244" t="s">
+        <v>692</v>
+      </c>
+      <c r="F244" t="s">
+        <v>693</v>
+      </c>
+      <c r="G244" t="s">
+        <v>681</v>
+      </c>
+      <c r="H244" t="b">
+        <v>0</v>
+      </c>
+      <c r="O244" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="245" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>18</v>
+      </c>
+      <c r="B245" t="s">
+        <v>677</v>
+      </c>
+      <c r="D245" t="s">
+        <v>694</v>
+      </c>
+      <c r="E245" t="s">
+        <v>695</v>
+      </c>
+      <c r="F245" t="s">
+        <v>696</v>
+      </c>
+      <c r="G245" t="s">
+        <v>681</v>
+      </c>
+      <c r="H245" t="b">
+        <v>0</v>
+      </c>
+      <c r="O245" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="246" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>18</v>
+      </c>
+      <c r="B246" t="s">
+        <v>697</v>
+      </c>
+      <c r="D246" t="s">
+        <v>698</v>
+      </c>
+      <c r="E246" t="s">
+        <v>699</v>
+      </c>
+      <c r="F246" t="s">
+        <v>700</v>
+      </c>
+      <c r="G246" t="s">
+        <v>701</v>
+      </c>
+      <c r="H246" t="b">
+        <v>0</v>
+      </c>
+      <c r="O246" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="247" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>18</v>
+      </c>
+      <c r="B247" t="s">
+        <v>697</v>
+      </c>
+      <c r="D247" t="s">
+        <v>702</v>
+      </c>
+      <c r="E247" t="s">
+        <v>703</v>
+      </c>
+      <c r="F247" t="s">
         <v>424</v>
       </c>
-      <c r="F140" t="s">
-[...2986 lines deleted...]
-      <c r="F243" t="s">
+      <c r="G247" t="s">
+        <v>701</v>
+      </c>
+      <c r="H247" t="b">
+        <v>0</v>
+      </c>
+      <c r="O247" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="248" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>18</v>
+      </c>
+      <c r="B248" t="s">
         <v>697</v>
       </c>
-      <c r="G243" t="s">
-[...51 lines deleted...]
-      <c r="E245" t="s">
+      <c r="D248" t="s">
+        <v>704</v>
+      </c>
+      <c r="E248" t="s">
+        <v>705</v>
+      </c>
+      <c r="F248" t="s">
+        <v>424</v>
+      </c>
+      <c r="G248" t="s">
         <v>701</v>
       </c>
-      <c r="F245" t="s">
-[...51 lines deleted...]
-      <c r="D247" t="s">
+      <c r="H248" t="b">
+        <v>0</v>
+      </c>
+      <c r="O248" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="249" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>18</v>
+      </c>
+      <c r="B249" t="s">
+        <v>697</v>
+      </c>
+      <c r="D249" t="s">
         <v>706</v>
       </c>
-      <c r="E247" t="s">
+      <c r="E249" t="s">
         <v>707</v>
       </c>
-      <c r="F247" t="s">
+      <c r="F249" t="s">
         <v>708</v>
       </c>
-      <c r="G247" t="s">
-[...19 lines deleted...]
-      <c r="D248" t="s">
+      <c r="G249" t="s">
+        <v>701</v>
+      </c>
+      <c r="H249" t="b">
+        <v>0</v>
+      </c>
+      <c r="O249" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="250" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>18</v>
+      </c>
+      <c r="B250" t="s">
+        <v>697</v>
+      </c>
+      <c r="D250" t="s">
         <v>709</v>
       </c>
-      <c r="E248" t="s">
+      <c r="E250" t="s">
         <v>710</v>
       </c>
-      <c r="F248" t="s">
+      <c r="F250" t="s">
         <v>711</v>
       </c>
-      <c r="G248" t="s">
-[...19 lines deleted...]
-      <c r="D249" t="s">
+      <c r="G250" t="s">
+        <v>701</v>
+      </c>
+      <c r="H250" t="b">
+        <v>0</v>
+      </c>
+      <c r="O250" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="251" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>18</v>
+      </c>
+      <c r="B251" t="s">
+        <v>697</v>
+      </c>
+      <c r="D251" t="s">
         <v>712</v>
       </c>
-      <c r="E249" t="s">
+      <c r="E251" t="s">
         <v>713</v>
       </c>
-      <c r="F249" t="s">
+      <c r="F251" t="s">
         <v>714</v>
       </c>
-      <c r="G249" t="s">
-[...19 lines deleted...]
-      <c r="D250" t="s">
+      <c r="G251" t="s">
+        <v>701</v>
+      </c>
+      <c r="H251" t="b">
+        <v>0</v>
+      </c>
+      <c r="O251" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="252" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>18</v>
+      </c>
+      <c r="B252" t="s">
+        <v>697</v>
+      </c>
+      <c r="D252" t="s">
         <v>715</v>
       </c>
-      <c r="E250" t="s">
+      <c r="E252" t="s">
         <v>716</v>
       </c>
-      <c r="F250" t="s">
+      <c r="F252" t="s">
+        <v>424</v>
+      </c>
+      <c r="G252" t="s">
+        <v>701</v>
+      </c>
+      <c r="H252" t="b">
+        <v>0</v>
+      </c>
+      <c r="O252" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="253" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>18</v>
+      </c>
+      <c r="B253" t="s">
+        <v>697</v>
+      </c>
+      <c r="D253" t="s">
         <v>717</v>
       </c>
-      <c r="G250" t="s">
-[...19 lines deleted...]
-      <c r="D251" t="s">
+      <c r="E253" t="s">
         <v>718</v>
       </c>
-      <c r="E251" t="s">
+      <c r="F253" t="s">
+        <v>708</v>
+      </c>
+      <c r="G253" t="s">
+        <v>701</v>
+      </c>
+      <c r="H253" t="b">
+        <v>0</v>
+      </c>
+      <c r="O253" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="254" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>18</v>
+      </c>
+      <c r="B254" t="s">
+        <v>697</v>
+      </c>
+      <c r="D254" t="s">
         <v>719</v>
       </c>
-      <c r="F251" t="s">
+      <c r="E254" t="s">
         <v>720</v>
       </c>
-      <c r="G251" t="s">
-[...16 lines deleted...]
-      <c r="B252" t="s">
+      <c r="F254" t="s">
         <v>721</v>
       </c>
-      <c r="D252" t="s">
+      <c r="G254" t="s">
+        <v>701</v>
+      </c>
+      <c r="H254" t="b">
+        <v>0</v>
+      </c>
+      <c r="O254" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="255" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>18</v>
+      </c>
+      <c r="B255" t="s">
+        <v>697</v>
+      </c>
+      <c r="D255" t="s">
         <v>722</v>
       </c>
-      <c r="E252" t="s">
+      <c r="E255" t="s">
         <v>723</v>
       </c>
-      <c r="F252" t="s">
+      <c r="F255" t="s">
+        <v>424</v>
+      </c>
+      <c r="G255" t="s">
+        <v>701</v>
+      </c>
+      <c r="H255" t="b">
+        <v>0</v>
+      </c>
+      <c r="O255" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="256" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>18</v>
+      </c>
+      <c r="B256" t="s">
+        <v>697</v>
+      </c>
+      <c r="D256" t="s">
         <v>724</v>
       </c>
-      <c r="G252" t="s">
+      <c r="E256" t="s">
         <v>725</v>
       </c>
-      <c r="H252" t="b">
-[...16 lines deleted...]
-      <c r="D253" t="s">
+      <c r="F256" t="s">
         <v>726</v>
       </c>
-      <c r="E253" t="s">
+      <c r="G256" t="s">
+        <v>701</v>
+      </c>
+      <c r="H256" t="b">
+        <v>0</v>
+      </c>
+      <c r="O256" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="257" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>18</v>
+      </c>
+      <c r="B257" t="s">
+        <v>697</v>
+      </c>
+      <c r="D257" t="s">
         <v>727</v>
       </c>
-      <c r="F253" t="s">
+      <c r="E257" t="s">
         <v>728</v>
       </c>
-      <c r="G253" t="s">
-[...19 lines deleted...]
-      <c r="D254" t="s">
+      <c r="F257" t="s">
+        <v>424</v>
+      </c>
+      <c r="G257" t="s">
+        <v>701</v>
+      </c>
+      <c r="H257" t="b">
+        <v>0</v>
+      </c>
+      <c r="O257" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="258" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>18</v>
+      </c>
+      <c r="B258" t="s">
+        <v>697</v>
+      </c>
+      <c r="D258" t="s">
         <v>729</v>
       </c>
-      <c r="E254" t="s">
+      <c r="E258" t="s">
         <v>730</v>
       </c>
-      <c r="F254" t="s">
+      <c r="F258" t="s">
+        <v>711</v>
+      </c>
+      <c r="G258" t="s">
+        <v>701</v>
+      </c>
+      <c r="H258" t="b">
+        <v>0</v>
+      </c>
+      <c r="O258" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="259" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>18</v>
+      </c>
+      <c r="B259" t="s">
         <v>731</v>
       </c>
-      <c r="G254" t="s">
-[...19 lines deleted...]
-      <c r="D255" t="s">
+      <c r="D259" t="s">
         <v>732</v>
       </c>
-      <c r="E255" t="s">
+      <c r="E259" t="s">
         <v>733</v>
       </c>
-      <c r="F255" t="s">
+      <c r="F259" t="s">
         <v>734</v>
       </c>
-      <c r="G255" t="s">
-[...19 lines deleted...]
-      <c r="D256" t="s">
+      <c r="G259" t="s">
         <v>735</v>
       </c>
-      <c r="E256" t="s">
+      <c r="H259" t="b">
+        <v>0</v>
+      </c>
+      <c r="O259" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="260" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>18</v>
+      </c>
+      <c r="B260" t="s">
+        <v>731</v>
+      </c>
+      <c r="D260" t="s">
         <v>736</v>
       </c>
-      <c r="F256" t="s">
+      <c r="E260" t="s">
         <v>737</v>
       </c>
-      <c r="G256" t="s">
-[...19 lines deleted...]
-      <c r="D257" t="s">
+      <c r="F260" t="s">
         <v>738</v>
       </c>
-      <c r="E257" t="s">
+      <c r="G260" t="s">
+        <v>735</v>
+      </c>
+      <c r="H260" t="b">
+        <v>0</v>
+      </c>
+      <c r="O260" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="261" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>18</v>
+      </c>
+      <c r="B261" t="s">
+        <v>731</v>
+      </c>
+      <c r="D261" t="s">
         <v>739</v>
       </c>
-      <c r="F257" t="s">
+      <c r="E261" t="s">
         <v>740</v>
       </c>
-      <c r="G257" t="s">
-[...16 lines deleted...]
-      <c r="B258" t="s">
+      <c r="F261" t="s">
         <v>741</v>
       </c>
-      <c r="D258" t="s">
+      <c r="G261" t="s">
+        <v>735</v>
+      </c>
+      <c r="H261" t="b">
+        <v>0</v>
+      </c>
+      <c r="O261" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="262" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>18</v>
+      </c>
+      <c r="B262" t="s">
         <v>742</v>
       </c>
-      <c r="E258" t="s">
+      <c r="D262" t="s">
         <v>743</v>
       </c>
-      <c r="F258" t="s">
+      <c r="E262" t="s">
         <v>744</v>
       </c>
-      <c r="G258" t="s">
+      <c r="F262" t="s">
         <v>745</v>
       </c>
-      <c r="H258" t="b">
-[...16 lines deleted...]
-      <c r="D259" t="s">
+      <c r="G262" t="s">
         <v>746</v>
       </c>
-      <c r="E259" t="s">
+      <c r="H262" t="b">
+        <v>0</v>
+      </c>
+      <c r="O262" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="263" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>18</v>
+      </c>
+      <c r="B263" t="s">
+        <v>742</v>
+      </c>
+      <c r="D263" t="s">
         <v>747</v>
       </c>
-      <c r="F259" t="s">
-[...2 lines deleted...]
-      <c r="G259" t="s">
+      <c r="E263" t="s">
+        <v>748</v>
+      </c>
+      <c r="F263" t="s">
         <v>745</v>
       </c>
-      <c r="H259" t="b">
-[...19 lines deleted...]
-      <c r="E260" t="s">
+      <c r="G263" t="s">
+        <v>746</v>
+      </c>
+      <c r="H263" t="b">
+        <v>0</v>
+      </c>
+      <c r="O263" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="264" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>18</v>
+      </c>
+      <c r="B264" t="s">
         <v>749</v>
       </c>
-      <c r="F260" t="s">
-[...22 lines deleted...]
-      <c r="D261" t="s">
+      <c r="D264" t="s">
         <v>750</v>
       </c>
-      <c r="E261" t="s">
+      <c r="E264" t="s">
         <v>751</v>
       </c>
-      <c r="F261" t="s">
+      <c r="F264" t="s">
+        <v>424</v>
+      </c>
+      <c r="G264" t="s">
+        <v>66</v>
+      </c>
+      <c r="H264" t="b">
+        <v>0</v>
+      </c>
+      <c r="O264" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="265" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>18</v>
+      </c>
+      <c r="B265" t="s">
+        <v>749</v>
+      </c>
+      <c r="D265" t="s">
         <v>752</v>
       </c>
-      <c r="G261" t="s">
-[...19 lines deleted...]
-      <c r="D262" t="s">
+      <c r="E265" t="s">
         <v>753</v>
       </c>
-      <c r="E262" t="s">
+      <c r="F265" t="s">
         <v>754</v>
       </c>
-      <c r="F262" t="s">
+      <c r="G265" t="s">
+        <v>66</v>
+      </c>
+      <c r="H265" t="b">
+        <v>0</v>
+      </c>
+      <c r="O265" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="266" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>18</v>
+      </c>
+      <c r="B266" t="s">
+        <v>749</v>
+      </c>
+      <c r="D266" t="s">
         <v>755</v>
       </c>
-      <c r="G262" t="s">
-[...19 lines deleted...]
-      <c r="D263" t="s">
+      <c r="E266" t="s">
         <v>756</v>
       </c>
-      <c r="E263" t="s">
+      <c r="F266" t="s">
         <v>757</v>
       </c>
-      <c r="F263" t="s">
+      <c r="G266" t="s">
+        <v>66</v>
+      </c>
+      <c r="H266" t="b">
+        <v>0</v>
+      </c>
+      <c r="O266" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="267" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>18</v>
+      </c>
+      <c r="B267" t="s">
+        <v>749</v>
+      </c>
+      <c r="D267" t="s">
         <v>758</v>
       </c>
-      <c r="G263" t="s">
-[...19 lines deleted...]
-      <c r="D264" t="s">
+      <c r="E267" t="s">
         <v>759</v>
       </c>
-      <c r="E264" t="s">
+      <c r="F267" t="s">
         <v>760</v>
       </c>
-      <c r="F264" t="s">
-[...22 lines deleted...]
-      <c r="D265" t="s">
+      <c r="G267" t="s">
+        <v>66</v>
+      </c>
+      <c r="H267" t="b">
+        <v>0</v>
+      </c>
+      <c r="O267" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="268" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>18</v>
+      </c>
+      <c r="B268" t="s">
+        <v>749</v>
+      </c>
+      <c r="D268" t="s">
         <v>761</v>
       </c>
-      <c r="E265" t="s">
+      <c r="E268" t="s">
         <v>762</v>
       </c>
-      <c r="F265" t="s">
-[...22 lines deleted...]
-      <c r="D266" t="s">
+      <c r="F268" t="s">
         <v>763</v>
       </c>
-      <c r="E266" t="s">
+      <c r="G268" t="s">
+        <v>66</v>
+      </c>
+      <c r="H268" t="b">
+        <v>0</v>
+      </c>
+      <c r="O268" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="269" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>18</v>
+      </c>
+      <c r="B269" t="s">
+        <v>749</v>
+      </c>
+      <c r="D269" t="s">
         <v>764</v>
       </c>
-      <c r="F266" t="s">
+      <c r="E269" t="s">
         <v>765</v>
       </c>
-      <c r="G266" t="s">
-[...19 lines deleted...]
-      <c r="D267" t="s">
+      <c r="F269" t="s">
         <v>766</v>
       </c>
-      <c r="E267" t="s">
+      <c r="G269" t="s">
+        <v>66</v>
+      </c>
+      <c r="H269" t="b">
+        <v>0</v>
+      </c>
+      <c r="O269" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="270" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>18</v>
+      </c>
+      <c r="B270" t="s">
+        <v>749</v>
+      </c>
+      <c r="D270" t="s">
         <v>767</v>
       </c>
-      <c r="F267" t="s">
-[...22 lines deleted...]
-      <c r="D268" t="s">
+      <c r="E270" t="s">
         <v>768</v>
       </c>
-      <c r="E268" t="s">
+      <c r="F270" t="s">
         <v>769</v>
       </c>
-      <c r="F268" t="s">
+      <c r="G270" t="s">
+        <v>66</v>
+      </c>
+      <c r="H270" t="b">
+        <v>0</v>
+      </c>
+      <c r="O270" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="271" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>18</v>
+      </c>
+      <c r="B271" t="s">
+        <v>749</v>
+      </c>
+      <c r="D271" t="s">
         <v>770</v>
       </c>
-      <c r="G268" t="s">
-[...19 lines deleted...]
-      <c r="D269" t="s">
+      <c r="E271" t="s">
         <v>771</v>
       </c>
-      <c r="E269" t="s">
+      <c r="F271" t="s">
         <v>772</v>
       </c>
-      <c r="F269" t="s">
-[...22 lines deleted...]
-      <c r="D270" t="s">
+      <c r="G271" t="s">
+        <v>66</v>
+      </c>
+      <c r="H271" t="b">
+        <v>0</v>
+      </c>
+      <c r="O271" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="272" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>18</v>
+      </c>
+      <c r="B272" t="s">
         <v>773</v>
       </c>
-      <c r="E270" t="s">
+      <c r="D272" t="s">
         <v>774</v>
       </c>
-      <c r="F270" t="s">
-[...19 lines deleted...]
-      <c r="B271" t="s">
+      <c r="E272" t="s">
         <v>775</v>
       </c>
-      <c r="D271" t="s">
+      <c r="F272" t="s">
         <v>776</v>
       </c>
-      <c r="E271" t="s">
+      <c r="G272" t="s">
         <v>777</v>
       </c>
-      <c r="F271" t="s">
+      <c r="H272" t="b">
+        <v>0</v>
+      </c>
+      <c r="O272" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="273" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>18</v>
+      </c>
+      <c r="B273" t="s">
+        <v>773</v>
+      </c>
+      <c r="D273" t="s">
         <v>778</v>
       </c>
-      <c r="G271" t="s">
+      <c r="E273" t="s">
         <v>779</v>
       </c>
-      <c r="H271" t="b">
-[...16 lines deleted...]
-      <c r="D272" t="s">
+      <c r="F273" t="s">
         <v>780</v>
       </c>
-      <c r="E272" t="s">
+      <c r="G273" t="s">
+        <v>777</v>
+      </c>
+      <c r="H273" t="b">
+        <v>0</v>
+      </c>
+      <c r="O273" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="274" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>18</v>
+      </c>
+      <c r="B274" t="s">
+        <v>773</v>
+      </c>
+      <c r="D274" t="s">
         <v>781</v>
       </c>
-      <c r="F272" t="s">
+      <c r="E274" t="s">
         <v>782</v>
       </c>
-      <c r="G272" t="s">
-[...19 lines deleted...]
-      <c r="D273" t="s">
+      <c r="F274" t="s">
         <v>783</v>
       </c>
-      <c r="E273" t="s">
+      <c r="G274" t="s">
+        <v>777</v>
+      </c>
+      <c r="H274" t="b">
+        <v>0</v>
+      </c>
+      <c r="O274" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="275" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>18</v>
+      </c>
+      <c r="B275" t="s">
+        <v>773</v>
+      </c>
+      <c r="D275" t="s">
         <v>784</v>
       </c>
-      <c r="F273" t="s">
+      <c r="E275" t="s">
         <v>785</v>
       </c>
-      <c r="G273" t="s">
-[...16 lines deleted...]
-      <c r="B274" t="s">
+      <c r="F275" t="s">
         <v>786</v>
       </c>
-      <c r="D274" t="s">
+      <c r="G275" t="s">
+        <v>777</v>
+      </c>
+      <c r="H275" t="b">
+        <v>0</v>
+      </c>
+      <c r="O275" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="276" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>18</v>
+      </c>
+      <c r="B276" t="s">
+        <v>773</v>
+      </c>
+      <c r="D276" t="s">
         <v>787</v>
       </c>
-      <c r="E274" t="s">
+      <c r="E276" t="s">
         <v>788</v>
       </c>
-      <c r="F274" t="s">
+      <c r="F276" t="s">
         <v>789</v>
       </c>
-      <c r="G274" t="s">
+      <c r="G276" t="s">
+        <v>777</v>
+      </c>
+      <c r="H276" t="b">
+        <v>0</v>
+      </c>
+      <c r="O276" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="277" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>18</v>
+      </c>
+      <c r="B277" t="s">
+        <v>773</v>
+      </c>
+      <c r="D277" t="s">
         <v>790</v>
       </c>
-      <c r="H274" t="b">
-[...16 lines deleted...]
-      <c r="D275" t="s">
+      <c r="E277" t="s">
         <v>791</v>
       </c>
-      <c r="E275" t="s">
+      <c r="F277" t="s">
         <v>792</v>
       </c>
-      <c r="F275" t="s">
-[...19 lines deleted...]
-      <c r="B276" t="s">
+      <c r="G277" t="s">
+        <v>777</v>
+      </c>
+      <c r="H277" t="b">
+        <v>0</v>
+      </c>
+      <c r="O277" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="278" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>18</v>
+      </c>
+      <c r="B278" t="s">
+        <v>773</v>
+      </c>
+      <c r="D278" t="s">
         <v>793</v>
       </c>
-      <c r="D276" t="s">
+      <c r="E278" t="s">
         <v>794</v>
       </c>
-      <c r="E276" t="s">
+      <c r="F278" t="s">
         <v>795</v>
       </c>
-      <c r="F276" t="s">
-[...22 lines deleted...]
-      <c r="D277" t="s">
+      <c r="G278" t="s">
+        <v>777</v>
+      </c>
+      <c r="H278" t="b">
+        <v>0</v>
+      </c>
+      <c r="O278" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="279" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>18</v>
+      </c>
+      <c r="B279" t="s">
+        <v>773</v>
+      </c>
+      <c r="D279" t="s">
         <v>796</v>
       </c>
-      <c r="E277" t="s">
+      <c r="E279" t="s">
         <v>797</v>
       </c>
-      <c r="F277" t="s">
+      <c r="F279" t="s">
         <v>798</v>
       </c>
-      <c r="G277" t="s">
-[...19 lines deleted...]
-      <c r="D278" t="s">
+      <c r="G279" t="s">
+        <v>777</v>
+      </c>
+      <c r="H279" t="b">
+        <v>0</v>
+      </c>
+      <c r="O279" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="280" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>18</v>
+      </c>
+      <c r="B280" t="s">
+        <v>773</v>
+      </c>
+      <c r="D280" t="s">
         <v>799</v>
       </c>
-      <c r="E278" t="s">
+      <c r="E280" t="s">
         <v>800</v>
       </c>
-      <c r="F278" t="s">
+      <c r="F280" t="s">
         <v>801</v>
       </c>
-      <c r="G278" t="s">
-[...19 lines deleted...]
-      <c r="D279" t="s">
+      <c r="G280" t="s">
+        <v>777</v>
+      </c>
+      <c r="H280" t="b">
+        <v>0</v>
+      </c>
+      <c r="O280" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="281" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>18</v>
+      </c>
+      <c r="B281" t="s">
+        <v>773</v>
+      </c>
+      <c r="D281" t="s">
         <v>802</v>
       </c>
-      <c r="E279" t="s">
+      <c r="E281" t="s">
         <v>803</v>
       </c>
-      <c r="F279" t="s">
+      <c r="F281" t="s">
+        <v>795</v>
+      </c>
+      <c r="G281" t="s">
+        <v>777</v>
+      </c>
+      <c r="H281" t="b">
+        <v>0</v>
+      </c>
+      <c r="O281" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="282" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>18</v>
+      </c>
+      <c r="B282" t="s">
+        <v>773</v>
+      </c>
+      <c r="D282" t="s">
         <v>804</v>
       </c>
-      <c r="G279" t="s">
-[...19 lines deleted...]
-      <c r="D280" t="s">
+      <c r="E282" t="s">
         <v>805</v>
       </c>
-      <c r="E280" t="s">
+      <c r="F282" t="s">
         <v>806</v>
       </c>
-      <c r="F280" t="s">
+      <c r="G282" t="s">
+        <v>777</v>
+      </c>
+      <c r="H282" t="b">
+        <v>0</v>
+      </c>
+      <c r="O282" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="283" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>18</v>
+      </c>
+      <c r="B283" t="s">
+        <v>773</v>
+      </c>
+      <c r="D283" t="s">
         <v>807</v>
       </c>
-      <c r="G280" t="s">
-[...19 lines deleted...]
-      <c r="D281" t="s">
+      <c r="E283" t="s">
         <v>808</v>
       </c>
-      <c r="E281" t="s">
+      <c r="F283" t="s">
         <v>809</v>
       </c>
-      <c r="F281" t="s">
+      <c r="G283" t="s">
+        <v>777</v>
+      </c>
+      <c r="H283" t="b">
+        <v>0</v>
+      </c>
+      <c r="O283" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="284" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>18</v>
+      </c>
+      <c r="B284" t="s">
+        <v>773</v>
+      </c>
+      <c r="D284" t="s">
         <v>810</v>
       </c>
-      <c r="G281" t="s">
-[...19 lines deleted...]
-      <c r="D282" t="s">
+      <c r="E284" t="s">
         <v>811</v>
       </c>
-      <c r="E282" t="s">
+      <c r="F284" t="s">
         <v>812</v>
       </c>
-      <c r="F282" t="s">
+      <c r="G284" t="s">
+        <v>777</v>
+      </c>
+      <c r="H284" t="b">
+        <v>0</v>
+      </c>
+      <c r="O284" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="285" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>18</v>
+      </c>
+      <c r="B285" t="s">
+        <v>773</v>
+      </c>
+      <c r="D285" t="s">
         <v>813</v>
       </c>
-      <c r="G282" t="s">
-[...19 lines deleted...]
-      <c r="D283" t="s">
+      <c r="E285" t="s">
         <v>814</v>
       </c>
-      <c r="E283" t="s">
+      <c r="F285" t="s">
+        <v>783</v>
+      </c>
+      <c r="G285" t="s">
+        <v>777</v>
+      </c>
+      <c r="H285" t="b">
+        <v>0</v>
+      </c>
+      <c r="O285" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="286" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>18</v>
+      </c>
+      <c r="B286" t="s">
         <v>815</v>
       </c>
-      <c r="F283" t="s">
+      <c r="D286" t="s">
         <v>816</v>
       </c>
-      <c r="G283" t="s">
-[...16 lines deleted...]
-      <c r="B284" t="s">
+      <c r="E286" t="s">
         <v>817</v>
       </c>
-      <c r="D284" t="s">
+      <c r="F286" t="s">
         <v>818</v>
       </c>
-      <c r="E284" t="s">
+      <c r="G286" t="s">
         <v>819</v>
       </c>
-      <c r="F284" t="s">
+      <c r="H286" t="b">
+        <v>0</v>
+      </c>
+      <c r="O286" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="287" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>18</v>
+      </c>
+      <c r="B287" t="s">
+        <v>815</v>
+      </c>
+      <c r="D287" t="s">
         <v>820</v>
       </c>
-      <c r="G284" t="s">
+      <c r="E287" t="s">
         <v>821</v>
       </c>
-      <c r="H284" t="b">
-[...16 lines deleted...]
-      <c r="D285" t="s">
+      <c r="F287" t="s">
         <v>822</v>
       </c>
-      <c r="E285" t="s">
+      <c r="G287" t="s">
+        <v>819</v>
+      </c>
+      <c r="H287" t="b">
+        <v>0</v>
+      </c>
+      <c r="O287" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="288" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>18</v>
+      </c>
+      <c r="B288" t="s">
+        <v>815</v>
+      </c>
+      <c r="D288" t="s">
         <v>823</v>
       </c>
-      <c r="F285" t="s">
+      <c r="E288" t="s">
         <v>824</v>
       </c>
-      <c r="G285" t="s">
-[...19 lines deleted...]
-      <c r="D286" t="s">
+      <c r="F288" t="s">
         <v>825</v>
       </c>
-      <c r="E286" t="s">
+      <c r="G288" t="s">
+        <v>819</v>
+      </c>
+      <c r="H288" t="b">
+        <v>0</v>
+      </c>
+      <c r="O288" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="289" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>18</v>
+      </c>
+      <c r="B289" t="s">
+        <v>815</v>
+      </c>
+      <c r="D289" t="s">
         <v>826</v>
       </c>
-      <c r="F286" t="s">
+      <c r="E289" t="s">
         <v>827</v>
       </c>
-      <c r="G286" t="s">
-[...19 lines deleted...]
-      <c r="D287" t="s">
+      <c r="F289" t="s">
         <v>828</v>
       </c>
-      <c r="E287" t="s">
+      <c r="G289" t="s">
+        <v>819</v>
+      </c>
+      <c r="H289" t="b">
+        <v>0</v>
+      </c>
+      <c r="O289" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="290" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>18</v>
+      </c>
+      <c r="B290" t="s">
+        <v>815</v>
+      </c>
+      <c r="D290" t="s">
         <v>829</v>
       </c>
-      <c r="F287" t="s">
+      <c r="E290" t="s">
         <v>830</v>
       </c>
-      <c r="G287" t="s">
-[...19 lines deleted...]
-      <c r="D288" t="s">
+      <c r="F290" t="s">
         <v>831</v>
       </c>
-      <c r="E288" t="s">
+      <c r="G290" t="s">
+        <v>819</v>
+      </c>
+      <c r="H290" t="b">
+        <v>0</v>
+      </c>
+      <c r="O290" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="291" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>18</v>
+      </c>
+      <c r="B291" t="s">
+        <v>815</v>
+      </c>
+      <c r="D291" t="s">
         <v>832</v>
       </c>
-      <c r="F288" t="s">
+      <c r="E291" t="s">
         <v>833</v>
       </c>
-      <c r="G288" t="s">
-[...19 lines deleted...]
-      <c r="D289" t="s">
+      <c r="F291" t="s">
         <v>834</v>
       </c>
-      <c r="E289" t="s">
+      <c r="G291" t="s">
+        <v>819</v>
+      </c>
+      <c r="H291" t="b">
+        <v>0</v>
+      </c>
+      <c r="O291" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="292" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>18</v>
+      </c>
+      <c r="B292" t="s">
+        <v>815</v>
+      </c>
+      <c r="D292" t="s">
         <v>835</v>
       </c>
-      <c r="F289" t="s">
+      <c r="E292" t="s">
         <v>836</v>
       </c>
-      <c r="G289" t="s">
-[...19 lines deleted...]
-      <c r="D290" t="s">
+      <c r="F292" t="s">
         <v>837</v>
       </c>
-      <c r="E290" t="s">
+      <c r="G292" t="s">
+        <v>819</v>
+      </c>
+      <c r="H292" t="b">
+        <v>0</v>
+      </c>
+      <c r="O292" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="293" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
+        <v>18</v>
+      </c>
+      <c r="B293" t="s">
+        <v>815</v>
+      </c>
+      <c r="D293" t="s">
         <v>838</v>
       </c>
-      <c r="F290" t="s">
+      <c r="E293" t="s">
         <v>839</v>
       </c>
-      <c r="G290" t="s">
-[...19 lines deleted...]
-      <c r="D291" t="s">
+      <c r="F293" t="s">
         <v>840</v>
       </c>
-      <c r="E291" t="s">
+      <c r="G293" t="s">
+        <v>819</v>
+      </c>
+      <c r="H293" t="b">
+        <v>0</v>
+      </c>
+      <c r="O293" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="294" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
+        <v>18</v>
+      </c>
+      <c r="B294" t="s">
+        <v>815</v>
+      </c>
+      <c r="D294" t="s">
         <v>841</v>
       </c>
-      <c r="F291" t="s">
+      <c r="E294" t="s">
         <v>842</v>
       </c>
-      <c r="G291" t="s">
-[...19 lines deleted...]
-      <c r="D292" t="s">
+      <c r="F294" t="s">
         <v>843</v>
       </c>
-      <c r="E292" t="s">
+      <c r="G294" t="s">
+        <v>819</v>
+      </c>
+      <c r="H294" t="b">
+        <v>0</v>
+      </c>
+      <c r="O294" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="295" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
+        <v>18</v>
+      </c>
+      <c r="B295" t="s">
+        <v>815</v>
+      </c>
+      <c r="D295" t="s">
         <v>844</v>
       </c>
-      <c r="F292" t="s">
+      <c r="E295" t="s">
         <v>845</v>
       </c>
-      <c r="G292" t="s">
-[...19 lines deleted...]
-      <c r="D293" t="s">
+      <c r="F295" t="s">
         <v>846</v>
       </c>
-      <c r="E293" t="s">
+      <c r="G295" t="s">
+        <v>819</v>
+      </c>
+      <c r="H295" t="b">
+        <v>0</v>
+      </c>
+      <c r="O295" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="296" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
+        <v>18</v>
+      </c>
+      <c r="B296" t="s">
+        <v>815</v>
+      </c>
+      <c r="D296" t="s">
         <v>847</v>
       </c>
-      <c r="F293" t="s">
-[...22 lines deleted...]
-      <c r="D294" t="s">
+      <c r="E296" t="s">
         <v>848</v>
       </c>
-      <c r="E294" t="s">
+      <c r="F296" t="s">
         <v>849</v>
       </c>
-      <c r="F294" t="s">
+      <c r="G296" t="s">
         <v>850</v>
       </c>
-      <c r="G294" t="s">
-[...19 lines deleted...]
-      <c r="D295" t="s">
+      <c r="H296" t="b">
+        <v>0</v>
+      </c>
+      <c r="O296" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="297" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>18</v>
+      </c>
+      <c r="B297" t="s">
+        <v>815</v>
+      </c>
+      <c r="D297" t="s">
         <v>851</v>
       </c>
-      <c r="E295" t="s">
+      <c r="E297" t="s">
         <v>852</v>
       </c>
-      <c r="F295" t="s">
+      <c r="F297" t="s">
         <v>853</v>
       </c>
-      <c r="G295" t="s">
-[...19 lines deleted...]
-      <c r="D296" t="s">
+      <c r="G297" t="s">
+        <v>819</v>
+      </c>
+      <c r="H297" t="b">
+        <v>0</v>
+      </c>
+      <c r="O297" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="298" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>18</v>
+      </c>
+      <c r="B298" t="s">
         <v>854</v>
       </c>
-      <c r="E296" t="s">
+      <c r="D298" t="s">
         <v>855</v>
       </c>
-      <c r="F296" t="s">
+      <c r="E298" t="s">
         <v>856</v>
       </c>
-      <c r="G296" t="s">
-[...19 lines deleted...]
-      <c r="D297" t="s">
+      <c r="F298" t="s">
         <v>857</v>
       </c>
-      <c r="E297" t="s">
+      <c r="G298" t="s">
         <v>858</v>
       </c>
-      <c r="F297" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="H298" t="b">
         <v>0</v>
       </c>
       <c r="O298" t="s">
         <v>24</v>
       </c>
-      <c r="Q298">
-[...3 lines deleted...]
-    <row r="299" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="299" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
         <v>18</v>
       </c>
       <c r="B299" t="s">
         <v>859</v>
       </c>
       <c r="D299" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="E299" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="F299" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="G299" t="s">
         <v>863</v>
       </c>
       <c r="H299" t="b">
         <v>0</v>
       </c>
       <c r="O299" t="s">
         <v>24</v>
       </c>
-      <c r="Q299">
-[...3 lines deleted...]
-    <row r="300" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="300" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
         <v>18</v>
       </c>
       <c r="B300" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="D300" t="s">
+        <v>865</v>
+      </c>
+      <c r="E300" t="s">
+        <v>866</v>
+      </c>
+      <c r="F300" t="s">
         <v>867</v>
       </c>
-      <c r="E300" t="s">
+      <c r="G300" t="s">
+        <v>701</v>
+      </c>
+      <c r="H300" t="b">
+        <v>0</v>
+      </c>
+      <c r="O300" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="301" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>18</v>
+      </c>
+      <c r="B301" t="s">
         <v>868</v>
       </c>
-      <c r="F300" t="s">
+      <c r="D301" t="s">
         <v>869</v>
       </c>
-      <c r="G300" t="s">
-[...19 lines deleted...]
-      <c r="D301" t="s">
+      <c r="E301" t="s">
         <v>870</v>
       </c>
-      <c r="E301" t="s">
+      <c r="F301" t="s">
+        <v>104</v>
+      </c>
+      <c r="G301" t="s">
         <v>871</v>
       </c>
-      <c r="F301" t="s">
+      <c r="H301" t="b">
+        <v>0</v>
+      </c>
+      <c r="O301" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="302" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>18</v>
+      </c>
+      <c r="B302" t="s">
+        <v>868</v>
+      </c>
+      <c r="D302" t="s">
         <v>872</v>
       </c>
-      <c r="G301" t="s">
-[...19 lines deleted...]
-      <c r="D302" t="s">
+      <c r="E302" t="s">
         <v>873</v>
       </c>
-      <c r="E302" t="s">
+      <c r="F302" t="s">
+        <v>284</v>
+      </c>
+      <c r="G302" t="s">
+        <v>871</v>
+      </c>
+      <c r="H302" t="b">
+        <v>0</v>
+      </c>
+      <c r="O302" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="303" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>18</v>
+      </c>
+      <c r="B303" t="s">
+        <v>868</v>
+      </c>
+      <c r="D303" t="s">
         <v>874</v>
       </c>
-      <c r="F302" t="s">
+      <c r="E303" t="s">
         <v>875</v>
       </c>
-      <c r="G302" t="s">
-[...19 lines deleted...]
-      <c r="D303" t="s">
+      <c r="F303" t="s">
         <v>876</v>
       </c>
-      <c r="E303" t="s">
+      <c r="G303" t="s">
+        <v>871</v>
+      </c>
+      <c r="H303" t="b">
+        <v>0</v>
+      </c>
+      <c r="O303" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="304" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>18</v>
+      </c>
+      <c r="B304" t="s">
+        <v>868</v>
+      </c>
+      <c r="D304" t="s">
         <v>877</v>
       </c>
-      <c r="F303" t="s">
+      <c r="E304" t="s">
         <v>878</v>
       </c>
-      <c r="G303" t="s">
-[...19 lines deleted...]
-      <c r="D304" t="s">
+      <c r="F304" t="s">
         <v>879</v>
       </c>
-      <c r="E304" t="s">
+      <c r="G304" t="s">
+        <v>871</v>
+      </c>
+      <c r="H304" t="b">
+        <v>0</v>
+      </c>
+      <c r="O304" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="305" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>18</v>
+      </c>
+      <c r="B305" t="s">
+        <v>868</v>
+      </c>
+      <c r="D305" t="s">
         <v>880</v>
       </c>
-      <c r="F304" t="s">
+      <c r="E305" t="s">
         <v>881</v>
       </c>
-      <c r="G304" t="s">
-[...19 lines deleted...]
-      <c r="D305" t="s">
+      <c r="F305" t="s">
         <v>882</v>
       </c>
-      <c r="E305" t="s">
+      <c r="G305" t="s">
+        <v>871</v>
+      </c>
+      <c r="H305" t="b">
+        <v>0</v>
+      </c>
+      <c r="O305" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="306" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>18</v>
+      </c>
+      <c r="B306" t="s">
+        <v>887</v>
+      </c>
+      <c r="D306" t="s">
+        <v>888</v>
+      </c>
+      <c r="E306" t="s">
+        <v>889</v>
+      </c>
+      <c r="F306" t="s">
+        <v>890</v>
+      </c>
+      <c r="G306" t="s">
+        <v>23</v>
+      </c>
+      <c r="H306" t="b">
+        <v>0</v>
+      </c>
+      <c r="O306" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="307" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>18</v>
+      </c>
+      <c r="B307" t="s">
+        <v>891</v>
+      </c>
+      <c r="D307" t="s">
+        <v>892</v>
+      </c>
+      <c r="E307" t="s">
+        <v>893</v>
+      </c>
+      <c r="F307" t="s">
+        <v>644</v>
+      </c>
+      <c r="G307" t="s">
+        <v>681</v>
+      </c>
+      <c r="H307" t="b">
+        <v>0</v>
+      </c>
+      <c r="O307" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="308" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>18</v>
+      </c>
+      <c r="B308" t="s">
+        <v>891</v>
+      </c>
+      <c r="D308" t="s">
+        <v>894</v>
+      </c>
+      <c r="E308" t="s">
+        <v>895</v>
+      </c>
+      <c r="F308" t="s">
+        <v>896</v>
+      </c>
+      <c r="G308" t="s">
+        <v>681</v>
+      </c>
+      <c r="H308" t="b">
+        <v>0</v>
+      </c>
+      <c r="O308" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="309" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>18</v>
+      </c>
+      <c r="B309" t="s">
+        <v>891</v>
+      </c>
+      <c r="D309" t="s">
+        <v>897</v>
+      </c>
+      <c r="E309" t="s">
+        <v>898</v>
+      </c>
+      <c r="F309" t="s">
+        <v>899</v>
+      </c>
+      <c r="G309" t="s">
+        <v>681</v>
+      </c>
+      <c r="H309" t="b">
+        <v>0</v>
+      </c>
+      <c r="O309" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="310" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>18</v>
+      </c>
+      <c r="B310" t="s">
+        <v>891</v>
+      </c>
+      <c r="D310" t="s">
+        <v>900</v>
+      </c>
+      <c r="E310" t="s">
+        <v>901</v>
+      </c>
+      <c r="F310" t="s">
+        <v>284</v>
+      </c>
+      <c r="G310" t="s">
+        <v>681</v>
+      </c>
+      <c r="H310" t="b">
+        <v>0</v>
+      </c>
+      <c r="O310" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="311" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>18</v>
+      </c>
+      <c r="B311" t="s">
+        <v>891</v>
+      </c>
+      <c r="D311" t="s">
+        <v>902</v>
+      </c>
+      <c r="E311" t="s">
+        <v>903</v>
+      </c>
+      <c r="F311" t="s">
+        <v>904</v>
+      </c>
+      <c r="G311" t="s">
+        <v>681</v>
+      </c>
+      <c r="H311" t="b">
+        <v>0</v>
+      </c>
+      <c r="O311" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="312" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>18</v>
+      </c>
+      <c r="B312" t="s">
+        <v>891</v>
+      </c>
+      <c r="D312" t="s">
+        <v>905</v>
+      </c>
+      <c r="E312" t="s">
+        <v>906</v>
+      </c>
+      <c r="F312" t="s">
+        <v>907</v>
+      </c>
+      <c r="G312" t="s">
+        <v>681</v>
+      </c>
+      <c r="H312" t="b">
+        <v>0</v>
+      </c>
+      <c r="O312" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="313" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>18</v>
+      </c>
+      <c r="B313" t="s">
+        <v>891</v>
+      </c>
+      <c r="D313" t="s">
+        <v>908</v>
+      </c>
+      <c r="E313" t="s">
+        <v>909</v>
+      </c>
+      <c r="F313" t="s">
+        <v>910</v>
+      </c>
+      <c r="G313" t="s">
+        <v>681</v>
+      </c>
+      <c r="H313" t="b">
+        <v>0</v>
+      </c>
+      <c r="O313" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="314" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>18</v>
+      </c>
+      <c r="B314" t="s">
+        <v>891</v>
+      </c>
+      <c r="D314" t="s">
+        <v>911</v>
+      </c>
+      <c r="E314" t="s">
+        <v>912</v>
+      </c>
+      <c r="F314" t="s">
+        <v>913</v>
+      </c>
+      <c r="G314" t="s">
+        <v>681</v>
+      </c>
+      <c r="H314" t="b">
+        <v>0</v>
+      </c>
+      <c r="O314" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="315" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>18</v>
+      </c>
+      <c r="B315" t="s">
+        <v>891</v>
+      </c>
+      <c r="D315" t="s">
+        <v>914</v>
+      </c>
+      <c r="E315" t="s">
+        <v>915</v>
+      </c>
+      <c r="F315" t="s">
+        <v>916</v>
+      </c>
+      <c r="G315" t="s">
+        <v>681</v>
+      </c>
+      <c r="H315" t="b">
+        <v>0</v>
+      </c>
+      <c r="O315" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="316" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>18</v>
+      </c>
+      <c r="B316" t="s">
+        <v>891</v>
+      </c>
+      <c r="D316" t="s">
+        <v>917</v>
+      </c>
+      <c r="E316" t="s">
+        <v>918</v>
+      </c>
+      <c r="F316" t="s">
+        <v>886</v>
+      </c>
+      <c r="G316" t="s">
+        <v>681</v>
+      </c>
+      <c r="H316" t="b">
+        <v>0</v>
+      </c>
+      <c r="O316" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="317" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>18</v>
+      </c>
+      <c r="B317" t="s">
+        <v>891</v>
+      </c>
+      <c r="D317" t="s">
+        <v>919</v>
+      </c>
+      <c r="E317" t="s">
+        <v>920</v>
+      </c>
+      <c r="F317" t="s">
+        <v>921</v>
+      </c>
+      <c r="G317" t="s">
+        <v>681</v>
+      </c>
+      <c r="H317" t="b">
+        <v>0</v>
+      </c>
+      <c r="O317" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="318" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>18</v>
+      </c>
+      <c r="B318" t="s">
+        <v>891</v>
+      </c>
+      <c r="D318" t="s">
+        <v>922</v>
+      </c>
+      <c r="E318" t="s">
+        <v>923</v>
+      </c>
+      <c r="F318" t="s">
+        <v>924</v>
+      </c>
+      <c r="G318" t="s">
+        <v>681</v>
+      </c>
+      <c r="H318" t="b">
+        <v>0</v>
+      </c>
+      <c r="O318" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="319" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>18</v>
+      </c>
+      <c r="B319" t="s">
+        <v>891</v>
+      </c>
+      <c r="D319" t="s">
+        <v>925</v>
+      </c>
+      <c r="E319" t="s">
+        <v>926</v>
+      </c>
+      <c r="F319" t="s">
+        <v>754</v>
+      </c>
+      <c r="G319" t="s">
+        <v>681</v>
+      </c>
+      <c r="H319" t="b">
+        <v>0</v>
+      </c>
+      <c r="O319" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="320" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>18</v>
+      </c>
+      <c r="B320" t="s">
+        <v>891</v>
+      </c>
+      <c r="D320" t="s">
+        <v>927</v>
+      </c>
+      <c r="E320" t="s">
+        <v>928</v>
+      </c>
+      <c r="F320" t="s">
+        <v>929</v>
+      </c>
+      <c r="G320" t="s">
+        <v>681</v>
+      </c>
+      <c r="H320" t="b">
+        <v>0</v>
+      </c>
+      <c r="O320" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="321" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>18</v>
+      </c>
+      <c r="B321" t="s">
+        <v>930</v>
+      </c>
+      <c r="D321" t="s">
+        <v>931</v>
+      </c>
+      <c r="E321" t="s">
+        <v>932</v>
+      </c>
+      <c r="F321" t="s">
+        <v>933</v>
+      </c>
+      <c r="G321" t="s">
+        <v>885</v>
+      </c>
+      <c r="H321" t="b">
+        <v>0</v>
+      </c>
+      <c r="O321" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="322" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>18</v>
+      </c>
+      <c r="B322" t="s">
+        <v>930</v>
+      </c>
+      <c r="D322" t="s">
+        <v>934</v>
+      </c>
+      <c r="E322" t="s">
+        <v>935</v>
+      </c>
+      <c r="F322" t="s">
+        <v>933</v>
+      </c>
+      <c r="G322" t="s">
+        <v>885</v>
+      </c>
+      <c r="H322" t="b">
+        <v>0</v>
+      </c>
+      <c r="O322" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="323" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>18</v>
+      </c>
+      <c r="B323" t="s">
+        <v>930</v>
+      </c>
+      <c r="D323" t="s">
+        <v>936</v>
+      </c>
+      <c r="E323" t="s">
+        <v>937</v>
+      </c>
+      <c r="F323" t="s">
+        <v>938</v>
+      </c>
+      <c r="G323" t="s">
+        <v>885</v>
+      </c>
+      <c r="H323" t="b">
+        <v>0</v>
+      </c>
+      <c r="O323" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="324" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>18</v>
+      </c>
+      <c r="B324" t="s">
+        <v>930</v>
+      </c>
+      <c r="D324" t="s">
+        <v>939</v>
+      </c>
+      <c r="E324" t="s">
+        <v>940</v>
+      </c>
+      <c r="F324" t="s">
+        <v>933</v>
+      </c>
+      <c r="G324" t="s">
+        <v>885</v>
+      </c>
+      <c r="H324" t="b">
+        <v>0</v>
+      </c>
+      <c r="O324" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="325" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>18</v>
+      </c>
+      <c r="B325" t="s">
+        <v>930</v>
+      </c>
+      <c r="D325" t="s">
+        <v>941</v>
+      </c>
+      <c r="E325" t="s">
+        <v>942</v>
+      </c>
+      <c r="F325" t="s">
+        <v>933</v>
+      </c>
+      <c r="G325" t="s">
+        <v>885</v>
+      </c>
+      <c r="H325" t="b">
+        <v>0</v>
+      </c>
+      <c r="O325" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="326" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>18</v>
+      </c>
+      <c r="B326" t="s">
+        <v>930</v>
+      </c>
+      <c r="D326" t="s">
+        <v>943</v>
+      </c>
+      <c r="E326" t="s">
+        <v>944</v>
+      </c>
+      <c r="F326" t="s">
+        <v>439</v>
+      </c>
+      <c r="G326" t="s">
+        <v>885</v>
+      </c>
+      <c r="H326" t="b">
+        <v>0</v>
+      </c>
+      <c r="O326" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="327" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>18</v>
+      </c>
+      <c r="B327" t="s">
+        <v>930</v>
+      </c>
+      <c r="D327" t="s">
+        <v>945</v>
+      </c>
+      <c r="E327" t="s">
+        <v>946</v>
+      </c>
+      <c r="F327" t="s">
+        <v>884</v>
+      </c>
+      <c r="G327" t="s">
+        <v>885</v>
+      </c>
+      <c r="H327" t="b">
+        <v>0</v>
+      </c>
+      <c r="O327" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="328" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>18</v>
+      </c>
+      <c r="B328" t="s">
+        <v>930</v>
+      </c>
+      <c r="D328" t="s">
+        <v>947</v>
+      </c>
+      <c r="E328" t="s">
+        <v>948</v>
+      </c>
+      <c r="F328" t="s">
+        <v>933</v>
+      </c>
+      <c r="G328" t="s">
+        <v>885</v>
+      </c>
+      <c r="H328" t="b">
+        <v>0</v>
+      </c>
+      <c r="O328" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="329" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>18</v>
+      </c>
+      <c r="B329" t="s">
+        <v>949</v>
+      </c>
+      <c r="D329" t="s">
+        <v>950</v>
+      </c>
+      <c r="E329" t="s">
+        <v>951</v>
+      </c>
+      <c r="F329" t="s">
+        <v>952</v>
+      </c>
+      <c r="G329" t="s">
+        <v>604</v>
+      </c>
+      <c r="H329" t="b">
+        <v>0</v>
+      </c>
+      <c r="O329" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="330" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
+        <v>18</v>
+      </c>
+      <c r="B330" t="s">
+        <v>949</v>
+      </c>
+      <c r="D330" t="s">
+        <v>953</v>
+      </c>
+      <c r="E330" t="s">
+        <v>954</v>
+      </c>
+      <c r="F330" t="s">
+        <v>952</v>
+      </c>
+      <c r="G330" t="s">
+        <v>604</v>
+      </c>
+      <c r="H330" t="b">
+        <v>0</v>
+      </c>
+      <c r="O330" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="331" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
+        <v>18</v>
+      </c>
+      <c r="B331" t="s">
+        <v>949</v>
+      </c>
+      <c r="D331" t="s">
+        <v>955</v>
+      </c>
+      <c r="E331" t="s">
+        <v>956</v>
+      </c>
+      <c r="F331" t="s">
+        <v>610</v>
+      </c>
+      <c r="G331" t="s">
+        <v>604</v>
+      </c>
+      <c r="H331" t="b">
+        <v>0</v>
+      </c>
+      <c r="O331" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="332" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>18</v>
+      </c>
+      <c r="B332" t="s">
+        <v>949</v>
+      </c>
+      <c r="D332" t="s">
+        <v>957</v>
+      </c>
+      <c r="E332" t="s">
+        <v>958</v>
+      </c>
+      <c r="F332" t="s">
+        <v>603</v>
+      </c>
+      <c r="G332" t="s">
+        <v>604</v>
+      </c>
+      <c r="H332" t="b">
+        <v>0</v>
+      </c>
+      <c r="O332" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="333" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
+        <v>18</v>
+      </c>
+      <c r="B333" t="s">
+        <v>949</v>
+      </c>
+      <c r="D333" t="s">
+        <v>959</v>
+      </c>
+      <c r="E333" t="s">
+        <v>960</v>
+      </c>
+      <c r="F333" t="s">
+        <v>624</v>
+      </c>
+      <c r="G333" t="s">
+        <v>604</v>
+      </c>
+      <c r="H333" t="b">
+        <v>0</v>
+      </c>
+      <c r="O333" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="334" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
+        <v>18</v>
+      </c>
+      <c r="B334" t="s">
+        <v>949</v>
+      </c>
+      <c r="D334" t="s">
+        <v>961</v>
+      </c>
+      <c r="E334" t="s">
+        <v>962</v>
+      </c>
+      <c r="F334" t="s">
+        <v>963</v>
+      </c>
+      <c r="G334" t="s">
+        <v>604</v>
+      </c>
+      <c r="H334" t="b">
+        <v>0</v>
+      </c>
+      <c r="O334" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="335" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
+        <v>18</v>
+      </c>
+      <c r="B335" t="s">
+        <v>949</v>
+      </c>
+      <c r="D335" t="s">
+        <v>964</v>
+      </c>
+      <c r="E335" t="s">
+        <v>965</v>
+      </c>
+      <c r="F335" t="s">
+        <v>624</v>
+      </c>
+      <c r="G335" t="s">
+        <v>604</v>
+      </c>
+      <c r="H335" t="b">
+        <v>0</v>
+      </c>
+      <c r="O335" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="336" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A336" t="s">
+        <v>18</v>
+      </c>
+      <c r="B336" t="s">
+        <v>949</v>
+      </c>
+      <c r="D336" t="s">
+        <v>966</v>
+      </c>
+      <c r="E336" t="s">
+        <v>967</v>
+      </c>
+      <c r="F336" t="s">
         <v>883</v>
       </c>
-      <c r="F305" t="s">
-[...599 lines deleted...]
-      <c r="D326" t="s">
+      <c r="G336" t="s">
+        <v>604</v>
+      </c>
+      <c r="H336" t="b">
+        <v>0</v>
+      </c>
+      <c r="O336" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="337" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>18</v>
+      </c>
+      <c r="B337" t="s">
         <v>949</v>
       </c>
-      <c r="E326" t="s">
-[...25 lines deleted...]
-      <c r="D327" t="s">
+      <c r="D337" t="s">
+        <v>968</v>
+      </c>
+      <c r="E337" t="s">
+        <v>969</v>
+      </c>
+      <c r="F337" t="s">
+        <v>970</v>
+      </c>
+      <c r="G337" t="s">
+        <v>604</v>
+      </c>
+      <c r="H337" t="b">
+        <v>0</v>
+      </c>
+      <c r="O337" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="338" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>18</v>
+      </c>
+      <c r="B338" t="s">
         <v>949</v>
       </c>
-      <c r="E327" t="s">
-[...25 lines deleted...]
-      <c r="D328" t="s">
+      <c r="D338" t="s">
+        <v>971</v>
+      </c>
+      <c r="E338" t="s">
+        <v>972</v>
+      </c>
+      <c r="F338" t="s">
+        <v>610</v>
+      </c>
+      <c r="G338" t="s">
+        <v>604</v>
+      </c>
+      <c r="H338" t="b">
+        <v>0</v>
+      </c>
+      <c r="O338" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="339" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>18</v>
+      </c>
+      <c r="B339" t="s">
+        <v>949</v>
+      </c>
+      <c r="D339" t="s">
+        <v>973</v>
+      </c>
+      <c r="E339" t="s">
+        <v>974</v>
+      </c>
+      <c r="F339" t="s">
+        <v>613</v>
+      </c>
+      <c r="G339" t="s">
+        <v>604</v>
+      </c>
+      <c r="H339" t="b">
+        <v>0</v>
+      </c>
+      <c r="O339" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="340" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>18</v>
+      </c>
+      <c r="B340" t="s">
+        <v>949</v>
+      </c>
+      <c r="D340" t="s">
+        <v>975</v>
+      </c>
+      <c r="E340" t="s">
+        <v>976</v>
+      </c>
+      <c r="F340" t="s">
+        <v>613</v>
+      </c>
+      <c r="G340" t="s">
+        <v>604</v>
+      </c>
+      <c r="H340" t="b">
+        <v>0</v>
+      </c>
+      <c r="O340" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="341" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>18</v>
+      </c>
+      <c r="B341" t="s">
+        <v>949</v>
+      </c>
+      <c r="D341" t="s">
+        <v>977</v>
+      </c>
+      <c r="E341" t="s">
+        <v>978</v>
+      </c>
+      <c r="F341" t="s">
+        <v>979</v>
+      </c>
+      <c r="G341" t="s">
+        <v>604</v>
+      </c>
+      <c r="H341" t="b">
+        <v>0</v>
+      </c>
+      <c r="O341" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="342" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
+        <v>18</v>
+      </c>
+      <c r="B342" t="s">
+        <v>949</v>
+      </c>
+      <c r="D342" t="s">
+        <v>980</v>
+      </c>
+      <c r="E342" t="s">
+        <v>981</v>
+      </c>
+      <c r="F342" t="s">
         <v>952</v>
       </c>
-      <c r="E328" t="s">
-[...292 lines deleted...]
-      <c r="F338" t="s">
+      <c r="G342" t="s">
+        <v>604</v>
+      </c>
+      <c r="H342" t="b">
+        <v>0</v>
+      </c>
+      <c r="O342" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="343" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
+        <v>18</v>
+      </c>
+      <c r="B343" t="s">
+        <v>949</v>
+      </c>
+      <c r="D343" t="s">
         <v>982</v>
       </c>
-      <c r="G338" t="s">
-[...19 lines deleted...]
-      <c r="D339" t="s">
+      <c r="E343" t="s">
         <v>983</v>
       </c>
-      <c r="E339" t="s">
+      <c r="F343" t="s">
+        <v>633</v>
+      </c>
+      <c r="G343" t="s">
+        <v>604</v>
+      </c>
+      <c r="H343" t="b">
+        <v>0</v>
+      </c>
+      <c r="O343" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="344" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
+        <v>18</v>
+      </c>
+      <c r="B344" t="s">
         <v>984</v>
       </c>
-      <c r="F339" t="s">
+      <c r="D344" t="s">
         <v>985</v>
       </c>
-      <c r="G339" t="s">
-[...19 lines deleted...]
-      <c r="D340" t="s">
+      <c r="E344" t="s">
         <v>986</v>
       </c>
-      <c r="E340" t="s">
+      <c r="F344" t="s">
         <v>987</v>
       </c>
-      <c r="F340" t="s">
-[...2 lines deleted...]
-      <c r="G340" t="s">
+      <c r="G344" t="s">
         <v>66</v>
       </c>
-      <c r="H340" t="b">
-[...16 lines deleted...]
-      <c r="D341" t="s">
+      <c r="H344" t="b">
+        <v>0</v>
+      </c>
+      <c r="O344" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="345" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
+        <v>18</v>
+      </c>
+      <c r="B345" t="s">
+        <v>984</v>
+      </c>
+      <c r="D345" t="s">
         <v>988</v>
       </c>
-      <c r="E341" t="s">
+      <c r="E345" t="s">
         <v>989</v>
       </c>
-      <c r="F341" t="s">
+      <c r="F345" t="s">
+        <v>987</v>
+      </c>
+      <c r="G345" t="s">
+        <v>66</v>
+      </c>
+      <c r="H345" t="b">
+        <v>0</v>
+      </c>
+      <c r="O345" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="346" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
+        <v>18</v>
+      </c>
+      <c r="B346" t="s">
+        <v>984</v>
+      </c>
+      <c r="D346" t="s">
         <v>990</v>
       </c>
-      <c r="G341" t="s">
-[...19 lines deleted...]
-      <c r="D342" t="s">
+      <c r="E346" t="s">
         <v>991</v>
       </c>
-      <c r="E342" t="s">
+      <c r="F346" t="s">
+        <v>987</v>
+      </c>
+      <c r="G346" t="s">
+        <v>66</v>
+      </c>
+      <c r="H346" t="b">
+        <v>0</v>
+      </c>
+      <c r="O346" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="347" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
+        <v>18</v>
+      </c>
+      <c r="B347" t="s">
+        <v>984</v>
+      </c>
+      <c r="D347" t="s">
+        <v>990</v>
+      </c>
+      <c r="E347" t="s">
+        <v>991</v>
+      </c>
+      <c r="F347" t="s">
+        <v>987</v>
+      </c>
+      <c r="G347" t="s">
+        <v>66</v>
+      </c>
+      <c r="H347" t="b">
+        <v>0</v>
+      </c>
+      <c r="O347" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="348" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>18</v>
+      </c>
+      <c r="B348" t="s">
+        <v>984</v>
+      </c>
+      <c r="D348" t="s">
         <v>992</v>
       </c>
-      <c r="F342" t="s">
+      <c r="E348" t="s">
         <v>993</v>
       </c>
-      <c r="G342" t="s">
+      <c r="F348" t="s">
+        <v>987</v>
+      </c>
+      <c r="G348" t="s">
+        <v>66</v>
+      </c>
+      <c r="H348" t="b">
+        <v>0</v>
+      </c>
+      <c r="O348" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="349" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>18</v>
+      </c>
+      <c r="B349" t="s">
+        <v>984</v>
+      </c>
+      <c r="D349" t="s">
         <v>994</v>
       </c>
-      <c r="H342" t="b">
-[...16 lines deleted...]
-      <c r="D343" t="s">
+      <c r="E349" t="s">
         <v>995</v>
       </c>
-      <c r="E343" t="s">
+      <c r="F349" t="s">
         <v>996</v>
-      </c>
-[...175 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="G349" t="s">
         <v>66</v>
       </c>
       <c r="H349" t="b">
         <v>0</v>
       </c>
       <c r="O349" t="s">
         <v>24</v>
       </c>
-      <c r="Q349">
-[...3 lines deleted...]
-    <row r="350" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="350" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
         <v>18</v>
       </c>
       <c r="B350" t="s">
-        <v>943</v>
+        <v>984</v>
       </c>
       <c r="D350" t="s">
+        <v>997</v>
+      </c>
+      <c r="E350" t="s">
+        <v>998</v>
+      </c>
+      <c r="F350" t="s">
+        <v>999</v>
+      </c>
+      <c r="G350" t="s">
+        <v>66</v>
+      </c>
+      <c r="H350" t="b">
+        <v>0</v>
+      </c>
+      <c r="O350" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="351" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>18</v>
+      </c>
+      <c r="B351" t="s">
+        <v>984</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F351" t="s">
+        <v>999</v>
+      </c>
+      <c r="G351" t="s">
+        <v>66</v>
+      </c>
+      <c r="H351" t="b">
+        <v>0</v>
+      </c>
+      <c r="O351" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="352" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>18</v>
+      </c>
+      <c r="B352" t="s">
+        <v>984</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F352" t="s">
+        <v>987</v>
+      </c>
+      <c r="G352" t="s">
+        <v>66</v>
+      </c>
+      <c r="H352" t="b">
+        <v>0</v>
+      </c>
+      <c r="O352" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="353" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>18</v>
+      </c>
+      <c r="B353" t="s">
+        <v>984</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G353" t="s">
+        <v>66</v>
+      </c>
+      <c r="H353" t="b">
+        <v>0</v>
+      </c>
+      <c r="O353" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="354" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A354" t="s">
+        <v>18</v>
+      </c>
+      <c r="B354" t="s">
+        <v>984</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F354" t="s">
+        <v>999</v>
+      </c>
+      <c r="G354" t="s">
+        <v>66</v>
+      </c>
+      <c r="H354" t="b">
+        <v>0</v>
+      </c>
+      <c r="O354" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="355" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
+        <v>18</v>
+      </c>
+      <c r="B355" t="s">
+        <v>984</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G355" t="s">
+        <v>66</v>
+      </c>
+      <c r="H355" t="b">
+        <v>0</v>
+      </c>
+      <c r="O355" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="356" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
+        <v>18</v>
+      </c>
+      <c r="B356" t="s">
+        <v>984</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F356" t="s">
+        <v>999</v>
+      </c>
+      <c r="G356" t="s">
+        <v>66</v>
+      </c>
+      <c r="H356" t="b">
+        <v>0</v>
+      </c>
+      <c r="O356" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="357" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
+        <v>18</v>
+      </c>
+      <c r="B357" t="s">
+        <v>984</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F357" t="s">
         <v>1016</v>
       </c>
-      <c r="E350" t="s">
+      <c r="G357" t="s">
+        <v>66</v>
+      </c>
+      <c r="H357" t="b">
+        <v>0</v>
+      </c>
+      <c r="O357" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="358" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>18</v>
+      </c>
+      <c r="B358" t="s">
+        <v>984</v>
+      </c>
+      <c r="D358" t="s">
         <v>1017</v>
       </c>
-      <c r="F350" t="s">
+      <c r="E358" t="s">
         <v>1018</v>
       </c>
-      <c r="G350" t="s">
-[...19 lines deleted...]
-      <c r="D351" t="s">
+      <c r="F358" t="s">
         <v>1019</v>
       </c>
-      <c r="E351" t="s">
+      <c r="G358" t="s">
+        <v>66</v>
+      </c>
+      <c r="H358" t="b">
+        <v>0</v>
+      </c>
+      <c r="O358" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="359" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>18</v>
+      </c>
+      <c r="B359" t="s">
+        <v>984</v>
+      </c>
+      <c r="D359" t="s">
         <v>1020</v>
       </c>
-      <c r="F351" t="s">
+      <c r="E359" t="s">
         <v>1021</v>
       </c>
-      <c r="G351" t="s">
-[...19 lines deleted...]
-      <c r="D352" t="s">
+      <c r="F359" t="s">
+        <v>987</v>
+      </c>
+      <c r="G359" t="s">
+        <v>66</v>
+      </c>
+      <c r="H359" t="b">
+        <v>0</v>
+      </c>
+      <c r="O359" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="360" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>18</v>
+      </c>
+      <c r="B360" t="s">
+        <v>984</v>
+      </c>
+      <c r="D360" t="s">
         <v>1022</v>
       </c>
-      <c r="E352" t="s">
+      <c r="E360" t="s">
         <v>1023</v>
       </c>
-      <c r="F352" t="s">
-[...22 lines deleted...]
-      <c r="D353" t="s">
+      <c r="F360" t="s">
+        <v>987</v>
+      </c>
+      <c r="G360" t="s">
+        <v>66</v>
+      </c>
+      <c r="H360" t="b">
+        <v>0</v>
+      </c>
+      <c r="O360" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="361" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>18</v>
+      </c>
+      <c r="B361" t="s">
+        <v>984</v>
+      </c>
+      <c r="D361" t="s">
         <v>1024</v>
       </c>
-      <c r="E353" t="s">
+      <c r="E361" t="s">
         <v>1025</v>
       </c>
-      <c r="F353" t="s">
-[...22 lines deleted...]
-      <c r="D354" t="s">
+      <c r="F361" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G361" t="s">
+        <v>66</v>
+      </c>
+      <c r="H361" t="b">
+        <v>0</v>
+      </c>
+      <c r="O361" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="362" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>18</v>
+      </c>
+      <c r="B362" t="s">
         <v>1026</v>
       </c>
-      <c r="E354" t="s">
+      <c r="D362" t="s">
         <v>1027</v>
       </c>
-      <c r="F354" t="s">
-[...22 lines deleted...]
-      <c r="D355" t="s">
+      <c r="E362" t="s">
         <v>1028</v>
       </c>
-      <c r="E355" t="s">
+      <c r="F362" t="s">
         <v>1029</v>
       </c>
-      <c r="F355" t="s">
-[...22 lines deleted...]
-      <c r="D356" t="s">
+      <c r="G362" t="s">
+        <v>66</v>
+      </c>
+      <c r="H362" t="b">
+        <v>0</v>
+      </c>
+      <c r="O362" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="363" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>18</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D363" t="s">
         <v>1030</v>
       </c>
-      <c r="E356" t="s">
+      <c r="E363" t="s">
         <v>1031</v>
       </c>
-      <c r="F356" t="s">
+      <c r="F363" t="s">
+        <v>999</v>
+      </c>
+      <c r="G363" t="s">
+        <v>66</v>
+      </c>
+      <c r="H363" t="b">
+        <v>0</v>
+      </c>
+      <c r="O363" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="364" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A364" t="s">
+        <v>18</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D364" t="s">
         <v>1032</v>
       </c>
-      <c r="G356" t="s">
-[...19 lines deleted...]
-      <c r="D357" t="s">
+      <c r="E364" t="s">
         <v>1033</v>
       </c>
-      <c r="E357" t="s">
+      <c r="F364" t="s">
+        <v>999</v>
+      </c>
+      <c r="G364" t="s">
+        <v>66</v>
+      </c>
+      <c r="H364" t="b">
+        <v>0</v>
+      </c>
+      <c r="O364" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="365" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A365" t="s">
+        <v>18</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D365" t="s">
         <v>1034</v>
       </c>
-      <c r="F357" t="s">
+      <c r="E365" t="s">
         <v>1035</v>
       </c>
-      <c r="G357" t="s">
-[...19 lines deleted...]
-      <c r="D358" t="s">
+      <c r="F365" t="s">
+        <v>999</v>
+      </c>
+      <c r="G365" t="s">
+        <v>66</v>
+      </c>
+      <c r="H365" t="b">
+        <v>0</v>
+      </c>
+      <c r="O365" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="366" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>18</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D366" t="s">
         <v>1036</v>
       </c>
-      <c r="E358" t="s">
+      <c r="E366" t="s">
         <v>1037</v>
       </c>
-      <c r="F358" t="s">
+      <c r="F366" t="s">
+        <v>999</v>
+      </c>
+      <c r="G366" t="s">
+        <v>66</v>
+      </c>
+      <c r="H366" t="b">
+        <v>0</v>
+      </c>
+      <c r="O366" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="367" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>18</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D367" t="s">
         <v>1038</v>
       </c>
-      <c r="G358" t="s">
-[...19 lines deleted...]
-      <c r="D359" t="s">
+      <c r="E367" t="s">
         <v>1039</v>
       </c>
-      <c r="E359" t="s">
+      <c r="F367" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G367" t="s">
+        <v>66</v>
+      </c>
+      <c r="H367" t="b">
+        <v>0</v>
+      </c>
+      <c r="O367" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="368" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>18</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D368" t="s">
         <v>1040</v>
       </c>
-      <c r="F359" t="s">
-[...2 lines deleted...]
-      <c r="G359" t="s">
+      <c r="E368" t="s">
         <v>1041</v>
-      </c>
-[...253 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="F368" t="s">
         <v>999</v>
       </c>
       <c r="G368" t="s">
-        <v>1072</v>
+        <v>66</v>
       </c>
       <c r="H368" t="b">
         <v>0</v>
       </c>
       <c r="O368" t="s">
         <v>24</v>
       </c>
-      <c r="Q368">
-[...3 lines deleted...]
-    <row r="369" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="369" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
         <v>18</v>
       </c>
       <c r="B369" t="s">
-        <v>943</v>
+        <v>1026</v>
       </c>
       <c r="D369" t="s">
-        <v>1074</v>
+        <v>1042</v>
       </c>
       <c r="E369" t="s">
-        <v>1075</v>
+        <v>1043</v>
       </c>
       <c r="F369" t="s">
-        <v>1076</v>
+        <v>1044</v>
       </c>
       <c r="G369" t="s">
-        <v>974</v>
+        <v>66</v>
       </c>
       <c r="H369" t="b">
         <v>0</v>
       </c>
       <c r="O369" t="s">
         <v>24</v>
       </c>
-      <c r="Q369">
-[...3 lines deleted...]
-    <row r="370" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="370" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
         <v>18</v>
       </c>
       <c r="B370" t="s">
-        <v>943</v>
+        <v>1026</v>
       </c>
       <c r="D370" t="s">
-        <v>1077</v>
+        <v>1045</v>
       </c>
       <c r="E370" t="s">
-        <v>1078</v>
+        <v>1046</v>
       </c>
       <c r="F370" t="s">
-        <v>620</v>
+        <v>999</v>
       </c>
       <c r="G370" t="s">
-        <v>907</v>
+        <v>66</v>
       </c>
       <c r="H370" t="b">
         <v>0</v>
       </c>
       <c r="O370" t="s">
         <v>24</v>
       </c>
-      <c r="Q370">
-[...3 lines deleted...]
-    <row r="371" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="371" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
         <v>18</v>
       </c>
       <c r="B371" t="s">
-        <v>943</v>
+        <v>1026</v>
       </c>
       <c r="D371" t="s">
-        <v>1080</v>
+        <v>1047</v>
       </c>
       <c r="E371" t="s">
-        <v>1081</v>
+        <v>1048</v>
       </c>
       <c r="F371" t="s">
-        <v>1082</v>
+        <v>999</v>
       </c>
       <c r="G371" t="s">
         <v>66</v>
       </c>
       <c r="H371" t="b">
         <v>0</v>
       </c>
       <c r="O371" t="s">
         <v>24</v>
       </c>
-      <c r="Q371">
-[...3 lines deleted...]
-    <row r="372" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="372" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
         <v>18</v>
       </c>
       <c r="B372" t="s">
-        <v>943</v>
+        <v>1026</v>
       </c>
       <c r="D372" t="s">
-        <v>1083</v>
+        <v>1049</v>
       </c>
       <c r="E372" t="s">
-        <v>1084</v>
+        <v>1050</v>
       </c>
       <c r="F372" t="s">
-        <v>1085</v>
+        <v>999</v>
       </c>
       <c r="G372" t="s">
-        <v>1086</v>
+        <v>66</v>
       </c>
       <c r="H372" t="b">
         <v>0</v>
       </c>
       <c r="O372" t="s">
         <v>24</v>
       </c>
-      <c r="Q372">
-[...3 lines deleted...]
-    <row r="373" spans="1:17" x14ac:dyDescent="0.35">
+    </row>
+    <row r="373" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
         <v>18</v>
       </c>
       <c r="B373" t="s">
-        <v>943</v>
+        <v>1026</v>
       </c>
       <c r="D373" t="s">
-        <v>1087</v>
+        <v>1051</v>
       </c>
       <c r="E373" t="s">
-        <v>1088</v>
+        <v>1052</v>
       </c>
       <c r="F373" t="s">
-        <v>1089</v>
+        <v>1053</v>
       </c>
       <c r="G373" t="s">
-        <v>1086</v>
+        <v>66</v>
       </c>
       <c r="H373" t="b">
         <v>0</v>
       </c>
       <c r="O373" t="s">
         <v>24</v>
       </c>
-      <c r="Q373">
-[...3433 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:R493" xr:uid="{5463664D-B103-4CB2-8A21-727BFC5859E7}"/>
+  <autoFilter ref="A1:R373" xr:uid="{7B35CAE4-1A43-413C-B0F5-F82868EF72D3}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...275 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Innovation_Center_Model_Partici</vt:lpstr>
+      <vt:lpstr>EOM_Website_File_01_29_2026_INT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Keria White</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>